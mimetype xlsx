--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -72,65 +72,50 @@
     <t>01/10/2022</t>
   </si>
   <si>
     <t>457CH</t>
   </si>
   <si>
     <t>MLG CONSTRUCTION</t>
   </si>
   <si>
     <t>Providing 1969 nos F.H.T.C. in Kulihanda (CT) Village of Kulihanda and its Adjoining Mouzas Water Supply Scheme Under Chinsurah Sub-Division of Hooghly Division P.H.E Dte. [Block-Chinsurah Mogra]</t>
   </si>
   <si>
     <t>ORD/000008/2025-2026</t>
   </si>
   <si>
     <t>04/04/2025</t>
   </si>
   <si>
     <t>490/CH</t>
   </si>
   <si>
     <t>RAJ CONSTRUCTION</t>
   </si>
   <si>
     <t>Repairing &amp; Renovation of boundary wall, Switch room and Land development at PH-2 of Chanparai Water Supply Scheme Under Chinsurah Magra Block of Chinsurah Sub-Division Under Hooghly Division, PHE Dte.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Designing making and erection of Display Board using logo and tag line of LAND DEMARCATION OF P.H.E. Dte. to the placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under ARAMBAGH Sub Divisi</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -510,51 +495,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -664,124 +649,83 @@
         <v>18</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="4">
         <v>1.97</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
-      <c r="A5" s="3">
-[...5 lines deleted...]
-      <c r="C5" s="3" t="s">
+      <c r="A5" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="3" t="s">
-[...12 lines deleted...]
-        <v>0.98</v>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="8">
+        <v>104.47</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
-    <row r="6" spans="1:23">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A5:G5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>