--- v1 (2026-01-11)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -72,50 +72,65 @@
     <t>01/10/2022</t>
   </si>
   <si>
     <t>457CH</t>
   </si>
   <si>
     <t>MLG CONSTRUCTION</t>
   </si>
   <si>
     <t>Providing 1969 nos F.H.T.C. in Kulihanda (CT) Village of Kulihanda and its Adjoining Mouzas Water Supply Scheme Under Chinsurah Sub-Division of Hooghly Division P.H.E Dte. [Block-Chinsurah Mogra]</t>
   </si>
   <si>
     <t>ORD/000008/2025-2026</t>
   </si>
   <si>
     <t>04/04/2025</t>
   </si>
   <si>
     <t>490/CH</t>
   </si>
   <si>
     <t>RAJ CONSTRUCTION</t>
   </si>
   <si>
     <t>Repairing &amp; Renovation of boundary wall, Switch room and Land development at PH-2 of Chanparai Water Supply Scheme Under Chinsurah Magra Block of Chinsurah Sub-Division Under Hooghly Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000900/2025-2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>804/Hug</t>
+  </si>
+  <si>
+    <t>BABUSONA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Running water supply arrangement with tube well including Soak Pit &amp; Hand Wash Basin with electric power and pumping system at Sub-Centre &amp; Primary Health Centre having Electrical power connection in Arambag block (21 Nos), Pursurah Block (11 Nos) &amp; Gog</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -495,51 +510,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W5"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -649,83 +664,124 @@
         <v>18</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="4">
         <v>1.97</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
-      <c r="A5" s="7" t="s">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="7"/>
-[...6 lines deleted...]
-        <v>104.47</v>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="4">
+        <v>67.82</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="8">
+        <v>172.29</v>
+      </c>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A5:G5"/>
+    <mergeCell ref="A6:G6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>