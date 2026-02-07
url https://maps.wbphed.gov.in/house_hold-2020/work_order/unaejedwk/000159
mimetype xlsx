--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of work order not mapped wi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1156">
   <si>
     <t>No. of work order not mapped with AE/JE (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -3167,108 +3167,87 @@
   <si>
     <t>ORD/001785/2023-2024</t>
   </si>
   <si>
     <t>6349/EMD</t>
   </si>
   <si>
     <t>B.K. ENTERPRISE</t>
   </si>
   <si>
     <t>Solarisation of WBSEDCL Energised Electrical installation including net metering at different Pipe Water Supply Scheme at Chapra &amp; Krishnaganj Blocks in Nadias District under E.M.D. P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001788/2023-2024</t>
   </si>
   <si>
     <t>6352/EMD</t>
   </si>
   <si>
     <t>BALAJI UDDYOG</t>
   </si>
   <si>
     <t>Solarisation of WBSEDCL Energised Electrical installation including net metering at different Pipe Water Supply Scheme at Tehatta-I &amp; Tehatta-II Blocks in Nadia District under E.M.D. P.H.E. Dte.</t>
   </si>
   <si>
-    <t>ORD/001789/2023-2024</t>
-[...10 lines deleted...]
-  <si>
     <t>ORD/001778/2023-2024</t>
   </si>
   <si>
     <t>02/11/2023</t>
   </si>
   <si>
     <t>6458/EMD</t>
   </si>
   <si>
     <t>SWITCHING AVO ELECTRO POWER LTD.</t>
   </si>
   <si>
     <t>Solarisation of WBSEDCL Energised Electrical installation including net metering at different Pipe Water Supply Scheme at Gaighata and Swarupnagar Blocks in North 24 Parganas District under E.M.D. P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001793/2023-2024</t>
   </si>
   <si>
     <t>6357/EMD</t>
   </si>
   <si>
     <t>BINGAS ELECTRICAL ELECTRONICS &amp; SOLAR SYSTEM</t>
   </si>
   <si>
     <t>Solarisation of WBSEDCL Energised Electrical installation including net metering at different Pipe Water Supply Scheme at Basirhat- II Block in North 24 Parganas District under E.M.D. P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001761/2023-2024</t>
   </si>
   <si>
     <t>6372/EMD</t>
   </si>
   <si>
     <t>MAHADEV ENTERPRISE</t>
   </si>
   <si>
     <t>Providing And Installation of Electro_Mechanical Equipments and Allied Works for Arsenic Removal Plant at Paschim Bhatjungla Zone-I (Phase-II) Piped Water Supply Scheme Block_ Krishnanagar-I Dist. - Nadia under EMD, PHE Dte.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Solarisation of WBSEDCL Energised Electrical installation including net metering at different Pipe Water Supply Scheme at Barrackpur-II &amp; Sandeshkhali-I Blocks in North 24 Parganas District under E.M.D. P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001792/2023-2024</t>
   </si>
   <si>
     <t>6356/EMD</t>
   </si>
   <si>
     <t>Solarisation of WBSEDCL Energised Electrical installation including net metering at different Pipe Water Supply Scheme at Barasat-I &amp; II and Habra-II Blocks in North 24 Parganas District under E.M.D. P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001748/2023-2024</t>
   </si>
   <si>
     <t>6359/EMD</t>
   </si>
   <si>
     <t>SANKAR PRASAD DUTTA &amp; CO</t>
   </si>
   <si>
     <t>Providing Electro-Mechanical Equipments and Allied Works for Arsenic Removal Plant at UTTAR TAJPUR (PHASE-II) Piped Water Supply Scheme, Block:KARIMPUR-II, Dist. Nadia Under EMD, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001751/2023-2024</t>
   </si>
@@ -3921,51 +3900,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W315"/>
+  <dimension ref="A1:W313"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -15442,1426 +15421,1344 @@
       <c r="K281" s="1"/>
       <c r="L281" s="1"/>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
       <c r="O281" s="1"/>
       <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C282" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="D282" s="3" t="s">
-        <v>1028</v>
+        <v>1052</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="F282" s="10" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="G282" s="10" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="H282" s="4">
-        <v>230.5</v>
+        <v>359</v>
       </c>
       <c r="I282" s="1"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1"/>
       <c r="L282" s="1"/>
       <c r="M282" s="1"/>
       <c r="N282" s="1"/>
       <c r="O282" s="1"/>
       <c r="P282" s="1"/>
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D283" s="3" t="s">
-        <v>1056</v>
+        <v>1028</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="F283" s="10" t="s">
         <v>1058</v>
       </c>
       <c r="G283" s="10" t="s">
         <v>1059</v>
       </c>
       <c r="H283" s="4">
-        <v>359</v>
+        <v>287.12</v>
       </c>
       <c r="I283" s="1"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C284" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="D284" s="3" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="F284" s="10" t="s">
         <v>1062</v>
       </c>
       <c r="G284" s="10" t="s">
         <v>1063</v>
       </c>
       <c r="H284" s="4">
-        <v>287.12</v>
+        <v>53.53</v>
       </c>
       <c r="I284" s="1"/>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C285" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="D285" s="3" t="s">
-        <v>1037</v>
+        <v>1028</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="F285" s="10" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G285" s="10" t="s">
         <v>1066</v>
       </c>
-      <c r="G285" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H285" s="4">
-        <v>53.53</v>
+        <v>406.04</v>
       </c>
       <c r="I285" s="1"/>
       <c r="J285" s="1"/>
       <c r="K285" s="1"/>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C286" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D286" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1068</v>
       </c>
-      <c r="D286" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="F286" s="10" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="G286" s="10" t="s">
         <v>1070</v>
       </c>
       <c r="H286" s="4">
-        <v>79.23</v>
+        <v>41.45</v>
       </c>
       <c r="I286" s="1"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1"/>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C287" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="D287" s="3" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="F287" s="10" t="s">
-        <v>1030</v>
+        <v>1073</v>
       </c>
       <c r="G287" s="10" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="H287" s="4">
-        <v>406.04</v>
+        <v>53.52</v>
       </c>
       <c r="I287" s="1"/>
       <c r="J287" s="1"/>
       <c r="K287" s="1"/>
       <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
       <c r="O287" s="1"/>
       <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1"/>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D288" s="3" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="F288" s="10" t="s">
-        <v>1076</v>
+        <v>1058</v>
       </c>
       <c r="G288" s="10" t="s">
         <v>1077</v>
       </c>
       <c r="H288" s="4">
-        <v>41.45</v>
+        <v>258.41</v>
       </c>
       <c r="I288" s="1"/>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1"/>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
       <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C289" s="3" t="s">
         <v>1078</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="F289" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="G289" s="10" t="s">
         <v>1080</v>
       </c>
-      <c r="G289" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H289" s="4">
-        <v>53.52</v>
+        <v>53.72</v>
       </c>
       <c r="I289" s="1"/>
       <c r="J289" s="1"/>
       <c r="K289" s="1"/>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C290" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D290" s="3" t="s">
         <v>1082</v>
       </c>
-      <c r="D290" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E290" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="G290" s="10" t="s">
         <v>1083</v>
       </c>
-      <c r="F290" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H290" s="4">
-        <v>258.41</v>
+        <v>16.27</v>
       </c>
       <c r="I290" s="1"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C291" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D291" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F291" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G291" s="10" t="s">
         <v>1085</v>
       </c>
-      <c r="D291" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H291" s="4">
-        <v>53.72</v>
+        <v>8.45</v>
       </c>
       <c r="I291" s="1"/>
       <c r="J291" s="1"/>
       <c r="K291" s="1"/>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1"/>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C292" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D292" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="F292" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="G292" s="10" t="s">
         <v>1088</v>
       </c>
-      <c r="D292" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H292" s="4">
-        <v>16.27</v>
+        <v>16.32</v>
       </c>
       <c r="I292" s="1"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1"/>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D293" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F293" s="10" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G293" s="10" t="s">
         <v>1091</v>
       </c>
-      <c r="D293" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H293" s="4">
-        <v>8.45</v>
+        <v>619.68</v>
       </c>
       <c r="I293" s="1"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1"/>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C294" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D294" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1093</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
       <c r="F294" s="10" t="s">
         <v>1094</v>
       </c>
       <c r="G294" s="10" t="s">
         <v>1095</v>
       </c>
       <c r="H294" s="4">
-        <v>16.32</v>
+        <v>408.07</v>
       </c>
       <c r="I294" s="1"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1"/>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C295" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="D295" s="3" t="s">
-        <v>1028</v>
+        <v>930</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>1097</v>
       </c>
       <c r="F295" s="10" t="s">
-        <v>1049</v>
+        <v>293</v>
       </c>
       <c r="G295" s="10" t="s">
         <v>1098</v>
       </c>
       <c r="H295" s="4">
-        <v>619.68</v>
+        <v>3.02</v>
       </c>
       <c r="I295" s="1"/>
       <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1"/>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="3" t="s">
         <v>1099</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>1056</v>
+        <v>422</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="F296" s="10" t="s">
+        <v>628</v>
+      </c>
+      <c r="G296" s="10" t="s">
         <v>1101</v>
       </c>
-      <c r="G296" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H296" s="4">
-        <v>408.07</v>
+        <v>0.99</v>
       </c>
       <c r="I296" s="1"/>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C297" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D297" s="3" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>1104</v>
       </c>
       <c r="F297" s="10" t="s">
-        <v>293</v>
+        <v>381</v>
       </c>
       <c r="G297" s="10" t="s">
         <v>1105</v>
       </c>
       <c r="H297" s="4">
-        <v>3.02</v>
+        <v>26.67</v>
       </c>
       <c r="I297" s="1"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1"/>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C298" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>422</v>
+        <v>1107</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="F298" s="10" t="s">
-        <v>628</v>
+        <v>118</v>
       </c>
       <c r="G298" s="10" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H298" s="4">
-        <v>0.99</v>
+        <v>15.5</v>
       </c>
       <c r="I298" s="1"/>
       <c r="J298" s="1"/>
       <c r="K298" s="1"/>
       <c r="L298" s="1"/>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D299" s="3" t="s">
-        <v>1110</v>
+        <v>422</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>1111</v>
       </c>
       <c r="F299" s="10" t="s">
-        <v>381</v>
+        <v>1112</v>
       </c>
       <c r="G299" s="10" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="H299" s="4">
-        <v>26.67</v>
+        <v>3</v>
       </c>
       <c r="I299" s="1"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1"/>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>1114</v>
+        <v>1103</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>1115</v>
       </c>
       <c r="F300" s="10" t="s">
-        <v>118</v>
+        <v>731</v>
       </c>
       <c r="G300" s="10" t="s">
         <v>1116</v>
       </c>
       <c r="H300" s="4">
-        <v>15.5</v>
+        <v>13.15</v>
       </c>
       <c r="I300" s="1"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1"/>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C301" s="3" t="s">
         <v>1117</v>
       </c>
       <c r="D301" s="3" t="s">
-        <v>422</v>
+        <v>1103</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>1118</v>
       </c>
       <c r="F301" s="10" t="s">
+        <v>877</v>
+      </c>
+      <c r="G301" s="10" t="s">
         <v>1119</v>
       </c>
-      <c r="G301" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H301" s="4">
-        <v>3</v>
+        <v>10.69</v>
       </c>
       <c r="I301" s="1"/>
       <c r="J301" s="1"/>
       <c r="K301" s="1"/>
       <c r="L301" s="1"/>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1"/>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C302" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D302" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1121</v>
       </c>
-      <c r="D302" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F302" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="G302" s="10" t="s">
         <v>1122</v>
       </c>
-      <c r="F302" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H302" s="4">
-        <v>13.15</v>
+        <v>13.13</v>
       </c>
       <c r="I302" s="1"/>
       <c r="J302" s="1"/>
       <c r="K302" s="1"/>
       <c r="L302" s="1"/>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1"/>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C303" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D303" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1124</v>
       </c>
-      <c r="D303" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="F303" s="10" t="s">
         <v>1125</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="G303" s="10" t="s">
         <v>1126</v>
       </c>
       <c r="H303" s="4">
-        <v>10.69</v>
+        <v>13.23</v>
       </c>
       <c r="I303" s="1"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1"/>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C304" s="3" t="s">
         <v>1127</v>
       </c>
       <c r="D304" s="3" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="F304" s="10" t="s">
-        <v>364</v>
+        <v>114</v>
       </c>
       <c r="G304" s="10" t="s">
         <v>1129</v>
       </c>
       <c r="H304" s="4">
-        <v>13.13</v>
+        <v>9.82</v>
       </c>
       <c r="I304" s="1"/>
       <c r="J304" s="1"/>
       <c r="K304" s="1"/>
       <c r="L304" s="1"/>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
       <c r="O304" s="1"/>
       <c r="P304" s="1"/>
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C305" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="D305" s="3" t="s">
-        <v>1110</v>
+        <v>1131</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="F305" s="10" t="s">
-        <v>1132</v>
+        <v>570</v>
       </c>
       <c r="G305" s="10" t="s">
         <v>1133</v>
       </c>
       <c r="H305" s="4">
-        <v>13.23</v>
+        <v>26.08</v>
       </c>
       <c r="I305" s="1"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1"/>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1"/>
       <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C306" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="D306" s="3" t="s">
-        <v>1110</v>
+        <v>1131</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="F306" s="10" t="s">
-        <v>114</v>
+        <v>1136</v>
       </c>
       <c r="G306" s="10" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="H306" s="4">
-        <v>9.82</v>
+        <v>42.1</v>
       </c>
       <c r="I306" s="1"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1"/>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D307" s="3" t="s">
-        <v>1138</v>
+        <v>1103</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="F307" s="10" t="s">
-        <v>570</v>
+        <v>901</v>
       </c>
       <c r="G307" s="10" t="s">
         <v>1140</v>
       </c>
       <c r="H307" s="4">
-        <v>26.08</v>
+        <v>22.29</v>
       </c>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C308" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="D308" s="3" t="s">
-        <v>1138</v>
+        <v>422</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="F308" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="G308" s="10" t="s">
         <v>1143</v>
       </c>
-      <c r="G308" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H308" s="4">
-        <v>42.1</v>
+        <v>4.03</v>
       </c>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D309" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1145</v>
       </c>
-      <c r="D309" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="F309" s="10" t="s">
+        <v>696</v>
+      </c>
+      <c r="G309" s="10" t="s">
         <v>1146</v>
       </c>
-      <c r="F309" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H309" s="4">
-        <v>22.29</v>
+        <v>1.59</v>
       </c>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C310" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1148</v>
       </c>
-      <c r="D310" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F310" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="G310" s="10" t="s">
         <v>1149</v>
       </c>
-      <c r="F310" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H310" s="4">
-        <v>4.03</v>
+        <v>9.59</v>
       </c>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1"/>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>1151</v>
+        <v>1150</v>
       </c>
       <c r="D311" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="F311" s="10" t="s">
         <v>696</v>
       </c>
       <c r="G311" s="10" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="H311" s="4">
-        <v>1.59</v>
+        <v>1.42</v>
       </c>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C312" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D312" s="3" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F312" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G312" s="10" t="s">
         <v>1154</v>
       </c>
-      <c r="D312" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H312" s="4">
-        <v>9.59</v>
+        <v>26.47</v>
       </c>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1"/>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1"/>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
-      <c r="A313" s="3">
-[...21 lines deleted...]
-        <v>1.42</v>
+      <c r="A313" s="7" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B313" s="7"/>
+      <c r="C313" s="7"/>
+      <c r="D313" s="7"/>
+      <c r="E313" s="7"/>
+      <c r="F313" s="11"/>
+      <c r="G313" s="11"/>
+      <c r="H313" s="8">
+        <v>10212.97</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
-    <row r="314" spans="1:23">
-[...68 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A315:G315"/>
+    <mergeCell ref="A313:G313"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>