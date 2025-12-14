--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of work order not mapped wi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1487">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1484">
   <si>
     <t>No. of work order not mapped with AE/JE (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -3410,680 +3410,659 @@
   <si>
     <t>ORD/000023/2024-2025</t>
   </si>
   <si>
     <t>07/06/2024</t>
   </si>
   <si>
     <t>1586/RS</t>
   </si>
   <si>
     <t>THE ENTERPRISE</t>
   </si>
   <si>
     <t>ORD/000385/2023-2024</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>99/RS</t>
   </si>
   <si>
     <t>SUPPLY AND DELIVERY OF DI PIPES UNDER RESOURCES DIVISION.</t>
   </si>
   <si>
-    <t>ORD/000192/2024-2025</t>
+    <t>ORD/000048/2024-2025</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>1783/RS</t>
+  </si>
+  <si>
+    <t>ORD/000219/2024-2025</t>
+  </si>
+  <si>
+    <t>20/01/2025</t>
+  </si>
+  <si>
+    <t>149/RS</t>
+  </si>
+  <si>
+    <t>ADITYA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>ORD/000221/2024-2025</t>
+  </si>
+  <si>
+    <t>151/RS</t>
+  </si>
+  <si>
+    <t>SAI BABA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>ORD/000082/2024-2025</t>
+  </si>
+  <si>
+    <t>13/08/2024</t>
+  </si>
+  <si>
+    <t>2176/RS</t>
+  </si>
+  <si>
+    <t>Supply &amp; delivery of ISI marked 80 mm. dia Galvanised Miled Steel Tube (Medium) conforming to IS: 1239 (Part-I)/2004 (sixth revision) with latest amendment under Rajarhat Store for Ground Water Based Mini Piped Water Supply Scheme (Maximum 100 Household</t>
+  </si>
+  <si>
+    <t>ORD/000401/2023-2024</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>320/KSSD</t>
+  </si>
+  <si>
+    <t>SATYABRATA CHOKRABORTY</t>
+  </si>
+  <si>
+    <t>JUNGLE CUTTING</t>
+  </si>
+  <si>
+    <t>ORD/000860/2022-2023</t>
+  </si>
+  <si>
+    <t>17/01/2023</t>
+  </si>
+  <si>
+    <t>91/ MD</t>
+  </si>
+  <si>
+    <t>INSTALLATION OF CWPP AT MALDA DIVISION.</t>
+  </si>
+  <si>
+    <t>ORD/000053/2024-2025</t>
+  </si>
+  <si>
+    <t>20/08/2024</t>
+  </si>
+  <si>
+    <t>2222/RS</t>
+  </si>
+  <si>
+    <t>ORD/000101/2024-2025</t>
+  </si>
+  <si>
+    <t>25/07/2024</t>
+  </si>
+  <si>
+    <t>1978/RS</t>
+  </si>
+  <si>
+    <t>SUPPLY OF STATIONERY ARTICLES TO THE OFFICE OF THE EXECUTIVE ENGINEER,RESOURCES DIVISION,P.H.E DTE.</t>
+  </si>
+  <si>
+    <t>ORD/001174/2021-2022</t>
+  </si>
+  <si>
+    <t>1473/BWD</t>
+  </si>
+  <si>
+    <t>M/S PIONEER COSTRUCTION</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF SEHARA</t>
+  </si>
+  <si>
+    <t>ORD/000238/2024-2025</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>243/RS</t>
+  </si>
+  <si>
+    <t>NEZONE TUBES LIMITED</t>
+  </si>
+  <si>
+    <t>Supply &amp; delivery of ISI marked 100 mm. dia Galvanised Miled Steel Tube (Medium) conforming to IS: 1239 (Part-I)/2004 (sixth revision) with latest amendment under Rajarhat Store for different scheme of Malda Division.</t>
+  </si>
+  <si>
+    <t>ORD/000184/2024-2025</t>
+  </si>
+  <si>
+    <t>30/12/2024</t>
+  </si>
+  <si>
+    <t>3187/RS</t>
+  </si>
+  <si>
+    <t>MARS PLANING &amp; ENGINEERING SERVICES PVT. LTD.</t>
+  </si>
+  <si>
+    <t>Engagement of one consulting agency for Setting up of District Project Management Units (DPMU) at Aliporedure, Coochbehar, Jalpaiguri, Darjeeling Kalimpong, Uttar Dinajpur and Daskin Dinajpur districts under Jal Jeevan Mission</t>
+  </si>
+  <si>
+    <t>ORD/000218/2024-2025</t>
+  </si>
+  <si>
+    <t>148/RS</t>
+  </si>
+  <si>
+    <t>ORD/000145/2024-2025</t>
+  </si>
+  <si>
+    <t>18/11/2024</t>
+  </si>
+  <si>
+    <t>2879/RS</t>
+  </si>
+  <si>
+    <t>GOBINDA MAITY</t>
+  </si>
+  <si>
+    <t>Supply &amp; delivery of ISI marked 50 mm. dia Galvanised Miled Steel Tube (Medium) conforming to IS: 1239 (Part-I)/2004 (sixth revision) with latest amendment under Rajarhat Store for different water supply scheme under Tamluk Division, PHE Dte. against Con</t>
+  </si>
+  <si>
+    <t>ORD/000232/2024-2025</t>
+  </si>
+  <si>
+    <t>04/02/2025</t>
+  </si>
+  <si>
+    <t>251/RS</t>
+  </si>
+  <si>
+    <t>ORD/000233/2024-2025</t>
+  </si>
+  <si>
+    <t>252/RS</t>
+  </si>
+  <si>
+    <t>ORD/000185/2024-2025</t>
+  </si>
+  <si>
+    <t>3186/RS</t>
+  </si>
+  <si>
+    <t>Engagement of one consulting agency for Setting up of District Project Management Unit (DPMU) at Purba Bardhaman, Paschim Bardhaman, Birbhum, Malda, and Murshidabadunder Jal Jeevan Mission / Jal Swapna.</t>
+  </si>
+  <si>
+    <t>ORD/000115/2024-2025</t>
+  </si>
+  <si>
+    <t>08/08/2024</t>
+  </si>
+  <si>
+    <t>ION-24-25/138</t>
+  </si>
+  <si>
+    <t>PROVIDING CARTRIDGES TO RESOURCE DIVISION</t>
+  </si>
+  <si>
+    <t>ORD/000373/2023-2024</t>
+  </si>
+  <si>
+    <t>06/03/2024</t>
+  </si>
+  <si>
+    <t>758/RS</t>
+  </si>
+  <si>
+    <t>Provide Comprehensive Maintenance work for upkeepment of the LAN, WLAN, Network Devices,Computer accessories, attachements e.tc at Resources Division, PHE Dte for the period of 6(Six) Months from 10/03/2024 to 09/09/2024.</t>
+  </si>
+  <si>
+    <t>ORD/000857/2022-2023</t>
+  </si>
+  <si>
+    <t>20/02/2023</t>
+  </si>
+  <si>
+    <t>817/MD</t>
+  </si>
+  <si>
+    <t>NEOGI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>CWPP</t>
+  </si>
+  <si>
+    <t>ORD/000384/2023-2024</t>
+  </si>
+  <si>
+    <t>98/RS</t>
+  </si>
+  <si>
+    <t>ORD/000387/2023-2024</t>
+  </si>
+  <si>
+    <t>94/RS</t>
+  </si>
+  <si>
+    <t>ORD/000388/2023-2024</t>
+  </si>
+  <si>
+    <t>95/RS</t>
+  </si>
+  <si>
+    <t>ORD/000389/2023-2024</t>
+  </si>
+  <si>
+    <t>RASHMI METALIKS LIMITED</t>
+  </si>
+  <si>
+    <t>ORD/000390/2023-2024</t>
+  </si>
+  <si>
+    <t>101/RS</t>
+  </si>
+  <si>
+    <t>ORD/000126/2024-2025</t>
+  </si>
+  <si>
+    <t>25/10/2024</t>
+  </si>
+  <si>
+    <t>2724/RS</t>
+  </si>
+  <si>
+    <t>ORD/000383/2023-2024</t>
+  </si>
+  <si>
+    <t>97/RS</t>
+  </si>
+  <si>
+    <t>ORD/000144/2024-2025</t>
+  </si>
+  <si>
+    <t>2878/RS</t>
+  </si>
+  <si>
+    <t>Supply &amp; delivery of ISI marked 50 mm. dia Galvanised Miled Steel Tube (Medium) conforming to IS: 1239 (Part-I)/2004 (sixth revision) with latest amendment under Rajarhat Store for different water supply scheme under Tamluk Division, PHE Dte. Against Di</t>
+  </si>
+  <si>
+    <t>ORD/000131/2024-2025</t>
+  </si>
+  <si>
+    <t>27/09/2024</t>
+  </si>
+  <si>
+    <t>2594/RS</t>
+  </si>
+  <si>
+    <t>TUV SUD SOUTH ASIA PVT. LTD.</t>
+  </si>
+  <si>
+    <t>Quality and Quantity Monitoring BY Third Party Inspection Agency (TPIA) For Implementation Of Rural Water Supply Schemes under JJM in the State of West Bengal For 3(Three) Zone covering 6(Six) districts like Puraba Midnapore, Paschim Midnapore, Coochbehar</t>
+  </si>
+  <si>
+    <t>ORD/000134/2024-2025</t>
+  </si>
+  <si>
+    <t>2797/RS</t>
+  </si>
+  <si>
+    <t>CALCUTTA TRANSPORT AGENCY</t>
+  </si>
+  <si>
+    <t>ORD/000009/2024-2025</t>
+  </si>
+  <si>
+    <t>13/05/2024</t>
+  </si>
+  <si>
+    <t>479/MD</t>
+  </si>
+  <si>
+    <t>DUTTA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>CWPP FOR SCHOOLS AT BHAGABANPUR.</t>
+  </si>
+  <si>
+    <t>ORD/000130/2024-2025</t>
+  </si>
+  <si>
+    <t>Quality and Quantity Monitoring BY Third Party Inspection Agency (TPIA) For Implementation Of Rural Water Supply Schemes under JJM in the State of West Bengal For 3(Three) Zone covering 6(Six) districts like Bankura, Jhargram, Paschim Bardhaman, Purulia,</t>
+  </si>
+  <si>
+    <t>ORD/000381/2023-2024</t>
+  </si>
+  <si>
+    <t>20/07/2023</t>
+  </si>
+  <si>
+    <t>818/JD</t>
+  </si>
+  <si>
+    <t>PROVIDING GUARDING ARRANGEMENT AT STACK YARD UNDER RESOURCE DIVISION ,FROM 01/08/23 TO 31/12/23.</t>
+  </si>
+  <si>
+    <t>ORD/000334/2023-2024</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>1727/BD</t>
+  </si>
+  <si>
+    <t>Formal work order for Balance work for laying of distribution system with UPVC pipe ...Surface Water based W/S scheme Habra_Gaighata....PHED.</t>
+  </si>
+  <si>
+    <t>ORD/000711/2022-2023</t>
+  </si>
+  <si>
+    <t>08/07/2022</t>
+  </si>
+  <si>
+    <t>14383/WORKS/JJM/000002/2021</t>
+  </si>
+  <si>
+    <t>08 nos. Data Entry Operator for 03 Months.</t>
+  </si>
+  <si>
+    <t>ORD/001167/2021-2022</t>
+  </si>
+  <si>
+    <t>14/07/2021</t>
+  </si>
+  <si>
+    <t>1229/BD</t>
+  </si>
+  <si>
+    <t>VA TECH WABAG LIMITED</t>
+  </si>
+  <si>
+    <t>Surface Water Based Water Treatment Plant.</t>
+  </si>
+  <si>
+    <t>ORD/000854/2022-2023</t>
+  </si>
+  <si>
+    <t>2252/BWD</t>
+  </si>
+  <si>
+    <t>ASHOK MITRA</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BAHRAN BIRAHIMPUR PWSS WITH FHTC UNDER PHED</t>
+  </si>
+  <si>
+    <t>ORD/000370/2023-2024</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>798/RS</t>
+  </si>
+  <si>
+    <t>ORD/000006/2024-2025</t>
+  </si>
+  <si>
+    <t>15/04/2024</t>
+  </si>
+  <si>
+    <t>1130/RS</t>
+  </si>
+  <si>
+    <t>Engagement of 2(Two) nos. peon on monthly contractual basis for the office of the Superintending Engineer, PC-I, PHE Dte., for a period of 2(Two) months from 01/05/2024 to 30/06/2024.</t>
+  </si>
+  <si>
+    <t>ORD/000366/2023-2024</t>
+  </si>
+  <si>
+    <t>797/RS</t>
+  </si>
+  <si>
+    <t>ORD/000855/2022-2023</t>
+  </si>
+  <si>
+    <t>16/01/2023</t>
+  </si>
+  <si>
+    <t>41/MD</t>
+  </si>
+  <si>
+    <t>MILLENNIUM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>SUPPLY OF FERRULE</t>
+  </si>
+  <si>
+    <t>ORD/000380/2023-2024</t>
+  </si>
+  <si>
+    <t>29/11/2023</t>
+  </si>
+  <si>
+    <t>5200/BWD</t>
+  </si>
+  <si>
+    <t>SUBODH KUMAR MONDAL</t>
+  </si>
+  <si>
+    <t>kaithan pwss</t>
+  </si>
+  <si>
+    <t>ORD/000067/2024-2025</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>1609/RS</t>
+  </si>
+  <si>
+    <t>SUPPLY OF STATIONERY ARTICLES TO THE OFFICE OF Executive Engineer,Resourse Division.</t>
+  </si>
+  <si>
+    <t>ORD/000378/2023-2024</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>995/HD</t>
+  </si>
+  <si>
+    <t>ACME CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>SINKING OF TUBWELL ,UNDER HOWRAH SADAR SUB-DIVISION OF HOWRAH DIVISION,P.H.E DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000100/2024-2025</t>
+  </si>
+  <si>
+    <t>1723/RS</t>
+  </si>
+  <si>
+    <t>Engagement of 2(Two) nos. peon on monthly contractual basis for the office of the Superintending Engineer, Planning Circle-I, PHE Dte., for a period of 3 (Three) months from 01/07/2024 to 30/09/2024.</t>
+  </si>
+  <si>
+    <t>ORD/000186/2024-2025</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
-    <t>3194/RS</t>
+    <t>3196/RS</t>
+  </si>
+  <si>
+    <t>SURAKHSA INVESTIGATION SECURITY AGENCY</t>
+  </si>
+  <si>
+    <t>Guarding arrangement under Kokata Resources Sub-Division, P.H.E. Dte. Place(At kalyani store/ Rajarhat/ New Town) for 7 (Seven) month from 01/01/2025 to 31/07/2025.</t>
+  </si>
+  <si>
+    <t>ORD/000394/2023-2024</t>
+  </si>
+  <si>
+    <t>19/02/2024</t>
+  </si>
+  <si>
+    <t>2409/JD</t>
+  </si>
+  <si>
+    <t>NEW OMKAR SECURITY SERVICE</t>
+  </si>
+  <si>
+    <t>PROVIDING GUARDING ARRANGEMENT AT STACKYARD.</t>
+  </si>
+  <si>
+    <t>ORD/000386/2023-2024</t>
+  </si>
+  <si>
+    <t>87/RS</t>
+  </si>
+  <si>
+    <t>ORD/000068/2024-2025</t>
+  </si>
+  <si>
+    <t>1609/RS/2</t>
+  </si>
+  <si>
+    <t>SUPPLY OF STATIONERY ARTICLES TO THE OFFICE OF Executive Engineer,Resourse Division</t>
+  </si>
+  <si>
+    <t>ORD/000861/2022-2023</t>
+  </si>
+  <si>
+    <t>2680/MD</t>
+  </si>
+  <si>
+    <t>INSTALLATION OF CWPP AT MALDAH DIVISION.</t>
+  </si>
+  <si>
+    <t>ORD/000123/2024-2025</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>2604/RS</t>
+  </si>
+  <si>
+    <t>Engagement of 2(Two) nos. peon on monthly contractual basis for the office of the Superintending Engineer, Planning Circle-I, PHE Dte., for a period of 2 (Two) months from 01/10/2024 to 30/11/2024.</t>
+  </si>
+  <si>
+    <t>ORD/000158/2024-2025</t>
+  </si>
+  <si>
+    <t>29/11/2024</t>
+  </si>
+  <si>
+    <t>2991/RS</t>
+  </si>
+  <si>
+    <t>Quality and Quantity Monitoring BY Third Party Inspection Agency (TPIA) For Implementation Of Rural Water Supply Schemes under Jal Swapna Project in the State of West Bengal For 3(Three) Zone covering entire District as state below. Murshidabad , Nadia, N</t>
+  </si>
+  <si>
+    <t>ORD/000088/2024-2025</t>
+  </si>
+  <si>
+    <t>28/08/2024</t>
+  </si>
+  <si>
+    <t>2285/RS</t>
+  </si>
+  <si>
+    <t>Conducting of Expenditure Audit of Divisions Under PHE for Programme Fund(Central &amp; State Share) and Support Fund(Central Share) Under NRDWP for the year 2023-2024</t>
+  </si>
+  <si>
+    <t>ORD/000125/2024-2025</t>
+  </si>
+  <si>
+    <t>30/08/2024</t>
+  </si>
+  <si>
+    <t>2316/RS</t>
   </si>
   <si>
     <t>OM ENTERPRISE</t>
   </si>
   <si>
-    <t>Engagement of 2(Two) nos. peon on monthly contractual basis for the office of the Superintending Engineer, PC-1, PHE Dte., for a period from 01/01/2025 to 31/12/2025</t>
-[...224 lines deleted...]
-    <t>84/RS</t>
+    <t>Engagement of 01 (One) no. Personnel through agency for performing the work related to IEC activities under JJM alongwith handling the job for monitoring of Bunglows/rest sheds under PHE Department for JJM from 01/09/2024 to 28/02/2025.</t>
+  </si>
+  <si>
+    <t>ORD/000021/2024-2025</t>
+  </si>
+  <si>
+    <t>18/06/2024</t>
+  </si>
+  <si>
+    <t>1662/RS</t>
+  </si>
+  <si>
+    <t>ORD/000858/2022-2023</t>
+  </si>
+  <si>
+    <t>91/MD</t>
+  </si>
+  <si>
+    <t>TRILOCHON CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>INSTALLATION OF STANDALONE COMMUNITY FOR WTP AT HARISHCHANDRAPUR,MALDA.</t>
+  </si>
+  <si>
+    <t>ORD/000183/2024-2025</t>
+  </si>
+  <si>
+    <t>02/01/2025</t>
+  </si>
+  <si>
+    <t>07/RS</t>
   </si>
   <si>
     <t>SUNANDA ENVIROMENTAL INTERNATIONAL PRIVATE LIMITED</t>
   </si>
   <si>
-    <t>Regular upkeep, upgradation &amp; management of Analytical Dashboard of the State related to WQMSP under Jal Jeevan Mission for 12 months.</t>
-[...385 lines deleted...]
-  <si>
     <t>Engagement of one consulting agency for Setting up of District Project Management Unit (DPMU) at Howrah, Hooghly, South 24 Parganas, North 24 Parganas and Nadia districts under Jal Jeevan Mission/ Jal Swapna.</t>
   </si>
   <si>
     <t>ORD/000076/2024-2025</t>
   </si>
   <si>
     <t>04/07/2024</t>
   </si>
   <si>
     <t>1833/RS</t>
   </si>
   <si>
     <t>Guarding arrangement under Kolkata Resources Sub-Division, P.H.E. Dte. Place (At kalyani store/ Rajarhat/ New Town) for 1 (One) month.</t>
   </si>
   <si>
     <t>ORD/000164/2024-2025</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>2315/RS</t>
   </si>
   <si>
     <t>ORD/000140/2024-2025</t>
@@ -4470,50 +4449,62 @@
     <t>ORD/000259/2024-2025</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>428/RS</t>
   </si>
   <si>
     <t>NABL Accreditation of 3 Nos. District Drinking Water Testing Laboratories and Procurement of services &amp; consumables for continuance of NABL Accreditation of 21 Nos. State &amp; District Drinking Water Testing Laboratories related to Water Quality Monitoring &amp;</t>
   </si>
   <si>
     <t>ORD/000338/2024-2025</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>ION/24-25/334</t>
   </si>
   <si>
     <t>ORD/000342/2024-2025</t>
   </si>
   <si>
     <t>229/RS</t>
+  </si>
+  <si>
+    <t>ORD/000097/2025-2026</t>
+  </si>
+  <si>
+    <t>21/08/2025</t>
+  </si>
+  <si>
+    <t>1913/RS</t>
+  </si>
+  <si>
+    <t>Repairing of Faulty Displays at Janaswasthya Karigari Bhawan (NIJALAYA) P.H.E. Department, Govt of West Bengal.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4893,51 +4884,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W411"/>
+  <dimension ref="A1:W410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -17445,4331 +17436,4290 @@
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C307" s="3" t="s">
         <v>1132</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="F307" s="10" t="s">
-        <v>1135</v>
+        <v>13</v>
       </c>
       <c r="G307" s="10" t="s">
-        <v>1136</v>
+        <v>1123</v>
       </c>
       <c r="H307" s="4">
-        <v>4.82</v>
+        <v>56.59</v>
       </c>
       <c r="I307" s="1"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C308" s="3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D308" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1137</v>
       </c>
-      <c r="D308" s="3" t="s">
+      <c r="F308" s="10" t="s">
         <v>1138</v>
       </c>
-      <c r="E308" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G308" s="10" t="s">
-        <v>1123</v>
+        <v>205</v>
       </c>
       <c r="H308" s="4">
-        <v>56.59</v>
+        <v>484.33</v>
       </c>
       <c r="I308" s="1"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D309" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1140</v>
       </c>
-      <c r="D309" s="3" t="s">
+      <c r="F309" s="10" t="s">
         <v>1141</v>
-      </c>
-[...4 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="G309" s="10" t="s">
         <v>205</v>
       </c>
       <c r="H309" s="4">
-        <v>484.33</v>
+        <v>307.64</v>
       </c>
       <c r="I309" s="1"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C310" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1144</v>
       </c>
-      <c r="D310" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F310" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="G310" s="10" t="s">
         <v>1145</v>
       </c>
-      <c r="F310" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H310" s="4">
-        <v>307.64</v>
+        <v>24.47</v>
       </c>
       <c r="I310" s="1"/>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1"/>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C311" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D311" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="D311" s="3" t="s">
+      <c r="E311" s="3" t="s">
         <v>1148</v>
       </c>
-      <c r="E311" s="3" t="s">
+      <c r="F311" s="10" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="G311" s="10" t="s">
         <v>1150</v>
       </c>
       <c r="H311" s="4">
-        <v>24.47</v>
+        <v>0.76</v>
       </c>
       <c r="I311" s="1"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C312" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="D312" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>1153</v>
       </c>
       <c r="F312" s="10" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G312" s="10" t="s">
         <v>1154</v>
       </c>
-      <c r="G312" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H312" s="4">
-        <v>0.76</v>
+        <v>33</v>
       </c>
       <c r="I312" s="1"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1"/>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1"/>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C313" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D313" s="3" t="s">
         <v>1156</v>
       </c>
-      <c r="D313" s="3" t="s">
+      <c r="E313" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="E313" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F313" s="10" t="s">
-        <v>1054</v>
+        <v>140</v>
       </c>
       <c r="G313" s="10" t="s">
-        <v>1159</v>
+        <v>1123</v>
       </c>
       <c r="H313" s="4">
-        <v>33</v>
+        <v>57.4</v>
       </c>
       <c r="I313" s="1"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C314" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D314" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1160</v>
       </c>
-      <c r="D314" s="3" t="s">
+      <c r="F314" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="G314" s="10" t="s">
         <v>1161</v>
       </c>
-      <c r="E314" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H314" s="4">
-        <v>57.4</v>
+        <v>0.29</v>
       </c>
       <c r="I314" s="1"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D315" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="D315" s="3" t="s">
+      <c r="F315" s="10" t="s">
         <v>1164</v>
       </c>
-      <c r="E315" s="3" t="s">
+      <c r="G315" s="10" t="s">
         <v>1165</v>
       </c>
-      <c r="F315" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H315" s="4">
-        <v>0.29</v>
+        <v>414.37</v>
       </c>
       <c r="I315" s="1"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C316" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D316" s="3" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>1168</v>
       </c>
       <c r="F316" s="10" t="s">
         <v>1169</v>
       </c>
       <c r="G316" s="10" t="s">
         <v>1170</v>
       </c>
       <c r="H316" s="4">
-        <v>414.37</v>
+        <v>132.22</v>
       </c>
       <c r="I316" s="1"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1"/>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C317" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="F317" s="10" t="s">
         <v>1174</v>
       </c>
       <c r="G317" s="10" t="s">
         <v>1175</v>
       </c>
       <c r="H317" s="4">
-        <v>132.22</v>
+        <v>75.52</v>
       </c>
       <c r="I317" s="1"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C318" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="D318" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1177</v>
       </c>
-      <c r="E318" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F318" s="10" t="s">
-        <v>1179</v>
+        <v>459</v>
       </c>
       <c r="G318" s="10" t="s">
-        <v>1180</v>
+        <v>205</v>
       </c>
       <c r="H318" s="4">
-        <v>75.52</v>
+        <v>484.5</v>
       </c>
       <c r="I318" s="1"/>
       <c r="J318" s="1"/>
       <c r="K318" s="1"/>
       <c r="L318" s="1"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D319" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F319" s="10" t="s">
         <v>1181</v>
       </c>
-      <c r="D319" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="G319" s="10" t="s">
         <v>1182</v>
       </c>
-      <c r="F319" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H319" s="4">
-        <v>484.5</v>
+        <v>22.24</v>
       </c>
       <c r="I319" s="1"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C320" s="3" t="s">
         <v>1183</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="F320" s="10" t="s">
-        <v>1186</v>
+        <v>195</v>
       </c>
       <c r="G320" s="10" t="s">
-        <v>1187</v>
+        <v>205</v>
       </c>
       <c r="H320" s="4">
-        <v>22.24</v>
+        <v>1139.7</v>
       </c>
       <c r="I320" s="1"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1"/>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C321" s="3" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="D321" s="3" t="s">
-        <v>1189</v>
+        <v>1184</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="F321" s="10" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="G321" s="10" t="s">
         <v>205</v>
       </c>
       <c r="H321" s="4">
-        <v>1139.7</v>
+        <v>1139.6</v>
       </c>
       <c r="I321" s="1"/>
       <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1"/>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="D322" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1189</v>
       </c>
-      <c r="E322" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F322" s="10" t="s">
-        <v>204</v>
+        <v>1174</v>
       </c>
       <c r="G322" s="10" t="s">
-        <v>205</v>
+        <v>1190</v>
       </c>
       <c r="H322" s="4">
-        <v>1139.6</v>
+        <v>68.04</v>
       </c>
       <c r="I322" s="1"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1"/>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C323" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D323" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1193</v>
       </c>
-      <c r="D323" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="F323" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="G323" s="10" t="s">
         <v>1194</v>
       </c>
-      <c r="F323" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H323" s="4">
-        <v>68.04</v>
+        <v>0.35</v>
       </c>
       <c r="I323" s="1"/>
       <c r="J323" s="1"/>
       <c r="K323" s="1"/>
       <c r="L323" s="1"/>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1"/>
       <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C324" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D324" s="3" t="s">
         <v>1196</v>
       </c>
-      <c r="D324" s="3" t="s">
+      <c r="E324" s="3" t="s">
         <v>1197</v>
       </c>
-      <c r="E324" s="3" t="s">
+      <c r="F324" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G324" s="10" t="s">
         <v>1198</v>
       </c>
-      <c r="F324" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H324" s="4">
-        <v>0.35</v>
+        <v>4.91</v>
       </c>
       <c r="I324" s="1"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C325" s="3" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D325" s="3" t="s">
         <v>1200</v>
       </c>
-      <c r="D325" s="3" t="s">
+      <c r="E325" s="3" t="s">
         <v>1201</v>
       </c>
-      <c r="E325" s="3" t="s">
+      <c r="F325" s="10" t="s">
         <v>1202</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G325" s="10" t="s">
         <v>1203</v>
       </c>
       <c r="H325" s="4">
-        <v>4.91</v>
+        <v>21.7</v>
       </c>
       <c r="I325" s="1"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C326" s="3" t="s">
         <v>1204</v>
       </c>
       <c r="D326" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1205</v>
       </c>
-      <c r="E326" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F326" s="10" t="s">
-        <v>1207</v>
+        <v>13</v>
       </c>
       <c r="G326" s="10" t="s">
-        <v>1208</v>
+        <v>1131</v>
       </c>
       <c r="H326" s="4">
-        <v>21.7</v>
+        <v>200</v>
       </c>
       <c r="I326" s="1"/>
       <c r="J326" s="1"/>
       <c r="K326" s="1"/>
       <c r="L326" s="1"/>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1"/>
       <c r="P326" s="1"/>
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C327" s="3" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="D327" s="3" t="s">
-        <v>1210</v>
+        <v>1129</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
       <c r="F327" s="10" t="s">
-        <v>1212</v>
+        <v>37</v>
       </c>
       <c r="G327" s="10" t="s">
-        <v>1213</v>
+        <v>1131</v>
       </c>
       <c r="H327" s="4">
-        <v>28.51</v>
+        <v>200</v>
       </c>
       <c r="I327" s="1"/>
       <c r="J327" s="1"/>
       <c r="K327" s="1"/>
       <c r="L327" s="1"/>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1"/>
       <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>1214</v>
+        <v>1208</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1215</v>
+        <v>1209</v>
       </c>
       <c r="F328" s="10" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G328" s="10" t="s">
         <v>1131</v>
       </c>
       <c r="H328" s="4">
         <v>200</v>
       </c>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="3" t="s">
-        <v>1216</v>
+        <v>1210</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1217</v>
+        <v>810</v>
       </c>
       <c r="F329" s="10" t="s">
-        <v>37</v>
+        <v>1211</v>
       </c>
       <c r="G329" s="10" t="s">
         <v>1131</v>
       </c>
       <c r="H329" s="4">
         <v>200</v>
       </c>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="3" t="s">
-        <v>1218</v>
+        <v>1212</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1219</v>
+        <v>1213</v>
       </c>
       <c r="F330" s="10" t="s">
-        <v>37</v>
+        <v>1211</v>
       </c>
       <c r="G330" s="10" t="s">
         <v>1131</v>
       </c>
       <c r="H330" s="4">
         <v>200</v>
       </c>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="3" t="s">
-        <v>1220</v>
+        <v>1214</v>
       </c>
       <c r="D331" s="3" t="s">
-        <v>1129</v>
+        <v>1215</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>810</v>
+        <v>1216</v>
       </c>
       <c r="F331" s="10" t="s">
-        <v>1221</v>
+        <v>1211</v>
       </c>
       <c r="G331" s="10" t="s">
-        <v>1131</v>
+        <v>714</v>
       </c>
       <c r="H331" s="4">
-        <v>200</v>
+        <v>1758.27</v>
       </c>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="F332" s="10" t="s">
-        <v>1221</v>
+        <v>13</v>
       </c>
       <c r="G332" s="10" t="s">
         <v>1131</v>
       </c>
       <c r="H332" s="4">
         <v>200</v>
       </c>
       <c r="I332" s="1"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="3" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>1225</v>
+        <v>1179</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
       <c r="F333" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="G333" s="10" t="s">
         <v>1221</v>
       </c>
-      <c r="G333" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H333" s="4">
-        <v>1758.27</v>
+        <v>5.5</v>
       </c>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="D334" s="3" t="s">
-        <v>1129</v>
+        <v>1223</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1228</v>
+        <v>1224</v>
       </c>
       <c r="F334" s="10" t="s">
-        <v>13</v>
+        <v>1225</v>
       </c>
       <c r="G334" s="10" t="s">
-        <v>1131</v>
+        <v>1226</v>
       </c>
       <c r="H334" s="4">
-        <v>200</v>
+        <v>158.99</v>
       </c>
       <c r="I334" s="1"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D335" s="3" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F335" s="10" t="s">
         <v>1229</v>
       </c>
-      <c r="D335" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G335" s="10" t="s">
-        <v>1231</v>
+        <v>950</v>
       </c>
       <c r="H335" s="4">
-        <v>5.5</v>
+        <v>472.84</v>
       </c>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D336" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1232</v>
       </c>
-      <c r="D336" s="3" t="s">
+      <c r="F336" s="10" t="s">
         <v>1233</v>
       </c>
-      <c r="E336" s="3" t="s">
+      <c r="G336" s="10" t="s">
         <v>1234</v>
       </c>
-      <c r="F336" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H336" s="4">
-        <v>158.99</v>
+        <v>188.87</v>
       </c>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C337" s="3" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="D337" s="3" t="s">
-        <v>1121</v>
+        <v>1223</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1238</v>
+        <v>675</v>
       </c>
       <c r="F337" s="10" t="s">
-        <v>1239</v>
+        <v>1174</v>
       </c>
       <c r="G337" s="10" t="s">
-        <v>950</v>
+        <v>1236</v>
       </c>
       <c r="H337" s="4">
-        <v>472.84</v>
+        <v>120.3</v>
       </c>
       <c r="I337" s="1"/>
       <c r="J337" s="1"/>
       <c r="K337" s="1"/>
       <c r="L337" s="1"/>
       <c r="M337" s="1"/>
       <c r="N337" s="1"/>
       <c r="O337" s="1"/>
       <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="3" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D338" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F338" s="10" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G338" s="10" t="s">
         <v>1240</v>
       </c>
-      <c r="D338" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H338" s="4">
-        <v>188.87</v>
+        <v>7</v>
       </c>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="3" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="D339" s="3" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>675</v>
+        <v>1243</v>
       </c>
       <c r="F339" s="10" t="s">
-        <v>1179</v>
+        <v>833</v>
       </c>
       <c r="G339" s="10" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="H339" s="4">
-        <v>120.3</v>
+        <v>1786.61</v>
       </c>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C340" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D340" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1247</v>
       </c>
-      <c r="D340" s="3" t="s">
+      <c r="F340" s="10" t="s">
+        <v>656</v>
+      </c>
+      <c r="G340" s="10" t="s">
         <v>1248</v>
       </c>
-      <c r="E340" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H340" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I340" s="1"/>
       <c r="J340" s="1"/>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D341" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1251</v>
       </c>
-      <c r="D341" s="3" t="s">
+      <c r="F341" s="10" t="s">
         <v>1252</v>
       </c>
-      <c r="E341" s="3" t="s">
+      <c r="G341" s="10" t="s">
         <v>1253</v>
       </c>
-      <c r="F341" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H341" s="4">
-        <v>1786.61</v>
+        <v>500</v>
       </c>
       <c r="I341" s="1"/>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D342" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1255</v>
       </c>
-      <c r="D342" s="3" t="s">
+      <c r="F342" s="10" t="s">
         <v>1256</v>
       </c>
-      <c r="E342" s="3" t="s">
+      <c r="G342" s="10" t="s">
         <v>1257</v>
       </c>
-      <c r="F342" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H342" s="4">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I342" s="1"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D343" s="3" t="s">
         <v>1259</v>
       </c>
-      <c r="D343" s="3" t="s">
+      <c r="E343" s="3" t="s">
         <v>1260</v>
       </c>
-      <c r="E343" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F343" s="10" t="s">
-        <v>1262</v>
+        <v>43</v>
       </c>
       <c r="G343" s="10" t="s">
-        <v>1263</v>
+        <v>1123</v>
       </c>
       <c r="H343" s="4">
-        <v>500</v>
+        <v>21.27</v>
       </c>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D344" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F344" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="G344" s="10" t="s">
         <v>1264</v>
       </c>
-      <c r="D344" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H344" s="4">
-        <v>100</v>
+        <v>0.63</v>
       </c>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="3" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="D345" s="3" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="F345" s="10" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G345" s="10" t="s">
         <v>1123</v>
       </c>
       <c r="H345" s="4">
-        <v>21.27</v>
+        <v>22.4</v>
       </c>
       <c r="I345" s="1"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D346" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F346" s="10" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G346" s="10" t="s">
         <v>1271</v>
       </c>
-      <c r="D346" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H346" s="4">
-        <v>0.63</v>
+        <v>9.74</v>
       </c>
       <c r="I346" s="1"/>
       <c r="J346" s="1"/>
       <c r="K346" s="1"/>
       <c r="L346" s="1"/>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1"/>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D347" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F347" s="10" t="s">
         <v>1275</v>
       </c>
-      <c r="D347" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="G347" s="10" t="s">
         <v>1276</v>
       </c>
-      <c r="F347" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H347" s="4">
-        <v>22.4</v>
+        <v>25.85</v>
       </c>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C348" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1279</v>
       </c>
       <c r="F348" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="G348" s="10" t="s">
         <v>1280</v>
       </c>
-      <c r="G348" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H348" s="4">
-        <v>9.74</v>
+        <v>0.58</v>
       </c>
       <c r="I348" s="1"/>
       <c r="J348" s="1"/>
       <c r="K348" s="1"/>
       <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="3" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D349" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="D349" s="3" t="s">
+      <c r="E349" s="3" t="s">
         <v>1283</v>
       </c>
-      <c r="E349" s="3" t="s">
+      <c r="F349" s="10" t="s">
         <v>1284</v>
       </c>
-      <c r="F349" s="10" t="s">
+      <c r="G349" s="10" t="s">
         <v>1285</v>
       </c>
-      <c r="G349" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H349" s="4">
-        <v>25.85</v>
+        <v>14.04</v>
       </c>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="3" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D350" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="D350" s="3" t="s">
+      <c r="F350" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="G350" s="10" t="s">
         <v>1288</v>
       </c>
-      <c r="E350" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H350" s="4">
-        <v>0.58</v>
+        <v>1.05</v>
       </c>
       <c r="I350" s="1"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1"/>
       <c r="L350" s="1"/>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1"/>
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D351" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1291</v>
       </c>
-      <c r="D351" s="3" t="s">
+      <c r="F351" s="10" t="s">
         <v>1292</v>
       </c>
-      <c r="E351" s="3" t="s">
+      <c r="G351" s="10" t="s">
         <v>1293</v>
       </c>
-      <c r="F351" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H351" s="4">
-        <v>14.04</v>
+        <v>21.27</v>
       </c>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C352" s="3" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D352" s="3" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1296</v>
       </c>
-      <c r="D352" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="F352" s="10" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="G352" s="10" t="s">
         <v>1298</v>
       </c>
       <c r="H352" s="4">
-        <v>1.05</v>
+        <v>19.99</v>
       </c>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1"/>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C353" s="3" t="s">
         <v>1299</v>
       </c>
       <c r="D353" s="3" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>1300</v>
       </c>
       <c r="F353" s="10" t="s">
-        <v>1301</v>
+        <v>37</v>
       </c>
       <c r="G353" s="10" t="s">
-        <v>1302</v>
+        <v>1131</v>
       </c>
       <c r="H353" s="4">
-        <v>21.27</v>
+        <v>200</v>
       </c>
       <c r="I353" s="1"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1"/>
       <c r="M353" s="1"/>
       <c r="N353" s="1"/>
       <c r="O353" s="1"/>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C354" s="3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D354" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F354" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="G354" s="10" t="s">
         <v>1303</v>
       </c>
-      <c r="D354" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H354" s="4">
-        <v>19.99</v>
+        <v>0.62</v>
       </c>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="3" t="s">
-        <v>1308</v>
+        <v>1304</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>1129</v>
+        <v>659</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="F355" s="10" t="s">
-        <v>37</v>
+        <v>1054</v>
       </c>
       <c r="G355" s="10" t="s">
-        <v>1131</v>
+        <v>1306</v>
       </c>
       <c r="H355" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="3" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D356" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F356" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="G356" s="10" t="s">
         <v>1310</v>
       </c>
-      <c r="D356" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H356" s="4">
-        <v>0.62</v>
+        <v>0.63</v>
       </c>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="3" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D357" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1313</v>
       </c>
-      <c r="D357" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="F357" s="10" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G357" s="10" t="s">
         <v>1314</v>
       </c>
-      <c r="F357" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H357" s="4">
-        <v>100</v>
+        <v>1223.01</v>
       </c>
       <c r="I357" s="1"/>
       <c r="J357" s="1"/>
       <c r="K357" s="1"/>
       <c r="L357" s="1"/>
       <c r="M357" s="1"/>
       <c r="N357" s="1"/>
       <c r="O357" s="1"/>
       <c r="P357" s="1"/>
       <c r="Q357" s="1"/>
       <c r="R357" s="1"/>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C358" s="3" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D358" s="3" t="s">
         <v>1316</v>
       </c>
-      <c r="D358" s="3" t="s">
+      <c r="E358" s="3" t="s">
         <v>1317</v>
       </c>
-      <c r="E358" s="3" t="s">
+      <c r="F358" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G358" s="10" t="s">
         <v>1318</v>
       </c>
-      <c r="F358" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H358" s="4">
-        <v>0.63</v>
+        <v>12.6</v>
       </c>
       <c r="I358" s="1"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1"/>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1"/>
       <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C359" s="3" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D359" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="D359" s="3" t="s">
+      <c r="E359" s="3" t="s">
         <v>1321</v>
       </c>
-      <c r="E359" s="3" t="s">
+      <c r="F359" s="10" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1003</v>
       </c>
       <c r="G359" s="10" t="s">
         <v>1323</v>
       </c>
       <c r="H359" s="4">
-        <v>1223.01</v>
+        <v>0.99</v>
       </c>
       <c r="I359" s="1"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1"/>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C360" s="3" t="s">
         <v>1324</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>1326</v>
       </c>
       <c r="F360" s="10" t="s">
-        <v>59</v>
+        <v>1211</v>
       </c>
       <c r="G360" s="10" t="s">
-        <v>1327</v>
+        <v>714</v>
       </c>
       <c r="H360" s="4">
-        <v>12.6</v>
+        <v>9414.31</v>
       </c>
       <c r="I360" s="1"/>
       <c r="J360" s="1"/>
       <c r="K360" s="1"/>
       <c r="L360" s="1"/>
       <c r="M360" s="1"/>
       <c r="N360" s="1"/>
       <c r="O360" s="1"/>
       <c r="P360" s="1"/>
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C361" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D361" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1328</v>
       </c>
-      <c r="D361" s="3" t="s">
+      <c r="F361" s="10" t="s">
         <v>1329</v>
       </c>
-      <c r="E361" s="3" t="s">
+      <c r="G361" s="10" t="s">
         <v>1330</v>
       </c>
-      <c r="F361" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H361" s="4">
-        <v>0.99</v>
+        <v>107.93</v>
       </c>
       <c r="I361" s="1"/>
       <c r="J361" s="1"/>
       <c r="K361" s="1"/>
       <c r="L361" s="1"/>
       <c r="M361" s="1"/>
       <c r="N361" s="1"/>
       <c r="O361" s="1"/>
       <c r="P361" s="1"/>
       <c r="Q361" s="1"/>
       <c r="R361" s="1"/>
       <c r="S361" s="1"/>
       <c r="T361" s="1"/>
       <c r="U361" s="1"/>
       <c r="V361" s="1"/>
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C362" s="3" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D362" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="D362" s="3" t="s">
+      <c r="E362" s="3" t="s">
         <v>1333</v>
       </c>
-      <c r="E362" s="3" t="s">
+      <c r="F362" s="10" t="s">
         <v>1334</v>
       </c>
-      <c r="F362" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G362" s="10" t="s">
-        <v>714</v>
+        <v>1335</v>
       </c>
       <c r="H362" s="4">
-        <v>9414.31</v>
+        <v>82.78</v>
       </c>
       <c r="I362" s="1"/>
       <c r="J362" s="1"/>
       <c r="K362" s="1"/>
       <c r="L362" s="1"/>
       <c r="M362" s="1"/>
       <c r="N362" s="1"/>
       <c r="O362" s="1"/>
       <c r="P362" s="1"/>
       <c r="Q362" s="1"/>
       <c r="R362" s="1"/>
       <c r="S362" s="1"/>
       <c r="T362" s="1"/>
       <c r="U362" s="1"/>
       <c r="V362" s="1"/>
       <c r="W362" s="1"/>
     </row>
     <row r="363" spans="1:23">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C363" s="3" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D363" s="3" t="s">
-        <v>1157</v>
+        <v>1337</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="F363" s="10" t="s">
-        <v>1337</v>
+        <v>901</v>
       </c>
       <c r="G363" s="10" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="H363" s="4">
-        <v>107.93</v>
+        <v>2.78</v>
       </c>
       <c r="I363" s="1"/>
       <c r="J363" s="1"/>
       <c r="K363" s="1"/>
       <c r="L363" s="1"/>
       <c r="M363" s="1"/>
       <c r="N363" s="1"/>
       <c r="O363" s="1"/>
       <c r="P363" s="1"/>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C364" s="3" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D364" s="3" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="F364" s="10" t="s">
-        <v>1212</v>
+        <v>1174</v>
       </c>
       <c r="G364" s="10" t="s">
-        <v>1342</v>
+        <v>1236</v>
       </c>
       <c r="H364" s="4">
-        <v>82.78</v>
+        <v>59.16</v>
       </c>
       <c r="I364" s="1"/>
       <c r="J364" s="1"/>
       <c r="K364" s="1"/>
       <c r="L364" s="1"/>
       <c r="M364" s="1"/>
       <c r="N364" s="1"/>
       <c r="O364" s="1"/>
       <c r="P364" s="1"/>
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="3" t="s">
         <v>1343</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="F365" s="10" t="s">
-        <v>901</v>
+        <v>441</v>
       </c>
       <c r="G365" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="H365" s="4">
-        <v>2.78</v>
+        <v>32.9</v>
       </c>
       <c r="I365" s="1"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C366" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="D366" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1348</v>
       </c>
-      <c r="E366" s="3" t="s">
+      <c r="F366" s="10" t="s">
+        <v>994</v>
+      </c>
+      <c r="G366" s="10" t="s">
         <v>1349</v>
       </c>
-      <c r="F366" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H366" s="4">
-        <v>59.16</v>
+        <v>3.11</v>
       </c>
       <c r="I366" s="1"/>
       <c r="J366" s="1"/>
       <c r="K366" s="1"/>
       <c r="L366" s="1"/>
       <c r="M366" s="1"/>
       <c r="N366" s="1"/>
       <c r="O366" s="1"/>
       <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
     <row r="367" spans="1:23">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C367" s="3" t="s">
         <v>1350</v>
       </c>
       <c r="D367" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1351</v>
       </c>
-      <c r="E367" s="3" t="s">
+      <c r="F367" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="G367" s="10" t="s">
         <v>1352</v>
       </c>
-      <c r="F367" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H367" s="4">
-        <v>32.9</v>
+        <v>0.34</v>
       </c>
       <c r="I367" s="1"/>
       <c r="J367" s="1"/>
       <c r="K367" s="1"/>
       <c r="L367" s="1"/>
       <c r="M367" s="1"/>
       <c r="N367" s="1"/>
       <c r="O367" s="1"/>
       <c r="P367" s="1"/>
       <c r="Q367" s="1"/>
       <c r="R367" s="1"/>
       <c r="S367" s="1"/>
       <c r="T367" s="1"/>
       <c r="U367" s="1"/>
       <c r="V367" s="1"/>
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C368" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D368" s="3" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>1355</v>
       </c>
       <c r="F368" s="10" t="s">
-        <v>994</v>
+        <v>13</v>
       </c>
       <c r="G368" s="10" t="s">
-        <v>1356</v>
+        <v>714</v>
       </c>
       <c r="H368" s="4">
-        <v>3.11</v>
+        <v>128.39</v>
       </c>
       <c r="I368" s="1"/>
       <c r="J368" s="1"/>
       <c r="K368" s="1"/>
       <c r="L368" s="1"/>
       <c r="M368" s="1"/>
       <c r="N368" s="1"/>
       <c r="O368" s="1"/>
       <c r="P368" s="1"/>
       <c r="Q368" s="1"/>
       <c r="R368" s="1"/>
       <c r="S368" s="1"/>
       <c r="T368" s="1"/>
       <c r="U368" s="1"/>
       <c r="V368" s="1"/>
       <c r="W368" s="1"/>
     </row>
     <row r="369" spans="1:23">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C369" s="3" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D369" s="3" t="s">
         <v>1357</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>1358</v>
       </c>
       <c r="F369" s="10" t="s">
-        <v>120</v>
+        <v>601</v>
       </c>
       <c r="G369" s="10" t="s">
         <v>1359</v>
       </c>
       <c r="H369" s="4">
-        <v>0.34</v>
+        <v>0.93</v>
       </c>
       <c r="I369" s="1"/>
       <c r="J369" s="1"/>
       <c r="K369" s="1"/>
       <c r="L369" s="1"/>
       <c r="M369" s="1"/>
       <c r="N369" s="1"/>
       <c r="O369" s="1"/>
       <c r="P369" s="1"/>
       <c r="Q369" s="1"/>
       <c r="R369" s="1"/>
       <c r="S369" s="1"/>
       <c r="T369" s="1"/>
       <c r="U369" s="1"/>
       <c r="V369" s="1"/>
       <c r="W369" s="1"/>
     </row>
     <row r="370" spans="1:23">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C370" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="D370" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1361</v>
       </c>
-      <c r="E370" s="3" t="s">
+      <c r="F370" s="10" t="s">
         <v>1362</v>
       </c>
-      <c r="F370" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G370" s="10" t="s">
-        <v>714</v>
+        <v>1363</v>
       </c>
       <c r="H370" s="4">
-        <v>128.39</v>
+        <v>319.21</v>
       </c>
       <c r="I370" s="1"/>
       <c r="J370" s="1"/>
       <c r="K370" s="1"/>
       <c r="L370" s="1"/>
       <c r="M370" s="1"/>
       <c r="N370" s="1"/>
       <c r="O370" s="1"/>
       <c r="P370" s="1"/>
       <c r="Q370" s="1"/>
       <c r="R370" s="1"/>
       <c r="S370" s="1"/>
       <c r="T370" s="1"/>
       <c r="U370" s="1"/>
       <c r="V370" s="1"/>
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C371" s="3" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D371" s="3" t="s">
-        <v>1364</v>
+        <v>1312</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="F371" s="10" t="s">
-        <v>601</v>
+        <v>1225</v>
       </c>
       <c r="G371" s="10" t="s">
-        <v>1366</v>
+        <v>1226</v>
       </c>
       <c r="H371" s="4">
-        <v>0.93</v>
+        <v>909.79</v>
       </c>
       <c r="I371" s="1"/>
       <c r="J371" s="1"/>
       <c r="K371" s="1"/>
       <c r="L371" s="1"/>
       <c r="M371" s="1"/>
       <c r="N371" s="1"/>
       <c r="O371" s="1"/>
       <c r="P371" s="1"/>
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C372" s="3" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D372" s="3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F372" s="10" t="s">
+        <v>1334</v>
+      </c>
+      <c r="G372" s="10" t="s">
         <v>1367</v>
       </c>
-      <c r="D372" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H372" s="4">
-        <v>319.21</v>
+        <v>83.25</v>
       </c>
       <c r="I372" s="1"/>
       <c r="J372" s="1"/>
       <c r="K372" s="1"/>
       <c r="L372" s="1"/>
       <c r="M372" s="1"/>
       <c r="N372" s="1"/>
       <c r="O372" s="1"/>
       <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C373" s="3" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D373" s="3" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F373" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="G373" s="10" t="s">
         <v>1371</v>
       </c>
-      <c r="D373" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H373" s="4">
-        <v>909.79</v>
+        <v>0.77</v>
       </c>
       <c r="I373" s="1"/>
       <c r="J373" s="1"/>
       <c r="K373" s="1"/>
       <c r="L373" s="1"/>
       <c r="M373" s="1"/>
       <c r="N373" s="1"/>
       <c r="O373" s="1"/>
       <c r="P373" s="1"/>
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C374" s="3" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D374" s="3" t="s">
         <v>1373</v>
       </c>
-      <c r="D374" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E374" s="3" t="s">
-        <v>12</v>
+        <v>1374</v>
       </c>
       <c r="F374" s="10" t="s">
-        <v>1212</v>
+        <v>1334</v>
       </c>
       <c r="G374" s="10" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="H374" s="4">
-        <v>83.25</v>
+        <v>80.83</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C375" s="3" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D375" s="3" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="F375" s="10" t="s">
-        <v>380</v>
+        <v>1062</v>
       </c>
       <c r="G375" s="10" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="H375" s="4">
-        <v>0.77</v>
+        <v>0.12</v>
       </c>
       <c r="I375" s="1"/>
       <c r="J375" s="1"/>
       <c r="K375" s="1"/>
       <c r="L375" s="1"/>
       <c r="M375" s="1"/>
       <c r="N375" s="1"/>
       <c r="O375" s="1"/>
       <c r="P375" s="1"/>
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="3" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="D376" s="3" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="F376" s="10" t="s">
-        <v>1212</v>
+        <v>1062</v>
       </c>
       <c r="G376" s="10" t="s">
-        <v>1382</v>
+        <v>1063</v>
       </c>
       <c r="H376" s="4">
-        <v>80.83</v>
+        <v>0.72</v>
       </c>
       <c r="I376" s="1"/>
       <c r="J376" s="1"/>
       <c r="K376" s="1"/>
       <c r="L376" s="1"/>
       <c r="M376" s="1"/>
       <c r="N376" s="1"/>
       <c r="O376" s="1"/>
       <c r="P376" s="1"/>
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C377" s="3" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D377" s="3" t="s">
         <v>1383</v>
       </c>
-      <c r="D377" s="3" t="s">
+      <c r="E377" s="3" t="s">
         <v>1384</v>
       </c>
-      <c r="E377" s="3" t="s">
+      <c r="F377" s="10" t="s">
         <v>1385</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="G377" s="10" t="s">
         <v>1386</v>
       </c>
       <c r="H377" s="4">
-        <v>0.12</v>
+        <v>77.16</v>
       </c>
       <c r="I377" s="1"/>
       <c r="J377" s="1"/>
       <c r="K377" s="1"/>
       <c r="L377" s="1"/>
       <c r="M377" s="1"/>
       <c r="N377" s="1"/>
       <c r="O377" s="1"/>
       <c r="P377" s="1"/>
       <c r="Q377" s="1"/>
       <c r="R377" s="1"/>
       <c r="S377" s="1"/>
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="D378" s="3" t="s">
-        <v>1384</v>
+        <v>1129</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>1388</v>
       </c>
       <c r="F378" s="10" t="s">
-        <v>1062</v>
+        <v>43</v>
       </c>
       <c r="G378" s="10" t="s">
-        <v>1063</v>
+        <v>1131</v>
       </c>
       <c r="H378" s="4">
-        <v>0.72</v>
+        <v>200</v>
       </c>
       <c r="I378" s="1"/>
       <c r="J378" s="1"/>
       <c r="K378" s="1"/>
       <c r="L378" s="1"/>
       <c r="M378" s="1"/>
       <c r="N378" s="1"/>
       <c r="O378" s="1"/>
       <c r="P378" s="1"/>
       <c r="Q378" s="1"/>
       <c r="R378" s="1"/>
       <c r="S378" s="1"/>
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C379" s="3" t="s">
         <v>1389</v>
       </c>
       <c r="D379" s="3" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1390</v>
       </c>
-      <c r="E379" s="3" t="s">
+      <c r="F379" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="G379" s="10" t="s">
         <v>1391</v>
       </c>
-      <c r="F379" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H379" s="4">
-        <v>77.16</v>
+        <v>39.97</v>
       </c>
       <c r="I379" s="1"/>
       <c r="J379" s="1"/>
       <c r="K379" s="1"/>
       <c r="L379" s="1"/>
       <c r="M379" s="1"/>
       <c r="N379" s="1"/>
       <c r="O379" s="1"/>
       <c r="P379" s="1"/>
       <c r="Q379" s="1"/>
       <c r="R379" s="1"/>
       <c r="S379" s="1"/>
       <c r="T379" s="1"/>
       <c r="U379" s="1"/>
       <c r="V379" s="1"/>
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C380" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D380" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F380" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="G380" s="10" t="s">
         <v>1394</v>
       </c>
-      <c r="D380" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H380" s="4">
-        <v>200</v>
+        <v>23.49</v>
       </c>
       <c r="I380" s="1"/>
       <c r="J380" s="1"/>
       <c r="K380" s="1"/>
       <c r="L380" s="1"/>
       <c r="M380" s="1"/>
       <c r="N380" s="1"/>
       <c r="O380" s="1"/>
       <c r="P380" s="1"/>
       <c r="Q380" s="1"/>
       <c r="R380" s="1"/>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C381" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D381" s="3" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>1397</v>
       </c>
       <c r="F381" s="10" t="s">
-        <v>441</v>
+        <v>1398</v>
       </c>
       <c r="G381" s="10" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="H381" s="4">
-        <v>39.97</v>
+        <v>26.78</v>
       </c>
       <c r="I381" s="1"/>
       <c r="J381" s="1"/>
       <c r="K381" s="1"/>
       <c r="L381" s="1"/>
       <c r="M381" s="1"/>
       <c r="N381" s="1"/>
       <c r="O381" s="1"/>
       <c r="P381" s="1"/>
       <c r="Q381" s="1"/>
       <c r="R381" s="1"/>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C382" s="3" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D382" s="3" t="s">
-        <v>1148</v>
+        <v>1401</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="F382" s="10" t="s">
-        <v>441</v>
+        <v>43</v>
       </c>
       <c r="G382" s="10" t="s">
-        <v>1401</v>
+        <v>714</v>
       </c>
       <c r="H382" s="4">
-        <v>23.49</v>
+        <v>474.97</v>
       </c>
       <c r="I382" s="1"/>
       <c r="J382" s="1"/>
       <c r="K382" s="1"/>
       <c r="L382" s="1"/>
       <c r="M382" s="1"/>
       <c r="N382" s="1"/>
       <c r="O382" s="1"/>
       <c r="P382" s="1"/>
       <c r="Q382" s="1"/>
       <c r="R382" s="1"/>
       <c r="S382" s="1"/>
       <c r="T382" s="1"/>
       <c r="U382" s="1"/>
       <c r="V382" s="1"/>
       <c r="W382" s="1"/>
     </row>
     <row r="383" spans="1:23">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C383" s="3" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="D383" s="3" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="F383" s="10" t="s">
-        <v>1405</v>
+        <v>153</v>
       </c>
       <c r="G383" s="10" t="s">
-        <v>1406</v>
+        <v>950</v>
       </c>
       <c r="H383" s="4">
-        <v>26.78</v>
+        <v>471.38</v>
       </c>
       <c r="I383" s="1"/>
       <c r="J383" s="1"/>
       <c r="K383" s="1"/>
       <c r="L383" s="1"/>
       <c r="M383" s="1"/>
       <c r="N383" s="1"/>
       <c r="O383" s="1"/>
       <c r="P383" s="1"/>
       <c r="Q383" s="1"/>
       <c r="R383" s="1"/>
       <c r="S383" s="1"/>
       <c r="T383" s="1"/>
       <c r="U383" s="1"/>
       <c r="V383" s="1"/>
       <c r="W383" s="1"/>
     </row>
     <row r="384" spans="1:23">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C384" s="3" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D384" s="3" t="s">
         <v>1407</v>
       </c>
-      <c r="D384" s="3" t="s">
+      <c r="E384" s="3" t="s">
         <v>1408</v>
       </c>
-      <c r="E384" s="3" t="s">
+      <c r="F384" s="10" t="s">
         <v>1409</v>
       </c>
-      <c r="F384" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G384" s="10" t="s">
-        <v>714</v>
+        <v>1410</v>
       </c>
       <c r="H384" s="4">
-        <v>474.97</v>
+        <v>19490.9</v>
       </c>
       <c r="I384" s="1"/>
       <c r="J384" s="1"/>
       <c r="K384" s="1"/>
       <c r="L384" s="1"/>
       <c r="M384" s="1"/>
       <c r="N384" s="1"/>
       <c r="O384" s="1"/>
       <c r="P384" s="1"/>
       <c r="Q384" s="1"/>
       <c r="R384" s="1"/>
       <c r="S384" s="1"/>
       <c r="T384" s="1"/>
       <c r="U384" s="1"/>
       <c r="V384" s="1"/>
       <c r="W384" s="1"/>
     </row>
     <row r="385" spans="1:23">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C385" s="3" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D385" s="3" t="s">
-        <v>1411</v>
+        <v>1308</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>1412</v>
       </c>
       <c r="F385" s="10" t="s">
-        <v>153</v>
+        <v>601</v>
       </c>
       <c r="G385" s="10" t="s">
-        <v>950</v>
+        <v>1413</v>
       </c>
       <c r="H385" s="4">
-        <v>471.38</v>
+        <v>0.62</v>
       </c>
       <c r="I385" s="1"/>
       <c r="J385" s="1"/>
       <c r="K385" s="1"/>
       <c r="L385" s="1"/>
       <c r="M385" s="1"/>
       <c r="N385" s="1"/>
       <c r="O385" s="1"/>
       <c r="P385" s="1"/>
       <c r="Q385" s="1"/>
       <c r="R385" s="1"/>
       <c r="S385" s="1"/>
       <c r="T385" s="1"/>
       <c r="U385" s="1"/>
       <c r="V385" s="1"/>
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C386" s="3" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D386" s="3" t="s">
-        <v>1414</v>
+        <v>1312</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>1415</v>
       </c>
       <c r="F386" s="10" t="s">
-        <v>1416</v>
+        <v>1174</v>
       </c>
       <c r="G386" s="10" t="s">
-        <v>1417</v>
+        <v>1236</v>
       </c>
       <c r="H386" s="4">
-        <v>19490.9</v>
+        <v>688.35</v>
       </c>
       <c r="I386" s="1"/>
       <c r="J386" s="1"/>
       <c r="K386" s="1"/>
       <c r="L386" s="1"/>
       <c r="M386" s="1"/>
       <c r="N386" s="1"/>
       <c r="O386" s="1"/>
       <c r="P386" s="1"/>
       <c r="Q386" s="1"/>
       <c r="R386" s="1"/>
       <c r="S386" s="1"/>
       <c r="T386" s="1"/>
       <c r="U386" s="1"/>
       <c r="V386" s="1"/>
       <c r="W386" s="1"/>
     </row>
     <row r="387" spans="1:23">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C387" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D387" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1418</v>
       </c>
-      <c r="D387" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F387" s="10" t="s">
-        <v>601</v>
+        <v>1334</v>
       </c>
       <c r="G387" s="10" t="s">
-        <v>1420</v>
+        <v>1367</v>
       </c>
       <c r="H387" s="4">
-        <v>0.62</v>
+        <v>333</v>
       </c>
       <c r="I387" s="1"/>
       <c r="J387" s="1"/>
       <c r="K387" s="1"/>
       <c r="L387" s="1"/>
       <c r="M387" s="1"/>
       <c r="N387" s="1"/>
       <c r="O387" s="1"/>
       <c r="P387" s="1"/>
       <c r="Q387" s="1"/>
       <c r="R387" s="1"/>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C388" s="3" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D388" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F388" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="G388" s="10" t="s">
         <v>1421</v>
       </c>
-      <c r="D388" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H388" s="4">
-        <v>688.35</v>
+        <v>0.31</v>
       </c>
       <c r="I388" s="1"/>
       <c r="J388" s="1"/>
       <c r="K388" s="1"/>
       <c r="L388" s="1"/>
       <c r="M388" s="1"/>
       <c r="N388" s="1"/>
       <c r="O388" s="1"/>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C389" s="3" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D389" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1423</v>
       </c>
-      <c r="D389" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F389" s="10" t="s">
-        <v>1212</v>
+        <v>1003</v>
       </c>
       <c r="G389" s="10" t="s">
-        <v>1374</v>
+        <v>1004</v>
       </c>
       <c r="H389" s="4">
-        <v>333</v>
+        <v>614.05</v>
       </c>
       <c r="I389" s="1"/>
       <c r="J389" s="1"/>
       <c r="K389" s="1"/>
       <c r="L389" s="1"/>
       <c r="M389" s="1"/>
       <c r="N389" s="1"/>
       <c r="O389" s="1"/>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C390" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D390" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1426</v>
       </c>
-      <c r="D390" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="F390" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G390" s="10" t="s">
         <v>1427</v>
       </c>
-      <c r="F390" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H390" s="4">
-        <v>0.31</v>
+        <v>1.34</v>
       </c>
       <c r="I390" s="1"/>
       <c r="J390" s="1"/>
       <c r="K390" s="1"/>
       <c r="L390" s="1"/>
       <c r="M390" s="1"/>
       <c r="N390" s="1"/>
       <c r="O390" s="1"/>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C391" s="3" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D391" s="3" t="s">
         <v>1429</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>1430</v>
       </c>
       <c r="F391" s="10" t="s">
-        <v>1003</v>
+        <v>380</v>
       </c>
       <c r="G391" s="10" t="s">
-        <v>1004</v>
+        <v>1431</v>
       </c>
       <c r="H391" s="4">
-        <v>614.05</v>
+        <v>0.77</v>
       </c>
       <c r="I391" s="1"/>
       <c r="J391" s="1"/>
       <c r="K391" s="1"/>
       <c r="L391" s="1"/>
       <c r="M391" s="1"/>
       <c r="N391" s="1"/>
       <c r="O391" s="1"/>
       <c r="P391" s="1"/>
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="3" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="D392" s="3" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="F392" s="10" t="s">
-        <v>108</v>
+        <v>380</v>
       </c>
       <c r="G392" s="10" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="H392" s="4">
-        <v>1.34</v>
+        <v>0.77</v>
       </c>
       <c r="I392" s="1"/>
       <c r="J392" s="1"/>
       <c r="K392" s="1"/>
       <c r="L392" s="1"/>
       <c r="M392" s="1"/>
       <c r="N392" s="1"/>
       <c r="O392" s="1"/>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C393" s="3" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D393" s="3" t="s">
-        <v>1436</v>
+        <v>1184</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>1437</v>
       </c>
       <c r="F393" s="10" t="s">
-        <v>380</v>
+        <v>195</v>
       </c>
       <c r="G393" s="10" t="s">
-        <v>1438</v>
+        <v>205</v>
       </c>
       <c r="H393" s="4">
-        <v>0.77</v>
+        <v>1139.7</v>
       </c>
       <c r="I393" s="1"/>
       <c r="J393" s="1"/>
       <c r="K393" s="1"/>
       <c r="L393" s="1"/>
       <c r="M393" s="1"/>
       <c r="N393" s="1"/>
       <c r="O393" s="1"/>
       <c r="P393" s="1"/>
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="3" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D394" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1439</v>
       </c>
-      <c r="D394" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F394" s="10" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="G394" s="10" t="s">
-        <v>1442</v>
+        <v>205</v>
       </c>
       <c r="H394" s="4">
-        <v>0.77</v>
+        <v>791.61</v>
       </c>
       <c r="I394" s="1"/>
       <c r="J394" s="1"/>
       <c r="K394" s="1"/>
       <c r="L394" s="1"/>
       <c r="M394" s="1"/>
       <c r="N394" s="1"/>
       <c r="O394" s="1"/>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="3" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="D395" s="3" t="s">
-        <v>1189</v>
+        <v>1184</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="F395" s="10" t="s">
-        <v>195</v>
+        <v>459</v>
       </c>
       <c r="G395" s="10" t="s">
         <v>205</v>
       </c>
       <c r="H395" s="4">
-        <v>1139.7</v>
+        <v>570</v>
       </c>
       <c r="I395" s="1"/>
       <c r="J395" s="1"/>
       <c r="K395" s="1"/>
       <c r="L395" s="1"/>
       <c r="M395" s="1"/>
       <c r="N395" s="1"/>
       <c r="O395" s="1"/>
       <c r="P395" s="1"/>
       <c r="Q395" s="1"/>
       <c r="R395" s="1"/>
       <c r="S395" s="1"/>
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="3" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D396" s="3" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="F396" s="10" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G396" s="10" t="s">
         <v>1445</v>
       </c>
-      <c r="D396" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H396" s="4">
-        <v>791.61</v>
+        <v>0.99</v>
       </c>
       <c r="I396" s="1"/>
       <c r="J396" s="1"/>
       <c r="K396" s="1"/>
       <c r="L396" s="1"/>
       <c r="M396" s="1"/>
       <c r="N396" s="1"/>
       <c r="O396" s="1"/>
       <c r="P396" s="1"/>
       <c r="Q396" s="1"/>
       <c r="R396" s="1"/>
       <c r="S396" s="1"/>
       <c r="T396" s="1"/>
       <c r="U396" s="1"/>
       <c r="V396" s="1"/>
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="3" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D397" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1447</v>
       </c>
-      <c r="D397" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F397" s="10" t="s">
-        <v>459</v>
+        <v>1334</v>
       </c>
       <c r="G397" s="10" t="s">
-        <v>205</v>
+        <v>1335</v>
       </c>
       <c r="H397" s="4">
-        <v>570</v>
+        <v>331.14</v>
       </c>
       <c r="I397" s="1"/>
       <c r="J397" s="1"/>
       <c r="K397" s="1"/>
       <c r="L397" s="1"/>
       <c r="M397" s="1"/>
       <c r="N397" s="1"/>
       <c r="O397" s="1"/>
       <c r="P397" s="1"/>
       <c r="Q397" s="1"/>
       <c r="R397" s="1"/>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D398" s="3" t="s">
         <v>1449</v>
       </c>
-      <c r="D398" s="3" t="s">
+      <c r="E398" s="3" t="s">
         <v>1450</v>
       </c>
-      <c r="E398" s="3" t="s">
+      <c r="F398" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="G398" s="10" t="s">
         <v>1451</v>
       </c>
-      <c r="F398" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H398" s="4">
-        <v>0.99</v>
+        <v>2.64</v>
       </c>
       <c r="I398" s="1"/>
       <c r="J398" s="1"/>
       <c r="K398" s="1"/>
       <c r="L398" s="1"/>
       <c r="M398" s="1"/>
       <c r="N398" s="1"/>
       <c r="O398" s="1"/>
       <c r="P398" s="1"/>
       <c r="Q398" s="1"/>
       <c r="R398" s="1"/>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C399" s="3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D399" s="3" t="s">
         <v>1453</v>
       </c>
-      <c r="D399" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E399" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="F399" s="10" t="s">
+        <v>601</v>
+      </c>
+      <c r="G399" s="10" t="s">
         <v>1454</v>
       </c>
-      <c r="F399" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H399" s="4">
-        <v>331.14</v>
+        <v>0.93</v>
       </c>
       <c r="I399" s="1"/>
       <c r="J399" s="1"/>
       <c r="K399" s="1"/>
       <c r="L399" s="1"/>
       <c r="M399" s="1"/>
       <c r="N399" s="1"/>
       <c r="O399" s="1"/>
       <c r="P399" s="1"/>
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="3" t="s">
         <v>1455</v>
       </c>
       <c r="D400" s="3" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1456</v>
       </c>
-      <c r="E400" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F400" s="10" t="s">
-        <v>120</v>
+        <v>336</v>
       </c>
       <c r="G400" s="10" t="s">
-        <v>1458</v>
+        <v>337</v>
       </c>
       <c r="H400" s="4">
-        <v>2.64</v>
+        <v>0.88</v>
       </c>
       <c r="I400" s="1"/>
       <c r="J400" s="1"/>
       <c r="K400" s="1"/>
       <c r="L400" s="1"/>
       <c r="M400" s="1"/>
       <c r="N400" s="1"/>
       <c r="O400" s="1"/>
       <c r="P400" s="1"/>
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D401" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F401" s="10" t="s">
         <v>1459</v>
       </c>
-      <c r="D401" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G401" s="10" t="s">
-        <v>1461</v>
+        <v>205</v>
       </c>
       <c r="H401" s="4">
-        <v>0.93</v>
+        <v>495.68</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C402" s="3" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="D402" s="3" t="s">
-        <v>1450</v>
+        <v>1417</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="F402" s="10" t="s">
-        <v>336</v>
+        <v>1174</v>
       </c>
       <c r="G402" s="10" t="s">
-        <v>337</v>
+        <v>1190</v>
       </c>
       <c r="H402" s="4">
-        <v>0.88</v>
+        <v>272.16</v>
       </c>
       <c r="I402" s="1"/>
       <c r="J402" s="1"/>
       <c r="K402" s="1"/>
       <c r="L402" s="1"/>
       <c r="M402" s="1"/>
       <c r="N402" s="1"/>
       <c r="O402" s="1"/>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C403" s="3" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="D403" s="3" t="s">
-        <v>1141</v>
+        <v>1417</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="F403" s="10" t="s">
-        <v>1466</v>
+        <v>1174</v>
       </c>
       <c r="G403" s="10" t="s">
-        <v>205</v>
+        <v>1175</v>
       </c>
       <c r="H403" s="4">
-        <v>495.68</v>
+        <v>302.09</v>
       </c>
       <c r="I403" s="1"/>
       <c r="J403" s="1"/>
       <c r="K403" s="1"/>
       <c r="L403" s="1"/>
       <c r="M403" s="1"/>
       <c r="N403" s="1"/>
       <c r="O403" s="1"/>
       <c r="P403" s="1"/>
       <c r="Q403" s="1"/>
       <c r="R403" s="1"/>
       <c r="S403" s="1"/>
       <c r="T403" s="1"/>
       <c r="U403" s="1"/>
       <c r="V403" s="1"/>
       <c r="W403" s="1"/>
     </row>
     <row r="404" spans="1:23">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C404" s="3" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D404" s="3" t="s">
-        <v>1424</v>
+        <v>1121</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="F404" s="10" t="s">
-        <v>1179</v>
+        <v>1297</v>
       </c>
       <c r="G404" s="10" t="s">
-        <v>1195</v>
+        <v>1466</v>
       </c>
       <c r="H404" s="4">
-        <v>272.16</v>
+        <v>6.28</v>
       </c>
       <c r="I404" s="1"/>
       <c r="J404" s="1"/>
       <c r="K404" s="1"/>
       <c r="L404" s="1"/>
       <c r="M404" s="1"/>
       <c r="N404" s="1"/>
       <c r="O404" s="1"/>
       <c r="P404" s="1"/>
       <c r="Q404" s="1"/>
       <c r="R404" s="1"/>
       <c r="S404" s="1"/>
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C405" s="3" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D405" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1469</v>
       </c>
-      <c r="D405" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F405" s="10" t="s">
-        <v>1179</v>
+        <v>336</v>
       </c>
       <c r="G405" s="10" t="s">
-        <v>1180</v>
+        <v>337</v>
       </c>
       <c r="H405" s="4">
-        <v>302.09</v>
+        <v>0.88</v>
       </c>
       <c r="I405" s="1"/>
       <c r="J405" s="1"/>
       <c r="K405" s="1"/>
       <c r="L405" s="1"/>
       <c r="M405" s="1"/>
       <c r="N405" s="1"/>
       <c r="O405" s="1"/>
       <c r="P405" s="1"/>
       <c r="Q405" s="1"/>
       <c r="R405" s="1"/>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
     <row r="406" spans="1:23">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C406" s="3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D406" s="3" t="s">
         <v>1471</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>1472</v>
       </c>
       <c r="F406" s="10" t="s">
-        <v>1306</v>
+        <v>18</v>
       </c>
       <c r="G406" s="10" t="s">
         <v>1473</v>
       </c>
       <c r="H406" s="4">
-        <v>6.28</v>
+        <v>172.54</v>
       </c>
       <c r="I406" s="1"/>
       <c r="J406" s="1"/>
       <c r="K406" s="1"/>
       <c r="L406" s="1"/>
       <c r="M406" s="1"/>
       <c r="N406" s="1"/>
       <c r="O406" s="1"/>
       <c r="P406" s="1"/>
       <c r="Q406" s="1"/>
       <c r="R406" s="1"/>
       <c r="S406" s="1"/>
       <c r="T406" s="1"/>
       <c r="U406" s="1"/>
       <c r="V406" s="1"/>
       <c r="W406" s="1"/>
     </row>
     <row r="407" spans="1:23">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C407" s="3" t="s">
         <v>1474</v>
       </c>
       <c r="D407" s="3" t="s">
         <v>1475</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>1476</v>
       </c>
       <c r="F407" s="10" t="s">
-        <v>336</v>
+        <v>120</v>
       </c>
       <c r="G407" s="10" t="s">
-        <v>337</v>
+        <v>1451</v>
       </c>
       <c r="H407" s="4">
-        <v>0.88</v>
+        <v>1.09</v>
       </c>
       <c r="I407" s="1"/>
       <c r="J407" s="1"/>
       <c r="K407" s="1"/>
       <c r="L407" s="1"/>
       <c r="M407" s="1"/>
       <c r="N407" s="1"/>
       <c r="O407" s="1"/>
       <c r="P407" s="1"/>
       <c r="Q407" s="1"/>
       <c r="R407" s="1"/>
       <c r="S407" s="1"/>
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="3" t="s">
         <v>1477</v>
       </c>
       <c r="D408" s="3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1478</v>
       </c>
-      <c r="E408" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F408" s="10" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="G408" s="10" t="s">
-        <v>1480</v>
+        <v>1451</v>
       </c>
       <c r="H408" s="4">
-        <v>172.54</v>
+        <v>3.72</v>
       </c>
       <c r="I408" s="1"/>
       <c r="J408" s="1"/>
       <c r="K408" s="1"/>
       <c r="L408" s="1"/>
       <c r="M408" s="1"/>
       <c r="N408" s="1"/>
       <c r="O408" s="1"/>
       <c r="P408" s="1"/>
       <c r="Q408" s="1"/>
       <c r="R408" s="1"/>
       <c r="S408" s="1"/>
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C409" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D409" s="3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1481</v>
       </c>
-      <c r="D409" s="3" t="s">
+      <c r="F409" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G409" s="10" t="s">
         <v>1482</v>
       </c>
-      <c r="E409" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H409" s="4">
-        <v>1.09</v>
+        <v>0.99</v>
       </c>
       <c r="I409" s="1"/>
       <c r="J409" s="1"/>
       <c r="K409" s="1"/>
       <c r="L409" s="1"/>
       <c r="M409" s="1"/>
       <c r="N409" s="1"/>
       <c r="O409" s="1"/>
       <c r="P409" s="1"/>
       <c r="Q409" s="1"/>
       <c r="R409" s="1"/>
       <c r="S409" s="1"/>
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
-      <c r="A410" s="3">
-[...21 lines deleted...]
-        <v>3.72</v>
+      <c r="A410" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B410" s="7"/>
+      <c r="C410" s="7"/>
+      <c r="D410" s="7"/>
+      <c r="E410" s="7"/>
+      <c r="F410" s="11"/>
+      <c r="G410" s="11"/>
+      <c r="H410" s="8">
+        <v>163857.37</v>
       </c>
       <c r="I410" s="1"/>
       <c r="J410" s="1"/>
       <c r="K410" s="1"/>
       <c r="L410" s="1"/>
       <c r="M410" s="1"/>
       <c r="N410" s="1"/>
       <c r="O410" s="1"/>
       <c r="P410" s="1"/>
       <c r="Q410" s="1"/>
       <c r="R410" s="1"/>
       <c r="S410" s="1"/>
       <c r="T410" s="1"/>
       <c r="U410" s="1"/>
       <c r="V410" s="1"/>
       <c r="W410" s="1"/>
     </row>
-    <row r="411" spans="1:23">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A411:G411"/>
+    <mergeCell ref="A410:G410"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>