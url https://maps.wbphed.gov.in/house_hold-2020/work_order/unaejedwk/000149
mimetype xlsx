--- v1 (2025-12-14)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of work order not mapped wi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1484">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1500">
   <si>
     <t>No. of work order not mapped with AE/JE (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -4280,68 +4280,92 @@
   <si>
     <t>ORD/000160/2024-2025</t>
   </si>
   <si>
     <t>2990/RS</t>
   </si>
   <si>
     <t>ORD/000295/2024-2025</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>604/RS</t>
   </si>
   <si>
     <t>ORD/000170/2024-2025</t>
   </si>
   <si>
     <t>2993/RS</t>
   </si>
   <si>
     <t>Engagement of 2(Two) nos. peon on monthly contractual basis for the office of the Superintending Engineer, Planning Circle-I, PHE Dte., for a period of 1 (One) month from 01/12/2024 to 31/12/2024.</t>
   </si>
   <si>
+    <t>ORD/000330/2024-2025</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>510/RS</t>
+  </si>
+  <si>
+    <t>Provide Comprehensive Maintenance work for upkeepment of the LAN, WLAN, Network Devices,Computer accessories, attachements e.tc at Resources Division, PHE Dte for the period of 6(Six) Months from 10/03/2025 to 09/09/2025.</t>
+  </si>
+  <si>
     <t>ORD/000407/2023-2024</t>
   </si>
   <si>
     <t>660 /RS</t>
   </si>
   <si>
     <t>ORD/000020/2025-2026</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>
   <si>
     <t>1046/RS</t>
   </si>
   <si>
     <t>Procurement of 55" 4K UHD LED Smart TV in the office chamber of Deputy Secretary Technical, PHE Department at 6th Floor, Room No. 608 and 55" 4K UHD LED Smart TV in the office chamber of Senior PS to Principal Secretary, PHE Department at 7th Floor, Room</t>
   </si>
   <si>
+    <t>ORD/000251/2024-2025</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>2337/RS</t>
+  </si>
+  <si>
+    <t>Provide Comprehensive Maintenance work for upkeepment of the LAN, WLAN, Network Devices, Computer accessories, attachments etc at Resources Division, PHE Dte for the period of 6(Six) Months from 10/09/2024 to 09/03/2025.</t>
+  </si>
+  <si>
     <t>ORD/000406/2023-2024</t>
   </si>
   <si>
     <t>29/01/2024</t>
   </si>
   <si>
     <t>288/RS</t>
   </si>
   <si>
     <t>Engagement of an experienced 1(One) peon cum office Attendant having experience 10-15 years purely contractual basis for the office of the Executive Engineer, Resources Divn,PHE Dte for the period of 4(Four) months from 01/02/2024 to 31/05/2024.</t>
   </si>
   <si>
     <t>ORD/000263/2024-2025</t>
   </si>
   <si>
     <t>28/05/2024</t>
   </si>
   <si>
     <t>1505/RS</t>
   </si>
   <si>
     <t>Engagement of an experienced 1(One) peon cum office Attendant having experience 10-15 years purely contractual basis for the office of the Executive Engineer, Resources Divn,PHE Dte for the period of 4(Four) months from 01/06/2024 to 30/09/2024.</t>
   </si>
   <si>
     <t>ORD/000231/2024-2025</t>
@@ -4424,75 +4448,99 @@
   <si>
     <t>ORD/000298/2024-2025</t>
   </si>
   <si>
     <t>608/RS</t>
   </si>
   <si>
     <t>ORD/000314/2024-2025</t>
   </si>
   <si>
     <t>2797/JD</t>
   </si>
   <si>
     <t>PROVIDING GUARDING ARRANGEMENT AT RESOURCES DIVISION</t>
   </si>
   <si>
     <t>ORD/000051/2025-2026</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>1404/RS</t>
   </si>
   <si>
-    <t>ORD/000259/2024-2025</t>
-[...10 lines deleted...]
-  <si>
     <t>ORD/000338/2024-2025</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>ION/24-25/334</t>
   </si>
   <si>
+    <t>ORD/000139/2025-2026</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>2499/RS</t>
+  </si>
+  <si>
+    <t>Continuation order for engagement of 1 (one) no. Peon cum Office Attendant having experience 15 to less than 20 years on purely contractual basis for the office of the Superintending Engineer, Planning Circle-II, P.H.E. Dte., for a period of 6(Six) months</t>
+  </si>
+  <si>
+    <t>ORD/000136/2025-2026</t>
+  </si>
+  <si>
+    <t>28/08/2025</t>
+  </si>
+  <si>
+    <t>1986/RS</t>
+  </si>
+  <si>
+    <t>Engagement of 01 (One) no. Personnel through agency for performing the work related to IEC activities under JJM alongwith handling the job for monitoring of Bunglows/rest sheds under PHE Department for JJM from 01/09/2025 to 28/02/2026</t>
+  </si>
+  <si>
     <t>ORD/000342/2024-2025</t>
   </si>
   <si>
     <t>229/RS</t>
+  </si>
+  <si>
+    <t>ORD/000154/2025-2026</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>GEM-67078575</t>
+  </si>
+  <si>
+    <t>Procurement of high speed multifuction colour photocopier machine with ADF facility (Both side) and of 04 nos. Laptop for the use of the Chief Engineer (Civil), PMU WBDWSIP; Assistant Chief Engineer II, Consultant IT and another for future requirement for</t>
   </si>
   <si>
     <t>ORD/000097/2025-2026</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>1913/RS</t>
   </si>
   <si>
     <t>Repairing of Faulty Displays at Janaswasthya Karigari Bhawan (NIJALAYA) P.H.E. Department, Govt of West Bengal.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -4884,51 +4932,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W410"/>
+  <dimension ref="A1:W414"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -20792,934 +20840,1098 @@
       <c r="K388" s="1"/>
       <c r="L388" s="1"/>
       <c r="M388" s="1"/>
       <c r="N388" s="1"/>
       <c r="O388" s="1"/>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C389" s="3" t="s">
         <v>1422</v>
       </c>
       <c r="D389" s="3" t="s">
-        <v>1107</v>
+        <v>1423</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="F389" s="10" t="s">
-        <v>1003</v>
+        <v>108</v>
       </c>
       <c r="G389" s="10" t="s">
-        <v>1004</v>
+        <v>1425</v>
       </c>
       <c r="H389" s="4">
-        <v>614.05</v>
+        <v>4.91</v>
       </c>
       <c r="I389" s="1"/>
       <c r="J389" s="1"/>
       <c r="K389" s="1"/>
       <c r="L389" s="1"/>
       <c r="M389" s="1"/>
       <c r="N389" s="1"/>
       <c r="O389" s="1"/>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C390" s="3" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="D390" s="3" t="s">
-        <v>1425</v>
+        <v>1107</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="F390" s="10" t="s">
-        <v>108</v>
+        <v>1003</v>
       </c>
       <c r="G390" s="10" t="s">
-        <v>1427</v>
+        <v>1004</v>
       </c>
       <c r="H390" s="4">
-        <v>1.34</v>
+        <v>614.05</v>
       </c>
       <c r="I390" s="1"/>
       <c r="J390" s="1"/>
       <c r="K390" s="1"/>
       <c r="L390" s="1"/>
       <c r="M390" s="1"/>
       <c r="N390" s="1"/>
       <c r="O390" s="1"/>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C391" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>1429</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>1430</v>
       </c>
       <c r="F391" s="10" t="s">
-        <v>380</v>
+        <v>108</v>
       </c>
       <c r="G391" s="10" t="s">
         <v>1431</v>
       </c>
       <c r="H391" s="4">
-        <v>0.77</v>
+        <v>1.34</v>
       </c>
       <c r="I391" s="1"/>
       <c r="J391" s="1"/>
       <c r="K391" s="1"/>
       <c r="L391" s="1"/>
       <c r="M391" s="1"/>
       <c r="N391" s="1"/>
       <c r="O391" s="1"/>
       <c r="P391" s="1"/>
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="3" t="s">
         <v>1432</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>1433</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>1434</v>
       </c>
       <c r="F392" s="10" t="s">
-        <v>380</v>
+        <v>108</v>
       </c>
       <c r="G392" s="10" t="s">
         <v>1435</v>
       </c>
       <c r="H392" s="4">
-        <v>0.77</v>
+        <v>4.91</v>
       </c>
       <c r="I392" s="1"/>
       <c r="J392" s="1"/>
       <c r="K392" s="1"/>
       <c r="L392" s="1"/>
       <c r="M392" s="1"/>
       <c r="N392" s="1"/>
       <c r="O392" s="1"/>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C393" s="3" t="s">
         <v>1436</v>
       </c>
       <c r="D393" s="3" t="s">
-        <v>1184</v>
+        <v>1437</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="F393" s="10" t="s">
-        <v>195</v>
+        <v>380</v>
       </c>
       <c r="G393" s="10" t="s">
-        <v>205</v>
+        <v>1439</v>
       </c>
       <c r="H393" s="4">
-        <v>1139.7</v>
+        <v>0.77</v>
       </c>
       <c r="I393" s="1"/>
       <c r="J393" s="1"/>
       <c r="K393" s="1"/>
       <c r="L393" s="1"/>
       <c r="M393" s="1"/>
       <c r="N393" s="1"/>
       <c r="O393" s="1"/>
       <c r="P393" s="1"/>
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="3" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D394" s="3" t="s">
-        <v>1184</v>
+        <v>1441</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="F394" s="10" t="s">
-        <v>345</v>
+        <v>380</v>
       </c>
       <c r="G394" s="10" t="s">
-        <v>205</v>
+        <v>1443</v>
       </c>
       <c r="H394" s="4">
-        <v>791.61</v>
+        <v>0.77</v>
       </c>
       <c r="I394" s="1"/>
       <c r="J394" s="1"/>
       <c r="K394" s="1"/>
       <c r="L394" s="1"/>
       <c r="M394" s="1"/>
       <c r="N394" s="1"/>
       <c r="O394" s="1"/>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="3" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="D395" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="F395" s="10" t="s">
-        <v>459</v>
+        <v>195</v>
       </c>
       <c r="G395" s="10" t="s">
         <v>205</v>
       </c>
       <c r="H395" s="4">
-        <v>570</v>
+        <v>1139.7</v>
       </c>
       <c r="I395" s="1"/>
       <c r="J395" s="1"/>
       <c r="K395" s="1"/>
       <c r="L395" s="1"/>
       <c r="M395" s="1"/>
       <c r="N395" s="1"/>
       <c r="O395" s="1"/>
       <c r="P395" s="1"/>
       <c r="Q395" s="1"/>
       <c r="R395" s="1"/>
       <c r="S395" s="1"/>
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="3" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="D396" s="3" t="s">
-        <v>1443</v>
+        <v>1184</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="F396" s="10" t="s">
-        <v>1322</v>
+        <v>345</v>
       </c>
       <c r="G396" s="10" t="s">
-        <v>1445</v>
+        <v>205</v>
       </c>
       <c r="H396" s="4">
-        <v>0.99</v>
+        <v>791.61</v>
       </c>
       <c r="I396" s="1"/>
       <c r="J396" s="1"/>
       <c r="K396" s="1"/>
       <c r="L396" s="1"/>
       <c r="M396" s="1"/>
       <c r="N396" s="1"/>
       <c r="O396" s="1"/>
       <c r="P396" s="1"/>
       <c r="Q396" s="1"/>
       <c r="R396" s="1"/>
       <c r="S396" s="1"/>
       <c r="T396" s="1"/>
       <c r="U396" s="1"/>
       <c r="V396" s="1"/>
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="3" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="D397" s="3" t="s">
-        <v>1417</v>
+        <v>1184</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="F397" s="10" t="s">
-        <v>1334</v>
+        <v>459</v>
       </c>
       <c r="G397" s="10" t="s">
-        <v>1335</v>
+        <v>205</v>
       </c>
       <c r="H397" s="4">
-        <v>331.14</v>
+        <v>570</v>
       </c>
       <c r="I397" s="1"/>
       <c r="J397" s="1"/>
       <c r="K397" s="1"/>
       <c r="L397" s="1"/>
       <c r="M397" s="1"/>
       <c r="N397" s="1"/>
       <c r="O397" s="1"/>
       <c r="P397" s="1"/>
       <c r="Q397" s="1"/>
       <c r="R397" s="1"/>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="3" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="D398" s="3" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="F398" s="10" t="s">
-        <v>120</v>
+        <v>1322</v>
       </c>
       <c r="G398" s="10" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="H398" s="4">
-        <v>2.64</v>
+        <v>0.99</v>
       </c>
       <c r="I398" s="1"/>
       <c r="J398" s="1"/>
       <c r="K398" s="1"/>
       <c r="L398" s="1"/>
       <c r="M398" s="1"/>
       <c r="N398" s="1"/>
       <c r="O398" s="1"/>
       <c r="P398" s="1"/>
       <c r="Q398" s="1"/>
       <c r="R398" s="1"/>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C399" s="3" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="D399" s="3" t="s">
-        <v>1453</v>
+        <v>1417</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>786</v>
+        <v>1455</v>
       </c>
       <c r="F399" s="10" t="s">
-        <v>601</v>
+        <v>1334</v>
       </c>
       <c r="G399" s="10" t="s">
-        <v>1454</v>
+        <v>1335</v>
       </c>
       <c r="H399" s="4">
-        <v>0.93</v>
+        <v>331.14</v>
       </c>
       <c r="I399" s="1"/>
       <c r="J399" s="1"/>
       <c r="K399" s="1"/>
       <c r="L399" s="1"/>
       <c r="M399" s="1"/>
       <c r="N399" s="1"/>
       <c r="O399" s="1"/>
       <c r="P399" s="1"/>
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="3" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D400" s="3" t="s">
-        <v>1443</v>
+        <v>1457</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="F400" s="10" t="s">
-        <v>336</v>
+        <v>120</v>
       </c>
       <c r="G400" s="10" t="s">
-        <v>337</v>
+        <v>1459</v>
       </c>
       <c r="H400" s="4">
-        <v>0.88</v>
+        <v>2.64</v>
       </c>
       <c r="I400" s="1"/>
       <c r="J400" s="1"/>
       <c r="K400" s="1"/>
       <c r="L400" s="1"/>
       <c r="M400" s="1"/>
       <c r="N400" s="1"/>
       <c r="O400" s="1"/>
       <c r="P400" s="1"/>
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="3" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="D401" s="3" t="s">
-        <v>1136</v>
+        <v>1461</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1458</v>
+        <v>786</v>
       </c>
       <c r="F401" s="10" t="s">
-        <v>1459</v>
+        <v>601</v>
       </c>
       <c r="G401" s="10" t="s">
-        <v>205</v>
+        <v>1462</v>
       </c>
       <c r="H401" s="4">
-        <v>495.68</v>
+        <v>0.93</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C402" s="3" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="D402" s="3" t="s">
-        <v>1417</v>
+        <v>1451</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="F402" s="10" t="s">
-        <v>1174</v>
+        <v>336</v>
       </c>
       <c r="G402" s="10" t="s">
-        <v>1190</v>
+        <v>337</v>
       </c>
       <c r="H402" s="4">
-        <v>272.16</v>
+        <v>0.88</v>
       </c>
       <c r="I402" s="1"/>
       <c r="J402" s="1"/>
       <c r="K402" s="1"/>
       <c r="L402" s="1"/>
       <c r="M402" s="1"/>
       <c r="N402" s="1"/>
       <c r="O402" s="1"/>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C403" s="3" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="D403" s="3" t="s">
-        <v>1417</v>
+        <v>1136</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="F403" s="10" t="s">
-        <v>1174</v>
+        <v>1467</v>
       </c>
       <c r="G403" s="10" t="s">
-        <v>1175</v>
+        <v>205</v>
       </c>
       <c r="H403" s="4">
-        <v>302.09</v>
+        <v>495.68</v>
       </c>
       <c r="I403" s="1"/>
       <c r="J403" s="1"/>
       <c r="K403" s="1"/>
       <c r="L403" s="1"/>
       <c r="M403" s="1"/>
       <c r="N403" s="1"/>
       <c r="O403" s="1"/>
       <c r="P403" s="1"/>
       <c r="Q403" s="1"/>
       <c r="R403" s="1"/>
       <c r="S403" s="1"/>
       <c r="T403" s="1"/>
       <c r="U403" s="1"/>
       <c r="V403" s="1"/>
       <c r="W403" s="1"/>
     </row>
     <row r="404" spans="1:23">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C404" s="3" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="D404" s="3" t="s">
-        <v>1121</v>
+        <v>1417</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="F404" s="10" t="s">
-        <v>1297</v>
+        <v>1174</v>
       </c>
       <c r="G404" s="10" t="s">
-        <v>1466</v>
+        <v>1190</v>
       </c>
       <c r="H404" s="4">
-        <v>6.28</v>
+        <v>272.16</v>
       </c>
       <c r="I404" s="1"/>
       <c r="J404" s="1"/>
       <c r="K404" s="1"/>
       <c r="L404" s="1"/>
       <c r="M404" s="1"/>
       <c r="N404" s="1"/>
       <c r="O404" s="1"/>
       <c r="P404" s="1"/>
       <c r="Q404" s="1"/>
       <c r="R404" s="1"/>
       <c r="S404" s="1"/>
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C405" s="3" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="D405" s="3" t="s">
-        <v>1468</v>
+        <v>1417</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="F405" s="10" t="s">
-        <v>336</v>
+        <v>1174</v>
       </c>
       <c r="G405" s="10" t="s">
-        <v>337</v>
+        <v>1175</v>
       </c>
       <c r="H405" s="4">
-        <v>0.88</v>
+        <v>302.09</v>
       </c>
       <c r="I405" s="1"/>
       <c r="J405" s="1"/>
       <c r="K405" s="1"/>
       <c r="L405" s="1"/>
       <c r="M405" s="1"/>
       <c r="N405" s="1"/>
       <c r="O405" s="1"/>
       <c r="P405" s="1"/>
       <c r="Q405" s="1"/>
       <c r="R405" s="1"/>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
     <row r="406" spans="1:23">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C406" s="3" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="D406" s="3" t="s">
-        <v>1471</v>
+        <v>1121</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="F406" s="10" t="s">
-        <v>18</v>
+        <v>1297</v>
       </c>
       <c r="G406" s="10" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="H406" s="4">
-        <v>172.54</v>
+        <v>6.28</v>
       </c>
       <c r="I406" s="1"/>
       <c r="J406" s="1"/>
       <c r="K406" s="1"/>
       <c r="L406" s="1"/>
       <c r="M406" s="1"/>
       <c r="N406" s="1"/>
       <c r="O406" s="1"/>
       <c r="P406" s="1"/>
       <c r="Q406" s="1"/>
       <c r="R406" s="1"/>
       <c r="S406" s="1"/>
       <c r="T406" s="1"/>
       <c r="U406" s="1"/>
       <c r="V406" s="1"/>
       <c r="W406" s="1"/>
     </row>
     <row r="407" spans="1:23">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C407" s="3" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D407" s="3" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="F407" s="10" t="s">
-        <v>120</v>
+        <v>336</v>
       </c>
       <c r="G407" s="10" t="s">
-        <v>1451</v>
+        <v>337</v>
       </c>
       <c r="H407" s="4">
-        <v>1.09</v>
+        <v>0.88</v>
       </c>
       <c r="I407" s="1"/>
       <c r="J407" s="1"/>
       <c r="K407" s="1"/>
       <c r="L407" s="1"/>
       <c r="M407" s="1"/>
       <c r="N407" s="1"/>
       <c r="O407" s="1"/>
       <c r="P407" s="1"/>
       <c r="Q407" s="1"/>
       <c r="R407" s="1"/>
       <c r="S407" s="1"/>
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="3" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="D408" s="3" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="F408" s="10" t="s">
         <v>120</v>
       </c>
       <c r="G408" s="10" t="s">
-        <v>1451</v>
+        <v>1459</v>
       </c>
       <c r="H408" s="4">
-        <v>3.72</v>
+        <v>1.09</v>
       </c>
       <c r="I408" s="1"/>
       <c r="J408" s="1"/>
       <c r="K408" s="1"/>
       <c r="L408" s="1"/>
       <c r="M408" s="1"/>
       <c r="N408" s="1"/>
       <c r="O408" s="1"/>
       <c r="P408" s="1"/>
       <c r="Q408" s="1"/>
       <c r="R408" s="1"/>
       <c r="S408" s="1"/>
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C409" s="3" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D409" s="3" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="F409" s="10" t="s">
-        <v>108</v>
+        <v>994</v>
       </c>
       <c r="G409" s="10" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="H409" s="4">
-        <v>0.99</v>
+        <v>1.58</v>
       </c>
       <c r="I409" s="1"/>
       <c r="J409" s="1"/>
       <c r="K409" s="1"/>
       <c r="L409" s="1"/>
       <c r="M409" s="1"/>
       <c r="N409" s="1"/>
       <c r="O409" s="1"/>
       <c r="P409" s="1"/>
       <c r="Q409" s="1"/>
       <c r="R409" s="1"/>
       <c r="S409" s="1"/>
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
-      <c r="A410" s="7" t="s">
-[...9 lines deleted...]
-        <v>163857.37</v>
+      <c r="A410" s="3">
+        <v>408</v>
+      </c>
+      <c r="B410" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" s="3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D410" s="3" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="F410" s="10" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G410" s="10" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H410" s="4">
+        <v>0.99</v>
       </c>
       <c r="I410" s="1"/>
       <c r="J410" s="1"/>
       <c r="K410" s="1"/>
       <c r="L410" s="1"/>
       <c r="M410" s="1"/>
       <c r="N410" s="1"/>
       <c r="O410" s="1"/>
       <c r="P410" s="1"/>
       <c r="Q410" s="1"/>
       <c r="R410" s="1"/>
       <c r="S410" s="1"/>
       <c r="T410" s="1"/>
       <c r="U410" s="1"/>
       <c r="V410" s="1"/>
       <c r="W410" s="1"/>
     </row>
+    <row r="411" spans="1:23">
+      <c r="A411" s="3">
+        <v>409</v>
+      </c>
+      <c r="B411" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" s="3" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D411" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F411" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="G411" s="10" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H411" s="4">
+        <v>3.72</v>
+      </c>
+      <c r="I411" s="1"/>
+      <c r="J411" s="1"/>
+      <c r="K411" s="1"/>
+      <c r="L411" s="1"/>
+      <c r="M411" s="1"/>
+      <c r="N411" s="1"/>
+      <c r="O411" s="1"/>
+      <c r="P411" s="1"/>
+      <c r="Q411" s="1"/>
+      <c r="R411" s="1"/>
+      <c r="S411" s="1"/>
+      <c r="T411" s="1"/>
+      <c r="U411" s="1"/>
+      <c r="V411" s="1"/>
+      <c r="W411" s="1"/>
+    </row>
+    <row r="412" spans="1:23">
+      <c r="A412" s="3">
+        <v>410</v>
+      </c>
+      <c r="B412" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" s="3" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D412" s="3" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F412" s="10" t="s">
+        <v>838</v>
+      </c>
+      <c r="G412" s="10" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H412" s="4">
+        <v>15.65</v>
+      </c>
+      <c r="I412" s="1"/>
+      <c r="J412" s="1"/>
+      <c r="K412" s="1"/>
+      <c r="L412" s="1"/>
+      <c r="M412" s="1"/>
+      <c r="N412" s="1"/>
+      <c r="O412" s="1"/>
+      <c r="P412" s="1"/>
+      <c r="Q412" s="1"/>
+      <c r="R412" s="1"/>
+      <c r="S412" s="1"/>
+      <c r="T412" s="1"/>
+      <c r="U412" s="1"/>
+      <c r="V412" s="1"/>
+      <c r="W412" s="1"/>
+    </row>
+    <row r="413" spans="1:23">
+      <c r="A413" s="3">
+        <v>411</v>
+      </c>
+      <c r="B413" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" s="3" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D413" s="3" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F413" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G413" s="10" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H413" s="4">
+        <v>0.99</v>
+      </c>
+      <c r="I413" s="1"/>
+      <c r="J413" s="1"/>
+      <c r="K413" s="1"/>
+      <c r="L413" s="1"/>
+      <c r="M413" s="1"/>
+      <c r="N413" s="1"/>
+      <c r="O413" s="1"/>
+      <c r="P413" s="1"/>
+      <c r="Q413" s="1"/>
+      <c r="R413" s="1"/>
+      <c r="S413" s="1"/>
+      <c r="T413" s="1"/>
+      <c r="U413" s="1"/>
+      <c r="V413" s="1"/>
+      <c r="W413" s="1"/>
+    </row>
+    <row r="414" spans="1:23">
+      <c r="A414" s="7" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B414" s="7"/>
+      <c r="C414" s="7"/>
+      <c r="D414" s="7"/>
+      <c r="E414" s="7"/>
+      <c r="F414" s="11"/>
+      <c r="G414" s="11"/>
+      <c r="H414" s="8">
+        <v>163712.88</v>
+      </c>
+      <c r="I414" s="1"/>
+      <c r="J414" s="1"/>
+      <c r="K414" s="1"/>
+      <c r="L414" s="1"/>
+      <c r="M414" s="1"/>
+      <c r="N414" s="1"/>
+      <c r="O414" s="1"/>
+      <c r="P414" s="1"/>
+      <c r="Q414" s="1"/>
+      <c r="R414" s="1"/>
+      <c r="S414" s="1"/>
+      <c r="T414" s="1"/>
+      <c r="U414" s="1"/>
+      <c r="V414" s="1"/>
+      <c r="W414" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A410:G410"/>
+    <mergeCell ref="A414:G414"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>