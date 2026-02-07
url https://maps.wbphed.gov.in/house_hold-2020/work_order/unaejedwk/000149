--- v2 (2026-01-11)
+++ v3 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of work order not mapped wi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1505">
   <si>
     <t>No. of work order not mapped with AE/JE (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -4497,50 +4497,65 @@
     <t>28/08/2025</t>
   </si>
   <si>
     <t>1986/RS</t>
   </si>
   <si>
     <t>Engagement of 01 (One) no. Personnel through agency for performing the work related to IEC activities under JJM alongwith handling the job for monitoring of Bunglows/rest sheds under PHE Department for JJM from 01/09/2025 to 28/02/2026</t>
   </si>
   <si>
     <t>ORD/000342/2024-2025</t>
   </si>
   <si>
     <t>229/RS</t>
   </si>
   <si>
     <t>ORD/000154/2025-2026</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>GEM-67078575</t>
   </si>
   <si>
     <t>Procurement of high speed multifuction colour photocopier machine with ADF facility (Both side) and of 04 nos. Laptop for the use of the Chief Engineer (Civil), PMU WBDWSIP; Assistant Chief Engineer II, Consultant IT and another for future requirement for</t>
+  </si>
+  <si>
+    <t>ORD/000177/2025-2026</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>2711/RS</t>
+  </si>
+  <si>
+    <t>S P COMMUNICATIONS PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Design, layout, preparation, printing and supply of PHE Department¿s Diary(Notepad)2026 and Table Calendars2026 highlighting JJM &amp; its component and departmental activities &amp; achievement in drinking water supply sectorunder PHE Department, Govt. of West B</t>
   </si>
   <si>
     <t>ORD/000097/2025-2026</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>1913/RS</t>
   </si>
   <si>
     <t>Repairing of Faulty Displays at Janaswasthya Karigari Bhawan (NIJALAYA) P.H.E. Department, Govt of West Bengal.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -4932,51 +4947,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W414"/>
+  <dimension ref="A1:W415"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -21830,108 +21845,149 @@
       <c r="Q412" s="1"/>
       <c r="R412" s="1"/>
       <c r="S412" s="1"/>
       <c r="T412" s="1"/>
       <c r="U412" s="1"/>
       <c r="V412" s="1"/>
       <c r="W412" s="1"/>
     </row>
     <row r="413" spans="1:23">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C413" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="D413" s="3" t="s">
         <v>1496</v>
       </c>
       <c r="E413" s="3" t="s">
         <v>1497</v>
       </c>
       <c r="F413" s="10" t="s">
-        <v>108</v>
+        <v>1498</v>
       </c>
       <c r="G413" s="10" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="H413" s="4">
-        <v>0.99</v>
+        <v>2.57</v>
       </c>
       <c r="I413" s="1"/>
       <c r="J413" s="1"/>
       <c r="K413" s="1"/>
       <c r="L413" s="1"/>
       <c r="M413" s="1"/>
       <c r="N413" s="1"/>
       <c r="O413" s="1"/>
       <c r="P413" s="1"/>
       <c r="Q413" s="1"/>
       <c r="R413" s="1"/>
       <c r="S413" s="1"/>
       <c r="T413" s="1"/>
       <c r="U413" s="1"/>
       <c r="V413" s="1"/>
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
-      <c r="A414" s="7" t="s">
-[...9 lines deleted...]
-        <v>163712.88</v>
+      <c r="A414" s="3">
+        <v>412</v>
+      </c>
+      <c r="B414" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D414" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F414" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G414" s="10" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H414" s="4">
+        <v>0.99</v>
       </c>
       <c r="I414" s="1"/>
       <c r="J414" s="1"/>
       <c r="K414" s="1"/>
       <c r="L414" s="1"/>
       <c r="M414" s="1"/>
       <c r="N414" s="1"/>
       <c r="O414" s="1"/>
       <c r="P414" s="1"/>
       <c r="Q414" s="1"/>
       <c r="R414" s="1"/>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
+    <row r="415" spans="1:23">
+      <c r="A415" s="7" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B415" s="7"/>
+      <c r="C415" s="7"/>
+      <c r="D415" s="7"/>
+      <c r="E415" s="7"/>
+      <c r="F415" s="11"/>
+      <c r="G415" s="11"/>
+      <c r="H415" s="8">
+        <v>163715.45</v>
+      </c>
+      <c r="I415" s="1"/>
+      <c r="J415" s="1"/>
+      <c r="K415" s="1"/>
+      <c r="L415" s="1"/>
+      <c r="M415" s="1"/>
+      <c r="N415" s="1"/>
+      <c r="O415" s="1"/>
+      <c r="P415" s="1"/>
+      <c r="Q415" s="1"/>
+      <c r="R415" s="1"/>
+      <c r="S415" s="1"/>
+      <c r="T415" s="1"/>
+      <c r="U415" s="1"/>
+      <c r="V415" s="1"/>
+      <c r="W415" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A414:G414"/>
+    <mergeCell ref="A415:G415"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>