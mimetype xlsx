--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of work order not mapped wi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>No. of work order not mapped with AE/JE (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -89,66 +89,54 @@
   <si>
     <t>639/ BMD</t>
   </si>
   <si>
     <t>PRADIP KUMAR DHABAL</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Additional works in connection with Providing submersible river bed pumping machineries (For T/W No-7 to 12) along with other allied electromechanical works at Motgoda under Raipur Left Out mouza water supp</t>
   </si>
   <si>
     <t>ORD/000073/2021-2022</t>
   </si>
   <si>
     <t>27/07/2021</t>
   </si>
   <si>
     <t>895/BMD</t>
   </si>
   <si>
     <t>M/S P.P ELECTRICALS</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing And Installation Of Pumping Machineries And Other Electro-Mechanical Accessories for Improvement of Hirbandh And Adjoining Mouzas Water supply Scheme. Block- Hirbandh, Dist- Bankura.</t>
   </si>
   <si>
-    <t>ORD/000618/2023-2024</t>
+    <t>ORD/000615/2023-2024</t>
   </si>
   <si>
     <t>12/09/2023</t>
-  </si>
-[...10 lines deleted...]
-    <t>ORD/000615/2023-2024</t>
   </si>
   <si>
     <t>2087/BMD</t>
   </si>
   <si>
     <t>SUDIP ENGINEERING CO</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Supply and delivery of Cutting tools, Lubricants etc for KLR Rig machine in connection with Jal Jeevan Mission programme at Jhargram under Bankura Mechanical Division ,PHE Dte.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -537,51 +525,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -754,143 +742,102 @@
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>28</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>29</v>
       </c>
       <c r="H6" s="4">
-        <v>86.97</v>
+        <v>23.85</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
-      <c r="A7" s="3">
-[...5 lines deleted...]
-      <c r="C7" s="3" t="s">
+      <c r="A7" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="D7" s="3" t="s">
-[...12 lines deleted...]
-        <v>23.85</v>
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="11"/>
+      <c r="G7" s="11"/>
+      <c r="H7" s="8">
+        <v>123.2</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
-    <row r="8" spans="1:23">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A7:G7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>