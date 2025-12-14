--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of work order not mapped wi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="776">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="773">
   <si>
     <t>No. of work order not mapped with AE/JE (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -2240,63 +2240,54 @@
   <si>
     <t>ORD/000298/2022-2023</t>
   </si>
   <si>
     <t>08/08/2022</t>
   </si>
   <si>
     <t>512/RWS</t>
   </si>
   <si>
     <t>Estimate for procurement of Chemicals, Consumables for 04 No's laboratories under Jalpaiguri Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000525/2023-2024</t>
   </si>
   <si>
     <t>03/01/2024</t>
   </si>
   <si>
     <t>1970/JD</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with JJM under the command area of Bhatia Para (Zone-II) Piped Water Supply Scheme at Nagrakata Block under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
-    <t>ORD/000542/2023-2024</t>
+    <t>ORD/000547/2023-2024</t>
   </si>
   <si>
     <t>02/01/2024</t>
-  </si>
-[...7 lines deleted...]
-    <t>ORD/000547/2023-2024</t>
   </si>
   <si>
     <t>498/JSSD</t>
   </si>
   <si>
     <t>Emergent repair of damage pipe line and FHTC at Lukshan Bazar (Zone-III) Water Supply Scheme under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000548/2023-2024</t>
   </si>
   <si>
     <t>500/JSSD</t>
   </si>
   <si>
     <t>Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission for Rejuvenation of YongTong Tea Garden area Piped Water Supply Scheme under Jalpaiguri Division, P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000510/2020-2021</t>
   </si>
   <si>
     <t>422/JSSD</t>
   </si>
   <si>
     <t>RELIABLE CONSTRUCTION COMPANY</t>
   </si>
@@ -2760,51 +2751,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W203"/>
+  <dimension ref="A1:W202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -10679,436 +10670,395 @@
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C194" s="3" t="s">
         <v>742</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>743</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>744</v>
       </c>
       <c r="F194" s="10" t="s">
-        <v>426</v>
+        <v>45</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>745</v>
       </c>
       <c r="H194" s="4">
-        <v>17.09</v>
+        <v>4.81</v>
       </c>
       <c r="I194" s="1"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C195" s="3" t="s">
         <v>746</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>743</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>747</v>
       </c>
       <c r="F195" s="10" t="s">
-        <v>45</v>
+        <v>219</v>
       </c>
       <c r="G195" s="10" t="s">
         <v>748</v>
       </c>
       <c r="H195" s="4">
-        <v>4.81</v>
+        <v>2.34</v>
       </c>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C196" s="3" t="s">
         <v>749</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>743</v>
+        <v>143</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>750</v>
       </c>
       <c r="F196" s="10" t="s">
-        <v>219</v>
+        <v>751</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H196" s="4">
-        <v>2.34</v>
+        <v>2.38</v>
       </c>
       <c r="I196" s="1"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D197" s="3" t="s">
-        <v>143</v>
+        <v>754</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="F197" s="10" t="s">
-        <v>754</v>
+        <v>272</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="H197" s="4">
-        <v>2.38</v>
+        <v>17.04</v>
       </c>
       <c r="I197" s="1"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D198" s="3" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>758</v>
       </c>
       <c r="F198" s="10" t="s">
-        <v>272</v>
+        <v>397</v>
       </c>
       <c r="G198" s="10" t="s">
         <v>759</v>
       </c>
       <c r="H198" s="4">
-        <v>17.04</v>
+        <v>7.17</v>
       </c>
       <c r="I198" s="1"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C199" s="3" t="s">
         <v>760</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>743</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>761</v>
       </c>
       <c r="F199" s="10" t="s">
-        <v>397</v>
+        <v>762</v>
       </c>
       <c r="G199" s="10" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H199" s="4">
-        <v>7.17</v>
+        <v>2.8</v>
       </c>
       <c r="I199" s="1"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>743</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>764</v>
+        <v>595</v>
       </c>
       <c r="F200" s="10" t="s">
         <v>765</v>
       </c>
       <c r="G200" s="10" t="s">
         <v>766</v>
       </c>
       <c r="H200" s="4">
-        <v>2.8</v>
+        <v>6.04</v>
       </c>
       <c r="I200" s="1"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C201" s="3" t="s">
         <v>767</v>
       </c>
       <c r="D201" s="3" t="s">
-        <v>743</v>
+        <v>768</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>595</v>
+        <v>769</v>
       </c>
       <c r="F201" s="10" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="H201" s="4">
-        <v>6.04</v>
+        <v>4.62</v>
       </c>
       <c r="I201" s="1"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
-      <c r="A202" s="3">
-[...11 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="A202" s="7" t="s">
         <v>772</v>
       </c>
-      <c r="F202" s="10" t="s">
-[...6 lines deleted...]
-        <v>4.62</v>
+      <c r="B202" s="7"/>
+      <c r="C202" s="7"/>
+      <c r="D202" s="7"/>
+      <c r="E202" s="7"/>
+      <c r="F202" s="11"/>
+      <c r="G202" s="11"/>
+      <c r="H202" s="8">
+        <v>2060.31</v>
       </c>
       <c r="I202" s="1"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
-    <row r="203" spans="1:23">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A203:G203"/>
+    <mergeCell ref="A202:G202"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>