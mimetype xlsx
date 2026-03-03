--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of work order not mapped wi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1373">
   <si>
     <t>No. of work order not mapped with AE/JE (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -3395,102 +3395,84 @@
   <si>
     <t>Acceptance cum formal order for the work of Water Supply arrangement to 03 nos AWC without electricity (For Students up to 350) Blocks ¿Kanksa , with out PWSS under Durgapur Water Supply Division PHE Dte 1) Ghatakdanga adibasipara ICDS and with PWSS</t>
   </si>
   <si>
     <t>ORD/000055/2022-2023</t>
   </si>
   <si>
     <t>617/DWSD</t>
   </si>
   <si>
     <t>Acceptance cum formal order for the work of Providing water supply to all Schools under Kanksa Block Durgapur W/S Division PHE Dte . Without PWSS 1) Dhobaghata FP school 2) Napara Swamiui FP school 3) sokna bauripara FP school 4) natungram FP sch</t>
   </si>
   <si>
     <t>ORD/000014/2022-2023</t>
   </si>
   <si>
     <t>11/04/2022</t>
   </si>
   <si>
     <t>560/DWSD</t>
   </si>
   <si>
     <t>Formal order for the work of Construction of front side boundary wall ornamental gate and bullah pilling along with the canal side at Tripurapur (Zone--23) of Uluberia-I block of Surface based W/s Scheme of Shyampur -I &amp; II, Part of Bagnan -I &amp; II and Ulu</t>
   </si>
   <si>
-    <t>ORD/000086/2022-2023</t>
-[...7 lines deleted...]
-  <si>
     <t>ORD/000079/2022-2023</t>
   </si>
   <si>
     <t>88/CAMP/DWSD</t>
   </si>
   <si>
     <t>Acceptance order for the work of Balance work for construction of boundary wall at Ghanashyampur H/W site (Zone-11) and construction of drain guard wall and others allied works of surface based piped W/s Scheme of Shyampur -I &amp;II and part of Bagnan-I &amp; II</t>
   </si>
   <si>
     <t>ORD/000040/2022-2023</t>
   </si>
   <si>
     <t>610/DWSD</t>
   </si>
   <si>
     <t>Acceptance cum formal order for the work of Providing water supply to all Schools under Kanksa Block Durgapur W/S Division PHE Dte . Without PWSS1) rajbandh Netaji Vidyapith FP 2) Amlajora HIGH School 3) rajbandh JR Basic school 4) Keten FP School A</t>
   </si>
   <si>
     <t>ORD/000049/2022-2023</t>
   </si>
   <si>
     <t>584/DWSD</t>
   </si>
   <si>
     <t>Acceptance cum formal order for the work of 3 Nos trial bore by direct rotary method of drilling using rig machine at Nabaghanpur village ,Nakrakonda village and Sarpi Village to provide water supply to School and ICDS centres under DWSD ,PHE Dte (SL-05)</t>
   </si>
   <si>
     <t>ORD/000439/2021-2022</t>
   </si>
   <si>
     <t>418/DWSD</t>
   </si>
   <si>
     <t>Acceptance cum formal order for the work of Emergency supply fitting and fixing of Sluice valve for repairing and maintenance of pipe line under command area of Nachan OHR of Jamgora-Jagannathpur W/s Scheme under DWSD, PHE Dte (SL-03)</t>
-  </si>
-[...7 lines deleted...]
-    <t>Acceptance for the work of Construction of boundary wall at Mongrajpur (Zone-6) of Uluberia-I block of surface based piped W/s Scheme of Shyampur -I &amp;II and part of Bagnan-I &amp; II and Uluberia-I block under DWSD, PHE Dte</t>
   </si>
   <si>
     <t>ORD/000088/2022-2023</t>
   </si>
   <si>
     <t>105/CAMP/DWSD</t>
   </si>
   <si>
     <t>Formal order for the work of Construction of approach road and extended boundary wall beside block primary health Center building and other balance work at Mukkalyan H/W site (Zone-32) of surface based piped W/s Scheme of Shyamppur -I &amp;II and part of Bagn</t>
   </si>
   <si>
     <t>ORD/000064/2022-2023</t>
   </si>
   <si>
     <t>626/DWSD</t>
   </si>
   <si>
     <t>Acceptance cum formal order for the work of Water Supply arrangement to 06 nos AWC for having without electricity ( Students up to 350) Blocks ¿ Kanksa , under Durgapur Water Supply Division PHE Dte with out PWSS 1) sokna das para ICDs 2) Dhobaghata d</t>
   </si>
   <si>
     <t>ORD/000065/2022-2023</t>
   </si>
   <si>
     <t>627/DWSD</t>
   </si>
@@ -4569,51 +4551,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W407"/>
+  <dimension ref="A1:W405"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -17900,3388 +17882,3306 @@
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C326" s="3" t="s">
         <v>1127</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>995</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="F326" s="10" t="s">
-        <v>203</v>
+        <v>152</v>
       </c>
       <c r="G326" s="10" t="s">
         <v>1129</v>
       </c>
       <c r="H326" s="4">
-        <v>48.22</v>
+        <v>10.22</v>
       </c>
       <c r="I326" s="1"/>
       <c r="J326" s="1"/>
       <c r="K326" s="1"/>
       <c r="L326" s="1"/>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1"/>
       <c r="P326" s="1"/>
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C327" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="D327" s="3" t="s">
-        <v>995</v>
+        <v>956</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="F327" s="10" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="G327" s="10" t="s">
         <v>1132</v>
       </c>
       <c r="H327" s="4">
-        <v>10.22</v>
+        <v>13.91</v>
       </c>
       <c r="I327" s="1"/>
       <c r="J327" s="1"/>
       <c r="K327" s="1"/>
       <c r="L327" s="1"/>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1"/>
       <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="F328" s="10" t="s">
-        <v>165</v>
+        <v>98</v>
       </c>
       <c r="G328" s="10" t="s">
         <v>1135</v>
       </c>
       <c r="H328" s="4">
-        <v>13.91</v>
+        <v>3.92</v>
       </c>
       <c r="I328" s="1"/>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="D329" s="3" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="F329" s="10" t="s">
-        <v>98</v>
+        <v>203</v>
       </c>
       <c r="G329" s="10" t="s">
         <v>1138</v>
       </c>
       <c r="H329" s="4">
-        <v>3.92</v>
+        <v>3.58</v>
       </c>
       <c r="I329" s="1"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="D330" s="3" t="s">
-        <v>946</v>
+        <v>984</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>1140</v>
       </c>
       <c r="F330" s="10" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="G330" s="10" t="s">
         <v>1141</v>
       </c>
       <c r="H330" s="4">
-        <v>3.58</v>
+        <v>25.75</v>
       </c>
       <c r="I330" s="1"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="D331" s="3" t="s">
-        <v>995</v>
+        <v>956</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="F331" s="10" t="s">
-        <v>203</v>
+        <v>829</v>
       </c>
       <c r="G331" s="10" t="s">
         <v>1144</v>
       </c>
       <c r="H331" s="4">
-        <v>37.79</v>
+        <v>23.07</v>
       </c>
       <c r="I331" s="1"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C332" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>984</v>
+        <v>956</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>1146</v>
       </c>
       <c r="F332" s="10" t="s">
-        <v>13</v>
+        <v>136</v>
       </c>
       <c r="G332" s="10" t="s">
         <v>1147</v>
       </c>
       <c r="H332" s="4">
-        <v>25.75</v>
+        <v>45.68</v>
       </c>
       <c r="I332" s="1"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>956</v>
+        <v>984</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="F333" s="10" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G333" s="10" t="s">
         <v>1150</v>
       </c>
       <c r="H333" s="4">
-        <v>23.07</v>
+        <v>89.05</v>
       </c>
       <c r="I333" s="1"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="D334" s="3" t="s">
-        <v>956</v>
+        <v>1058</v>
       </c>
       <c r="E334" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F334" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="G334" s="10" t="s">
         <v>1152</v>
       </c>
-      <c r="F334" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H334" s="4">
-        <v>45.68</v>
+        <v>4.87</v>
       </c>
       <c r="I334" s="1"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D335" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="D335" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="F335" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="G335" s="10" t="s">
         <v>1155</v>
       </c>
-      <c r="F335" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H335" s="4">
-        <v>89.05</v>
+        <v>8.75</v>
       </c>
       <c r="I335" s="1"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D336" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="D336" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F336" s="10" t="s">
-        <v>112</v>
+        <v>1158</v>
       </c>
       <c r="G336" s="10" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="H336" s="4">
-        <v>4.87</v>
+        <v>42.01</v>
       </c>
       <c r="I336" s="1"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C337" s="3" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D337" s="3" t="s">
-        <v>956</v>
+        <v>995</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F337" s="10" t="s">
-        <v>347</v>
+        <v>1162</v>
       </c>
       <c r="G337" s="10" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="H337" s="4">
-        <v>8.75</v>
+        <v>7.77</v>
       </c>
       <c r="I337" s="1"/>
       <c r="J337" s="1"/>
       <c r="K337" s="1"/>
       <c r="L337" s="1"/>
       <c r="M337" s="1"/>
       <c r="N337" s="1"/>
       <c r="O337" s="1"/>
       <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="3" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D338" s="3" t="s">
-        <v>995</v>
+        <v>956</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="F338" s="10" t="s">
-        <v>1164</v>
+        <v>801</v>
       </c>
       <c r="G338" s="10" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H338" s="4">
-        <v>42.01</v>
+        <v>8.77</v>
       </c>
       <c r="I338" s="1"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="3" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D339" s="3" t="s">
-        <v>995</v>
+        <v>956</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F339" s="10" t="s">
-        <v>1168</v>
+        <v>98</v>
       </c>
       <c r="G339" s="10" t="s">
         <v>1169</v>
       </c>
       <c r="H339" s="4">
-        <v>7.77</v>
+        <v>11.55</v>
       </c>
       <c r="I339" s="1"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C340" s="3" t="s">
         <v>1170</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="F340" s="10" t="s">
-        <v>801</v>
+        <v>1172</v>
       </c>
       <c r="G340" s="10" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="H340" s="4">
-        <v>8.77</v>
+        <v>46.05</v>
       </c>
       <c r="I340" s="1"/>
       <c r="J340" s="1"/>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="3" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="F341" s="10" t="s">
-        <v>98</v>
+        <v>564</v>
       </c>
       <c r="G341" s="10" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="H341" s="4">
-        <v>11.55</v>
+        <v>13.89</v>
       </c>
       <c r="I341" s="1"/>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="3" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="F342" s="10" t="s">
-        <v>1178</v>
+        <v>53</v>
       </c>
       <c r="G342" s="10" t="s">
         <v>1179</v>
       </c>
       <c r="H342" s="4">
-        <v>46.05</v>
+        <v>23.02</v>
       </c>
       <c r="I342" s="1"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="3" t="s">
         <v>1180</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>1181</v>
       </c>
       <c r="F343" s="10" t="s">
-        <v>564</v>
+        <v>274</v>
       </c>
       <c r="G343" s="10" t="s">
         <v>1182</v>
       </c>
       <c r="H343" s="4">
-        <v>13.89</v>
+        <v>8.77</v>
       </c>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="3" t="s">
         <v>1183</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="F344" s="10" t="s">
-        <v>53</v>
+        <v>1185</v>
       </c>
       <c r="G344" s="10" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="H344" s="4">
-        <v>23.02</v>
+        <v>8.78</v>
       </c>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="3" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="F345" s="10" t="s">
-        <v>274</v>
+        <v>203</v>
       </c>
       <c r="G345" s="10" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="H345" s="4">
-        <v>8.77</v>
+        <v>13.91</v>
       </c>
       <c r="I345" s="1"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F346" s="10" t="s">
-        <v>1191</v>
+        <v>516</v>
       </c>
       <c r="G346" s="10" t="s">
-        <v>1192</v>
+        <v>1071</v>
       </c>
       <c r="H346" s="4">
-        <v>8.78</v>
+        <v>10.48</v>
       </c>
       <c r="I346" s="1"/>
       <c r="J346" s="1"/>
       <c r="K346" s="1"/>
       <c r="L346" s="1"/>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1"/>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D347" s="3" t="s">
         <v>1193</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>1194</v>
       </c>
       <c r="F347" s="10" t="s">
-        <v>203</v>
+        <v>98</v>
       </c>
       <c r="G347" s="10" t="s">
         <v>1195</v>
       </c>
       <c r="H347" s="4">
-        <v>13.91</v>
+        <v>4.97</v>
       </c>
       <c r="I347" s="1"/>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C348" s="3" t="s">
         <v>1196</v>
       </c>
       <c r="D348" s="3" t="s">
-        <v>956</v>
+        <v>1058</v>
       </c>
       <c r="E348" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F348" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G348" s="10" t="s">
         <v>1197</v>
       </c>
-      <c r="F348" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H348" s="4">
-        <v>10.48</v>
+        <v>4.96</v>
       </c>
       <c r="I348" s="1"/>
       <c r="J348" s="1"/>
       <c r="K348" s="1"/>
       <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="3" t="s">
         <v>1198</v>
       </c>
       <c r="D349" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1199</v>
       </c>
-      <c r="E349" s="3" t="s">
+      <c r="F349" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G349" s="10" t="s">
         <v>1200</v>
       </c>
-      <c r="F349" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H349" s="4">
-        <v>4.97</v>
+        <v>4.26</v>
       </c>
       <c r="I349" s="1"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D350" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="D350" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F350" s="10" t="s">
-        <v>39</v>
+        <v>763</v>
       </c>
       <c r="G350" s="10" t="s">
         <v>1203</v>
       </c>
       <c r="H350" s="4">
-        <v>4.96</v>
+        <v>10.69</v>
       </c>
       <c r="I350" s="1"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1"/>
       <c r="L350" s="1"/>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1"/>
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="3" t="s">
         <v>1204</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>1058</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="F351" s="10" t="s">
         <v>39</v>
       </c>
       <c r="G351" s="10" t="s">
         <v>1206</v>
       </c>
       <c r="H351" s="4">
-        <v>4.26</v>
+        <v>4.77</v>
       </c>
       <c r="I351" s="1"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C352" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="D352" s="3" t="s">
-        <v>971</v>
+        <v>1208</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="F352" s="10" t="s">
-        <v>763</v>
+        <v>98</v>
       </c>
       <c r="G352" s="10" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="H352" s="4">
-        <v>10.69</v>
+        <v>4.98</v>
       </c>
       <c r="I352" s="1"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1"/>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C353" s="3" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D353" s="3" t="s">
-        <v>1058</v>
+        <v>1212</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="F353" s="10" t="s">
-        <v>39</v>
+        <v>165</v>
       </c>
       <c r="G353" s="10" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="H353" s="4">
-        <v>4.77</v>
+        <v>16.45</v>
       </c>
       <c r="I353" s="1"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1"/>
       <c r="M353" s="1"/>
       <c r="N353" s="1"/>
       <c r="O353" s="1"/>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C354" s="3" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="D354" s="3" t="s">
-        <v>1214</v>
+        <v>956</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="F354" s="10" t="s">
-        <v>98</v>
+        <v>1217</v>
       </c>
       <c r="G354" s="10" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="H354" s="4">
-        <v>4.98</v>
+        <v>8.77</v>
       </c>
       <c r="I354" s="1"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="3" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>1218</v>
+        <v>1193</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="F355" s="10" t="s">
-        <v>165</v>
+        <v>98</v>
       </c>
       <c r="G355" s="10" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="H355" s="4">
-        <v>16.45</v>
+        <v>4.13</v>
       </c>
       <c r="I355" s="1"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="3" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>956</v>
+        <v>1223</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="F356" s="10" t="s">
-        <v>1223</v>
+        <v>152</v>
       </c>
       <c r="G356" s="10" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="H356" s="4">
-        <v>8.77</v>
+        <v>4.73</v>
       </c>
       <c r="I356" s="1"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="3" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>1199</v>
+        <v>1193</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1226</v>
+        <v>91</v>
       </c>
       <c r="F357" s="10" t="s">
-        <v>98</v>
+        <v>152</v>
       </c>
       <c r="G357" s="10" t="s">
         <v>1227</v>
       </c>
       <c r="H357" s="4">
-        <v>4.13</v>
+        <v>4.79</v>
       </c>
       <c r="I357" s="1"/>
       <c r="J357" s="1"/>
       <c r="K357" s="1"/>
       <c r="L357" s="1"/>
       <c r="M357" s="1"/>
       <c r="N357" s="1"/>
       <c r="O357" s="1"/>
       <c r="P357" s="1"/>
       <c r="Q357" s="1"/>
       <c r="R357" s="1"/>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C358" s="3" t="s">
         <v>1228</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="F358" s="10" t="s">
-        <v>152</v>
+        <v>39</v>
       </c>
       <c r="G358" s="10" t="s">
         <v>1231</v>
       </c>
       <c r="H358" s="4">
-        <v>4.73</v>
+        <v>0.82</v>
       </c>
       <c r="I358" s="1"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1"/>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1"/>
       <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C359" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="D359" s="3" t="s">
-        <v>1199</v>
+        <v>1229</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>91</v>
+        <v>813</v>
       </c>
       <c r="F359" s="10" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="G359" s="10" t="s">
         <v>1233</v>
       </c>
       <c r="H359" s="4">
-        <v>4.79</v>
+        <v>0.16</v>
       </c>
       <c r="I359" s="1"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1"/>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C360" s="3" t="s">
         <v>1234</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="F360" s="10" t="s">
-        <v>39</v>
+        <v>165</v>
       </c>
       <c r="G360" s="10" t="s">
         <v>1237</v>
       </c>
       <c r="H360" s="4">
-        <v>0.82</v>
+        <v>19.38</v>
       </c>
       <c r="I360" s="1"/>
       <c r="J360" s="1"/>
       <c r="K360" s="1"/>
       <c r="L360" s="1"/>
       <c r="M360" s="1"/>
       <c r="N360" s="1"/>
       <c r="O360" s="1"/>
       <c r="P360" s="1"/>
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C361" s="3" t="s">
         <v>1238</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>813</v>
+        <v>1239</v>
       </c>
       <c r="F361" s="10" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G361" s="10" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H361" s="4">
-        <v>0.16</v>
+        <v>14.21</v>
       </c>
       <c r="I361" s="1"/>
       <c r="J361" s="1"/>
       <c r="K361" s="1"/>
       <c r="L361" s="1"/>
       <c r="M361" s="1"/>
       <c r="N361" s="1"/>
       <c r="O361" s="1"/>
       <c r="P361" s="1"/>
       <c r="Q361" s="1"/>
       <c r="R361" s="1"/>
       <c r="S361" s="1"/>
       <c r="T361" s="1"/>
       <c r="U361" s="1"/>
       <c r="V361" s="1"/>
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C362" s="3" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D362" s="3" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="F362" s="10" t="s">
-        <v>165</v>
+        <v>203</v>
       </c>
       <c r="G362" s="10" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="H362" s="4">
-        <v>19.38</v>
+        <v>80.02</v>
       </c>
       <c r="I362" s="1"/>
       <c r="J362" s="1"/>
       <c r="K362" s="1"/>
       <c r="L362" s="1"/>
       <c r="M362" s="1"/>
       <c r="N362" s="1"/>
       <c r="O362" s="1"/>
       <c r="P362" s="1"/>
       <c r="Q362" s="1"/>
       <c r="R362" s="1"/>
       <c r="S362" s="1"/>
       <c r="T362" s="1"/>
       <c r="U362" s="1"/>
       <c r="V362" s="1"/>
       <c r="W362" s="1"/>
     </row>
     <row r="363" spans="1:23">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C363" s="3" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="D363" s="3" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1245</v>
+        <v>440</v>
       </c>
       <c r="F363" s="10" t="s">
-        <v>98</v>
+        <v>152</v>
       </c>
       <c r="G363" s="10" t="s">
         <v>1246</v>
       </c>
       <c r="H363" s="4">
-        <v>14.21</v>
+        <v>13.91</v>
       </c>
       <c r="I363" s="1"/>
       <c r="J363" s="1"/>
       <c r="K363" s="1"/>
       <c r="L363" s="1"/>
       <c r="M363" s="1"/>
       <c r="N363" s="1"/>
       <c r="O363" s="1"/>
       <c r="P363" s="1"/>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C364" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="D364" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F364" s="10" t="s">
+        <v>1217</v>
+      </c>
+      <c r="G364" s="10" t="s">
         <v>1248</v>
       </c>
-      <c r="E364" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H364" s="4">
-        <v>80.02</v>
+        <v>14.31</v>
       </c>
       <c r="I364" s="1"/>
       <c r="J364" s="1"/>
       <c r="K364" s="1"/>
       <c r="L364" s="1"/>
       <c r="M364" s="1"/>
       <c r="N364" s="1"/>
       <c r="O364" s="1"/>
       <c r="P364" s="1"/>
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D365" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F365" s="10" t="s">
+        <v>962</v>
+      </c>
+      <c r="G365" s="10" t="s">
         <v>1251</v>
       </c>
-      <c r="D365" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H365" s="4">
-        <v>13.91</v>
+        <v>14.24</v>
       </c>
       <c r="I365" s="1"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C366" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D366" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1253</v>
       </c>
-      <c r="D366" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F366" s="10" t="s">
-        <v>1223</v>
+        <v>152</v>
       </c>
       <c r="G366" s="10" t="s">
         <v>1254</v>
       </c>
       <c r="H366" s="4">
-        <v>14.31</v>
+        <v>4.46</v>
       </c>
       <c r="I366" s="1"/>
       <c r="J366" s="1"/>
       <c r="K366" s="1"/>
       <c r="L366" s="1"/>
       <c r="M366" s="1"/>
       <c r="N366" s="1"/>
       <c r="O366" s="1"/>
       <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
     <row r="367" spans="1:23">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C367" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="D367" s="3" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1256</v>
+        <v>446</v>
       </c>
       <c r="F367" s="10" t="s">
-        <v>962</v>
+        <v>156</v>
       </c>
       <c r="G367" s="10" t="s">
         <v>1257</v>
       </c>
       <c r="H367" s="4">
-        <v>14.24</v>
+        <v>6.95</v>
       </c>
       <c r="I367" s="1"/>
       <c r="J367" s="1"/>
       <c r="K367" s="1"/>
       <c r="L367" s="1"/>
       <c r="M367" s="1"/>
       <c r="N367" s="1"/>
       <c r="O367" s="1"/>
       <c r="P367" s="1"/>
       <c r="Q367" s="1"/>
       <c r="R367" s="1"/>
       <c r="S367" s="1"/>
       <c r="T367" s="1"/>
       <c r="U367" s="1"/>
       <c r="V367" s="1"/>
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C368" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="D368" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="E368" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F368" s="10" t="s">
         <v>1259</v>
       </c>
-      <c r="F368" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G368" s="10" t="s">
-        <v>1260</v>
+        <v>1248</v>
       </c>
       <c r="H368" s="4">
-        <v>4.46</v>
+        <v>14.32</v>
       </c>
       <c r="I368" s="1"/>
       <c r="J368" s="1"/>
       <c r="K368" s="1"/>
       <c r="L368" s="1"/>
       <c r="M368" s="1"/>
       <c r="N368" s="1"/>
       <c r="O368" s="1"/>
       <c r="P368" s="1"/>
       <c r="Q368" s="1"/>
       <c r="R368" s="1"/>
       <c r="S368" s="1"/>
       <c r="T368" s="1"/>
       <c r="U368" s="1"/>
       <c r="V368" s="1"/>
       <c r="W368" s="1"/>
     </row>
     <row r="369" spans="1:23">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C369" s="3" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D369" s="3" t="s">
         <v>1261</v>
       </c>
-      <c r="D369" s="3" t="s">
+      <c r="E369" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F369" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="G369" s="10" t="s">
         <v>1262</v>
       </c>
-      <c r="E369" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H369" s="4">
-        <v>6.95</v>
+        <v>12.23</v>
       </c>
       <c r="I369" s="1"/>
       <c r="J369" s="1"/>
       <c r="K369" s="1"/>
       <c r="L369" s="1"/>
       <c r="M369" s="1"/>
       <c r="N369" s="1"/>
       <c r="O369" s="1"/>
       <c r="P369" s="1"/>
       <c r="Q369" s="1"/>
       <c r="R369" s="1"/>
       <c r="S369" s="1"/>
       <c r="T369" s="1"/>
       <c r="U369" s="1"/>
       <c r="V369" s="1"/>
       <c r="W369" s="1"/>
     </row>
     <row r="370" spans="1:23">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C370" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D370" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F370" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="G370" s="10" t="s">
         <v>1264</v>
       </c>
-      <c r="D370" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H370" s="4">
-        <v>14.32</v>
+        <v>19.38</v>
       </c>
       <c r="I370" s="1"/>
       <c r="J370" s="1"/>
       <c r="K370" s="1"/>
       <c r="L370" s="1"/>
       <c r="M370" s="1"/>
       <c r="N370" s="1"/>
       <c r="O370" s="1"/>
       <c r="P370" s="1"/>
       <c r="Q370" s="1"/>
       <c r="R370" s="1"/>
       <c r="S370" s="1"/>
       <c r="T370" s="1"/>
       <c r="U370" s="1"/>
       <c r="V370" s="1"/>
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C371" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D371" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F371" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="G371" s="10" t="s">
         <v>1266</v>
       </c>
-      <c r="D371" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H371" s="4">
-        <v>12.23</v>
+        <v>16.45</v>
       </c>
       <c r="I371" s="1"/>
       <c r="J371" s="1"/>
       <c r="K371" s="1"/>
       <c r="L371" s="1"/>
       <c r="M371" s="1"/>
       <c r="N371" s="1"/>
       <c r="O371" s="1"/>
       <c r="P371" s="1"/>
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C372" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D372" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1269</v>
       </c>
-      <c r="D372" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F372" s="10" t="s">
-        <v>165</v>
+        <v>53</v>
       </c>
       <c r="G372" s="10" t="s">
         <v>1270</v>
       </c>
       <c r="H372" s="4">
-        <v>19.38</v>
+        <v>4.83</v>
       </c>
       <c r="I372" s="1"/>
       <c r="J372" s="1"/>
       <c r="K372" s="1"/>
       <c r="L372" s="1"/>
       <c r="M372" s="1"/>
       <c r="N372" s="1"/>
       <c r="O372" s="1"/>
       <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C373" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="D373" s="3" t="s">
-        <v>1218</v>
+        <v>42</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1219</v>
+        <v>1272</v>
       </c>
       <c r="F373" s="10" t="s">
-        <v>165</v>
+        <v>21</v>
       </c>
       <c r="G373" s="10" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="H373" s="4">
-        <v>16.45</v>
+        <v>2.43</v>
       </c>
       <c r="I373" s="1"/>
       <c r="J373" s="1"/>
       <c r="K373" s="1"/>
       <c r="L373" s="1"/>
       <c r="M373" s="1"/>
       <c r="N373" s="1"/>
       <c r="O373" s="1"/>
       <c r="P373" s="1"/>
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C374" s="3" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D374" s="3" t="s">
-        <v>1274</v>
+        <v>83</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1275</v>
       </c>
       <c r="F374" s="10" t="s">
-        <v>53</v>
+        <v>487</v>
       </c>
       <c r="G374" s="10" t="s">
         <v>1276</v>
       </c>
       <c r="H374" s="4">
-        <v>4.83</v>
+        <v>1.18</v>
       </c>
       <c r="I374" s="1"/>
       <c r="J374" s="1"/>
       <c r="K374" s="1"/>
       <c r="L374" s="1"/>
       <c r="M374" s="1"/>
       <c r="N374" s="1"/>
       <c r="O374" s="1"/>
       <c r="P374" s="1"/>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C375" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="D375" s="3" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="F375" s="10" t="s">
-        <v>21</v>
+        <v>1279</v>
       </c>
       <c r="G375" s="10" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="H375" s="4">
-        <v>2.43</v>
+        <v>7.76</v>
       </c>
       <c r="I375" s="1"/>
       <c r="J375" s="1"/>
       <c r="K375" s="1"/>
       <c r="L375" s="1"/>
       <c r="M375" s="1"/>
       <c r="N375" s="1"/>
       <c r="O375" s="1"/>
       <c r="P375" s="1"/>
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="3" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D376" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="F376" s="10" t="s">
-        <v>487</v>
+        <v>801</v>
       </c>
       <c r="G376" s="10" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="H376" s="4">
-        <v>1.18</v>
+        <v>11.59</v>
       </c>
       <c r="I376" s="1"/>
       <c r="J376" s="1"/>
       <c r="K376" s="1"/>
       <c r="L376" s="1"/>
       <c r="M376" s="1"/>
       <c r="N376" s="1"/>
       <c r="O376" s="1"/>
       <c r="P376" s="1"/>
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C377" s="3" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="D377" s="3" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="F377" s="10" t="s">
-        <v>1285</v>
+        <v>112</v>
       </c>
       <c r="G377" s="10" t="s">
         <v>1286</v>
       </c>
       <c r="H377" s="4">
-        <v>7.76</v>
+        <v>13.52</v>
       </c>
       <c r="I377" s="1"/>
       <c r="J377" s="1"/>
       <c r="K377" s="1"/>
       <c r="L377" s="1"/>
       <c r="M377" s="1"/>
       <c r="N377" s="1"/>
       <c r="O377" s="1"/>
       <c r="P377" s="1"/>
       <c r="Q377" s="1"/>
       <c r="R377" s="1"/>
       <c r="S377" s="1"/>
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="D378" s="3" t="s">
-        <v>83</v>
+        <v>370</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="F378" s="10" t="s">
-        <v>801</v>
+        <v>44</v>
       </c>
       <c r="G378" s="10" t="s">
         <v>1289</v>
       </c>
       <c r="H378" s="4">
-        <v>11.59</v>
+        <v>4.98</v>
       </c>
       <c r="I378" s="1"/>
       <c r="J378" s="1"/>
       <c r="K378" s="1"/>
       <c r="L378" s="1"/>
       <c r="M378" s="1"/>
       <c r="N378" s="1"/>
       <c r="O378" s="1"/>
       <c r="P378" s="1"/>
       <c r="Q378" s="1"/>
       <c r="R378" s="1"/>
       <c r="S378" s="1"/>
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C379" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="D379" s="3" t="s">
-        <v>83</v>
+        <v>370</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="F379" s="10" t="s">
-        <v>112</v>
+        <v>360</v>
       </c>
       <c r="G379" s="10" t="s">
         <v>1292</v>
       </c>
       <c r="H379" s="4">
-        <v>13.52</v>
+        <v>2.31</v>
       </c>
       <c r="I379" s="1"/>
       <c r="J379" s="1"/>
       <c r="K379" s="1"/>
       <c r="L379" s="1"/>
       <c r="M379" s="1"/>
       <c r="N379" s="1"/>
       <c r="O379" s="1"/>
       <c r="P379" s="1"/>
       <c r="Q379" s="1"/>
       <c r="R379" s="1"/>
       <c r="S379" s="1"/>
       <c r="T379" s="1"/>
       <c r="U379" s="1"/>
       <c r="V379" s="1"/>
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C380" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="D380" s="3" t="s">
-        <v>370</v>
+        <v>1294</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="F380" s="10" t="s">
-        <v>44</v>
+        <v>165</v>
       </c>
       <c r="G380" s="10" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H380" s="4">
-        <v>4.98</v>
+        <v>9.77</v>
       </c>
       <c r="I380" s="1"/>
       <c r="J380" s="1"/>
       <c r="K380" s="1"/>
       <c r="L380" s="1"/>
       <c r="M380" s="1"/>
       <c r="N380" s="1"/>
       <c r="O380" s="1"/>
       <c r="P380" s="1"/>
       <c r="Q380" s="1"/>
       <c r="R380" s="1"/>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C381" s="3" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D381" s="3" t="s">
-        <v>370</v>
+        <v>1298</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="F381" s="10" t="s">
-        <v>360</v>
+        <v>829</v>
       </c>
       <c r="G381" s="10" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="H381" s="4">
-        <v>2.31</v>
+        <v>1.09</v>
       </c>
       <c r="I381" s="1"/>
       <c r="J381" s="1"/>
       <c r="K381" s="1"/>
       <c r="L381" s="1"/>
       <c r="M381" s="1"/>
       <c r="N381" s="1"/>
       <c r="O381" s="1"/>
       <c r="P381" s="1"/>
       <c r="Q381" s="1"/>
       <c r="R381" s="1"/>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C382" s="3" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D382" s="3" t="s">
-        <v>1300</v>
+        <v>634</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="F382" s="10" t="s">
-        <v>165</v>
+        <v>66</v>
       </c>
       <c r="G382" s="10" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="H382" s="4">
-        <v>9.77</v>
+        <v>3.28</v>
       </c>
       <c r="I382" s="1"/>
       <c r="J382" s="1"/>
       <c r="K382" s="1"/>
       <c r="L382" s="1"/>
       <c r="M382" s="1"/>
       <c r="N382" s="1"/>
       <c r="O382" s="1"/>
       <c r="P382" s="1"/>
       <c r="Q382" s="1"/>
       <c r="R382" s="1"/>
       <c r="S382" s="1"/>
       <c r="T382" s="1"/>
       <c r="U382" s="1"/>
       <c r="V382" s="1"/>
       <c r="W382" s="1"/>
     </row>
     <row r="383" spans="1:23">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C383" s="3" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D383" s="3" t="s">
-        <v>1304</v>
+        <v>726</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>1305</v>
       </c>
       <c r="F383" s="10" t="s">
-        <v>829</v>
+        <v>57</v>
       </c>
       <c r="G383" s="10" t="s">
         <v>1306</v>
       </c>
       <c r="H383" s="4">
-        <v>1.09</v>
+        <v>9.71</v>
       </c>
       <c r="I383" s="1"/>
       <c r="J383" s="1"/>
       <c r="K383" s="1"/>
       <c r="L383" s="1"/>
       <c r="M383" s="1"/>
       <c r="N383" s="1"/>
       <c r="O383" s="1"/>
       <c r="P383" s="1"/>
       <c r="Q383" s="1"/>
       <c r="R383" s="1"/>
       <c r="S383" s="1"/>
       <c r="T383" s="1"/>
       <c r="U383" s="1"/>
       <c r="V383" s="1"/>
       <c r="W383" s="1"/>
     </row>
     <row r="384" spans="1:23">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C384" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="D384" s="3" t="s">
-        <v>634</v>
+        <v>128</v>
       </c>
       <c r="E384" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F384" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G384" s="10" t="s">
         <v>1308</v>
       </c>
-      <c r="F384" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H384" s="4">
-        <v>3.28</v>
+        <v>43.86</v>
       </c>
       <c r="I384" s="1"/>
       <c r="J384" s="1"/>
       <c r="K384" s="1"/>
       <c r="L384" s="1"/>
       <c r="M384" s="1"/>
       <c r="N384" s="1"/>
       <c r="O384" s="1"/>
       <c r="P384" s="1"/>
       <c r="Q384" s="1"/>
       <c r="R384" s="1"/>
       <c r="S384" s="1"/>
       <c r="T384" s="1"/>
       <c r="U384" s="1"/>
       <c r="V384" s="1"/>
       <c r="W384" s="1"/>
     </row>
     <row r="385" spans="1:23">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C385" s="3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D385" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1310</v>
       </c>
-      <c r="D385" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="F385" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G385" s="10" t="s">
         <v>1311</v>
       </c>
-      <c r="F385" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H385" s="4">
-        <v>9.71</v>
+        <v>0.65</v>
       </c>
       <c r="I385" s="1"/>
       <c r="J385" s="1"/>
       <c r="K385" s="1"/>
       <c r="L385" s="1"/>
       <c r="M385" s="1"/>
       <c r="N385" s="1"/>
       <c r="O385" s="1"/>
       <c r="P385" s="1"/>
       <c r="Q385" s="1"/>
       <c r="R385" s="1"/>
       <c r="S385" s="1"/>
       <c r="T385" s="1"/>
       <c r="U385" s="1"/>
       <c r="V385" s="1"/>
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C386" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D386" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1313</v>
       </c>
-      <c r="D386" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F386" s="10" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G386" s="10" t="s">
         <v>1314</v>
       </c>
       <c r="H386" s="4">
-        <v>43.86</v>
+        <v>4.95</v>
       </c>
       <c r="I386" s="1"/>
       <c r="J386" s="1"/>
       <c r="K386" s="1"/>
       <c r="L386" s="1"/>
       <c r="M386" s="1"/>
       <c r="N386" s="1"/>
       <c r="O386" s="1"/>
       <c r="P386" s="1"/>
       <c r="Q386" s="1"/>
       <c r="R386" s="1"/>
       <c r="S386" s="1"/>
       <c r="T386" s="1"/>
       <c r="U386" s="1"/>
       <c r="V386" s="1"/>
       <c r="W386" s="1"/>
     </row>
     <row r="387" spans="1:23">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C387" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="D387" s="3" t="s">
-        <v>809</v>
+        <v>1058</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>1316</v>
       </c>
       <c r="F387" s="10" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G387" s="10" t="s">
         <v>1317</v>
       </c>
       <c r="H387" s="4">
-        <v>0.65</v>
+        <v>4.93</v>
       </c>
       <c r="I387" s="1"/>
       <c r="J387" s="1"/>
       <c r="K387" s="1"/>
       <c r="L387" s="1"/>
       <c r="M387" s="1"/>
       <c r="N387" s="1"/>
       <c r="O387" s="1"/>
       <c r="P387" s="1"/>
       <c r="Q387" s="1"/>
       <c r="R387" s="1"/>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C388" s="3" t="s">
         <v>1318</v>
       </c>
       <c r="D388" s="3" t="s">
-        <v>370</v>
+        <v>1319</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F388" s="10" t="s">
-        <v>44</v>
+        <v>1321</v>
       </c>
       <c r="G388" s="10" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="H388" s="4">
-        <v>4.95</v>
+        <v>14.41</v>
       </c>
       <c r="I388" s="1"/>
       <c r="J388" s="1"/>
       <c r="K388" s="1"/>
       <c r="L388" s="1"/>
       <c r="M388" s="1"/>
       <c r="N388" s="1"/>
       <c r="O388" s="1"/>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C389" s="3" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D389" s="3" t="s">
-        <v>1058</v>
+        <v>163</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F389" s="10" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G389" s="10" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="H389" s="4">
-        <v>4.93</v>
+        <v>4.99</v>
       </c>
       <c r="I389" s="1"/>
       <c r="J389" s="1"/>
       <c r="K389" s="1"/>
       <c r="L389" s="1"/>
       <c r="M389" s="1"/>
       <c r="N389" s="1"/>
       <c r="O389" s="1"/>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C390" s="3" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D390" s="3" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="F390" s="10" t="s">
-        <v>1327</v>
+        <v>516</v>
       </c>
       <c r="G390" s="10" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="H390" s="4">
-        <v>14.41</v>
+        <v>2.12</v>
       </c>
       <c r="I390" s="1"/>
       <c r="J390" s="1"/>
       <c r="K390" s="1"/>
       <c r="L390" s="1"/>
       <c r="M390" s="1"/>
       <c r="N390" s="1"/>
       <c r="O390" s="1"/>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C391" s="3" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="D391" s="3" t="s">
-        <v>163</v>
+        <v>11</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="F391" s="10" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G391" s="10" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H391" s="4">
-        <v>4.99</v>
+        <v>4.6</v>
       </c>
       <c r="I391" s="1"/>
       <c r="J391" s="1"/>
       <c r="K391" s="1"/>
       <c r="L391" s="1"/>
       <c r="M391" s="1"/>
       <c r="N391" s="1"/>
       <c r="O391" s="1"/>
       <c r="P391" s="1"/>
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="3" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D392" s="3" t="s">
-        <v>1333</v>
+        <v>995</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="F392" s="10" t="s">
-        <v>516</v>
+        <v>480</v>
       </c>
       <c r="G392" s="10" t="s">
         <v>1335</v>
       </c>
       <c r="H392" s="4">
-        <v>2.12</v>
+        <v>15.29</v>
       </c>
       <c r="I392" s="1"/>
       <c r="J392" s="1"/>
       <c r="K392" s="1"/>
       <c r="L392" s="1"/>
       <c r="M392" s="1"/>
       <c r="N392" s="1"/>
       <c r="O392" s="1"/>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C393" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="D393" s="3" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="F393" s="10" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="G393" s="10" t="s">
         <v>1338</v>
       </c>
       <c r="H393" s="4">
-        <v>4.6</v>
+        <v>4.97</v>
       </c>
       <c r="I393" s="1"/>
       <c r="J393" s="1"/>
       <c r="K393" s="1"/>
       <c r="L393" s="1"/>
       <c r="M393" s="1"/>
       <c r="N393" s="1"/>
       <c r="O393" s="1"/>
       <c r="P393" s="1"/>
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="D394" s="3" t="s">
-        <v>995</v>
+        <v>83</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>1340</v>
       </c>
       <c r="F394" s="10" t="s">
-        <v>480</v>
+        <v>21</v>
       </c>
       <c r="G394" s="10" t="s">
         <v>1341</v>
       </c>
       <c r="H394" s="4">
-        <v>15.29</v>
+        <v>5.52</v>
       </c>
       <c r="I394" s="1"/>
       <c r="J394" s="1"/>
       <c r="K394" s="1"/>
       <c r="L394" s="1"/>
       <c r="M394" s="1"/>
       <c r="N394" s="1"/>
       <c r="O394" s="1"/>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="D395" s="3" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>1343</v>
       </c>
       <c r="F395" s="10" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="G395" s="10" t="s">
         <v>1344</v>
       </c>
       <c r="H395" s="4">
-        <v>4.97</v>
+        <v>5.48</v>
       </c>
       <c r="I395" s="1"/>
       <c r="J395" s="1"/>
       <c r="K395" s="1"/>
       <c r="L395" s="1"/>
       <c r="M395" s="1"/>
       <c r="N395" s="1"/>
       <c r="O395" s="1"/>
       <c r="P395" s="1"/>
       <c r="Q395" s="1"/>
       <c r="R395" s="1"/>
       <c r="S395" s="1"/>
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="D396" s="3" t="s">
-        <v>83</v>
+        <v>457</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>1346</v>
       </c>
       <c r="F396" s="10" t="s">
-        <v>21</v>
+        <v>564</v>
       </c>
       <c r="G396" s="10" t="s">
         <v>1347</v>
       </c>
       <c r="H396" s="4">
-        <v>5.52</v>
+        <v>2.77</v>
       </c>
       <c r="I396" s="1"/>
       <c r="J396" s="1"/>
       <c r="K396" s="1"/>
       <c r="L396" s="1"/>
       <c r="M396" s="1"/>
       <c r="N396" s="1"/>
       <c r="O396" s="1"/>
       <c r="P396" s="1"/>
       <c r="Q396" s="1"/>
       <c r="R396" s="1"/>
       <c r="S396" s="1"/>
       <c r="T396" s="1"/>
       <c r="U396" s="1"/>
       <c r="V396" s="1"/>
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="D397" s="3" t="s">
-        <v>194</v>
+        <v>1349</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="F397" s="10" t="s">
-        <v>77</v>
+        <v>697</v>
       </c>
       <c r="G397" s="10" t="s">
-        <v>1350</v>
+        <v>393</v>
       </c>
       <c r="H397" s="4">
-        <v>5.48</v>
+        <v>1.23</v>
       </c>
       <c r="I397" s="1"/>
       <c r="J397" s="1"/>
       <c r="K397" s="1"/>
       <c r="L397" s="1"/>
       <c r="M397" s="1"/>
       <c r="N397" s="1"/>
       <c r="O397" s="1"/>
       <c r="P397" s="1"/>
       <c r="Q397" s="1"/>
       <c r="R397" s="1"/>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="D398" s="3" t="s">
-        <v>457</v>
+        <v>956</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>1352</v>
       </c>
       <c r="F398" s="10" t="s">
-        <v>564</v>
+        <v>98</v>
       </c>
       <c r="G398" s="10" t="s">
         <v>1353</v>
       </c>
       <c r="H398" s="4">
-        <v>2.77</v>
+        <v>11.55</v>
       </c>
       <c r="I398" s="1"/>
       <c r="J398" s="1"/>
       <c r="K398" s="1"/>
       <c r="L398" s="1"/>
       <c r="M398" s="1"/>
       <c r="N398" s="1"/>
       <c r="O398" s="1"/>
       <c r="P398" s="1"/>
       <c r="Q398" s="1"/>
       <c r="R398" s="1"/>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C399" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="D399" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1355</v>
       </c>
-      <c r="E399" s="3" t="s">
+      <c r="F399" s="10" t="s">
         <v>1356</v>
       </c>
-      <c r="F399" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G399" s="10" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="H399" s="4">
-        <v>1.23</v>
+        <v>27.18</v>
       </c>
       <c r="I399" s="1"/>
       <c r="J399" s="1"/>
       <c r="K399" s="1"/>
       <c r="L399" s="1"/>
       <c r="M399" s="1"/>
       <c r="N399" s="1"/>
       <c r="O399" s="1"/>
       <c r="P399" s="1"/>
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E400" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="F400" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G400" s="10" t="s">
         <v>1358</v>
       </c>
-      <c r="F400" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H400" s="4">
-        <v>11.55</v>
+        <v>13.91</v>
       </c>
       <c r="I400" s="1"/>
       <c r="J400" s="1"/>
       <c r="K400" s="1"/>
       <c r="L400" s="1"/>
       <c r="M400" s="1"/>
       <c r="N400" s="1"/>
       <c r="O400" s="1"/>
       <c r="P400" s="1"/>
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="3" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D401" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="F401" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="G401" s="10" t="s">
         <v>1360</v>
       </c>
-      <c r="D401" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H401" s="4">
-        <v>27.18</v>
+        <v>4.85</v>
       </c>
       <c r="I401" s="1"/>
       <c r="J401" s="1"/>
       <c r="K401" s="1"/>
       <c r="L401" s="1"/>
       <c r="M401" s="1"/>
       <c r="N401" s="1"/>
       <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C402" s="3" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D402" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F402" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G402" s="10" t="s">
         <v>1363</v>
       </c>
-      <c r="D402" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H402" s="4">
-        <v>13.91</v>
+        <v>2.18</v>
       </c>
       <c r="I402" s="1"/>
       <c r="J402" s="1"/>
       <c r="K402" s="1"/>
       <c r="L402" s="1"/>
       <c r="M402" s="1"/>
       <c r="N402" s="1"/>
       <c r="O402" s="1"/>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C403" s="3" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D403" s="3" t="s">
         <v>1365</v>
       </c>
-      <c r="D403" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E403" s="3" t="s">
-        <v>910</v>
+        <v>1366</v>
       </c>
       <c r="F403" s="10" t="s">
-        <v>267</v>
+        <v>1367</v>
       </c>
       <c r="G403" s="10" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="H403" s="4">
-        <v>4.85</v>
+        <v>40979.98</v>
       </c>
       <c r="I403" s="1"/>
       <c r="J403" s="1"/>
       <c r="K403" s="1"/>
       <c r="L403" s="1"/>
       <c r="M403" s="1"/>
       <c r="N403" s="1"/>
       <c r="O403" s="1"/>
       <c r="P403" s="1"/>
       <c r="Q403" s="1"/>
       <c r="R403" s="1"/>
       <c r="S403" s="1"/>
       <c r="T403" s="1"/>
       <c r="U403" s="1"/>
       <c r="V403" s="1"/>
       <c r="W403" s="1"/>
     </row>
     <row r="404" spans="1:23">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C404" s="3" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D404" s="3" t="s">
-        <v>946</v>
+        <v>143</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="F404" s="10" t="s">
-        <v>77</v>
+        <v>829</v>
       </c>
       <c r="G404" s="10" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="H404" s="4">
-        <v>2.18</v>
+        <v>3.37</v>
       </c>
       <c r="I404" s="1"/>
       <c r="J404" s="1"/>
       <c r="K404" s="1"/>
       <c r="L404" s="1"/>
       <c r="M404" s="1"/>
       <c r="N404" s="1"/>
       <c r="O404" s="1"/>
       <c r="P404" s="1"/>
       <c r="Q404" s="1"/>
       <c r="R404" s="1"/>
       <c r="S404" s="1"/>
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
-      <c r="A405" s="3">
-[...11 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="A405" s="7" t="s">
         <v>1372</v>
       </c>
-      <c r="F405" s="10" t="s">
-[...6 lines deleted...]
-        <v>40979.98</v>
+      <c r="B405" s="7"/>
+      <c r="C405" s="7"/>
+      <c r="D405" s="7"/>
+      <c r="E405" s="7"/>
+      <c r="F405" s="11"/>
+      <c r="G405" s="11"/>
+      <c r="H405" s="8">
+        <v>45608.68</v>
       </c>
       <c r="I405" s="1"/>
       <c r="J405" s="1"/>
       <c r="K405" s="1"/>
       <c r="L405" s="1"/>
       <c r="M405" s="1"/>
       <c r="N405" s="1"/>
       <c r="O405" s="1"/>
       <c r="P405" s="1"/>
       <c r="Q405" s="1"/>
       <c r="R405" s="1"/>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
-    <row r="406" spans="1:23">
-[...68 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A407:G407"/>
+    <mergeCell ref="A405:G405"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>