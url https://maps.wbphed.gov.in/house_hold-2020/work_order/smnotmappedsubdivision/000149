--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Schemes not mapped with sub div" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Schemes not mapped with sub division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t>Scheme SM Code</t>
   </si>
   <si>
     <t>Resources Division</t>
   </si>
   <si>
     <t>Extention of computerization at sub division level of phed</t>
   </si>
   <si>
     <t>SM/02454</t>
   </si>
   <si>
@@ -585,50 +585,62 @@
     <t>SM/19374</t>
   </si>
   <si>
     <t>OPERATION &amp; MAINTENANCE FOR JANASWASTHYA KARIGORI BHABAN AT PLOT NO. CN-8, SECTOR-V, SALT LAKE CITY, KOL-91 FROM 01/01/2025 TO 31/03/2025</t>
   </si>
   <si>
     <t>SM/19312</t>
   </si>
   <si>
     <t>Operation and Maintenance for JANASWASTHYA KARIGORI BHABAN at Plot No. CN-8, Sector-V, Salt Lake City, Kolkata-91 from 01.04.2024 to 30.06.2024</t>
   </si>
   <si>
     <t>SM/19313</t>
   </si>
   <si>
     <t>Operation and Maintenance for JANASWASTHYA KARIGORI BHABAN at Plot No. CN-8, Sector-V, Salt Lake City, Kolkata-91 from 01.07.2024 to 30.09.2024</t>
   </si>
   <si>
     <t>SM/19314</t>
   </si>
   <si>
     <t>Operation and Maintenance for JANASWASTHYA KARIGORI BHABAN at Plot No. CN-8, Sector-V, Salt Lake City, Kolkata-91 from 01.10.2024 to 31.12.2024</t>
   </si>
   <si>
     <t>SM/19315</t>
+  </si>
+  <si>
+    <t>Engagement of Junior Engineers (JE) for Alipurduar, Bankura, Birbhum, Coochbehar, Dakshin Dinajpur, Hooghly, Howrah, Jalpaiguri, Jhargram, Kalimpong, Kolkata, Malda, Murshidabad ,Nadia, North 24 Parganas, Paschim Barddhaman, Paschim Medinipur, Purba barddhaman, Purba Medinipur, Purulia, South 24 Praganas and Uttar Dinajpur Districts through agency on purely contractual basis for implementation of Jal Jeevan Mission under State Budget.</t>
+  </si>
+  <si>
+    <t>SM/19387</t>
+  </si>
+  <si>
+    <t>Payment to WEBEL Technologies Limited for remuneration of the contractual Data Entry Operators (DEOs), System Administrator (SA), Software Developer (SD) and Software Support Personnel (SSP) engaged through WEBEL Technologies Limited (WTL).</t>
+  </si>
+  <si>
+    <t>SM/19388</t>
   </si>
   <si>
     <t>Engagement of Junior Engineers (JE) for Birbhum, Hooghly, Howrah, Kolkata, Nadia, North 24 Parganas, Paschim Barddhaman, Purba Barddhaman &amp; South 24 Parganas Districts through agency on purely contractual basis for implementation of Jal Jeevan Mission under Support Activity of Jal Jeevan Mission</t>
   </si>
   <si>
     <t>SM/19300</t>
   </si>
   <si>
     <t>Engagement of Junior Engineers (JE) for Alipurduar, Coochbehar, Jalpaiguri, Darjeeling, Kalimpong, Maldah, Uttar Dinajpur, Dakshin Dinajpur, Murshidabad, Bankura, Purulia, Purba Medinipur, Paschim Medinipur &amp; Jhargram Districts through agency on purely contractual basis for implementation of Jal Jeevan Mission under Support Activity of Jal Jeevan Mission</t>
   </si>
   <si>
     <t>SM/19301</t>
   </si>
   <si>
     <t>Engagement of District Project Management Unit (DPMU) in Alipurduar, Jalpaiguri, Coochbehar, Darjeeling, Kalimpong, Uttar Dinajpur, Dakshin Dinajpur, Purba &amp; Paschim Bardhaman, Birbhum and Murshidabad districts of West Bengal for another 12 months under Jal Jeevan Mission (JJM) districts under Jal Jeevan Mission (JJM).</t>
   </si>
   <si>
     <t>SM/19362</t>
   </si>
   <si>
     <t>Establishment cost of State Water &amp; Sanitation Mission under Support Activity related to Jal Jeevan Mission</t>
   </si>
   <si>
     <t>SM/19364</t>
   </si>
@@ -1170,51 +1182,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W126"/>
+  <dimension ref="A1:W128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
@@ -4941,50 +4953,110 @@
       <c r="B126" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>251</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
+    </row>
+    <row r="127" spans="1:23">
+      <c r="A127" s="3">
+        <v>125</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="H127" s="1"/>
+      <c r="I127" s="1"/>
+      <c r="J127" s="1"/>
+      <c r="K127" s="1"/>
+      <c r="L127" s="1"/>
+      <c r="M127" s="1"/>
+      <c r="N127" s="1"/>
+      <c r="O127" s="1"/>
+      <c r="P127" s="1"/>
+      <c r="Q127" s="1"/>
+      <c r="R127" s="1"/>
+      <c r="S127" s="1"/>
+      <c r="T127" s="1"/>
+      <c r="U127" s="1"/>
+      <c r="V127" s="1"/>
+      <c r="W127" s="1"/>
+    </row>
+    <row r="128" spans="1:23">
+      <c r="A128" s="3">
+        <v>126</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="H128" s="1"/>
+      <c r="I128" s="1"/>
+      <c r="J128" s="1"/>
+      <c r="K128" s="1"/>
+      <c r="L128" s="1"/>
+      <c r="M128" s="1"/>
+      <c r="N128" s="1"/>
+      <c r="O128" s="1"/>
+      <c r="P128" s="1"/>
+      <c r="Q128" s="1"/>
+      <c r="R128" s="1"/>
+      <c r="S128" s="1"/>
+      <c r="T128" s="1"/>
+      <c r="U128" s="1"/>
+      <c r="V128" s="1"/>
+      <c r="W128" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>