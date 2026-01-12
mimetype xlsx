--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Schemes not mapped with AE JE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Schemes not mapped with AE JE</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t>Scheme SM Code</t>
   </si>
   <si>
     <t>Malda Mechanical Division</t>
   </si>
   <si>
     <t>Water Sample Collection Centre cum-site office at Karnojora, Raigan</t>
   </si>
   <si>
     <t>SM/02514</t>
   </si>
   <si>
@@ -132,56 +132,50 @@
     <t>SM/01923</t>
   </si>
   <si>
     <t>Kasba NM water supply scheme</t>
   </si>
   <si>
     <t>SM/02509</t>
   </si>
   <si>
     <t>Chhota Parua and adj. mouzas water supply scheme</t>
   </si>
   <si>
     <t>SM/02915</t>
   </si>
   <si>
     <t>Noabari and Adj. mouzas water supply scheme</t>
   </si>
   <si>
     <t>SM/02916</t>
   </si>
   <si>
     <t>Kail Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/05392</t>
-  </si>
-[...4 lines deleted...]
-    <t>SM/04079</t>
   </si>
   <si>
     <t>Sitgram Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/04986</t>
   </si>
   <si>
     <t>Kotar Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/04985</t>
   </si>
   <si>
     <t>MARNAI WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/00281</t>
   </si>
   <si>
     <t>Ground water based water supply scheme for Lodhan and adjoining mouzas</t>
   </si>
   <si>
     <t>SM/03979</t>
   </si>
@@ -1209,51 +1203,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W132"/>
+  <dimension ref="A1:W131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
@@ -5130,80 +5124,50 @@
       <c r="B131" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>262</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
-    </row>
-[...28 lines deleted...]
-      <c r="W132" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>