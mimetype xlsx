--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,74 +12,404 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="D2- Work Order Search by Agency" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>D2- Work Order Search by Agency (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>GSTN Number</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>Work Value</t>
+  </si>
+  <si>
+    <t>Z STAR COMMOTRADE PVT LTD</t>
+  </si>
+  <si>
+    <t>19AAACZ1664J1ZZ</t>
+  </si>
+  <si>
+    <t>Coochbehar Division</t>
+  </si>
+  <si>
+    <t>646/CD</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
+    <t>Z STAR COMMOTRADE PVT LTD.</t>
+  </si>
+  <si>
+    <t>Alipurduar Division</t>
+  </si>
+  <si>
+    <t>2584/ALD</t>
+  </si>
+  <si>
+    <t>17/02/2022</t>
+  </si>
+  <si>
+    <t>ZAKIR HOSSAIN MONDAL</t>
+  </si>
+  <si>
+    <t>19AMOPM0146R1ZB</t>
+  </si>
+  <si>
+    <t>Bankura Division</t>
+  </si>
+  <si>
+    <t>1803/BQA</t>
+  </si>
+  <si>
+    <t>09/07/2021</t>
+  </si>
+  <si>
+    <t>ZAKIR HOSSIN MONDAL</t>
+  </si>
+  <si>
+    <t>Purulia Division</t>
+  </si>
+  <si>
+    <t>598/PD</t>
+  </si>
+  <si>
+    <t>19/04/2022</t>
+  </si>
+  <si>
+    <t>Howrah Division</t>
+  </si>
+  <si>
+    <t>1997/HD</t>
+  </si>
+  <si>
+    <t>16/05/2023</t>
+  </si>
+  <si>
+    <t>ZAMAN ENTERPRISE</t>
+  </si>
+  <si>
+    <t>19AABFZ8077H1ZK</t>
+  </si>
+  <si>
+    <t>Birbhum Division</t>
+  </si>
+  <si>
+    <t>921/BHM</t>
+  </si>
+  <si>
+    <t>13/03/2024</t>
+  </si>
+  <si>
+    <t>ZAREEN ENTERPRISE MSLUCKYCONSTRUCTION@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>19BKOPA3477Q1ZC</t>
+  </si>
+  <si>
+    <t>Raiganj Division</t>
+  </si>
+  <si>
+    <t>1642/RD/PHE</t>
+  </si>
+  <si>
+    <t>18/08/2021</t>
+  </si>
+  <si>
+    <t>ZEBA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>19AAHPZ9928R1Z6</t>
+  </si>
+  <si>
+    <t>1083/BHM</t>
+  </si>
+  <si>
+    <t>06/04/2023</t>
+  </si>
+  <si>
+    <t>ZENITH CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>19AFBPN4311F1ZS</t>
+  </si>
+  <si>
+    <t>Midnapore Division</t>
+  </si>
+  <si>
+    <t>2822/MD</t>
+  </si>
+  <si>
+    <t>07/08/2023</t>
+  </si>
+  <si>
+    <t>Tamluk Division</t>
+  </si>
+  <si>
+    <t>3384/TD</t>
+  </si>
+  <si>
+    <t>26/03/2021</t>
+  </si>
+  <si>
+    <t>Hooghly Division</t>
+  </si>
+  <si>
+    <t>463/HUG.</t>
+  </si>
+  <si>
+    <t>26/02/2021</t>
+  </si>
+  <si>
+    <t>ZENITH INFRASTRUCTURE</t>
+  </si>
+  <si>
+    <t>19ALBPB7329R1ZM</t>
+  </si>
+  <si>
+    <t>1447/Chan</t>
+  </si>
+  <si>
+    <t>23/09/2025</t>
+  </si>
+  <si>
+    <t>ZEOLITE FRESH INDIA</t>
+  </si>
+  <si>
+    <t>19AFGPG4927F1ZG</t>
+  </si>
+  <si>
+    <t>Nadia Division</t>
+  </si>
+  <si>
+    <t>4822/ND</t>
+  </si>
+  <si>
+    <t>05/09/2024</t>
+  </si>
+  <si>
+    <t>462/PD</t>
+  </si>
+  <si>
+    <t>27/03/2023</t>
+  </si>
+  <si>
+    <t>1528/HD</t>
+  </si>
+  <si>
+    <t>04/04/2023</t>
+  </si>
+  <si>
+    <t>Burdwan Division</t>
+  </si>
+  <si>
+    <t>4349/BWD</t>
+  </si>
+  <si>
+    <t>26/08/2021</t>
+  </si>
+  <si>
+    <t>Malda Division</t>
+  </si>
+  <si>
+    <t>2720/MD</t>
+  </si>
+  <si>
+    <t>17/11/2022</t>
+  </si>
+  <si>
+    <t>Malda Arsenic Area W/S Division</t>
+  </si>
+  <si>
+    <t>3017/MAAD</t>
+  </si>
+  <si>
+    <t>06/12/2023</t>
+  </si>
+  <si>
+    <t>Balurghat Division</t>
+  </si>
+  <si>
+    <t>436/BD</t>
+  </si>
+  <si>
+    <t>31/05/2023</t>
+  </si>
+  <si>
+    <t>Barasat Arsenic Division</t>
+  </si>
+  <si>
+    <t>1324/B.Ar.D.</t>
+  </si>
+  <si>
+    <t>19/07/2022</t>
+  </si>
+  <si>
+    <t>Nadia Arsenic Civil Division II</t>
+  </si>
+  <si>
+    <t>140//NACD-II</t>
+  </si>
+  <si>
+    <t>13/01/2023</t>
+  </si>
+  <si>
+    <t>ZEROTH CONTROL SYSTEM</t>
+  </si>
+  <si>
+    <t>19AMDPD9451B1ZA</t>
+  </si>
+  <si>
+    <t>RCFA Division I</t>
+  </si>
+  <si>
+    <t>841/RCD-I</t>
+  </si>
+  <si>
+    <t>16/04/2025</t>
+  </si>
+  <si>
+    <t>ZEST INFRACON</t>
+  </si>
+  <si>
+    <t>19BAOPH8956H1ZZ</t>
+  </si>
+  <si>
+    <t>5035/ND</t>
+  </si>
+  <si>
+    <t>13/09/2024</t>
+  </si>
+  <si>
+    <t>629/PD</t>
+  </si>
+  <si>
+    <t>22/04/2022</t>
+  </si>
+  <si>
+    <t>3677/HUG</t>
+  </si>
+  <si>
+    <t>13/11/2024</t>
+  </si>
+  <si>
+    <t>3285/MD</t>
+  </si>
+  <si>
+    <t>23/08/2023</t>
+  </si>
+  <si>
+    <t>ZINARUL ISLAM</t>
+  </si>
+  <si>
+    <t>19ACFPI3042R1Z8</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>12042/AD</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>ZOOM CONSTRUCTION &amp; INTERIO</t>
+  </si>
+  <si>
+    <t>19AVZPM5254G1ZU</t>
+  </si>
+  <si>
+    <t>280/ND</t>
+  </si>
+  <si>
+    <t>16/01/2025</t>
+  </si>
+  <si>
+    <t>787/AE-I/NACD-II</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>ZUBIN CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>19AXGPM3744E1ZE</t>
+  </si>
+  <si>
+    <t>3542/AD</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>ZUNAID ENTERPRISE</t>
+  </si>
+  <si>
+    <t>19CJTPM3128B1Z3</t>
+  </si>
+  <si>
+    <t>3786/HD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -115,58 +445,61 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -438,149 +771,1360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A34" sqref="A34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="56.557617" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="4" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="4"/>
-[...4 lines deleted...]
-      <c r="G3" s="4"/>
+      <c r="C3" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="3">
+        <v>62.77</v>
+      </c>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" s="3">
+        <v>63.78</v>
+      </c>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="3">
+        <v>15.32</v>
+      </c>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+      <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" s="3">
+        <v>15.63</v>
+      </c>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="3">
+        <v>212.69</v>
+      </c>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="3">
+        <v>18.53</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1.81</v>
+      </c>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="3">
+        <v>270.01</v>
+      </c>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="3">
+        <v>222.1</v>
+      </c>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" s="3">
+        <v>4.85</v>
+      </c>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="3">
+        <v>25.73</v>
+      </c>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="3">
+        <v>0.86</v>
+      </c>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="3">
+        <v>129.41</v>
+      </c>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G16" s="3">
+        <v>113.57</v>
+      </c>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G17" s="3">
+        <v>25.71</v>
+      </c>
+      <c r="H17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1"/>
+      <c r="N17" s="1"/>
+      <c r="O17" s="1"/>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1"/>
+      <c r="R17" s="1"/>
+      <c r="S17" s="1"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G18" s="3">
+        <v>51.43</v>
+      </c>
+      <c r="H18" s="1"/>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="M18" s="1"/>
+      <c r="N18" s="1"/>
+      <c r="O18" s="1"/>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1"/>
+      <c r="R18" s="1"/>
+      <c r="S18" s="1"/>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="3">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" s="3">
+        <v>48.09</v>
+      </c>
+      <c r="H19" s="1"/>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="1"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="1"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="1"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="1"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" s="3">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" s="3">
+        <v>150.68</v>
+      </c>
+      <c r="H20" s="1"/>
+      <c r="I20" s="1"/>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="N20" s="1"/>
+      <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" s="3">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" s="3">
+        <v>79.04</v>
+      </c>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G22" s="3">
+        <v>134.16</v>
+      </c>
+      <c r="H22" s="1"/>
+      <c r="I22" s="1"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="1"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="1"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="1"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="1"/>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="3">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G23" s="3">
+        <v>124.09</v>
+      </c>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="1"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="1"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="1"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" s="3">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G24" s="3">
+        <v>5.93</v>
+      </c>
+      <c r="H24" s="1"/>
+      <c r="I24" s="1"/>
+      <c r="J24" s="1"/>
+      <c r="K24" s="1"/>
+      <c r="L24" s="1"/>
+      <c r="M24" s="1"/>
+      <c r="N24" s="1"/>
+      <c r="O24" s="1"/>
+      <c r="P24" s="1"/>
+      <c r="Q24" s="1"/>
+      <c r="R24" s="1"/>
+      <c r="S24" s="1"/>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="1"/>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" s="3">
+        <v>23</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="G25" s="3">
+        <v>16.29</v>
+      </c>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1"/>
+      <c r="M25" s="1"/>
+      <c r="N25" s="1"/>
+      <c r="O25" s="1"/>
+      <c r="P25" s="1"/>
+      <c r="Q25" s="1"/>
+      <c r="R25" s="1"/>
+      <c r="S25" s="1"/>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" s="3">
+        <v>24</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G26" s="3">
+        <v>68.48</v>
+      </c>
+      <c r="H26" s="1"/>
+      <c r="I26" s="1"/>
+      <c r="J26" s="1"/>
+      <c r="K26" s="1"/>
+      <c r="L26" s="1"/>
+      <c r="M26" s="1"/>
+      <c r="N26" s="1"/>
+      <c r="O26" s="1"/>
+      <c r="P26" s="1"/>
+      <c r="Q26" s="1"/>
+      <c r="R26" s="1"/>
+      <c r="S26" s="1"/>
+      <c r="T26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1"/>
+      <c r="W26" s="1"/>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" s="3">
+        <v>25</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G27" s="3">
+        <v>28.14</v>
+      </c>
+      <c r="H27" s="1"/>
+      <c r="I27" s="1"/>
+      <c r="J27" s="1"/>
+      <c r="K27" s="1"/>
+      <c r="L27" s="1"/>
+      <c r="M27" s="1"/>
+      <c r="N27" s="1"/>
+      <c r="O27" s="1"/>
+      <c r="P27" s="1"/>
+      <c r="Q27" s="1"/>
+      <c r="R27" s="1"/>
+      <c r="S27" s="1"/>
+      <c r="T27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="1"/>
+      <c r="W27" s="1"/>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" s="3">
+        <v>26</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G28" s="3">
+        <v>155.98</v>
+      </c>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+      <c r="N28" s="1"/>
+      <c r="O28" s="1"/>
+      <c r="P28" s="1"/>
+      <c r="Q28" s="1"/>
+      <c r="R28" s="1"/>
+      <c r="S28" s="1"/>
+      <c r="T28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="1"/>
+      <c r="W28" s="1"/>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" s="3">
+        <v>27</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G29" s="3">
+        <v>19.6</v>
+      </c>
+      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
+      <c r="J29" s="1"/>
+      <c r="K29" s="1"/>
+      <c r="L29" s="1"/>
+      <c r="M29" s="1"/>
+      <c r="N29" s="1"/>
+      <c r="O29" s="1"/>
+      <c r="P29" s="1"/>
+      <c r="Q29" s="1"/>
+      <c r="R29" s="1"/>
+      <c r="S29" s="1"/>
+      <c r="T29" s="1"/>
+      <c r="U29" s="1"/>
+      <c r="V29" s="1"/>
+      <c r="W29" s="1"/>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" s="3">
+        <v>28</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G30" s="3">
+        <v>45.1</v>
+      </c>
+      <c r="H30" s="1"/>
+      <c r="I30" s="1"/>
+      <c r="J30" s="1"/>
+      <c r="K30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="M30" s="1"/>
+      <c r="N30" s="1"/>
+      <c r="O30" s="1"/>
+      <c r="P30" s="1"/>
+      <c r="Q30" s="1"/>
+      <c r="R30" s="1"/>
+      <c r="S30" s="1"/>
+      <c r="T30" s="1"/>
+      <c r="U30" s="1"/>
+      <c r="V30" s="1"/>
+      <c r="W30" s="1"/>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" s="3">
+        <v>29</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G31" s="3">
+        <v>0.91</v>
+      </c>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
+      <c r="P31" s="1"/>
+      <c r="Q31" s="1"/>
+      <c r="R31" s="1"/>
+      <c r="S31" s="1"/>
+      <c r="T31" s="1"/>
+      <c r="U31" s="1"/>
+      <c r="V31" s="1"/>
+      <c r="W31" s="1"/>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" s="3">
+        <v>30</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G32" s="3">
+        <v>7.07</v>
+      </c>
+      <c r="H32" s="1"/>
+      <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
+      <c r="K32" s="1"/>
+      <c r="L32" s="1"/>
+      <c r="M32" s="1"/>
+      <c r="N32" s="1"/>
+      <c r="O32" s="1"/>
+      <c r="P32" s="1"/>
+      <c r="Q32" s="1"/>
+      <c r="R32" s="1"/>
+      <c r="S32" s="1"/>
+      <c r="T32" s="1"/>
+      <c r="U32" s="1"/>
+      <c r="V32" s="1"/>
+      <c r="W32" s="1"/>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" s="3">
+        <v>31</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G33" s="3">
+        <v>2.03</v>
+      </c>
+      <c r="H33" s="1"/>
+      <c r="I33" s="1"/>
+      <c r="J33" s="1"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="1"/>
+      <c r="M33" s="1"/>
+      <c r="N33" s="1"/>
+      <c r="O33" s="1"/>
+      <c r="P33" s="1"/>
+      <c r="Q33" s="1"/>
+      <c r="R33" s="1"/>
+      <c r="S33" s="1"/>
+      <c r="T33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="1"/>
+    </row>
+    <row r="34" spans="1:23">
+      <c r="A34" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B34" s="5"/>
+      <c r="C34" s="5"/>
+      <c r="D34" s="5"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5">
+        <v>2119.79</v>
+      </c>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+      <c r="L34" s="1"/>
+      <c r="M34" s="1"/>
+      <c r="N34" s="1"/>
+      <c r="O34" s="1"/>
+      <c r="P34" s="1"/>
+      <c r="Q34" s="1"/>
+      <c r="R34" s="1"/>
+      <c r="S34" s="1"/>
+      <c r="T34" s="1"/>
+      <c r="U34" s="1"/>
+      <c r="V34" s="1"/>
+      <c r="W34" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A34:F34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>