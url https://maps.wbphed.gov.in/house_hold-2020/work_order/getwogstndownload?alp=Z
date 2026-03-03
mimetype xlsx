--- v1 (2025-12-14)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="D2- Work Order Search by Agency" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>D2- Work Order Search by Agency (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>GSTN Number</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
@@ -137,51 +137,51 @@
   <si>
     <t>13/03/2024</t>
   </si>
   <si>
     <t>ZAREEN ENTERPRISE MSLUCKYCONSTRUCTION@GMAIL.COM</t>
   </si>
   <si>
     <t>19BKOPA3477Q1ZC</t>
   </si>
   <si>
     <t>Raiganj Division</t>
   </si>
   <si>
     <t>1642/RD/PHE</t>
   </si>
   <si>
     <t>18/08/2021</t>
   </si>
   <si>
     <t>ZEBA CONSTRUCTION</t>
   </si>
   <si>
     <t>19AAHPZ9928R1Z6</t>
   </si>
   <si>
-    <t>1083/BHM</t>
+    <t>1082/BHM</t>
   </si>
   <si>
     <t>06/04/2023</t>
   </si>
   <si>
     <t>ZENITH CONSTRUCTION</t>
   </si>
   <si>
     <t>19AFBPN4311F1ZS</t>
   </si>
   <si>
     <t>Midnapore Division</t>
   </si>
   <si>
     <t>2822/MD</t>
   </si>
   <si>
     <t>07/08/2023</t>
   </si>
   <si>
     <t>Tamluk Division</t>
   </si>
   <si>
     <t>3384/TD</t>
   </si>
@@ -215,59 +215,50 @@
   <si>
     <t>19AFGPG4927F1ZG</t>
   </si>
   <si>
     <t>Nadia Division</t>
   </si>
   <si>
     <t>4822/ND</t>
   </si>
   <si>
     <t>05/09/2024</t>
   </si>
   <si>
     <t>462/PD</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>1528/HD</t>
   </si>
   <si>
     <t>04/04/2023</t>
   </si>
   <si>
-    <t>Burdwan Division</t>
-[...7 lines deleted...]
-  <si>
     <t>Malda Division</t>
   </si>
   <si>
     <t>2720/MD</t>
   </si>
   <si>
     <t>17/11/2022</t>
   </si>
   <si>
     <t>Malda Arsenic Area W/S Division</t>
   </si>
   <si>
     <t>3017/MAAD</t>
   </si>
   <si>
     <t>06/12/2023</t>
   </si>
   <si>
     <t>Balurghat Division</t>
   </si>
   <si>
     <t>436/BD</t>
   </si>
   <si>
     <t>31/05/2023</t>
@@ -278,54 +269,54 @@
   <si>
     <t>1324/B.Ar.D.</t>
   </si>
   <si>
     <t>19/07/2022</t>
   </si>
   <si>
     <t>Nadia Arsenic Civil Division II</t>
   </si>
   <si>
     <t>140//NACD-II</t>
   </si>
   <si>
     <t>13/01/2023</t>
   </si>
   <si>
     <t>ZEROTH CONTROL SYSTEM</t>
   </si>
   <si>
     <t>19AMDPD9451B1ZA</t>
   </si>
   <si>
     <t>RCFA Division I</t>
   </si>
   <si>
-    <t>841/RCD-I</t>
-[...2 lines deleted...]
-    <t>16/04/2025</t>
+    <t>1155/RCD I</t>
+  </si>
+  <si>
+    <t>23/12/2020</t>
   </si>
   <si>
     <t>ZEST INFRACON</t>
   </si>
   <si>
     <t>19BAOPH8956H1ZZ</t>
   </si>
   <si>
     <t>5035/ND</t>
   </si>
   <si>
     <t>13/09/2024</t>
   </si>
   <si>
     <t>629/PD</t>
   </si>
   <si>
     <t>22/04/2022</t>
   </si>
   <si>
     <t>3677/HUG</t>
   </si>
   <si>
     <t>13/11/2024</t>
   </si>
@@ -771,54 +762,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W34"/>
+  <dimension ref="A1:W33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A34" sqref="A34"/>
+      <selection activeCell="A33" sqref="A33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.557617" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:23">
@@ -1131,51 +1122,51 @@
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G10" s="3">
-        <v>270.01</v>
+        <v>253.52</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>43</v>
       </c>
@@ -1443,688 +1434,649 @@
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="3">
-        <v>51.43</v>
+        <v>48.09</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>72</v>
       </c>
       <c r="G19" s="3">
-        <v>48.09</v>
+        <v>150.68</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>75</v>
       </c>
       <c r="G20" s="3">
-        <v>150.68</v>
+        <v>79.04</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>76</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G21" s="3">
-        <v>79.04</v>
+        <v>134.16</v>
       </c>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G22" s="3">
-        <v>134.16</v>
+        <v>124.09</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G23" s="3">
-        <v>124.09</v>
+        <v>4.4</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G24" s="3">
-        <v>5.93</v>
+        <v>16.29</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C25" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="D25" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="F25" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="3">
-        <v>16.29</v>
+        <v>68.48</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="E26" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="3">
-        <v>68.48</v>
+        <v>28.14</v>
       </c>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="E27" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F27" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="3">
-        <v>28.14</v>
+        <v>155.98</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G28" s="3">
-        <v>155.98</v>
+        <v>19.6</v>
       </c>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>102</v>
+        <v>60</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G29" s="3">
-        <v>19.6</v>
+        <v>45.1</v>
       </c>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C30" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="D30" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="F30" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="3">
-        <v>45.1</v>
+        <v>0.91</v>
       </c>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G31" s="3">
-        <v>0.91</v>
+        <v>7.07</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G32" s="3">
-        <v>7.07</v>
+        <v>2.03</v>
       </c>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
-      <c r="A33" s="3">
-[...2 lines deleted...]
-      <c r="B33" s="3" t="s">
+      <c r="A33" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="C33" s="3" t="s">
-[...12 lines deleted...]
-        <v>2.03</v>
+      <c r="B33" s="5"/>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5">
+        <v>2050.34</v>
       </c>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
-    <row r="34" spans="1:23">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="A33:F33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>