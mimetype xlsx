--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="D2- Work Order Search by Agency" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="517">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
   <si>
     <t>D2- Work Order Search by Agency (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>GSTN Number</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
@@ -323,84 +323,84 @@
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>ULTRA CONSTRUCTION</t>
   </si>
   <si>
     <t>19AAAFU7550M1ZN</t>
   </si>
   <si>
     <t>2686/SWD-I</t>
   </si>
   <si>
     <t>20/01/2023</t>
   </si>
   <si>
     <t>551/BD-I</t>
   </si>
   <si>
     <t>13/05/2022</t>
   </si>
   <si>
     <t>ULTRA CONSTRUCTION.</t>
   </si>
   <si>
-    <t>364/MURD</t>
-[...2 lines deleted...]
-    <t>29/01/2021</t>
+    <t>1385/MURD</t>
+  </si>
+  <si>
+    <t>22/05/2023</t>
   </si>
   <si>
     <t>UMA CONSTRUCTION</t>
   </si>
   <si>
     <t>19AEKPC5642L1Z7</t>
   </si>
   <si>
     <t>Purulia Division</t>
   </si>
   <si>
     <t>491/PD</t>
   </si>
   <si>
     <t>16/03/2024</t>
   </si>
   <si>
     <t>894/JD</t>
   </si>
   <si>
     <t>08/05/2025</t>
   </si>
   <si>
     <t>Barasat Arsenic Division</t>
   </si>
   <si>
-    <t>245/B.Ar.D</t>
-[...2 lines deleted...]
-    <t>07/02/2025</t>
+    <t>243/B.Ar.D.</t>
+  </si>
+  <si>
+    <t>02/02/2023</t>
   </si>
   <si>
     <t>UMA ENTERPRISE</t>
   </si>
   <si>
     <t>19AHUPM2368L1ZG</t>
   </si>
   <si>
     <t>RCFA Division I</t>
   </si>
   <si>
     <t>950/RCD-I</t>
   </si>
   <si>
     <t>07/06/2021</t>
   </si>
   <si>
     <t>UMA PRASAD DATTA</t>
   </si>
   <si>
     <t>19AICPD0653J1ZG</t>
   </si>
   <si>
     <t>Jhargram Division</t>
   </si>
@@ -713,53 +713,50 @@
   <si>
     <t>3238/MD</t>
   </si>
   <si>
     <t>11/09/2023</t>
   </si>
   <si>
     <t>Howrah Division</t>
   </si>
   <si>
     <t>2645/HD</t>
   </si>
   <si>
     <t>Hooghly Division</t>
   </si>
   <si>
     <t>1952/HUG</t>
   </si>
   <si>
     <t>07/09/2022</t>
   </si>
   <si>
     <t>1502/HUG</t>
   </si>
   <si>
-    <t>22/05/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>1732/BWD</t>
   </si>
   <si>
     <t>1783/BHM</t>
   </si>
   <si>
     <t>UNIQUE AGENCY (PARTNER)</t>
   </si>
   <si>
     <t>2255/AD</t>
   </si>
   <si>
     <t>14/05/2025</t>
   </si>
   <si>
     <t>UNIQUE ENGINEERS CO OP SOCIETY LTD</t>
   </si>
   <si>
     <t>19AAAAU1180C1ZS</t>
   </si>
   <si>
     <t>771/CD</t>
   </si>
   <si>
     <t>17/05/2025</t>
@@ -815,62 +812,50 @@
   <si>
     <t>2602/SWD-I</t>
   </si>
   <si>
     <t>15/03/2022</t>
   </si>
   <si>
     <t>UNITED CONSTRUCTION</t>
   </si>
   <si>
     <t>19AHEPB7522R1ZX</t>
   </si>
   <si>
     <t>1582/RCD-I</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
   <si>
     <t>1098/DWSD</t>
   </si>
   <si>
     <t>14/07/2023</t>
   </si>
   <si>
-    <t>UNITED ENGINEERING WORKS</t>
-[...10 lines deleted...]
-  <si>
     <t>UNITED ENGINEERS CORPORATION</t>
   </si>
   <si>
     <t>19AAGFU7647D1ZU</t>
   </si>
   <si>
     <t>Malda Arsenic Area W/S Division</t>
   </si>
   <si>
     <t>1552/MAAD</t>
   </si>
   <si>
     <t>18/08/2023</t>
   </si>
   <si>
     <t>UNITED ENTERPRISE</t>
   </si>
   <si>
     <t>19AAEFU3274G1ZZ</t>
   </si>
   <si>
     <t>Electrical Division</t>
   </si>
   <si>
     <t>1924/ED</t>
@@ -932,77 +917,71 @@
   <si>
     <t>18/04/2023</t>
   </si>
   <si>
     <t>Bolpur Mechanical Division</t>
   </si>
   <si>
     <t>2102/BOL.MD.</t>
   </si>
   <si>
     <t>22/08/2023</t>
   </si>
   <si>
     <t>Midnapore Mechanical Division</t>
   </si>
   <si>
     <t>206/W/MMD</t>
   </si>
   <si>
     <t>10/02/2023</t>
   </si>
   <si>
     <t>650/BMD</t>
   </si>
   <si>
-    <t>UNIVERSAL CONSTRACTION</t>
+    <t>UNIVERSAL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>19AEOPH2298K1ZU</t>
+  </si>
+  <si>
+    <t>453/AD</t>
+  </si>
+  <si>
+    <t>19AABFU7873L1ZE</t>
+  </si>
+  <si>
+    <t>4188/BD</t>
+  </si>
+  <si>
+    <t>30/10/2023</t>
   </si>
   <si>
     <t>19AACFU0406E1ZL</t>
   </si>
   <si>
-    <t>1688/HD</t>
-[...19 lines deleted...]
-  <si>
     <t>1765/BQA</t>
   </si>
   <si>
     <t>09/07/2021</t>
   </si>
   <si>
     <t>4636/HD</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
     <t>19AVTPA7084N1ZP</t>
   </si>
   <si>
     <t>296/CD</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>2441/B.Ar.D.</t>
   </si>
   <si>
     <t>05/10/2023</t>
@@ -1079,51 +1058,54 @@
   <si>
     <t>12/05/2023</t>
   </si>
   <si>
     <t>1582/JD</t>
   </si>
   <si>
     <t>03/11/2023</t>
   </si>
   <si>
     <t>4525/ED</t>
   </si>
   <si>
     <t>23/11/2023</t>
   </si>
   <si>
     <t>644/SMSD.</t>
   </si>
   <si>
     <t>17/06/2022</t>
   </si>
   <si>
     <t>Central Mechanical Division</t>
   </si>
   <si>
-    <t>2097/CMD</t>
+    <t>3873/CMD</t>
+  </si>
+  <si>
+    <t>17/08/2023</t>
   </si>
   <si>
     <t>1099 /AMD</t>
   </si>
   <si>
     <t>2078/BOL.MD.</t>
   </si>
   <si>
     <t>21/08/2023</t>
   </si>
   <si>
     <t>Central Drilling Division</t>
   </si>
   <si>
     <t>850/CDD</t>
   </si>
   <si>
     <t>10/07/2023</t>
   </si>
   <si>
     <t>Eastern Mechanical Division</t>
   </si>
   <si>
     <t>805/EMD</t>
   </si>
@@ -1208,75 +1190,66 @@
   <si>
     <t>21/03/2022</t>
   </si>
   <si>
     <t>991/HD</t>
   </si>
   <si>
     <t>USHA CONSTRUCTION</t>
   </si>
   <si>
     <t>19ASKPS0567J1Z4</t>
   </si>
   <si>
     <t>Nadia Arsenic Civil Division II</t>
   </si>
   <si>
     <t>683/AE-I/NACD-II</t>
   </si>
   <si>
     <t>03/04/2024</t>
   </si>
   <si>
     <t>USHA ENTERPRISE</t>
   </si>
   <si>
-    <t>19AAHFU2438B1ZA</t>
-[...7 lines deleted...]
-  <si>
     <t>19AOGPM7434L1ZE</t>
   </si>
   <si>
     <t>1214/BHM</t>
   </si>
   <si>
     <t>12/04/2023</t>
   </si>
   <si>
     <t>19BSFPS8973Q1ZC</t>
   </si>
   <si>
-    <t>1953/MD</t>
-[...2 lines deleted...]
-    <t>28/08/2020</t>
+    <t>1572/MD</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
   </si>
   <si>
     <t>857/MAAD</t>
   </si>
   <si>
     <t>03/05/2023</t>
   </si>
   <si>
     <t>854/BD</t>
   </si>
   <si>
     <t>UTPAL CHAKRABORTY</t>
   </si>
   <si>
     <t>19AAHFU8636R1Z1</t>
   </si>
   <si>
     <t>714/CD</t>
   </si>
   <si>
     <t>UTPAL CONSTRUCTION &amp; CO.</t>
   </si>
   <si>
     <t>19ADZPM8312P1ZF</t>
   </si>
@@ -1442,54 +1415,51 @@
   <si>
     <t>19ARXPG2209H1ZJ</t>
   </si>
   <si>
     <t>4796/BWD</t>
   </si>
   <si>
     <t>03/12/2020</t>
   </si>
   <si>
     <t>19ADNPG6341C1ZN</t>
   </si>
   <si>
     <t>1298/MD</t>
   </si>
   <si>
     <t>04/04/2025</t>
   </si>
   <si>
     <t>1650/MAAD</t>
   </si>
   <si>
     <t>03/11/2021</t>
   </si>
   <si>
-    <t>2763/MLMD</t>
-[...2 lines deleted...]
-    <t>14/08/2023</t>
+    <t>2561/MLMD</t>
   </si>
   <si>
     <t>UTTAM KUMAR PARAMANIK</t>
   </si>
   <si>
     <t>19BHYPP9357B1ZI</t>
   </si>
   <si>
     <t>688/PD</t>
   </si>
   <si>
     <t>24/04/2025</t>
   </si>
   <si>
     <t>UTTAM KUMAR SINHAMAHAPATRA</t>
   </si>
   <si>
     <t>19AKCPS9143G1ZT</t>
   </si>
   <si>
     <t>886/BQA</t>
   </si>
   <si>
     <t>13/04/2022</t>
   </si>
@@ -1965,54 +1935,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W166"/>
+  <dimension ref="A1:W163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A166" sqref="A166"/>
+      <selection activeCell="A163" sqref="A163"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="107.259521" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:23">
@@ -3027,51 +2997,51 @@
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>104</v>
       </c>
       <c r="G28" s="3">
-        <v>1.78</v>
+        <v>227.02</v>
       </c>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>105</v>
       </c>
@@ -3144,51 +3114,51 @@
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>112</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>114</v>
       </c>
       <c r="G31" s="3">
-        <v>18.12</v>
+        <v>13.6</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>115</v>
       </c>
@@ -4623,3850 +4593,3733 @@
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>224</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>229</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>233</v>
+        <v>104</v>
       </c>
       <c r="G69" s="3">
         <v>554.69</v>
       </c>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>221</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>171</v>
       </c>
       <c r="G70" s="3">
         <v>531.21</v>
       </c>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>224</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>57</v>
       </c>
       <c r="G71" s="3">
         <v>533.48</v>
       </c>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>224</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E72" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G72" s="3">
         <v>8.83</v>
       </c>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C73" s="3" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E73" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F73" s="3" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="G73" s="3">
         <v>29.2</v>
       </c>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C74" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="C74" s="3" t="s">
+      <c r="D74" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="D74" s="3" t="s">
+      <c r="E74" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="G74" s="3">
         <v>0.69</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C75" s="3" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>205</v>
       </c>
       <c r="E75" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F75" s="3" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="G75" s="3">
         <v>3.45</v>
       </c>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C76" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="C76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="E76" s="3" t="s">
+      <c r="F76" s="3" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="G76" s="3">
         <v>2.97</v>
       </c>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C77" s="3" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E77" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F77" s="3" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="G77" s="3">
         <v>337.79</v>
       </c>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C78" s="3" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>205</v>
       </c>
       <c r="E78" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F78" s="3" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="G78" s="3">
         <v>140.69</v>
       </c>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C79" s="3" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E79" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F79" s="3" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="G79" s="3">
         <v>1.73</v>
       </c>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C80" s="3" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>117</v>
       </c>
       <c r="E80" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F80" s="3" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="G80" s="3">
         <v>18.67</v>
       </c>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C81" s="3" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E81" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G81" s="3">
         <v>93.32</v>
       </c>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C82" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="C82" s="3" t="s">
+      <c r="D82" s="3" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>269</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>270</v>
       </c>
       <c r="G82" s="3">
-        <v>0.84</v>
+        <v>0.87</v>
       </c>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>272</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>273</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>274</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>275</v>
       </c>
       <c r="G83" s="3">
-        <v>0.87</v>
+        <v>23.21</v>
       </c>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>277</v>
       </c>
       <c r="D84" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="E84" s="3" t="s">
+      <c r="F84" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" s="3">
-        <v>23.21</v>
+        <v>4.97</v>
       </c>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="D85" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="C85" s="3" t="s">
+      <c r="E85" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="D85" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="F85" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="3">
-        <v>4.97</v>
+        <v>19.52</v>
       </c>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C86" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="E86" s="3" t="s">
+      <c r="F86" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G86" s="3">
-        <v>19.52</v>
+        <v>69.49</v>
       </c>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C87" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C87" s="3" t="s">
+      <c r="D87" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="D87" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G87" s="3">
-        <v>69.49</v>
+        <v>4.94</v>
       </c>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F88" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G88" s="3">
-        <v>4.94</v>
+        <v>21.47</v>
       </c>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="C89" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="D89" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="D89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="G89" s="3">
-        <v>21.47</v>
+        <v>27.62</v>
       </c>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="D90" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F90" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="E90" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G90" s="3">
-        <v>27.62</v>
+        <v>27.3</v>
       </c>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>302</v>
+        <v>191</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>304</v>
+        <v>181</v>
       </c>
       <c r="G91" s="3">
-        <v>27.3</v>
+        <v>49.25</v>
       </c>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>191</v>
+        <v>42</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>181</v>
+        <v>82</v>
       </c>
       <c r="G92" s="3">
-        <v>49.25</v>
+        <v>19.52</v>
       </c>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F93" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G93" s="3">
-        <v>100.01</v>
+        <v>1994.2</v>
       </c>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F94" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G94" s="3">
-        <v>19.52</v>
+        <v>24.91</v>
       </c>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>169</v>
+        <v>227</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="G95" s="3">
-        <v>1994.2</v>
+        <v>6.87</v>
       </c>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>196</v>
+        <v>60</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="G96" s="3">
-        <v>24.91</v>
+        <v>78.77</v>
       </c>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>227</v>
+        <v>112</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="G97" s="3">
-        <v>6.87</v>
+        <v>6790</v>
       </c>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="C98" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="D98" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G98" s="3">
-        <v>78.77</v>
+        <v>236.64</v>
       </c>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>112</v>
+        <v>227</v>
       </c>
       <c r="E99" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G99" s="3">
-        <v>6790</v>
+        <v>2.16</v>
       </c>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C100" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="C100" s="3" t="s">
+      <c r="D100" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="D100" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F100" s="3" t="s">
-        <v>327</v>
+        <v>18</v>
       </c>
       <c r="G100" s="3">
-        <v>236.64</v>
+        <v>316.11</v>
       </c>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C101" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="C101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D101" s="3" t="s">
-        <v>227</v>
+        <v>74</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>328</v>
+        <v>286</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="G101" s="3">
-        <v>2.16</v>
+        <v>33.59</v>
       </c>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F102" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="C102" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G102" s="3">
-        <v>316.11</v>
+        <v>415.12</v>
       </c>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>333</v>
-      </c>
-[...7 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>334</v>
       </c>
       <c r="G103" s="3">
-        <v>33.59</v>
+        <v>70.14</v>
       </c>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>335</v>
+        <v>191</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>336</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>337</v>
       </c>
       <c r="G104" s="3">
-        <v>415.12</v>
+        <v>53.32</v>
       </c>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C105" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="D105" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F105" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" s="3">
-        <v>70.14</v>
+        <v>279.7</v>
       </c>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F106" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="C106" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G106" s="3">
-        <v>53.32</v>
+        <v>73.78</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>74</v>
+        <v>273</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="G107" s="3">
-        <v>279.7</v>
+        <v>21.49</v>
       </c>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F108" s="3" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="G108" s="3">
-        <v>73.78</v>
+        <v>0.85</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>278</v>
+        <v>347</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="G109" s="3">
-        <v>21.49</v>
+        <v>29.94</v>
       </c>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>205</v>
+        <v>244</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>353</v>
+        <v>246</v>
       </c>
       <c r="G110" s="3">
-        <v>0.85</v>
+        <v>0.55</v>
       </c>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>354</v>
+        <v>294</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>161</v>
+        <v>352</v>
       </c>
       <c r="G111" s="3">
-        <v>11.07</v>
+        <v>28.8</v>
       </c>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>245</v>
+        <v>353</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>247</v>
+        <v>355</v>
       </c>
       <c r="G112" s="3">
-        <v>0.55</v>
+        <v>15.71</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D113" s="3" t="s">
-        <v>299</v>
+        <v>356</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>357</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>358</v>
       </c>
       <c r="G113" s="3">
-        <v>28.8</v>
+        <v>24.76</v>
       </c>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="D114" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="E114" s="3" t="s">
+      <c r="F114" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" s="3">
-        <v>15.71</v>
+        <v>55.33</v>
       </c>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>339</v>
+        <v>362</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>362</v>
+        <v>65</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>363</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>364</v>
       </c>
       <c r="G115" s="3">
-        <v>24.76</v>
+        <v>4.78</v>
       </c>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>345</v>
+        <v>365</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>339</v>
+        <v>366</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="G116" s="3">
-        <v>55.33</v>
+        <v>55.84</v>
       </c>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="G117" s="3">
-        <v>4.78</v>
+        <v>335.43</v>
       </c>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="G118" s="3">
-        <v>55.84</v>
+        <v>10.56</v>
       </c>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="G119" s="3">
-        <v>335.43</v>
+        <v>11.42</v>
       </c>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="G120" s="3">
-        <v>10.56</v>
+        <v>44.75</v>
       </c>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>169</v>
+        <v>227</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>385</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>386</v>
+        <v>62</v>
       </c>
       <c r="G121" s="3">
-        <v>11.42</v>
+        <v>58.94</v>
       </c>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C122" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="C122" s="3" t="s">
+      <c r="D122" s="3" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>389</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>390</v>
       </c>
       <c r="G122" s="3">
-        <v>44.75</v>
+        <v>0.96</v>
       </c>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>227</v>
+        <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>62</v>
+        <v>394</v>
       </c>
       <c r="G123" s="3">
-        <v>58.94</v>
+        <v>334.74</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>394</v>
+        <v>281</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G124" s="3">
-        <v>0.96</v>
+        <v>338.37</v>
       </c>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C125" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="D125" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="3">
-        <v>2.43</v>
+        <v>168.7</v>
       </c>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="D126" s="3" t="s">
-        <v>13</v>
+        <v>328</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>403</v>
+        <v>142</v>
       </c>
       <c r="G126" s="3">
-        <v>334.74</v>
+        <v>43.26</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>286</v>
+        <v>60</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>406</v>
+        <v>241</v>
       </c>
       <c r="G127" s="3">
-        <v>72.23</v>
+        <v>19.58</v>
       </c>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D128" s="3" t="s">
-        <v>273</v>
+        <v>169</v>
       </c>
       <c r="E128" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F128" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="3">
-        <v>168.7</v>
+        <v>184.62</v>
       </c>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>335</v>
+        <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>142</v>
+        <v>291</v>
       </c>
       <c r="G129" s="3">
-        <v>43.26</v>
+        <v>3.03</v>
       </c>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>242</v>
+        <v>414</v>
       </c>
       <c r="G130" s="3">
-        <v>19.58</v>
+        <v>4.46</v>
       </c>
       <c r="H130" s="1"/>
       <c r="I130" s="1"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>169</v>
+        <v>74</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>416</v>
+        <v>95</v>
       </c>
       <c r="G131" s="3">
-        <v>184.62</v>
+        <v>12.24</v>
       </c>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>296</v>
+        <v>421</v>
       </c>
       <c r="G132" s="3">
-        <v>3.03</v>
+        <v>3.71</v>
       </c>
       <c r="H132" s="1"/>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>422</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>423</v>
       </c>
       <c r="G133" s="3">
-        <v>4.46</v>
+        <v>73.74</v>
       </c>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="C134" s="3" t="s">
+      <c r="F134" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="D134" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G134" s="3">
-        <v>12.24</v>
+        <v>3.59</v>
       </c>
       <c r="H134" s="1"/>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="F135" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="C135" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G135" s="3">
-        <v>3.71</v>
+        <v>134.35</v>
       </c>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="C136" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="D136" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F136" s="3" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="G136" s="3">
-        <v>73.74</v>
+        <v>2.36</v>
       </c>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>196</v>
+        <v>74</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="G137" s="3">
-        <v>3.59</v>
+        <v>0.91</v>
       </c>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>435</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>436</v>
       </c>
       <c r="G138" s="3">
-        <v>134.35</v>
+        <v>24.04</v>
       </c>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>122</v>
+        <v>294</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G139" s="3">
-        <v>2.36</v>
+        <v>28.15</v>
       </c>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>74</v>
+        <v>353</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="G140" s="3">
-        <v>0.91</v>
+        <v>10.73</v>
       </c>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C141" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="D141" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="D141" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F141" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G141" s="3">
-        <v>24.04</v>
+        <v>25.25</v>
       </c>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C142" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="C142" s="3" t="s">
+      <c r="D142" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="D142" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F142" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" s="3">
-        <v>28.15</v>
+        <v>94.86</v>
       </c>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C143" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="C143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="3" t="s">
-        <v>359</v>
+        <v>122</v>
       </c>
       <c r="E143" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F143" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G143" s="3">
-        <v>10.73</v>
+        <v>128.45</v>
       </c>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>302</v>
+        <v>107</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="G144" s="3">
-        <v>25.25</v>
+        <v>11.61</v>
       </c>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C145" s="3" t="s">
         <v>455</v>
       </c>
       <c r="D145" s="3" t="s">
-        <v>45</v>
+        <v>281</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>456</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>457</v>
       </c>
       <c r="G145" s="3">
-        <v>94.86</v>
+        <v>417.89</v>
       </c>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G146" s="3">
-        <v>128.45</v>
+        <v>4.34</v>
       </c>
       <c r="H146" s="1"/>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>107</v>
+        <v>281</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G147" s="3">
-        <v>11.61</v>
+        <v>96.59</v>
       </c>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>465</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>466</v>
       </c>
       <c r="G148" s="3">
-        <v>417.89</v>
+        <v>19.1</v>
       </c>
       <c r="H148" s="1"/>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="C149" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F149" s="3" t="s">
-        <v>470</v>
+        <v>444</v>
       </c>
       <c r="G149" s="3">
-        <v>4.34</v>
+        <v>20.49</v>
       </c>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C150" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F150" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="D150" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G150" s="3">
-        <v>96.59</v>
+        <v>33.09</v>
       </c>
       <c r="H150" s="1"/>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>273</v>
+        <v>196</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>474</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>475</v>
       </c>
       <c r="G151" s="3">
-        <v>19.1</v>
+        <v>16.38</v>
       </c>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>252</v>
+        <v>30</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>477</v>
+        <v>376</v>
       </c>
       <c r="G152" s="3">
-        <v>24.23</v>
+        <v>39.68</v>
       </c>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C153" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="D153" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="F153" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G153" s="3">
-        <v>33.09</v>
+        <v>76.01</v>
       </c>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="C154" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="C154" s="3" t="s">
+      <c r="D154" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>483</v>
       </c>
-      <c r="D154" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F154" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G154" s="3">
-        <v>16.38</v>
+        <v>8.41</v>
       </c>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="D155" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="C155" s="3" t="s">
+      <c r="E155" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="D155" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="F155" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G155" s="3">
-        <v>39.68</v>
+        <v>0.95</v>
       </c>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>16</v>
+        <v>489</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G156" s="3">
-        <v>76.01</v>
+        <v>4.88</v>
       </c>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>494</v>
+        <v>82</v>
       </c>
       <c r="G157" s="3">
-        <v>8.41</v>
+        <v>373.39</v>
       </c>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C158" s="3" t="s">
         <v>495</v>
       </c>
       <c r="D158" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="E158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F158" s="3" t="s">
-        <v>498</v>
+        <v>132</v>
       </c>
       <c r="G158" s="3">
-        <v>0.95</v>
+        <v>29.64</v>
       </c>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>499</v>
+        <v>328</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>501</v>
+        <v>457</v>
       </c>
       <c r="G159" s="3">
-        <v>4.88</v>
+        <v>6.1</v>
       </c>
       <c r="H159" s="1"/>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>82</v>
+        <v>499</v>
       </c>
       <c r="G160" s="3">
-        <v>373.39</v>
+        <v>269.39</v>
       </c>
       <c r="H160" s="1"/>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>132</v>
+        <v>501</v>
       </c>
       <c r="G161" s="3">
-        <v>29.64</v>
+        <v>29.37</v>
       </c>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C162" s="3" t="s">
         <v>503</v>
       </c>
       <c r="D162" s="3" t="s">
-        <v>335</v>
+        <v>117</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>466</v>
+        <v>505</v>
       </c>
       <c r="G162" s="3">
         <v>6.1</v>
       </c>
       <c r="H162" s="1"/>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
-      <c r="A163" s="3">
-[...18 lines deleted...]
-        <v>269.39</v>
+      <c r="A163" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="B163" s="5"/>
+      <c r="C163" s="5"/>
+      <c r="D163" s="5"/>
+      <c r="E163" s="5"/>
+      <c r="F163" s="5"/>
+      <c r="G163" s="5">
+        <v>29223.4</v>
       </c>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
-    <row r="164" spans="1:23">
-[...105 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A166:F166"/>
+    <mergeCell ref="A163:F163"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>