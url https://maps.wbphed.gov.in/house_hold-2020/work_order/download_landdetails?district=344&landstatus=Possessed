--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -315,50 +315,53 @@
   <si>
     <t>Borai Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017562,SM/17398)</t>
   </si>
   <si>
     <t>TSM/017562</t>
   </si>
   <si>
     <t>SM/17398</t>
   </si>
   <si>
     <t>Mohanpur</t>
   </si>
   <si>
     <t>Gomunda</t>
   </si>
   <si>
     <t>Ground Based Mini Piped Water Supply Scheme for Masharpur mouza under SAGY, Block - Ghatal, GP - Dewanchak-II, PS - Ghatal, Dist.- Paschim Medinipur.(TSM/009187,SM/10002)</t>
   </si>
   <si>
     <t>TSM/009187</t>
   </si>
   <si>
     <t>SM/10002</t>
   </si>
   <si>
+    <t>SVS</t>
+  </si>
+  <si>
     <t>Masharpur</t>
   </si>
   <si>
     <t>BARANAGARA AND ADJOINING MOUJAS PWSS(TSM/014740,SM/13003)</t>
   </si>
   <si>
     <t>TSM/014740</t>
   </si>
   <si>
     <t>SM/13003</t>
   </si>
   <si>
     <t>Shiromanipur</t>
   </si>
   <si>
     <t>Kalara Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015588,SM/18502)</t>
   </si>
   <si>
     <t>TSM/015588</t>
   </si>
   <si>
     <t>SM/18502</t>
   </si>
   <si>
     <t>Daspur-I</t>
@@ -1381,53 +1384,50 @@
     <t>Radhaballabhpur</t>
   </si>
   <si>
     <t>Ghat Mura</t>
   </si>
   <si>
     <t>DHITPUR AND ITS ADJOINING MOUZAS PIPED WATER SUPPLY SCHEME(TSM/017287,SM/16374)</t>
   </si>
   <si>
     <t>TSM/017287</t>
   </si>
   <si>
     <t>SM/16374</t>
   </si>
   <si>
     <t>Dhitpur</t>
   </si>
   <si>
     <t>Ground Based Mini Piped Water Supply Scheme for Uchitpur mouzas, Block - Sabang, District - Paschim Medinipur.(TSM/008476,SM/09678)</t>
   </si>
   <si>
     <t>TSM/008476</t>
   </si>
   <si>
     <t>SM/09678</t>
-  </si>
-[...1 lines deleted...]
-    <t>SVS</t>
   </si>
   <si>
     <t>Uchitpur</t>
   </si>
   <si>
     <t>BHATMARA AND ADJOINING MOUJAS PWSS(TSM/016781,SM/14644)</t>
   </si>
   <si>
     <t>TSM/016781</t>
   </si>
   <si>
     <t>SM/14644</t>
   </si>
   <si>
     <t>Bhatmara</t>
   </si>
   <si>
     <t>RERIPUR AND ADJ0INING MOUJAS PWSS(TSM/014535,SM/18530)</t>
   </si>
   <si>
     <t>TSM/014535</t>
   </si>
   <si>
     <t>SM/18530</t>
   </si>
@@ -5880,301 +5880,301 @@
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>97</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I18" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="4">
         <v>128</v>
       </c>
       <c r="N18" s="4">
         <v>1</v>
       </c>
       <c r="O18" s="4">
         <v>170</v>
       </c>
       <c r="P18" s="4">
         <v>3</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R18" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I19" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="4">
         <v>256</v>
       </c>
       <c r="N19" s="4">
         <v>1</v>
       </c>
       <c r="O19" s="4">
         <v>0</v>
       </c>
       <c r="P19" s="4">
         <v>33</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R19" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I20" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J20" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="4">
         <v>72</v>
       </c>
       <c r="N20" s="4">
         <v>1</v>
       </c>
       <c r="O20" s="4">
         <v>1084</v>
       </c>
       <c r="P20" s="4">
         <v>24</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R20" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I21" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="4">
         <v>572</v>
       </c>
       <c r="N21" s="4">
         <v>1</v>
       </c>
       <c r="O21" s="4">
         <v>330</v>
       </c>
       <c r="P21" s="4">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R21" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I22" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="4">
         <v>354</v>
       </c>
       <c r="N22" s="4">
         <v>1</v>
       </c>
       <c r="O22" s="4">
         <v>2048</v>
       </c>
       <c r="P22" s="4">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>30</v>
       </c>
@@ -6185,4254 +6185,4254 @@
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I23" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="4">
         <v>128</v>
       </c>
       <c r="N23" s="4">
         <v>1</v>
       </c>
       <c r="O23" s="4">
         <v>128</v>
       </c>
       <c r="P23" s="4">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R23" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I24" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="4">
         <v>357</v>
       </c>
       <c r="N24" s="4">
         <v>1</v>
       </c>
       <c r="O24" s="4">
         <v>0</v>
       </c>
       <c r="P24" s="4">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I25" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J25" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="4">
         <v>80</v>
       </c>
       <c r="N25" s="4">
         <v>1</v>
       </c>
       <c r="O25" s="4">
         <v>1403</v>
       </c>
       <c r="P25" s="4">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R25" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I26" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J26" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="4">
         <v>190</v>
       </c>
       <c r="N26" s="4">
         <v>1</v>
       </c>
       <c r="O26" s="4">
         <v>1598</v>
       </c>
       <c r="P26" s="4">
         <v>30</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R26" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="4">
         <v>39</v>
       </c>
       <c r="N27" s="4">
         <v>1</v>
       </c>
       <c r="O27" s="4">
         <v>1</v>
       </c>
       <c r="P27" s="4">
         <v>12</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="4">
         <v>78</v>
       </c>
       <c r="N28" s="4">
         <v>1</v>
       </c>
       <c r="O28" s="4">
         <v>177</v>
       </c>
       <c r="P28" s="4">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R28" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I29" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="4">
         <v>498</v>
       </c>
       <c r="N29" s="4">
         <v>1</v>
       </c>
       <c r="O29" s="4">
         <v>0</v>
       </c>
       <c r="P29" s="4">
         <v>3</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R29" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I30" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J30" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="4">
         <v>89</v>
       </c>
       <c r="N30" s="4">
         <v>1</v>
       </c>
       <c r="O30" s="4">
         <v>178</v>
       </c>
       <c r="P30" s="4">
         <v>40</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R30" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I31" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="4">
         <v>42</v>
       </c>
       <c r="N31" s="4">
         <v>1</v>
       </c>
       <c r="O31" s="4">
         <v>0</v>
       </c>
       <c r="P31" s="4">
         <v>3</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R31" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="4">
         <v>89</v>
       </c>
       <c r="N32" s="4">
         <v>1</v>
       </c>
       <c r="O32" s="4">
         <v>10</v>
       </c>
       <c r="P32" s="4">
         <v>10</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R32" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="4">
         <v>42</v>
       </c>
       <c r="N33" s="4">
         <v>1</v>
       </c>
       <c r="O33" s="4">
         <v>0</v>
       </c>
       <c r="P33" s="4">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R33" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="4">
         <v>61</v>
       </c>
       <c r="N34" s="4">
         <v>1</v>
       </c>
       <c r="O34" s="4">
         <v>178</v>
       </c>
       <c r="P34" s="4">
         <v>20</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R34" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="4">
         <v>73</v>
       </c>
       <c r="N35" s="4">
         <v>1</v>
       </c>
       <c r="O35" s="4">
         <v>323</v>
       </c>
       <c r="P35" s="4">
         <v>3</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R35" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I36" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="4">
         <v>179</v>
       </c>
       <c r="N36" s="4">
         <v>1</v>
       </c>
       <c r="O36" s="4">
         <v>55</v>
       </c>
       <c r="P36" s="4">
         <v>4</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R36" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I37" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="4">
         <v>73</v>
       </c>
       <c r="N37" s="4">
         <v>1</v>
       </c>
       <c r="O37" s="4">
         <v>14</v>
       </c>
       <c r="P37" s="4">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R37" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I38" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="4">
         <v>264</v>
       </c>
       <c r="N38" s="4">
         <v>1</v>
       </c>
       <c r="O38" s="4">
         <v>0</v>
       </c>
       <c r="P38" s="4">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R38" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I39" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="4">
         <v>154</v>
       </c>
       <c r="N39" s="4">
         <v>1</v>
       </c>
       <c r="O39" s="4">
         <v>1047</v>
       </c>
       <c r="P39" s="4">
         <v>20</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H40" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I40" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="4">
         <v>359</v>
       </c>
       <c r="N40" s="4">
         <v>1</v>
       </c>
       <c r="O40" s="4">
         <v>1526</v>
       </c>
       <c r="P40" s="4">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R40" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I41" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="4">
         <v>123</v>
       </c>
       <c r="N41" s="4">
         <v>1</v>
       </c>
       <c r="O41" s="4">
         <v>68</v>
       </c>
       <c r="P41" s="4">
         <v>45</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R41" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I42" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="4">
         <v>166</v>
       </c>
       <c r="N42" s="4">
         <v>1</v>
       </c>
       <c r="O42" s="4">
         <v>788</v>
       </c>
       <c r="P42" s="4">
         <v>20</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R42" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I43" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="4">
         <v>237</v>
       </c>
       <c r="N43" s="4">
         <v>1</v>
       </c>
       <c r="O43" s="4">
         <v>14</v>
       </c>
       <c r="P43" s="4">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R43" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I44" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="4">
         <v>299</v>
       </c>
       <c r="N44" s="4">
         <v>1</v>
       </c>
       <c r="O44" s="4">
         <v>300</v>
       </c>
       <c r="P44" s="4">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I45" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="4">
         <v>306</v>
       </c>
       <c r="N45" s="4">
         <v>1</v>
       </c>
       <c r="O45" s="4">
         <v>0</v>
       </c>
       <c r="P45" s="4">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R45" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I46" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="4">
         <v>100</v>
       </c>
       <c r="N46" s="4">
         <v>1</v>
       </c>
       <c r="O46" s="4">
         <v>73</v>
       </c>
       <c r="P46" s="4">
         <v>26</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R46" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I47" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="4">
         <v>275</v>
       </c>
       <c r="N47" s="4">
         <v>1</v>
       </c>
       <c r="O47" s="4">
         <v>2157</v>
       </c>
       <c r="P47" s="4">
         <v>46</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I48" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="4">
         <v>38</v>
       </c>
       <c r="N48" s="4">
         <v>1</v>
       </c>
       <c r="O48" s="4">
         <v>1</v>
       </c>
       <c r="P48" s="4">
         <v>7</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I49" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="4">
         <v>575</v>
       </c>
       <c r="N49" s="4">
         <v>1</v>
       </c>
       <c r="O49" s="4">
         <v>1647</v>
       </c>
       <c r="P49" s="4">
         <v>20</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I50" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J50" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="4">
         <v>221</v>
       </c>
       <c r="N50" s="4">
         <v>1</v>
       </c>
       <c r="O50" s="4">
         <v>481</v>
       </c>
       <c r="P50" s="4">
         <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I51" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J51" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="4">
         <v>233</v>
       </c>
       <c r="N51" s="4">
         <v>1</v>
       </c>
       <c r="O51" s="4">
         <v>1213</v>
       </c>
       <c r="P51" s="4">
         <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I52" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="4">
         <v>13</v>
       </c>
       <c r="N52" s="4">
         <v>1</v>
       </c>
       <c r="O52" s="4">
         <v>840</v>
       </c>
       <c r="P52" s="4">
         <v>45</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I53" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="4">
         <v>921</v>
       </c>
       <c r="N53" s="4">
         <v>1</v>
       </c>
       <c r="O53" s="4">
         <v>0</v>
       </c>
       <c r="P53" s="4">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I54" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J54" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="4">
         <v>153</v>
       </c>
       <c r="N54" s="4">
         <v>1</v>
       </c>
       <c r="O54" s="4">
         <v>207</v>
       </c>
       <c r="P54" s="4">
         <v>8</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="4">
         <v>57</v>
       </c>
       <c r="N55" s="4">
         <v>1</v>
       </c>
       <c r="O55" s="4">
         <v>2918</v>
       </c>
       <c r="P55" s="4">
         <v>20</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I56" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J56" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="4">
         <v>509</v>
       </c>
       <c r="N56" s="4">
         <v>1</v>
       </c>
       <c r="O56" s="4">
         <v>43</v>
       </c>
       <c r="P56" s="4">
         <v>20</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I57" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="4">
         <v>385</v>
       </c>
       <c r="N57" s="4">
         <v>1</v>
       </c>
       <c r="O57" s="4">
         <v>17</v>
       </c>
       <c r="P57" s="4">
         <v>33</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R57" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I58" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J58" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="4">
         <v>212</v>
       </c>
       <c r="N58" s="4">
         <v>1</v>
       </c>
       <c r="O58" s="4">
         <v>37</v>
       </c>
       <c r="P58" s="4">
         <v>10</v>
       </c>
       <c r="Q58" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R58" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J59" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="4">
         <v>350</v>
       </c>
       <c r="N59" s="4">
         <v>1</v>
       </c>
       <c r="O59" s="4">
         <v>530</v>
       </c>
       <c r="P59" s="4">
         <v>3</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R59" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I60" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="4">
         <v>424</v>
       </c>
       <c r="N60" s="4">
         <v>1</v>
       </c>
       <c r="O60" s="4">
         <v>0</v>
       </c>
       <c r="P60" s="4">
         <v>3</v>
       </c>
       <c r="Q60" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R60" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I61" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="4">
         <v>12</v>
       </c>
       <c r="N61" s="4">
         <v>1</v>
       </c>
       <c r="O61" s="4">
         <v>790</v>
       </c>
       <c r="P61" s="4">
         <v>33</v>
       </c>
       <c r="Q61" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R61" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I62" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="4">
         <v>398</v>
       </c>
       <c r="N62" s="4">
         <v>1</v>
       </c>
       <c r="O62" s="4">
         <v>3436</v>
       </c>
       <c r="P62" s="4">
         <v>33</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R62" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I63" s="4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="4">
         <v>380</v>
       </c>
       <c r="N63" s="4">
         <v>1</v>
       </c>
       <c r="O63" s="4">
         <v>1</v>
       </c>
       <c r="P63" s="4">
         <v>33</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R63" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I64" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="4">
         <v>333</v>
       </c>
       <c r="N64" s="4">
         <v>1</v>
       </c>
       <c r="O64" s="4">
         <v>0</v>
       </c>
       <c r="P64" s="4">
         <v>33</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R64" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="4">
         <v>10</v>
       </c>
       <c r="N65" s="4">
         <v>1</v>
       </c>
       <c r="O65" s="4">
         <v>0</v>
       </c>
       <c r="P65" s="4">
         <v>33</v>
       </c>
       <c r="Q65" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R65" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I66" s="4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M66" s="4">
         <v>78</v>
       </c>
       <c r="N66" s="4">
         <v>1</v>
       </c>
       <c r="O66" s="4">
         <v>560</v>
       </c>
       <c r="P66" s="4">
         <v>22</v>
       </c>
       <c r="Q66" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R66" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I67" s="4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J67" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M67" s="4">
         <v>413</v>
       </c>
       <c r="N67" s="4">
         <v>1</v>
       </c>
       <c r="O67" s="4">
         <v>271</v>
       </c>
       <c r="P67" s="4">
         <v>32</v>
       </c>
       <c r="Q67" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R67" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I68" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="4">
         <v>425</v>
       </c>
       <c r="N68" s="4">
         <v>1</v>
       </c>
       <c r="O68" s="4">
         <v>209</v>
       </c>
       <c r="P68" s="4">
         <v>3</v>
       </c>
       <c r="Q68" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R68" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I69" s="4" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M69" s="4">
         <v>706</v>
       </c>
       <c r="N69" s="4">
         <v>1</v>
       </c>
       <c r="O69" s="4">
         <v>496</v>
       </c>
       <c r="P69" s="4">
         <v>33</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R69" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I70" s="4" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J70" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="4">
         <v>321</v>
       </c>
       <c r="N70" s="4">
         <v>1</v>
       </c>
       <c r="O70" s="4">
         <v>93</v>
       </c>
       <c r="P70" s="4">
         <v>8</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R70" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I71" s="4" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="4">
         <v>192</v>
       </c>
       <c r="N71" s="4">
         <v>1</v>
       </c>
       <c r="O71" s="4">
         <v>274</v>
       </c>
       <c r="P71" s="4">
         <v>37</v>
       </c>
       <c r="Q71" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R71" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I72" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J72" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="4">
         <v>43</v>
       </c>
       <c r="N72" s="4">
         <v>1</v>
       </c>
       <c r="O72" s="4">
         <v>0</v>
       </c>
       <c r="P72" s="4">
         <v>33</v>
       </c>
       <c r="Q72" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R72" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H73" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I73" s="4" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M73" s="4">
         <v>102</v>
       </c>
       <c r="N73" s="4">
         <v>1</v>
       </c>
       <c r="O73" s="4">
         <v>0</v>
       </c>
       <c r="P73" s="4">
         <v>33</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R73" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I74" s="4" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="J74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M74" s="4">
         <v>80</v>
       </c>
       <c r="N74" s="4">
         <v>1</v>
       </c>
       <c r="O74" s="4">
         <v>1223</v>
       </c>
       <c r="P74" s="4">
         <v>50</v>
       </c>
       <c r="Q74" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R74" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I75" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J75" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M75" s="4">
         <v>138</v>
       </c>
       <c r="N75" s="4">
         <v>1</v>
       </c>
       <c r="O75" s="4">
         <v>455</v>
       </c>
       <c r="P75" s="4">
         <v>12</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R75" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I76" s="4" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J76" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M76" s="4">
         <v>463</v>
       </c>
       <c r="N76" s="4">
         <v>1</v>
       </c>
       <c r="O76" s="4">
         <v>605</v>
       </c>
       <c r="P76" s="4">
         <v>3</v>
       </c>
       <c r="Q76" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R76" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H77" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I77" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="J77" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="4">
         <v>242</v>
       </c>
       <c r="N77" s="4">
         <v>1</v>
       </c>
       <c r="O77" s="4">
         <v>0</v>
       </c>
       <c r="P77" s="4">
         <v>33</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R77" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I78" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J78" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="4">
         <v>359</v>
       </c>
       <c r="N78" s="4">
         <v>1</v>
       </c>
       <c r="O78" s="4">
         <v>254</v>
       </c>
       <c r="P78" s="4">
         <v>33</v>
       </c>
       <c r="Q78" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R78" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I79" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="J79" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="4">
         <v>322</v>
       </c>
       <c r="N79" s="4">
         <v>1</v>
       </c>
       <c r="O79" s="4">
         <v>352</v>
       </c>
       <c r="P79" s="4">
         <v>4</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R79" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I80" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J80" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M80" s="4">
         <v>652</v>
       </c>
       <c r="N80" s="4">
         <v>1</v>
       </c>
       <c r="O80" s="4">
         <v>0</v>
       </c>
       <c r="P80" s="4">
         <v>33</v>
       </c>
       <c r="Q80" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R80" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I81" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J81" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M81" s="4">
         <v>312</v>
       </c>
       <c r="N81" s="4">
         <v>1</v>
       </c>
       <c r="O81" s="4">
         <v>313</v>
       </c>
       <c r="P81" s="4">
         <v>3</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R81" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I82" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J82" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M82" s="4">
         <v>120</v>
       </c>
       <c r="N82" s="4">
         <v>1</v>
       </c>
       <c r="O82" s="4">
         <v>0</v>
       </c>
       <c r="P82" s="4">
         <v>33</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R82" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I83" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="J83" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="4">
         <v>281</v>
       </c>
       <c r="N83" s="4">
         <v>1</v>
       </c>
       <c r="O83" s="4">
         <v>0</v>
       </c>
       <c r="P83" s="4">
         <v>33</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R83" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="8" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I84" s="4" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J84" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M84" s="4">
         <v>173</v>
       </c>
       <c r="N84" s="4">
         <v>1</v>
       </c>
       <c r="O84" s="4">
         <v>1</v>
       </c>
       <c r="P84" s="4">
         <v>40</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R84" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I85" s="4" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J85" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M85" s="4">
         <v>661</v>
       </c>
       <c r="N85" s="4">
         <v>1</v>
       </c>
       <c r="O85" s="4">
         <v>0</v>
       </c>
       <c r="P85" s="4">
         <v>33</v>
       </c>
       <c r="Q85" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R85" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I86" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M86" s="4">
         <v>172</v>
       </c>
       <c r="N86" s="4">
         <v>1</v>
       </c>
       <c r="O86" s="4">
         <v>0</v>
       </c>
       <c r="P86" s="4">
         <v>33</v>
       </c>
       <c r="Q86" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R86" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I87" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M87" s="4">
         <v>153</v>
       </c>
       <c r="N87" s="4">
         <v>1</v>
       </c>
       <c r="O87" s="4">
         <v>342</v>
       </c>
       <c r="P87" s="4">
         <v>33</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R87" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I88" s="4" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="J88" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M88" s="4">
         <v>150</v>
       </c>
       <c r="N88" s="4">
         <v>1</v>
       </c>
       <c r="O88" s="4">
         <v>1946</v>
       </c>
       <c r="P88" s="4">
         <v>33</v>
       </c>
       <c r="Q88" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R88" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I89" s="4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M89" s="4">
         <v>20</v>
       </c>
       <c r="N89" s="4">
         <v>1</v>
       </c>
       <c r="O89" s="4">
         <v>1328</v>
       </c>
       <c r="P89" s="4">
         <v>50</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R89" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I90" s="4" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M90" s="4">
         <v>29</v>
       </c>
       <c r="N90" s="4">
         <v>1</v>
       </c>
       <c r="O90" s="4">
         <v>342</v>
       </c>
       <c r="P90" s="4">
         <v>33</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R90" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I91" s="4" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J91" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="4">
         <v>89</v>
       </c>
       <c r="N91" s="4">
         <v>1</v>
       </c>
       <c r="O91" s="4">
         <v>95</v>
       </c>
       <c r="P91" s="4">
         <v>33</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R91" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I92" s="4" t="s">
         <v>91</v>
       </c>
       <c r="J92" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="4">
         <v>424</v>
       </c>
@@ -10443,1286 +10443,1286 @@
         <v>6</v>
       </c>
       <c r="P92" s="4">
         <v>42</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R92" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I93" s="4" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="4">
         <v>223</v>
       </c>
       <c r="N93" s="4">
         <v>1</v>
       </c>
       <c r="O93" s="4">
         <v>203</v>
       </c>
       <c r="P93" s="4">
         <v>33</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R93" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="J94" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="4">
         <v>34</v>
       </c>
       <c r="N94" s="4">
         <v>1</v>
       </c>
       <c r="O94" s="4">
         <v>238</v>
       </c>
       <c r="P94" s="4">
         <v>4</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I95" s="4" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J95" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M95" s="4">
         <v>428</v>
       </c>
       <c r="N95" s="4">
         <v>1</v>
       </c>
       <c r="O95" s="4">
         <v>0</v>
       </c>
       <c r="P95" s="4">
         <v>33</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H96" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I96" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M96" s="4">
         <v>575</v>
       </c>
       <c r="N96" s="4">
         <v>1</v>
       </c>
       <c r="O96" s="4">
         <v>312</v>
       </c>
       <c r="P96" s="4">
         <v>3</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H97" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="4" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J97" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="4">
         <v>24</v>
       </c>
       <c r="N97" s="4">
         <v>1</v>
       </c>
       <c r="O97" s="4">
         <v>135</v>
       </c>
       <c r="P97" s="4">
         <v>4</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H98" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I98" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J98" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="4">
         <v>374</v>
       </c>
       <c r="N98" s="4">
         <v>1</v>
       </c>
       <c r="O98" s="4">
         <v>98</v>
       </c>
       <c r="P98" s="4">
         <v>33</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I99" s="4" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J99" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M99" s="4">
         <v>38</v>
       </c>
       <c r="N99" s="4">
         <v>1</v>
       </c>
       <c r="O99" s="4">
         <v>488</v>
       </c>
       <c r="P99" s="4">
         <v>20</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I100" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J100" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="4">
         <v>660</v>
       </c>
       <c r="N100" s="4">
         <v>1</v>
       </c>
       <c r="O100" s="4">
         <v>255</v>
       </c>
       <c r="P100" s="4">
         <v>46</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="8" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H101" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I101" s="4" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J101" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M101" s="4">
         <v>502</v>
       </c>
       <c r="N101" s="4">
         <v>1</v>
       </c>
       <c r="O101" s="4">
         <v>358</v>
       </c>
       <c r="P101" s="4">
         <v>40</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H102" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I102" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J102" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M102" s="4">
         <v>192</v>
       </c>
       <c r="N102" s="4">
         <v>1</v>
       </c>
       <c r="O102" s="4">
         <v>327</v>
       </c>
       <c r="P102" s="4">
         <v>10</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H103" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I103" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J103" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M103" s="4">
         <v>312</v>
       </c>
       <c r="N103" s="4">
         <v>1</v>
       </c>
       <c r="O103" s="4">
         <v>130</v>
       </c>
       <c r="P103" s="4">
         <v>33</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I104" s="4" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J104" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M104" s="4">
         <v>161</v>
       </c>
       <c r="N104" s="4">
         <v>1</v>
       </c>
       <c r="O104" s="4">
         <v>84</v>
       </c>
       <c r="P104" s="4">
         <v>33</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D105" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H105" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I105" s="4" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J105" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M105" s="4">
         <v>538</v>
       </c>
       <c r="N105" s="4">
         <v>1</v>
       </c>
       <c r="O105" s="4">
         <v>159</v>
       </c>
       <c r="P105" s="4">
         <v>33</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R105" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I106" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="J106" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M106" s="4">
         <v>154</v>
       </c>
       <c r="N106" s="4">
         <v>1</v>
       </c>
       <c r="O106" s="4">
         <v>454</v>
       </c>
       <c r="P106" s="4">
         <v>33</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R106" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H107" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I107" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="J107" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M107" s="4">
         <v>15</v>
       </c>
       <c r="N107" s="4">
         <v>1</v>
       </c>
       <c r="O107" s="4">
         <v>0</v>
       </c>
       <c r="P107" s="4">
         <v>33</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R107" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="8" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D108" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I108" s="4" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J108" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M108" s="4">
         <v>8</v>
       </c>
       <c r="N108" s="4">
         <v>1</v>
       </c>
       <c r="O108" s="4">
         <v>221</v>
       </c>
       <c r="P108" s="4">
         <v>30</v>
       </c>
       <c r="Q108" s="4" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="R108" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>41</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H109" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I109" s="4" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M109" s="4">
         <v>69</v>
       </c>
       <c r="N109" s="4">
         <v>1</v>
       </c>
       <c r="O109" s="4">
         <v>287</v>
       </c>
       <c r="P109" s="4">
         <v>24</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I110" s="4" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J110" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M110" s="4">
         <v>99</v>
       </c>
       <c r="N110" s="4">
         <v>1</v>
       </c>
       <c r="O110" s="4">
         <v>254</v>
       </c>
       <c r="P110" s="4">
         <v>38</v>
       </c>
       <c r="Q110" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R110" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I111" s="4" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J111" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M111" s="4">
         <v>924</v>
       </c>
       <c r="N111" s="4">
         <v>1</v>
       </c>
       <c r="O111" s="4">
         <v>0</v>
       </c>
       <c r="P111" s="4">
         <v>3</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R111" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I112" s="4" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J112" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M112" s="4">
         <v>304</v>
       </c>
       <c r="N112" s="4">
         <v>1</v>
       </c>
       <c r="O112" s="4">
         <v>284</v>
       </c>
       <c r="P112" s="4">
         <v>20</v>
       </c>
       <c r="Q112" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R112" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D113" s="3" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>457</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M113" s="4">
         <v>115</v>
       </c>
       <c r="N113" s="4">
         <v>1</v>
       </c>
       <c r="O113" s="4">
         <v>428</v>
       </c>
       <c r="P113" s="4">
         <v>33</v>
       </c>
@@ -11739,51 +11739,51 @@
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>458</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>459</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>460</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H114" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I114" s="4" t="s">
         <v>461</v>
       </c>
       <c r="J114" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M114" s="4">
         <v>553</v>
       </c>
       <c r="N114" s="4">
         <v>1</v>
       </c>
       <c r="O114" s="4">
         <v>553</v>
       </c>
       <c r="P114" s="4">
         <v>33</v>
       </c>
@@ -12105,103 +12105,103 @@
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>478</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>479</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>480</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I120" s="4" t="s">
         <v>481</v>
       </c>
       <c r="J120" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M120" s="4">
         <v>293</v>
       </c>
       <c r="N120" s="4">
         <v>1</v>
       </c>
       <c r="O120" s="4">
         <v>0</v>
       </c>
       <c r="P120" s="4">
         <v>33</v>
       </c>
       <c r="Q120" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R120" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I121" s="4" t="s">
         <v>482</v>
       </c>
       <c r="J121" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M121" s="4">
         <v>12</v>
       </c>
@@ -12273,57 +12273,57 @@
         <v>163</v>
       </c>
       <c r="P122" s="4">
         <v>33</v>
       </c>
       <c r="Q122" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R122" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H123" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I123" s="4" t="s">
         <v>487</v>
       </c>
       <c r="J123" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M123" s="4">
         <v>65</v>
       </c>
@@ -12956,60 +12956,60 @@
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>528</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>529</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H134" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I134" s="4" t="s">
         <v>531</v>
       </c>
       <c r="J134" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K134" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M134" s="4">
         <v>47</v>
       </c>
       <c r="N134" s="4">
         <v>1</v>
       </c>
       <c r="O134" s="4">
         <v>346</v>
       </c>
       <c r="P134" s="4">
         <v>20</v>
       </c>
       <c r="Q134" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R134" s="10" t="s">
         <v>27</v>
       </c>
@@ -13142,176 +13142,176 @@
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
         <v>540</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>541</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>542</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I137" s="4" t="s">
         <v>543</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M137" s="4">
         <v>688</v>
       </c>
       <c r="N137" s="4">
         <v>1</v>
       </c>
       <c r="O137" s="4">
         <v>282</v>
       </c>
       <c r="P137" s="4">
         <v>3</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R137" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I138" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M138" s="4">
         <v>652</v>
       </c>
       <c r="N138" s="4">
         <v>1</v>
       </c>
       <c r="O138" s="4">
         <v>0</v>
       </c>
       <c r="P138" s="4">
         <v>3</v>
       </c>
       <c r="Q138" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R138" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I139" s="4" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J139" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K139" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M139" s="4">
         <v>463</v>
       </c>
       <c r="N139" s="4">
         <v>1</v>
       </c>
       <c r="O139" s="4">
         <v>754</v>
       </c>
       <c r="P139" s="4">
         <v>20</v>
       </c>
       <c r="Q139" s="4" t="s">
         <v>30</v>
       </c>
@@ -13325,103 +13325,103 @@
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="8" t="s">
         <v>544</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>545</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>546</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I140" s="4" t="s">
         <v>547</v>
       </c>
       <c r="J140" s="4" t="s">
         <v>548</v>
       </c>
       <c r="K140" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M140" s="4">
         <v>112</v>
       </c>
       <c r="N140" s="4">
         <v>1</v>
       </c>
       <c r="O140" s="4">
         <v>695</v>
       </c>
       <c r="P140" s="4">
         <v>36</v>
       </c>
       <c r="Q140" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R140" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I141" s="4" t="s">
         <v>549</v>
       </c>
       <c r="J141" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K141" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M141" s="4">
         <v>158</v>
       </c>
@@ -13447,57 +13447,57 @@
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>550</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>551</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>552</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I142" s="4" t="s">
         <v>553</v>
       </c>
       <c r="J142" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K142" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M142" s="4">
         <v>125</v>
       </c>
       <c r="N142" s="4">
         <v>1</v>
       </c>
       <c r="O142" s="4">
         <v>817</v>
       </c>
       <c r="P142" s="4">
         <v>33</v>
       </c>
       <c r="Q142" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R142" s="10" t="s">
         <v>27</v>
       </c>
@@ -13508,51 +13508,51 @@
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>554</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>555</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>556</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I143" s="4" t="s">
         <v>557</v>
       </c>
       <c r="J143" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M143" s="4">
         <v>473</v>
       </c>
       <c r="N143" s="4">
         <v>1</v>
       </c>
       <c r="O143" s="4">
         <v>328</v>
       </c>
       <c r="P143" s="4">
         <v>33</v>
       </c>
@@ -13569,51 +13569,51 @@
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>558</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>559</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>560</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>561</v>
       </c>
       <c r="J144" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M144" s="4">
         <v>717</v>
       </c>
       <c r="N144" s="4">
         <v>1</v>
       </c>
       <c r="O144" s="4">
         <v>0</v>
       </c>
       <c r="P144" s="4">
         <v>33</v>
       </c>
@@ -13691,51 +13691,51 @@
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>566</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>567</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>568</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I146" s="4" t="s">
         <v>569</v>
       </c>
       <c r="J146" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M146" s="4">
         <v>929</v>
       </c>
       <c r="N146" s="4">
         <v>1</v>
       </c>
       <c r="O146" s="4">
         <v>449</v>
       </c>
       <c r="P146" s="4">
         <v>46</v>
       </c>
@@ -13749,54 +13749,54 @@
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>570</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>571</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H147" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I147" s="4" t="s">
         <v>573</v>
       </c>
       <c r="J147" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M147" s="4">
         <v>246</v>
       </c>
       <c r="N147" s="4">
         <v>1</v>
       </c>
       <c r="O147" s="4">
         <v>0</v>
       </c>
       <c r="P147" s="4">
         <v>33</v>
       </c>
@@ -14179,51 +14179,51 @@
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="8" t="s">
         <v>598</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>599</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>600</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I154" s="4" t="s">
         <v>601</v>
       </c>
       <c r="J154" s="4" t="s">
         <v>602</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M154" s="4">
         <v>50</v>
       </c>
       <c r="N154" s="4">
         <v>1</v>
       </c>
       <c r="O154" s="4">
         <v>252</v>
       </c>
       <c r="P154" s="4">
         <v>33</v>
       </c>
@@ -14359,54 +14359,54 @@
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C157" s="8" t="s">
         <v>611</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>612</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>613</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H157" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I157" s="4" t="s">
         <v>614</v>
       </c>
       <c r="J157" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M157" s="4">
         <v>415</v>
       </c>
       <c r="N157" s="4">
         <v>1</v>
       </c>
       <c r="O157" s="4">
         <v>76</v>
       </c>
       <c r="P157" s="4">
         <v>33</v>
       </c>
@@ -14545,51 +14545,51 @@
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C160" s="8" t="s">
         <v>623</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>624</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H160" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I160" s="4" t="s">
         <v>626</v>
       </c>
       <c r="J160" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M160" s="4">
         <v>233</v>
       </c>
       <c r="N160" s="4">
         <v>1</v>
       </c>
       <c r="O160" s="4">
         <v>234</v>
       </c>
       <c r="P160" s="4">
         <v>40</v>
       </c>
@@ -14670,51 +14670,51 @@
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C162" s="8" t="s">
         <v>631</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>632</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>633</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H162" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I162" s="4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J162" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M162" s="4">
         <v>364</v>
       </c>
       <c r="N162" s="4">
         <v>1</v>
       </c>
       <c r="O162" s="4">
         <v>83</v>
       </c>
       <c r="P162" s="4">
         <v>20</v>
       </c>
       <c r="Q162" s="4" t="s">
         <v>30</v>
       </c>
@@ -14850,51 +14850,51 @@
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C165" s="8" t="s">
         <v>642</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>643</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>644</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H165" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I165" s="4" t="s">
         <v>645</v>
       </c>
       <c r="J165" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M165" s="4">
         <v>762</v>
       </c>
       <c r="N165" s="4">
         <v>1</v>
       </c>
       <c r="O165" s="4">
         <v>106</v>
       </c>
       <c r="P165" s="4">
         <v>46</v>
       </c>
@@ -14972,57 +14972,57 @@
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C167" s="8" t="s">
         <v>650</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>651</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>652</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H167" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I167" s="4" t="s">
         <v>653</v>
       </c>
       <c r="J167" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K167" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L167" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M167" s="4">
         <v>212</v>
       </c>
       <c r="N167" s="4">
         <v>1</v>
       </c>
       <c r="O167" s="4">
         <v>892</v>
       </c>
       <c r="P167" s="4">
         <v>33</v>
       </c>
       <c r="Q167" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R167" s="10" t="s">
         <v>27</v>
       </c>
@@ -15094,51 +15094,51 @@
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C169" s="8" t="s">
         <v>658</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>659</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>660</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H169" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I169" s="4" t="s">
         <v>661</v>
       </c>
       <c r="J169" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K169" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L169" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M169" s="4">
         <v>475</v>
       </c>
       <c r="N169" s="4">
         <v>1</v>
       </c>
       <c r="O169" s="4">
         <v>0</v>
       </c>
       <c r="P169" s="4">
         <v>3</v>
       </c>
@@ -15216,51 +15216,51 @@
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C171" s="8" t="s">
         <v>666</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>667</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>668</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H171" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I171" s="4" t="s">
         <v>669</v>
       </c>
       <c r="J171" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K171" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M171" s="4">
         <v>803</v>
       </c>
       <c r="N171" s="4">
         <v>1</v>
       </c>
       <c r="O171" s="4">
         <v>0</v>
       </c>
       <c r="P171" s="4">
         <v>33</v>
       </c>
@@ -15338,51 +15338,51 @@
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C173" s="8" t="s">
         <v>670</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>671</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>672</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H173" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I173" s="4" t="s">
         <v>673</v>
       </c>
       <c r="J173" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K173" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L173" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M173" s="4">
         <v>181</v>
       </c>
       <c r="N173" s="4">
         <v>1</v>
       </c>
       <c r="O173" s="4">
         <v>1835</v>
       </c>
       <c r="P173" s="4">
         <v>39</v>
       </c>
@@ -15582,51 +15582,51 @@
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C177" s="8" t="s">
         <v>682</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>683</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>684</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H177" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I177" s="4" t="s">
         <v>685</v>
       </c>
       <c r="J177" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K177" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L177" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M177" s="4">
         <v>531</v>
       </c>
       <c r="N177" s="4">
         <v>1</v>
       </c>
       <c r="O177" s="4">
         <v>0</v>
       </c>
       <c r="P177" s="4">
         <v>3</v>
       </c>
@@ -15704,57 +15704,57 @@
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="8" t="s">
         <v>690</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>691</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>692</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H179" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I179" s="4" t="s">
         <v>693</v>
       </c>
       <c r="J179" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M179" s="4">
         <v>90</v>
       </c>
       <c r="N179" s="4">
         <v>1</v>
       </c>
       <c r="O179" s="4">
         <v>921</v>
       </c>
       <c r="P179" s="4">
         <v>21</v>
       </c>
       <c r="Q179" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R179" s="10" t="s">
         <v>27</v>
       </c>
@@ -15765,51 +15765,51 @@
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C180" s="8" t="s">
         <v>540</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>541</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>542</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I180" s="4" t="s">
         <v>543</v>
       </c>
       <c r="J180" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M180" s="4">
         <v>688</v>
       </c>
       <c r="N180" s="4">
         <v>1</v>
       </c>
       <c r="O180" s="4">
         <v>283</v>
       </c>
       <c r="P180" s="4">
         <v>33</v>
       </c>
@@ -15887,51 +15887,51 @@
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="8" t="s">
         <v>698</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>700</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I182" s="4" t="s">
         <v>701</v>
       </c>
       <c r="J182" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K182" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M182" s="4">
         <v>530</v>
       </c>
       <c r="N182" s="4">
         <v>1</v>
       </c>
       <c r="O182" s="4">
         <v>0</v>
       </c>
       <c r="P182" s="4">
         <v>3</v>
       </c>
@@ -16070,51 +16070,51 @@
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C185" s="8" t="s">
         <v>710</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>711</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H185" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I185" s="4" t="s">
         <v>713</v>
       </c>
       <c r="J185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M185" s="4">
         <v>874</v>
       </c>
       <c r="N185" s="4">
         <v>1</v>
       </c>
       <c r="O185" s="4">
         <v>0</v>
       </c>
       <c r="P185" s="4">
         <v>33</v>
       </c>
@@ -16131,51 +16131,51 @@
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C186" s="8" t="s">
         <v>714</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>715</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>716</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H186" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I186" s="4" t="s">
         <v>717</v>
       </c>
       <c r="J186" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K186" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L186" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M186" s="4">
         <v>711</v>
       </c>
       <c r="N186" s="4">
         <v>1</v>
       </c>
       <c r="O186" s="4">
         <v>1250</v>
       </c>
       <c r="P186" s="4">
         <v>46</v>
       </c>
@@ -16314,51 +16314,51 @@
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C189" s="8" t="s">
         <v>726</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>727</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>728</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H189" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I189" s="4" t="s">
         <v>729</v>
       </c>
       <c r="J189" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K189" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L189" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M189" s="4">
         <v>775</v>
       </c>
       <c r="N189" s="4">
         <v>1</v>
       </c>
       <c r="O189" s="4">
         <v>0</v>
       </c>
       <c r="P189" s="4">
         <v>3</v>
       </c>
@@ -16497,51 +16497,51 @@
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C192" s="8" t="s">
         <v>738</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>739</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>740</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I192" s="4" t="s">
         <v>741</v>
       </c>
       <c r="J192" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K192" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L192" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M192" s="4">
         <v>29</v>
       </c>
       <c r="N192" s="4">
         <v>1</v>
       </c>
       <c r="O192" s="4">
         <v>101</v>
       </c>
       <c r="P192" s="4">
         <v>33</v>
       </c>
@@ -16625,51 +16625,51 @@
       <c r="B194" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C194" s="8" t="s">
         <v>746</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>747</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>748</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H194" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I194" s="4" t="s">
         <v>749</v>
       </c>
       <c r="J194" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M194" s="4">
         <v>181</v>
       </c>
       <c r="N194" s="4">
         <v>1</v>
       </c>
       <c r="O194" s="4">
         <v>1023</v>
       </c>
       <c r="P194" s="4">
         <v>33</v>
       </c>
       <c r="Q194" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R194" s="10" t="s">
         <v>27</v>
       </c>
@@ -17046,51 +17046,51 @@
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C201" s="8" t="s">
         <v>771</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>772</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>773</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H201" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I201" s="4" t="s">
         <v>774</v>
       </c>
       <c r="J201" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K201" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L201" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M201" s="4">
         <v>199</v>
       </c>
       <c r="N201" s="4">
         <v>1</v>
       </c>
       <c r="O201" s="4">
         <v>428</v>
       </c>
       <c r="P201" s="4">
         <v>40</v>
       </c>
@@ -17107,51 +17107,51 @@
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C202" s="8" t="s">
         <v>738</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>739</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>740</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H202" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I202" s="4" t="s">
         <v>775</v>
       </c>
       <c r="J202" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M202" s="4">
         <v>31</v>
       </c>
       <c r="N202" s="4">
         <v>1</v>
       </c>
       <c r="O202" s="4">
         <v>1096</v>
       </c>
       <c r="P202" s="4">
         <v>3</v>
       </c>
@@ -17168,51 +17168,51 @@
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C203" s="8" t="s">
         <v>658</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>659</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>660</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H203" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I203" s="4" t="s">
         <v>661</v>
       </c>
       <c r="J203" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K203" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L203" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M203" s="4">
         <v>475</v>
       </c>
       <c r="N203" s="4">
         <v>1</v>
       </c>
       <c r="O203" s="4">
         <v>0</v>
       </c>
       <c r="P203" s="4">
         <v>33</v>
       </c>
@@ -17290,51 +17290,51 @@
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C205" s="8" t="s">
         <v>780</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>781</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>782</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H205" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I205" s="4" t="s">
         <v>783</v>
       </c>
       <c r="J205" s="4" t="s">
         <v>548</v>
       </c>
       <c r="K205" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L205" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M205" s="4">
         <v>68</v>
       </c>
       <c r="N205" s="4">
         <v>1</v>
       </c>
       <c r="O205" s="4">
         <v>1380</v>
       </c>
       <c r="P205" s="4">
         <v>30</v>
       </c>
@@ -17351,57 +17351,57 @@
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C206" s="8" t="s">
         <v>784</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>785</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>786</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H206" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I206" s="4" t="s">
         <v>787</v>
       </c>
       <c r="J206" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K206" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L206" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M206" s="4">
         <v>288</v>
       </c>
       <c r="N206" s="4">
         <v>1</v>
       </c>
       <c r="O206" s="4">
         <v>679</v>
       </c>
       <c r="P206" s="4">
         <v>33</v>
       </c>
       <c r="Q206" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R206" s="10" t="s">
         <v>27</v>
       </c>
@@ -17473,57 +17473,57 @@
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C208" s="8" t="s">
         <v>792</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>793</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>794</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H208" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I208" s="4" t="s">
         <v>795</v>
       </c>
       <c r="J208" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M208" s="4">
         <v>263</v>
       </c>
       <c r="N208" s="4">
         <v>1</v>
       </c>
       <c r="O208" s="4">
         <v>1016</v>
       </c>
       <c r="P208" s="4">
         <v>30</v>
       </c>
       <c r="Q208" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R208" s="10" t="s">
         <v>27</v>
       </c>
@@ -17531,51 +17531,51 @@
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C209" s="8" t="s">
         <v>796</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>797</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>798</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H209" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I209" s="4" t="s">
         <v>799</v>
       </c>
       <c r="J209" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L209" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M209" s="4">
         <v>105</v>
       </c>
       <c r="N209" s="4">
         <v>1</v>
       </c>
       <c r="O209" s="4">
         <v>1529</v>
       </c>
@@ -17656,51 +17656,51 @@
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C211" s="8" t="s">
         <v>804</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>805</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>806</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H211" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I211" s="4" t="s">
         <v>807</v>
       </c>
       <c r="J211" s="4" t="s">
         <v>548</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L211" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M211" s="4">
         <v>242</v>
       </c>
       <c r="N211" s="4">
         <v>1</v>
       </c>
       <c r="O211" s="4">
         <v>22</v>
       </c>
       <c r="P211" s="4">
         <v>22</v>
       </c>
@@ -17717,57 +17717,57 @@
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C212" s="8" t="s">
         <v>808</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>809</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>810</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G212" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H212" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I212" s="4" t="s">
         <v>811</v>
       </c>
       <c r="J212" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K212" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L212" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M212" s="4">
         <v>216</v>
       </c>
       <c r="N212" s="4">
         <v>1</v>
       </c>
       <c r="O212" s="4">
         <v>13861</v>
       </c>
       <c r="P212" s="4">
         <v>24</v>
       </c>
       <c r="Q212" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R212" s="10" t="s">
         <v>27</v>
       </c>
@@ -17778,51 +17778,51 @@
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C213" s="8" t="s">
         <v>812</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>813</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>814</v>
       </c>
       <c r="F213" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H213" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I213" s="4" t="s">
         <v>815</v>
       </c>
       <c r="J213" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L213" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M213" s="4">
         <v>509</v>
       </c>
       <c r="N213" s="4">
         <v>1</v>
       </c>
       <c r="O213" s="4">
         <v>761</v>
       </c>
       <c r="P213" s="4">
         <v>33</v>
       </c>
@@ -17839,51 +17839,51 @@
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C214" s="8" t="s">
         <v>816</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>817</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>818</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H214" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I214" s="4" t="s">
         <v>819</v>
       </c>
       <c r="J214" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L214" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M214" s="4">
         <v>151</v>
       </c>
       <c r="N214" s="4">
         <v>1</v>
       </c>
       <c r="O214" s="4">
         <v>2244</v>
       </c>
       <c r="P214" s="4">
         <v>40</v>
       </c>
@@ -17900,51 +17900,51 @@
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C215" s="8" t="s">
         <v>820</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>821</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>822</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H215" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I215" s="4" t="s">
         <v>823</v>
       </c>
       <c r="J215" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L215" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M215" s="4">
         <v>339</v>
       </c>
       <c r="N215" s="4">
         <v>1</v>
       </c>
       <c r="O215" s="4">
         <v>0</v>
       </c>
       <c r="P215" s="4">
         <v>33</v>
       </c>
@@ -18007,57 +18007,57 @@
         <v>49</v>
       </c>
       <c r="P216" s="4">
         <v>33</v>
       </c>
       <c r="Q216" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R216" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C217" s="8" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D217" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H217" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I217" s="4" t="s">
         <v>825</v>
       </c>
       <c r="J217" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L217" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M217" s="4">
         <v>377</v>
       </c>
@@ -18190,69 +18190,69 @@
         <v>0</v>
       </c>
       <c r="P219" s="4">
         <v>33</v>
       </c>
       <c r="Q219" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R219" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C220" s="8" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D220" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H220" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I220" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J220" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M220" s="4">
         <v>350</v>
       </c>
       <c r="N220" s="4">
         <v>1</v>
       </c>
       <c r="O220" s="4">
         <v>245</v>
       </c>
       <c r="P220" s="4">
         <v>23</v>
       </c>
       <c r="Q220" s="4" t="s">
         <v>30</v>
       </c>
@@ -18263,54 +18263,54 @@
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C221" s="8" t="s">
         <v>611</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>612</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>613</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H221" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I221" s="4" t="s">
         <v>614</v>
       </c>
       <c r="J221" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L221" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M221" s="4">
         <v>415</v>
       </c>
       <c r="N221" s="4">
         <v>1</v>
       </c>
       <c r="O221" s="4">
         <v>671</v>
       </c>
       <c r="P221" s="4">
         <v>3</v>
       </c>
@@ -18324,106 +18324,106 @@
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C222" s="8" t="s">
         <v>834</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>835</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>836</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H222" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I222" s="4" t="s">
         <v>837</v>
       </c>
       <c r="J222" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K222" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M222" s="4">
         <v>361</v>
       </c>
       <c r="N222" s="4">
         <v>1</v>
       </c>
       <c r="O222" s="4">
         <v>1424</v>
       </c>
       <c r="P222" s="4">
         <v>3</v>
       </c>
       <c r="Q222" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R222" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C223" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D223" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H223" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I223" s="4" t="s">
         <v>838</v>
       </c>
       <c r="J223" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K223" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L223" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M223" s="4">
         <v>15</v>
       </c>
@@ -18449,51 +18449,51 @@
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C224" s="8" t="s">
         <v>839</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>840</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>841</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H224" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I224" s="4" t="s">
         <v>842</v>
       </c>
       <c r="J224" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K224" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L224" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M224" s="4">
         <v>728</v>
       </c>
       <c r="N224" s="4">
         <v>1</v>
       </c>
       <c r="O224" s="4">
         <v>0</v>
       </c>
       <c r="P224" s="4">
         <v>33</v>
       </c>
@@ -18507,54 +18507,54 @@
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C225" s="8" t="s">
         <v>834</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>835</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>836</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H225" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I225" s="4" t="s">
         <v>837</v>
       </c>
       <c r="J225" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K225" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L225" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M225" s="4">
         <v>361</v>
       </c>
       <c r="N225" s="4">
         <v>1</v>
       </c>
       <c r="O225" s="4">
         <v>255</v>
       </c>
       <c r="P225" s="4">
         <v>33</v>
       </c>
@@ -18739,69 +18739,69 @@
         <v>0</v>
       </c>
       <c r="P228" s="4">
         <v>33</v>
       </c>
       <c r="Q228" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R228" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C229" s="8" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G229" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H229" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I229" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J229" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K229" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L229" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M229" s="4">
         <v>425</v>
       </c>
       <c r="N229" s="4">
         <v>1</v>
       </c>
       <c r="O229" s="4">
         <v>719</v>
       </c>
       <c r="P229" s="4">
         <v>33</v>
       </c>
       <c r="Q229" s="4" t="s">
         <v>30</v>
       </c>
@@ -18812,54 +18812,54 @@
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C230" s="8" t="s">
         <v>855</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>856</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>857</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H230" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I230" s="4" t="s">
         <v>858</v>
       </c>
       <c r="J230" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K230" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L230" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M230" s="4">
         <v>362</v>
       </c>
       <c r="N230" s="4">
         <v>1</v>
       </c>
       <c r="O230" s="4">
         <v>868</v>
       </c>
       <c r="P230" s="4">
         <v>3</v>
       </c>
@@ -18937,57 +18937,57 @@
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C232" s="8" t="s">
         <v>860</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>861</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>862</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H232" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I232" s="4" t="s">
         <v>863</v>
       </c>
       <c r="J232" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K232" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L232" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M232" s="4">
         <v>139</v>
       </c>
       <c r="N232" s="4">
         <v>1</v>
       </c>
       <c r="O232" s="4">
         <v>474</v>
       </c>
       <c r="P232" s="4">
         <v>33</v>
       </c>
       <c r="Q232" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R232" s="10" t="s">
         <v>27</v>
       </c>
@@ -19044,57 +19044,57 @@
         <v>142</v>
       </c>
       <c r="P233" s="4">
         <v>33</v>
       </c>
       <c r="Q233" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R233" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C234" s="8" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D234" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F234" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G234" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H234" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I234" s="4" t="s">
         <v>864</v>
       </c>
       <c r="J234" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K234" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L234" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M234" s="4">
         <v>87</v>
       </c>
@@ -19242,51 +19242,51 @@
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C237" s="8" t="s">
         <v>873</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F237" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H237" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I237" s="4" t="s">
         <v>876</v>
       </c>
       <c r="J237" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K237" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L237" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M237" s="4">
         <v>310</v>
       </c>
       <c r="N237" s="4">
         <v>1</v>
       </c>
       <c r="O237" s="4">
         <v>0</v>
       </c>
       <c r="P237" s="4">
         <v>33</v>
       </c>
@@ -19303,51 +19303,51 @@
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C238" s="8" t="s">
         <v>877</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>878</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H238" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I238" s="4" t="s">
         <v>880</v>
       </c>
       <c r="J238" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K238" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L238" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M238" s="4">
         <v>316</v>
       </c>
       <c r="N238" s="4">
         <v>1</v>
       </c>
       <c r="O238" s="4">
         <v>0</v>
       </c>
       <c r="P238" s="4">
         <v>33</v>
       </c>
@@ -19422,51 +19422,51 @@
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C240" s="8" t="s">
         <v>885</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>886</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>887</v>
       </c>
       <c r="F240" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H240" s="4" t="s">
         <v>86</v>
       </c>
       <c r="I240" s="4" t="s">
         <v>888</v>
       </c>
       <c r="J240" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K240" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L240" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M240" s="4">
         <v>150</v>
       </c>
       <c r="N240" s="4">
         <v>1</v>
       </c>
       <c r="O240" s="4">
         <v>0</v>
       </c>
@@ -19486,51 +19486,51 @@
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C241" s="8" t="s">
         <v>889</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>890</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>891</v>
       </c>
       <c r="F241" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G241" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H241" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I241" s="4" t="s">
         <v>892</v>
       </c>
       <c r="J241" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K241" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L241" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M241" s="4">
         <v>411</v>
       </c>
       <c r="N241" s="4">
         <v>1</v>
       </c>
       <c r="O241" s="4">
         <v>256</v>
       </c>
       <c r="P241" s="4">
         <v>3</v>
       </c>
@@ -19547,57 +19547,57 @@
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C242" s="8" t="s">
         <v>893</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>894</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>895</v>
       </c>
       <c r="F242" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G242" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H242" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I242" s="4" t="s">
         <v>896</v>
       </c>
       <c r="J242" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K242" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L242" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M242" s="4">
         <v>192</v>
       </c>
       <c r="N242" s="4">
         <v>1</v>
       </c>
       <c r="O242" s="4">
         <v>2312</v>
       </c>
       <c r="P242" s="4">
         <v>36</v>
       </c>
       <c r="Q242" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R242" s="10" t="s">
         <v>27</v>
       </c>
@@ -19608,51 +19608,51 @@
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C243" s="8" t="s">
         <v>889</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>890</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>891</v>
       </c>
       <c r="F243" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H243" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I243" s="4" t="s">
         <v>897</v>
       </c>
       <c r="J243" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K243" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L243" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M243" s="4">
         <v>410</v>
       </c>
       <c r="N243" s="4">
         <v>1</v>
       </c>
       <c r="O243" s="4">
         <v>38</v>
       </c>
       <c r="P243" s="4">
         <v>33</v>
       </c>
@@ -19727,54 +19727,54 @@
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C245" s="8" t="s">
         <v>902</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>903</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>904</v>
       </c>
       <c r="F245" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H245" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I245" s="4" t="s">
         <v>905</v>
       </c>
       <c r="J245" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K245" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L245" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M245" s="4">
         <v>416</v>
       </c>
       <c r="N245" s="4">
         <v>1</v>
       </c>
       <c r="O245" s="4">
         <v>1</v>
       </c>
       <c r="P245" s="4">
         <v>33</v>
       </c>
@@ -19788,118 +19788,118 @@
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C246" s="8" t="s">
         <v>855</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>856</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>857</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H246" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I246" s="4" t="s">
         <v>858</v>
       </c>
       <c r="J246" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K246" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L246" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M246" s="4">
         <v>362</v>
       </c>
       <c r="N246" s="4">
         <v>1</v>
       </c>
       <c r="O246" s="4">
         <v>348</v>
       </c>
       <c r="P246" s="4">
         <v>33</v>
       </c>
       <c r="Q246" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R246" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C247" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H247" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I247" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J247" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K247" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L247" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M247" s="4">
         <v>359</v>
       </c>
       <c r="N247" s="4">
         <v>1</v>
       </c>
       <c r="O247" s="4">
         <v>901</v>
       </c>
       <c r="P247" s="4">
         <v>3</v>
       </c>
       <c r="Q247" s="4" t="s">
         <v>30</v>
       </c>
@@ -19913,57 +19913,57 @@
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C248" s="8" t="s">
         <v>906</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>907</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>908</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H248" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I248" s="4" t="s">
         <v>909</v>
       </c>
       <c r="J248" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K248" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L248" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M248" s="4">
         <v>174</v>
       </c>
       <c r="N248" s="4">
         <v>1</v>
       </c>
       <c r="O248" s="4">
         <v>833</v>
       </c>
       <c r="P248" s="4">
         <v>50</v>
       </c>
       <c r="Q248" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R248" s="10" t="s">
         <v>27</v>
       </c>
@@ -20035,51 +20035,51 @@
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C250" s="8" t="s">
         <v>911</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>912</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F250" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G250" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H250" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I250" s="4" t="s">
         <v>914</v>
       </c>
       <c r="J250" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K250" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L250" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M250" s="4">
         <v>439</v>
       </c>
       <c r="N250" s="4">
         <v>1</v>
       </c>
       <c r="O250" s="4">
         <v>132</v>
       </c>
       <c r="P250" s="4">
         <v>50</v>
       </c>
@@ -20096,51 +20096,51 @@
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C251" s="8" t="s">
         <v>915</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>916</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>917</v>
       </c>
       <c r="F251" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G251" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H251" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I251" s="4" t="s">
         <v>918</v>
       </c>
       <c r="J251" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K251" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L251" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M251" s="4">
         <v>315</v>
       </c>
       <c r="N251" s="4">
         <v>1</v>
       </c>
       <c r="O251" s="4">
         <v>0</v>
       </c>
       <c r="P251" s="4">
         <v>33</v>
       </c>
@@ -20218,57 +20218,57 @@
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C253" s="8" t="s">
         <v>923</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>924</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>925</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G253" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H253" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I253" s="4" t="s">
         <v>926</v>
       </c>
       <c r="J253" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K253" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L253" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M253" s="4">
         <v>213</v>
       </c>
       <c r="N253" s="4">
         <v>1</v>
       </c>
       <c r="O253" s="4">
         <v>91</v>
       </c>
       <c r="P253" s="4">
         <v>50</v>
       </c>
       <c r="Q253" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R253" s="10" t="s">
         <v>27</v>
       </c>
@@ -20401,51 +20401,51 @@
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C256" s="8" t="s">
         <v>726</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>727</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>728</v>
       </c>
       <c r="F256" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H256" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I256" s="4" t="s">
         <v>935</v>
       </c>
       <c r="J256" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K256" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L256" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M256" s="4">
         <v>774</v>
       </c>
       <c r="N256" s="4">
         <v>1</v>
       </c>
       <c r="O256" s="4">
         <v>0</v>
       </c>
       <c r="P256" s="4">
         <v>33</v>
       </c>
@@ -20889,51 +20889,51 @@
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C264" s="8" t="s">
         <v>957</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>958</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>959</v>
       </c>
       <c r="F264" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G264" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H264" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I264" s="4" t="s">
         <v>960</v>
       </c>
       <c r="J264" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K264" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L264" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M264" s="4">
         <v>381</v>
       </c>
       <c r="N264" s="4">
         <v>1</v>
       </c>
       <c r="O264" s="4">
         <v>6</v>
       </c>
       <c r="P264" s="4">
         <v>33</v>
       </c>
@@ -21133,51 +21133,51 @@
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C268" s="8" t="s">
         <v>969</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>970</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>971</v>
       </c>
       <c r="F268" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G268" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H268" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I268" s="4" t="s">
         <v>972</v>
       </c>
       <c r="J268" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K268" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L268" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M268" s="4">
         <v>484</v>
       </c>
       <c r="N268" s="4">
         <v>1</v>
       </c>
       <c r="O268" s="4">
         <v>400</v>
       </c>
       <c r="P268" s="4">
         <v>42</v>
       </c>
@@ -21377,51 +21377,51 @@
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C272" s="8" t="s">
         <v>985</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>986</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>987</v>
       </c>
       <c r="F272" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G272" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H272" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I272" s="4" t="s">
         <v>988</v>
       </c>
       <c r="J272" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K272" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L272" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M272" s="4">
         <v>836</v>
       </c>
       <c r="N272" s="4">
         <v>1</v>
       </c>
       <c r="O272" s="4">
         <v>1</v>
       </c>
       <c r="P272" s="4">
         <v>44</v>
       </c>
@@ -21606,69 +21606,69 @@
         <v>110</v>
       </c>
       <c r="P275" s="4">
         <v>7</v>
       </c>
       <c r="Q275" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R275" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C276" s="8" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D276" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F276" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G276" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H276" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I276" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="J276" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K276" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L276" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M276" s="4">
         <v>154</v>
       </c>
       <c r="N276" s="4">
         <v>1</v>
       </c>
       <c r="O276" s="4">
         <v>0</v>
       </c>
       <c r="P276" s="4">
         <v>3</v>
       </c>
       <c r="Q276" s="4" t="s">
         <v>30</v>
       </c>
@@ -21682,51 +21682,51 @@
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C277" s="8" t="s">
         <v>1001</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H277" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I277" s="4" t="s">
         <v>1004</v>
       </c>
       <c r="J277" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K277" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L277" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M277" s="4">
         <v>674</v>
       </c>
       <c r="N277" s="4">
         <v>1</v>
       </c>
       <c r="O277" s="4">
         <v>0</v>
       </c>
       <c r="P277" s="4">
         <v>33</v>
       </c>
@@ -21743,51 +21743,51 @@
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C278" s="8" t="s">
         <v>1005</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="F278" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G278" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H278" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I278" s="4" t="s">
         <v>1008</v>
       </c>
       <c r="J278" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K278" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L278" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M278" s="4">
         <v>748</v>
       </c>
       <c r="N278" s="4">
         <v>1</v>
       </c>
       <c r="O278" s="4">
         <v>0</v>
       </c>
       <c r="P278" s="4">
         <v>33</v>
       </c>
@@ -21911,57 +21911,57 @@
         <v>407</v>
       </c>
       <c r="P280" s="4">
         <v>24</v>
       </c>
       <c r="Q280" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R280" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C281" s="8" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D281" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F281" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H281" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I281" s="4" t="s">
         <v>1017</v>
       </c>
       <c r="J281" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K281" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L281" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M281" s="4">
         <v>149</v>
       </c>
@@ -22048,51 +22048,51 @@
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C283" s="8" t="s">
         <v>1022</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="F283" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="G283" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H283" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I283" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="J283" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K283" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L283" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M283" s="4">
         <v>152</v>
       </c>
       <c r="N283" s="4">
         <v>1</v>
       </c>
       <c r="O283" s="4">
         <v>8538</v>
       </c>
       <c r="P283" s="4">
         <v>30</v>
       </c>
@@ -22231,51 +22231,51 @@
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C286" s="8" t="s">
         <v>1036</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="F286" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G286" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H286" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I286" s="4" t="s">
         <v>1039</v>
       </c>
       <c r="J286" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K286" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L286" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M286" s="4">
         <v>619</v>
       </c>
       <c r="N286" s="4">
         <v>1</v>
       </c>
       <c r="O286" s="4">
         <v>330</v>
       </c>
       <c r="P286" s="4">
         <v>42</v>
       </c>
@@ -22460,69 +22460,69 @@
         <v>433</v>
       </c>
       <c r="P289" s="4">
         <v>33</v>
       </c>
       <c r="Q289" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R289" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C290" s="8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F290" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H290" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I290" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J290" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K290" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L290" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M290" s="4">
         <v>498</v>
       </c>
       <c r="N290" s="4">
         <v>1</v>
       </c>
       <c r="O290" s="4">
         <v>341</v>
       </c>
       <c r="P290" s="4">
         <v>33</v>
       </c>
       <c r="Q290" s="4" t="s">
         <v>30</v>
       </c>
@@ -22719,51 +22719,51 @@
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C294" s="8" t="s">
         <v>710</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>711</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F294" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H294" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I294" s="4" t="s">
         <v>1062</v>
       </c>
       <c r="J294" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K294" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L294" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M294" s="4">
         <v>864</v>
       </c>
       <c r="N294" s="4">
         <v>1</v>
       </c>
       <c r="O294" s="4">
         <v>0</v>
       </c>
       <c r="P294" s="4">
         <v>3</v>
       </c>
@@ -23024,115 +23024,115 @@
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C299" s="8" t="s">
         <v>1078</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H299" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I299" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="J299" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K299" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L299" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M299" s="4">
         <v>822</v>
       </c>
       <c r="N299" s="4">
         <v>1</v>
       </c>
       <c r="O299" s="4">
         <v>556</v>
       </c>
       <c r="P299" s="4">
         <v>24</v>
       </c>
       <c r="Q299" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R299" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C300" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F300" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G300" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H300" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I300" s="4" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J300" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K300" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L300" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M300" s="4">
         <v>38</v>
       </c>
       <c r="N300" s="4">
         <v>1</v>
       </c>
       <c r="O300" s="4">
         <v>196</v>
       </c>
       <c r="P300" s="4">
         <v>4</v>
       </c>
       <c r="Q300" s="4" t="s">
         <v>30</v>
       </c>
@@ -23207,51 +23207,51 @@
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C302" s="8" t="s">
         <v>1083</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="F302" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G302" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H302" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I302" s="4" t="s">
         <v>487</v>
       </c>
       <c r="J302" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K302" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L302" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M302" s="4">
         <v>742</v>
       </c>
       <c r="N302" s="4">
         <v>1</v>
       </c>
       <c r="O302" s="4">
         <v>0</v>
       </c>
       <c r="P302" s="4">
         <v>33</v>
       </c>
@@ -23265,106 +23265,106 @@
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C303" s="8" t="s">
         <v>1086</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>1087</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="F303" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H303" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I303" s="4" t="s">
         <v>1089</v>
       </c>
       <c r="J303" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K303" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L303" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M303" s="4">
         <v>41</v>
       </c>
       <c r="N303" s="4">
         <v>1</v>
       </c>
       <c r="O303" s="4">
         <v>0</v>
       </c>
       <c r="P303" s="4">
         <v>33</v>
       </c>
       <c r="Q303" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R303" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C304" s="8" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D304" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F304" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G304" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H304" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I304" s="4" t="s">
         <v>1090</v>
       </c>
       <c r="J304" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K304" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L304" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M304" s="4">
         <v>423</v>
       </c>
@@ -23573,51 +23573,51 @@
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C308" s="8" t="s">
         <v>1099</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="F308" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H308" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I308" s="4" t="s">
         <v>1102</v>
       </c>
       <c r="J308" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K308" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L308" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M308" s="4">
         <v>476</v>
       </c>
       <c r="N308" s="4">
         <v>1</v>
       </c>
       <c r="O308" s="4">
         <v>0</v>
       </c>
       <c r="P308" s="4">
         <v>3</v>
       </c>
@@ -23634,51 +23634,51 @@
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C309" s="8" t="s">
         <v>1103</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>1104</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>1105</v>
       </c>
       <c r="F309" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G309" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H309" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I309" s="4" t="s">
         <v>1106</v>
       </c>
       <c r="J309" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K309" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L309" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M309" s="4">
         <v>248</v>
       </c>
       <c r="N309" s="4">
         <v>1</v>
       </c>
       <c r="O309" s="4">
         <v>593</v>
       </c>
       <c r="P309" s="4">
         <v>39</v>
       </c>
@@ -24180,118 +24180,118 @@
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C318" s="8" t="s">
         <v>1135</v>
       </c>
       <c r="D318" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="F318" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H318" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I318" s="4" t="s">
         <v>1138</v>
       </c>
       <c r="J318" s="4" t="s">
         <v>548</v>
       </c>
       <c r="K318" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L318" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M318" s="4">
         <v>17</v>
       </c>
       <c r="N318" s="4">
         <v>1</v>
       </c>
       <c r="O318" s="4">
         <v>11</v>
       </c>
       <c r="P318" s="4">
         <v>30</v>
       </c>
       <c r="Q318" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R318" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C319" s="8" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D319" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F319" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G319" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H319" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I319" s="4" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J319" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K319" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L319" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M319" s="4">
         <v>304</v>
       </c>
       <c r="N319" s="4">
         <v>1</v>
       </c>
       <c r="O319" s="4">
         <v>615</v>
       </c>
       <c r="P319" s="4">
         <v>3</v>
       </c>
       <c r="Q319" s="4" t="s">
         <v>30</v>
       </c>
@@ -24302,51 +24302,51 @@
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C320" s="8" t="s">
         <v>1139</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>1140</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="F320" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H320" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I320" s="4" t="s">
         <v>1142</v>
       </c>
       <c r="J320" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K320" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L320" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M320" s="4">
         <v>29</v>
       </c>
       <c r="N320" s="4">
         <v>1</v>
       </c>
       <c r="O320" s="4">
         <v>3470</v>
       </c>
@@ -24366,51 +24366,51 @@
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C321" s="8" t="s">
         <v>1143</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>1144</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="F321" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G321" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H321" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I321" s="4" t="s">
         <v>1146</v>
       </c>
       <c r="J321" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K321" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L321" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M321" s="4">
         <v>113</v>
       </c>
       <c r="N321" s="4">
         <v>1</v>
       </c>
       <c r="O321" s="4">
         <v>325</v>
       </c>
       <c r="P321" s="4">
         <v>40</v>
       </c>
@@ -24671,103 +24671,103 @@
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C326" s="8" t="s">
         <v>1153</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>1154</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>1155</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G326" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H326" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I326" s="4" t="s">
         <v>1156</v>
       </c>
       <c r="J326" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K326" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L326" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M326" s="4">
         <v>36</v>
       </c>
       <c r="N326" s="4">
         <v>1</v>
       </c>
       <c r="O326" s="4">
         <v>457</v>
       </c>
       <c r="P326" s="4">
         <v>33</v>
       </c>
       <c r="Q326" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R326" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C327" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D327" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F327" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G327" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H327" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I327" s="4" t="s">
         <v>1157</v>
       </c>
       <c r="J327" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K327" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L327" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M327" s="4">
         <v>67</v>
       </c>
@@ -25034,54 +25034,54 @@
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C332" s="8" t="s">
         <v>1171</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="F332" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H332" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I332" s="4" t="s">
         <v>1174</v>
       </c>
       <c r="J332" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K332" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L332" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M332" s="4">
         <v>294</v>
       </c>
       <c r="N332" s="4">
         <v>1</v>
       </c>
       <c r="O332" s="4">
         <v>314</v>
       </c>
       <c r="P332" s="4">
         <v>33</v>
       </c>
@@ -25281,51 +25281,51 @@
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C336" s="8" t="s">
         <v>1184</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="F336" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G336" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H336" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I336" s="4" t="s">
         <v>1187</v>
       </c>
       <c r="J336" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K336" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L336" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M336" s="4">
         <v>226</v>
       </c>
       <c r="N336" s="4">
         <v>1</v>
       </c>
       <c r="O336" s="4">
         <v>373</v>
       </c>
       <c r="P336" s="4">
         <v>3</v>
       </c>
@@ -25464,103 +25464,103 @@
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C339" s="8" t="s">
         <v>1193</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>1194</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1195</v>
       </c>
       <c r="F339" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H339" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I339" s="4" t="s">
         <v>1196</v>
       </c>
       <c r="J339" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K339" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L339" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M339" s="4">
         <v>544</v>
       </c>
       <c r="N339" s="4">
         <v>1</v>
       </c>
       <c r="O339" s="4">
         <v>0</v>
       </c>
       <c r="P339" s="4">
         <v>33</v>
       </c>
       <c r="Q339" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R339" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C340" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D340" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F340" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H340" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I340" s="4" t="s">
         <v>1197</v>
       </c>
       <c r="J340" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K340" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L340" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M340" s="4">
         <v>167</v>
       </c>
@@ -25647,51 +25647,51 @@
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C342" s="8" t="s">
         <v>1202</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>1203</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>1204</v>
       </c>
       <c r="F342" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H342" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I342" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="J342" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K342" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L342" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M342" s="4">
         <v>754</v>
       </c>
       <c r="N342" s="4">
         <v>1</v>
       </c>
       <c r="O342" s="4">
         <v>0</v>
       </c>
       <c r="P342" s="4">
         <v>33</v>
       </c>
@@ -25891,51 +25891,51 @@
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C346" s="8" t="s">
         <v>698</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>700</v>
       </c>
       <c r="F346" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G346" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H346" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I346" s="4" t="s">
         <v>701</v>
       </c>
       <c r="J346" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K346" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L346" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M346" s="4">
         <v>530</v>
       </c>
       <c r="N346" s="4">
         <v>1</v>
       </c>
       <c r="O346" s="4">
         <v>0</v>
       </c>
       <c r="P346" s="4">
         <v>33</v>
       </c>
@@ -25952,51 +25952,51 @@
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C347" s="8" t="s">
         <v>1215</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="F347" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G347" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H347" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I347" s="4" t="s">
         <v>610</v>
       </c>
       <c r="J347" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K347" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L347" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M347" s="4">
         <v>616</v>
       </c>
       <c r="N347" s="4">
         <v>1</v>
       </c>
       <c r="O347" s="4">
         <v>0</v>
       </c>
       <c r="P347" s="4">
         <v>33</v>
       </c>
@@ -26013,51 +26013,51 @@
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C348" s="8" t="s">
         <v>1218</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="F348" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G348" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H348" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I348" s="4" t="s">
         <v>1221</v>
       </c>
       <c r="J348" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K348" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L348" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M348" s="4">
         <v>41</v>
       </c>
       <c r="N348" s="4">
         <v>1</v>
       </c>
       <c r="O348" s="4">
         <v>2164</v>
       </c>
       <c r="P348" s="4">
         <v>33</v>
       </c>
@@ -26074,51 +26074,51 @@
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C349" s="8" t="s">
         <v>1222</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="F349" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G349" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H349" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I349" s="4" t="s">
         <v>95</v>
       </c>
       <c r="J349" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K349" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L349" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M349" s="4">
         <v>838</v>
       </c>
       <c r="N349" s="4">
         <v>1</v>
       </c>
       <c r="O349" s="4">
         <v>0</v>
       </c>
       <c r="P349" s="4">
         <v>33</v>
       </c>
@@ -26303,69 +26303,69 @@
         <v>0</v>
       </c>
       <c r="P352" s="4">
         <v>33</v>
       </c>
       <c r="Q352" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R352" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C353" s="8" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D353" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F353" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H353" s="4" t="s">
         <v>95</v>
       </c>
       <c r="I353" s="4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J353" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K353" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L353" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M353" s="4">
         <v>380</v>
       </c>
       <c r="N353" s="4">
         <v>1</v>
       </c>
       <c r="O353" s="4">
         <v>278</v>
       </c>
       <c r="P353" s="4">
         <v>3</v>
       </c>
       <c r="Q353" s="4" t="s">
         <v>30</v>
       </c>
@@ -26379,118 +26379,118 @@
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C354" s="8" t="s">
         <v>1227</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>1228</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="F354" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G354" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H354" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I354" s="4" t="s">
         <v>1230</v>
       </c>
       <c r="J354" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K354" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L354" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M354" s="4">
         <v>148</v>
       </c>
       <c r="N354" s="4">
         <v>1</v>
       </c>
       <c r="O354" s="4">
         <v>188</v>
       </c>
       <c r="P354" s="4">
         <v>33</v>
       </c>
       <c r="Q354" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R354" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C355" s="8" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F355" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G355" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H355" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I355" s="4" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J355" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K355" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L355" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M355" s="4">
         <v>8</v>
       </c>
       <c r="N355" s="4">
         <v>1</v>
       </c>
       <c r="O355" s="4">
         <v>221</v>
       </c>
       <c r="P355" s="4">
         <v>30</v>
       </c>
       <c r="Q355" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R355" s="10" t="s">
         <v>27</v>
       </c>
@@ -26623,51 +26623,51 @@
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C358" s="8" t="s">
         <v>1239</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>1240</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="F358" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G358" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H358" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I358" s="4" t="s">
         <v>1242</v>
       </c>
       <c r="J358" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K358" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L358" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M358" s="4">
         <v>312</v>
       </c>
       <c r="N358" s="4">
         <v>1</v>
       </c>
       <c r="O358" s="4">
         <v>0</v>
       </c>
       <c r="P358" s="4">
         <v>33</v>
       </c>
@@ -26684,51 +26684,51 @@
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C359" s="8" t="s">
         <v>860</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>861</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>862</v>
       </c>
       <c r="F359" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G359" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H359" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I359" s="4" t="s">
         <v>1243</v>
       </c>
       <c r="J359" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K359" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L359" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M359" s="4">
         <v>103</v>
       </c>
       <c r="N359" s="4">
         <v>1</v>
       </c>
       <c r="O359" s="4">
         <v>513</v>
       </c>
       <c r="P359" s="4">
         <v>3</v>
       </c>
@@ -26867,51 +26867,51 @@
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C362" s="8" t="s">
         <v>1252</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>1253</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>1254</v>
       </c>
       <c r="F362" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G362" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H362" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I362" s="4" t="s">
         <v>1255</v>
       </c>
       <c r="J362" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K362" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L362" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M362" s="4">
         <v>250</v>
       </c>
       <c r="N362" s="4">
         <v>1</v>
       </c>
       <c r="O362" s="4">
         <v>0</v>
       </c>
       <c r="P362" s="4">
         <v>33</v>
       </c>
@@ -27233,51 +27233,51 @@
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C368" s="8" t="s">
         <v>877</v>
       </c>
       <c r="D368" s="3" t="s">
         <v>878</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F368" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G368" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H368" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I368" s="4" t="s">
         <v>880</v>
       </c>
       <c r="J368" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K368" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L368" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M368" s="4">
         <v>316</v>
       </c>
       <c r="N368" s="4">
         <v>1</v>
       </c>
       <c r="O368" s="4">
         <v>0</v>
       </c>
       <c r="P368" s="4">
         <v>3</v>
       </c>
@@ -27538,51 +27538,51 @@
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C373" s="8" t="s">
         <v>682</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>683</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>684</v>
       </c>
       <c r="F373" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G373" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H373" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I373" s="4" t="s">
         <v>685</v>
       </c>
       <c r="J373" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K373" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L373" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M373" s="4">
         <v>531</v>
       </c>
       <c r="N373" s="4">
         <v>1</v>
       </c>
       <c r="O373" s="4">
         <v>933</v>
       </c>
       <c r="P373" s="4">
         <v>33</v>
       </c>
@@ -28011,57 +28011,57 @@
         <v>0</v>
       </c>
       <c r="P380" s="4">
         <v>33</v>
       </c>
       <c r="Q380" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R380" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C381" s="8" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D381" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F381" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G381" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H381" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I381" s="4" t="s">
         <v>1298</v>
       </c>
       <c r="J381" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K381" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L381" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M381" s="4">
         <v>539</v>
       </c>
@@ -28133,57 +28133,57 @@
         <v>0</v>
       </c>
       <c r="P382" s="4">
         <v>33</v>
       </c>
       <c r="Q382" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R382" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S382" s="1"/>
       <c r="T382" s="1"/>
       <c r="U382" s="1"/>
       <c r="V382" s="1"/>
       <c r="W382" s="1"/>
     </row>
     <row r="383" spans="1:23">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C383" s="8" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D383" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F383" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G383" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H383" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I383" s="4" t="s">
         <v>95</v>
       </c>
       <c r="J383" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K383" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L383" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M383" s="4">
         <v>90</v>
       </c>
@@ -28377,57 +28377,57 @@
         <v>318</v>
       </c>
       <c r="P386" s="4">
         <v>10</v>
       </c>
       <c r="Q386" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R386" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S386" s="1"/>
       <c r="T386" s="1"/>
       <c r="U386" s="1"/>
       <c r="V386" s="1"/>
       <c r="W386" s="1"/>
     </row>
     <row r="387" spans="1:23">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C387" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D387" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F387" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G387" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H387" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I387" s="4" t="s">
         <v>1310</v>
       </c>
       <c r="J387" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K387" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L387" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M387" s="4">
         <v>42</v>
       </c>
@@ -28511,54 +28511,54 @@
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C389" s="8" t="s">
         <v>1315</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>1316</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="F389" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H389" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I389" s="4" t="s">
         <v>1318</v>
       </c>
       <c r="J389" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K389" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L389" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M389" s="4">
         <v>274</v>
       </c>
       <c r="N389" s="4">
         <v>1</v>
       </c>
       <c r="O389" s="4">
         <v>270</v>
       </c>
       <c r="P389" s="4">
         <v>33</v>
       </c>
@@ -28572,54 +28572,54 @@
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C390" s="8" t="s">
         <v>1319</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="E390" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="F390" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H390" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I390" s="4" t="s">
         <v>1322</v>
       </c>
       <c r="J390" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K390" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L390" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M390" s="4">
         <v>391</v>
       </c>
       <c r="N390" s="4">
         <v>1</v>
       </c>
       <c r="O390" s="4">
         <v>47</v>
       </c>
       <c r="P390" s="4">
         <v>33</v>
       </c>
@@ -28636,51 +28636,51 @@
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C391" s="8" t="s">
         <v>1323</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>1324</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="F391" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G391" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H391" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I391" s="4" t="s">
         <v>1326</v>
       </c>
       <c r="J391" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K391" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L391" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M391" s="4">
         <v>283</v>
       </c>
       <c r="N391" s="4">
         <v>1</v>
       </c>
       <c r="O391" s="4">
         <v>1295</v>
       </c>
       <c r="P391" s="4">
         <v>40</v>
       </c>
@@ -28694,54 +28694,54 @@
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C392" s="8" t="s">
         <v>1327</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>1328</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="F392" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H392" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I392" s="4" t="s">
         <v>1330</v>
       </c>
       <c r="J392" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K392" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L392" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M392" s="4">
         <v>338</v>
       </c>
       <c r="N392" s="4">
         <v>1</v>
       </c>
       <c r="O392" s="4">
         <v>512</v>
       </c>
       <c r="P392" s="4">
         <v>33</v>
       </c>
@@ -28816,51 +28816,51 @@
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C394" s="8" t="s">
         <v>1332</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="F394" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>456</v>
+        <v>100</v>
       </c>
       <c r="H394" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I394" s="4" t="s">
         <v>1335</v>
       </c>
       <c r="J394" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K394" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L394" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M394" s="4">
         <v>320</v>
       </c>
       <c r="N394" s="4">
         <v>1</v>
       </c>
       <c r="O394" s="4">
         <v>0</v>
       </c>
@@ -29002,51 +29002,51 @@
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C397" s="8" t="s">
         <v>1341</v>
       </c>
       <c r="D397" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>1343</v>
       </c>
       <c r="F397" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G397" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H397" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I397" s="4" t="s">
         <v>1344</v>
       </c>
       <c r="J397" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K397" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L397" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M397" s="4">
         <v>714</v>
       </c>
       <c r="N397" s="4">
         <v>1</v>
       </c>
       <c r="O397" s="4">
         <v>1227</v>
       </c>
       <c r="P397" s="4">
         <v>46</v>
       </c>
@@ -29182,51 +29182,51 @@
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C400" s="8" t="s">
         <v>1346</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="F400" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H400" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I400" s="4" t="s">
         <v>1349</v>
       </c>
       <c r="J400" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K400" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L400" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M400" s="4">
         <v>104</v>
       </c>
       <c r="N400" s="4">
         <v>1</v>
       </c>
       <c r="O400" s="4">
         <v>733</v>
       </c>
@@ -29292,69 +29292,69 @@
         <v>97</v>
       </c>
       <c r="P401" s="4">
         <v>24</v>
       </c>
       <c r="Q401" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R401" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C402" s="8" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D402" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F402" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G402" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H402" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I402" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J402" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K402" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L402" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M402" s="4">
         <v>398</v>
       </c>
       <c r="N402" s="4">
         <v>1</v>
       </c>
       <c r="O402" s="4">
         <v>425</v>
       </c>
       <c r="P402" s="4">
         <v>3</v>
       </c>
       <c r="Q402" s="4" t="s">
         <v>30</v>
       </c>
@@ -29670,51 +29670,51 @@
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C408" s="8" t="s">
         <v>1358</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>1359</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="F408" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H408" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I408" s="4" t="s">
         <v>1361</v>
       </c>
       <c r="J408" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K408" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L408" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M408" s="4">
         <v>106</v>
       </c>
       <c r="N408" s="4">
         <v>1</v>
       </c>
       <c r="O408" s="4">
         <v>558</v>
       </c>
@@ -30039,51 +30039,51 @@
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C414" s="8" t="s">
         <v>1370</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>1371</v>
       </c>
       <c r="E414" s="3" t="s">
         <v>1372</v>
       </c>
       <c r="F414" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G414" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H414" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I414" s="4" t="s">
         <v>1373</v>
       </c>
       <c r="J414" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K414" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L414" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M414" s="4">
         <v>769</v>
       </c>
       <c r="N414" s="4">
         <v>1</v>
       </c>
       <c r="O414" s="4">
         <v>0</v>
       </c>
       <c r="P414" s="4">
         <v>33</v>
       </c>
@@ -30329,66 +30329,66 @@
         <v>111</v>
       </c>
       <c r="P418" s="4">
         <v>33</v>
       </c>
       <c r="Q418" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R418" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S418" s="1"/>
       <c r="T418" s="1"/>
       <c r="U418" s="1"/>
       <c r="V418" s="1"/>
       <c r="W418" s="1"/>
     </row>
     <row r="419" spans="1:23">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C419" s="8" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D419" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F419" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G419" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H419" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I419" s="4" t="s">
         <v>1379</v>
       </c>
       <c r="J419" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K419" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L419" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M419" s="4">
         <v>235</v>
       </c>
       <c r="N419" s="4">
         <v>1</v>
       </c>
       <c r="O419" s="4">
         <v>3872</v>
       </c>
       <c r="P419" s="4">
         <v>40</v>
       </c>
@@ -30463,54 +30463,54 @@
       <c r="T420" s="1"/>
       <c r="U420" s="1"/>
       <c r="V420" s="1"/>
       <c r="W420" s="1"/>
     </row>
     <row r="421" spans="1:23">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C421" s="8" t="s">
         <v>1381</v>
       </c>
       <c r="D421" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>1383</v>
       </c>
       <c r="F421" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H421" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I421" s="4" t="s">
         <v>1384</v>
       </c>
       <c r="J421" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K421" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L421" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M421" s="4">
         <v>414</v>
       </c>
       <c r="N421" s="4">
         <v>1</v>
       </c>
       <c r="O421" s="4">
         <v>666</v>
       </c>
       <c r="P421" s="4">
         <v>33</v>
       </c>
@@ -30527,51 +30527,51 @@
       <c r="W421" s="1"/>
     </row>
     <row r="422" spans="1:23">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C422" s="8" t="s">
         <v>1184</v>
       </c>
       <c r="D422" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="F422" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G422" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H422" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I422" s="4" t="s">
         <v>1187</v>
       </c>
       <c r="J422" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K422" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L422" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M422" s="4">
         <v>226</v>
       </c>
       <c r="N422" s="4">
         <v>1</v>
       </c>
       <c r="O422" s="4">
         <v>245</v>
       </c>
       <c r="P422" s="4">
         <v>33</v>
       </c>
@@ -30649,51 +30649,51 @@
       <c r="W423" s="1"/>
     </row>
     <row r="424" spans="1:23">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C424" s="8" t="s">
         <v>1385</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>1386</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="F424" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G424" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H424" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I424" s="4" t="s">
         <v>1388</v>
       </c>
       <c r="J424" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K424" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L424" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M424" s="4">
         <v>110</v>
       </c>
       <c r="N424" s="4">
         <v>1</v>
       </c>
       <c r="O424" s="4">
         <v>296</v>
       </c>
       <c r="P424" s="4">
         <v>38</v>
       </c>
@@ -30756,57 +30756,57 @@
         <v>0</v>
       </c>
       <c r="P425" s="4">
         <v>33</v>
       </c>
       <c r="Q425" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R425" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S425" s="1"/>
       <c r="T425" s="1"/>
       <c r="U425" s="1"/>
       <c r="V425" s="1"/>
       <c r="W425" s="1"/>
     </row>
     <row r="426" spans="1:23">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C426" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D426" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F426" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G426" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H426" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I426" s="4" t="s">
         <v>1393</v>
       </c>
       <c r="J426" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K426" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L426" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M426" s="4">
         <v>156</v>
       </c>
@@ -30893,51 +30893,51 @@
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C428" s="8" t="s">
         <v>1398</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>1400</v>
       </c>
       <c r="F428" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G428" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H428" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I428" s="4" t="s">
         <v>1401</v>
       </c>
       <c r="J428" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K428" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L428" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M428" s="4">
         <v>318</v>
       </c>
       <c r="N428" s="4">
         <v>1</v>
       </c>
       <c r="O428" s="4">
         <v>335</v>
       </c>
       <c r="P428" s="4">
         <v>33</v>
       </c>
@@ -31073,51 +31073,51 @@
       <c r="T430" s="1"/>
       <c r="U430" s="1"/>
       <c r="V430" s="1"/>
       <c r="W430" s="1"/>
     </row>
     <row r="431" spans="1:23">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C431" s="8" t="s">
         <v>1346</v>
       </c>
       <c r="D431" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="E431" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="F431" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H431" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I431" s="4" t="s">
         <v>1349</v>
       </c>
       <c r="J431" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K431" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L431" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M431" s="4">
         <v>104</v>
       </c>
       <c r="N431" s="4">
         <v>1</v>
       </c>
       <c r="O431" s="4">
         <v>407</v>
       </c>
@@ -31381,51 +31381,51 @@
       <c r="W435" s="1"/>
     </row>
     <row r="436" spans="1:23">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C436" s="8" t="s">
         <v>1215</v>
       </c>
       <c r="D436" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="E436" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="F436" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G436" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H436" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I436" s="4" t="s">
         <v>610</v>
       </c>
       <c r="J436" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K436" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L436" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M436" s="4">
         <v>616</v>
       </c>
       <c r="N436" s="4">
         <v>1</v>
       </c>
       <c r="O436" s="4">
         <v>0</v>
       </c>
       <c r="P436" s="4">
         <v>3</v>
       </c>
@@ -31503,115 +31503,115 @@
       <c r="W437" s="1"/>
     </row>
     <row r="438" spans="1:23">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C438" s="8" t="s">
         <v>1422</v>
       </c>
       <c r="D438" s="3" t="s">
         <v>1423</v>
       </c>
       <c r="E438" s="3" t="s">
         <v>1424</v>
       </c>
       <c r="F438" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G438" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H438" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I438" s="4" t="s">
         <v>1425</v>
       </c>
       <c r="J438" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K438" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L438" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M438" s="4">
         <v>644</v>
       </c>
       <c r="N438" s="4">
         <v>1</v>
       </c>
       <c r="O438" s="4">
         <v>0</v>
       </c>
       <c r="P438" s="4">
         <v>33</v>
       </c>
       <c r="Q438" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R438" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S438" s="1"/>
       <c r="T438" s="1"/>
       <c r="U438" s="1"/>
       <c r="V438" s="1"/>
       <c r="W438" s="1"/>
     </row>
     <row r="439" spans="1:23">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C439" s="8" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D439" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F439" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G439" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H439" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I439" s="4" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J439" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K439" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L439" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M439" s="4">
         <v>706</v>
       </c>
       <c r="N439" s="4">
         <v>1</v>
       </c>
       <c r="O439" s="4">
         <v>0</v>
       </c>
       <c r="P439" s="4">
         <v>3</v>
       </c>
       <c r="Q439" s="4" t="s">
         <v>30</v>
       </c>
@@ -31625,51 +31625,51 @@
       <c r="W439" s="1"/>
     </row>
     <row r="440" spans="1:23">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C440" s="8" t="s">
         <v>1426</v>
       </c>
       <c r="D440" s="3" t="s">
         <v>1427</v>
       </c>
       <c r="E440" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="F440" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G440" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H440" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I440" s="4" t="s">
         <v>1429</v>
       </c>
       <c r="J440" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K440" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L440" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M440" s="4">
         <v>84</v>
       </c>
       <c r="N440" s="4">
         <v>1</v>
       </c>
       <c r="O440" s="4">
         <v>711</v>
       </c>
       <c r="P440" s="4">
         <v>40</v>
       </c>
@@ -31747,51 +31747,51 @@
       <c r="W441" s="1"/>
     </row>
     <row r="442" spans="1:23">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C442" s="8" t="s">
         <v>1431</v>
       </c>
       <c r="D442" s="3" t="s">
         <v>1432</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>1433</v>
       </c>
       <c r="F442" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G442" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H442" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I442" s="4" t="s">
         <v>1434</v>
       </c>
       <c r="J442" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K442" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L442" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M442" s="4">
         <v>829</v>
       </c>
       <c r="N442" s="4">
         <v>1</v>
       </c>
       <c r="O442" s="4">
         <v>0</v>
       </c>
       <c r="P442" s="4">
         <v>33</v>
       </c>
@@ -31869,51 +31869,51 @@
       <c r="W443" s="1"/>
     </row>
     <row r="444" spans="1:23">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C444" s="8" t="s">
         <v>1436</v>
       </c>
       <c r="D444" s="3" t="s">
         <v>1437</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>1438</v>
       </c>
       <c r="F444" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G444" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H444" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I444" s="4" t="s">
         <v>988</v>
       </c>
       <c r="J444" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K444" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L444" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M444" s="4">
         <v>230</v>
       </c>
       <c r="N444" s="4">
         <v>1</v>
       </c>
       <c r="O444" s="4">
         <v>1632</v>
       </c>
       <c r="P444" s="4">
         <v>24</v>
       </c>
@@ -31930,103 +31930,103 @@
       <c r="W444" s="1"/>
     </row>
     <row r="445" spans="1:23">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C445" s="8" t="s">
         <v>1439</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>1440</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>1441</v>
       </c>
       <c r="F445" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G445" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H445" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I445" s="4" t="s">
         <v>1442</v>
       </c>
       <c r="J445" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K445" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L445" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M445" s="4">
         <v>913</v>
       </c>
       <c r="N445" s="4">
         <v>1</v>
       </c>
       <c r="O445" s="4">
         <v>0</v>
       </c>
       <c r="P445" s="4">
         <v>33</v>
       </c>
       <c r="Q445" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R445" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S445" s="1"/>
       <c r="T445" s="1"/>
       <c r="U445" s="1"/>
       <c r="V445" s="1"/>
       <c r="W445" s="1"/>
     </row>
     <row r="446" spans="1:23">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C446" s="8" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D446" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F446" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G446" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H446" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I446" s="4" t="s">
         <v>1443</v>
       </c>
       <c r="J446" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K446" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L446" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M446" s="4">
         <v>358</v>
       </c>
@@ -32037,57 +32037,57 @@
         <v>281</v>
       </c>
       <c r="P446" s="4">
         <v>3</v>
       </c>
       <c r="Q446" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R446" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S446" s="1"/>
       <c r="T446" s="1"/>
       <c r="U446" s="1"/>
       <c r="V446" s="1"/>
       <c r="W446" s="1"/>
     </row>
     <row r="447" spans="1:23">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C447" s="8" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D447" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F447" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G447" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H447" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I447" s="4" t="s">
         <v>1444</v>
       </c>
       <c r="J447" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K447" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L447" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M447" s="4">
         <v>60</v>
       </c>
@@ -32098,57 +32098,57 @@
         <v>448</v>
       </c>
       <c r="P447" s="4">
         <v>3</v>
       </c>
       <c r="Q447" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R447" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S447" s="1"/>
       <c r="T447" s="1"/>
       <c r="U447" s="1"/>
       <c r="V447" s="1"/>
       <c r="W447" s="1"/>
     </row>
     <row r="448" spans="1:23">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C448" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D448" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F448" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G448" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H448" s="4" t="s">
         <v>39</v>
       </c>
       <c r="I448" s="4" t="s">
         <v>1445</v>
       </c>
       <c r="J448" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K448" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L448" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M448" s="4">
         <v>166</v>
       </c>
@@ -32174,57 +32174,57 @@
       <c r="W448" s="1"/>
     </row>
     <row r="449" spans="1:23">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C449" s="8" t="s">
         <v>1446</v>
       </c>
       <c r="D449" s="3" t="s">
         <v>1447</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>1448</v>
       </c>
       <c r="F449" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="G449" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H449" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I449" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="J449" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K449" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L449" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M449" s="4">
         <v>152</v>
       </c>
       <c r="N449" s="4">
         <v>1</v>
       </c>
       <c r="O449" s="4">
         <v>8538</v>
       </c>
       <c r="P449" s="4">
         <v>30</v>
       </c>
       <c r="Q449" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R449" s="10" t="s">
         <v>27</v>
       </c>
@@ -32235,51 +32235,51 @@
       <c r="W449" s="1"/>
     </row>
     <row r="450" spans="1:23">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C450" s="8" t="s">
         <v>1450</v>
       </c>
       <c r="D450" s="3" t="s">
         <v>1451</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>1452</v>
       </c>
       <c r="F450" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G450" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H450" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I450" s="4" t="s">
         <v>1453</v>
       </c>
       <c r="J450" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K450" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L450" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M450" s="4">
         <v>245</v>
       </c>
       <c r="N450" s="4">
         <v>1</v>
       </c>
       <c r="O450" s="4">
         <v>0</v>
       </c>
       <c r="P450" s="4">
         <v>33</v>
       </c>
@@ -32540,51 +32540,51 @@
       <c r="W454" s="1"/>
     </row>
     <row r="455" spans="1:23">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C455" s="8" t="s">
         <v>1466</v>
       </c>
       <c r="D455" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>1468</v>
       </c>
       <c r="F455" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G455" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H455" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I455" s="4" t="s">
         <v>1469</v>
       </c>
       <c r="J455" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K455" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L455" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M455" s="4">
         <v>735</v>
       </c>
       <c r="N455" s="4">
         <v>1</v>
       </c>
       <c r="O455" s="4">
         <v>479</v>
       </c>
       <c r="P455" s="4">
         <v>46</v>
       </c>
@@ -32601,51 +32601,51 @@
       <c r="W455" s="1"/>
     </row>
     <row r="456" spans="1:23">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C456" s="8" t="s">
         <v>1099</v>
       </c>
       <c r="D456" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="F456" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G456" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H456" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I456" s="4" t="s">
         <v>1102</v>
       </c>
       <c r="J456" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K456" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L456" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M456" s="4">
         <v>476</v>
       </c>
       <c r="N456" s="4">
         <v>1</v>
       </c>
       <c r="O456" s="4">
         <v>320</v>
       </c>
       <c r="P456" s="4">
         <v>33</v>
       </c>