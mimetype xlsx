--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -75,4398 +75,4398 @@
     <t>Type</t>
   </si>
   <si>
     <t>J.L. No.</t>
   </si>
   <si>
     <t>Khatian No.</t>
   </si>
   <si>
     <t>Plot No.</t>
   </si>
   <si>
     <t>Area
 (in decimal)</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>PASCHIM MEDINIPUR</t>
   </si>
   <si>
+    <t>Ground Based Pipe Water Supply Scheme for Risa &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/017561,SM/15591)</t>
+  </si>
+  <si>
+    <t>TSM/017561</t>
+  </si>
+  <si>
+    <t>SM/15591</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>MVS</t>
+  </si>
+  <si>
+    <t>Kharagpur-I</t>
+  </si>
+  <si>
+    <t>Basantapur</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>OHR</t>
+  </si>
+  <si>
+    <t>Vested</t>
+  </si>
+  <si>
+    <t>Identified</t>
+  </si>
+  <si>
+    <t>Maharajpur &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/015712,SM/15325)</t>
+  </si>
+  <si>
+    <t>TSM/015712</t>
+  </si>
+  <si>
+    <t>SM/15325</t>
+  </si>
+  <si>
+    <t>Ghatal</t>
+  </si>
+  <si>
+    <t>Narayanpur</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Hariatara (Zone-I, II, &amp; III) &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/015079,SM/14483)</t>
+  </si>
+  <si>
+    <t>TSM/015079</t>
+  </si>
+  <si>
+    <t>SM/14483</t>
+  </si>
+  <si>
+    <t>Mulbandh</t>
+  </si>
+  <si>
+    <t>AKANDA AND ADJOINING MOUJAS PWSS(TSM/014328,SM/13176)</t>
+  </si>
+  <si>
+    <t>TSM/014328</t>
+  </si>
+  <si>
+    <t>SM/13176</t>
+  </si>
+  <si>
+    <t>Narayangarh</t>
+  </si>
+  <si>
+    <t>Deula</t>
+  </si>
+  <si>
+    <t>RADHAMOHANPUR-II AND ITS ADJOINING MOUJAS PWSS(TSM/011853,SM/14940)</t>
+  </si>
+  <si>
+    <t>TSM/011853</t>
+  </si>
+  <si>
+    <t>SM/14940</t>
+  </si>
+  <si>
+    <t>Debra</t>
+  </si>
+  <si>
+    <t>Radhamohanpur</t>
+  </si>
+  <si>
+    <t>PANCHYAR AND ADJOINING MOUJAS PWSS(TSM/014654,SM/13216)</t>
+  </si>
+  <si>
+    <t>TSM/014654</t>
+  </si>
+  <si>
+    <t>SM/13216</t>
+  </si>
+  <si>
+    <t>Keshiary</t>
+  </si>
+  <si>
+    <t>Alash</t>
+  </si>
+  <si>
+    <t>MIRGA AND ADJOINING MOUJAS PWSS(TSM/015059,SM/13099)</t>
+  </si>
+  <si>
+    <t>TSM/015059</t>
+  </si>
+  <si>
+    <t>SM/13099</t>
+  </si>
+  <si>
+    <t>Salbani</t>
+  </si>
+  <si>
+    <t>Mirga</t>
+  </si>
+  <si>
+    <t>MURAKATA AND ADJOINING MOUJAS PWSS (TSM/014445,SM/13100)</t>
+  </si>
+  <si>
+    <t>TSM/014445</t>
+  </si>
+  <si>
+    <t>SM/13100</t>
+  </si>
+  <si>
+    <t>Dhaharpur</t>
+  </si>
+  <si>
+    <t>RAUTMANI AND ITS ADJOINING MOUZAS PWSS(TSM/017289,SM/18523)</t>
+  </si>
+  <si>
+    <t>TSM/017289</t>
+  </si>
+  <si>
+    <t>SM/18523</t>
+  </si>
+  <si>
+    <t>Kharagpur-II</t>
+  </si>
+  <si>
+    <t>Rautmani</t>
+  </si>
+  <si>
+    <t>RUPARGHAGRA AND ADJOINING MOUJAS PWSS(TSM/014661,SM/13108)</t>
+  </si>
+  <si>
+    <t>TSM/014661</t>
+  </si>
+  <si>
+    <t>SM/13108</t>
+  </si>
+  <si>
+    <t>Garbeta-II</t>
+  </si>
+  <si>
+    <t>Kadambandi</t>
+  </si>
+  <si>
+    <t>ANGUA AND ADJOINING MOUJAS PWSS(TSM/014240,SM/12989)</t>
+  </si>
+  <si>
+    <t>TSM/014240</t>
+  </si>
+  <si>
+    <t>SM/12989</t>
+  </si>
+  <si>
+    <t>Dantan-I</t>
+  </si>
+  <si>
+    <t>Benapura</t>
+  </si>
+  <si>
+    <t>Borai Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017562,SM/17398)</t>
+  </si>
+  <si>
+    <t>TSM/017562</t>
+  </si>
+  <si>
+    <t>SM/17398</t>
+  </si>
+  <si>
+    <t>Mohanpur</t>
+  </si>
+  <si>
+    <t>Gomunda</t>
+  </si>
+  <si>
+    <t>Sautia (Zone-II) Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017564,SM/17573)</t>
+  </si>
+  <si>
+    <t>TSM/017564</t>
+  </si>
+  <si>
+    <t>SM/17573</t>
+  </si>
+  <si>
+    <t>Remu</t>
+  </si>
+  <si>
+    <t>BAMANBIRUA AND ADJOINING MOUJAS PWSS(TSM/014261,SM/12991)</t>
+  </si>
+  <si>
+    <t>TSM/014261</t>
+  </si>
+  <si>
+    <t>SM/12991</t>
+  </si>
+  <si>
+    <t>Bamanbirua</t>
+  </si>
+  <si>
+    <t>Monoharpur Piped Water Supply Scheme.(TSM/004465,SM/10017)</t>
+  </si>
+  <si>
+    <t>TSM/004465</t>
+  </si>
+  <si>
+    <t>SM/10017</t>
+  </si>
+  <si>
+    <t>Kakrajit</t>
+  </si>
+  <si>
+    <t>1st TW</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Ramkrishnapur &amp; its adjoining mouzas.(TSM/011567,SM/11623)</t>
+  </si>
+  <si>
+    <t>TSM/011567</t>
+  </si>
+  <si>
+    <t>SM/11623</t>
+  </si>
+  <si>
+    <t>Daspur-II</t>
+  </si>
+  <si>
+    <t>Ramkrishnapur</t>
+  </si>
+  <si>
+    <t>Head work site &amp; 2nd TW</t>
+  </si>
+  <si>
+    <t>KARNAGAR AND ADJOINING MAOUJAS PWSS(TSM/015012,SM/13001)</t>
+  </si>
+  <si>
+    <t>TSM/015012</t>
+  </si>
+  <si>
+    <t>SM/13001</t>
+  </si>
+  <si>
+    <t>Khas Jangal</t>
+  </si>
+  <si>
+    <t>SHYAMPUR AND IT'S ADJOINING MOUJAS PWSS(TSM/013197,SM/17624)</t>
+  </si>
+  <si>
+    <t>TSM/013197</t>
+  </si>
+  <si>
+    <t>SM/17624</t>
+  </si>
+  <si>
+    <t>Chak Malta</t>
+  </si>
+  <si>
+    <t>KUNARPUR AND ADJOINING MOUJAS PWSS(TSM/014399,SM/13122)</t>
+  </si>
+  <si>
+    <t>TSM/014399</t>
+  </si>
+  <si>
+    <t>SM/13122</t>
+  </si>
+  <si>
+    <t>Kunarpur</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Masharpur mouza under SAGY, Block - Ghatal, GP - Dewanchak-II, PS - Ghatal, Dist.- Paschim Medinipur.(TSM/009187,SM/10002)</t>
+  </si>
+  <si>
+    <t>TSM/009187</t>
+  </si>
+  <si>
+    <t>SM/10002</t>
+  </si>
+  <si>
+    <t>SVS</t>
+  </si>
+  <si>
+    <t>Masharpur</t>
+  </si>
+  <si>
+    <t>BARANAGARA AND ADJOINING MOUJAS PWSS(TSM/014740,SM/13003)</t>
+  </si>
+  <si>
+    <t>TSM/014740</t>
+  </si>
+  <si>
+    <t>SM/13003</t>
+  </si>
+  <si>
+    <t>Shiromanipur</t>
+  </si>
+  <si>
+    <t>KUSUMPUR AND ADJOINING MOUJAS(TSM/014746,SM/13093)</t>
+  </si>
+  <si>
+    <t>TSM/014746</t>
+  </si>
+  <si>
+    <t>SM/13093</t>
+  </si>
+  <si>
+    <t>Pathar Huri</t>
+  </si>
+  <si>
+    <t>BISHNUPUR AND ADJOINING MOUJAS PWSS(TSM/015042,SM/13006)</t>
+  </si>
+  <si>
+    <t>TSM/015042</t>
+  </si>
+  <si>
+    <t>SM/13006</t>
+  </si>
+  <si>
+    <t>Bishnupur</t>
+  </si>
+  <si>
+    <t>Kalara Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015588,SM/18502)</t>
+  </si>
+  <si>
+    <t>TSM/015588</t>
+  </si>
+  <si>
+    <t>SM/18502</t>
+  </si>
+  <si>
+    <t>Daspur-I</t>
+  </si>
+  <si>
+    <t>Kalara</t>
+  </si>
+  <si>
+    <t>NARMA AND ADJOINING MOUJAS PWSS(TSM/015801,SM/18229)</t>
+  </si>
+  <si>
+    <t>TSM/015801</t>
+  </si>
+  <si>
+    <t>SM/18229</t>
+  </si>
+  <si>
+    <t>Larma</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Amba (Zone-I, II &amp; III) &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/017678,SM/19049)</t>
+  </si>
+  <si>
+    <t>TSM/017678</t>
+  </si>
+  <si>
+    <t>SM/19049</t>
+  </si>
+  <si>
+    <t>Sadatpur (P)</t>
+  </si>
+  <si>
+    <t>Sundraband</t>
+  </si>
+  <si>
+    <t>MURAKATI AND ADJOINING MOUJAS PWSS(TSM/016132,SM/14004)</t>
+  </si>
+  <si>
+    <t>TSM/016132</t>
+  </si>
+  <si>
+    <t>SM/14004</t>
+  </si>
+  <si>
+    <t>Bankisol</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Bhetia (Zone-I, II, III, &amp; IV) &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/017559,SM/19053)</t>
+  </si>
+  <si>
+    <t>TSM/017559</t>
+  </si>
+  <si>
+    <t>SM/19053</t>
+  </si>
+  <si>
+    <t>Purbabhurkundi</t>
+  </si>
+  <si>
+    <t>AMLA BANI AND ITS ADJOINING MOUZAS PWSS(TSM/017358,SM/18584)</t>
+  </si>
+  <si>
+    <t>TSM/017358</t>
+  </si>
+  <si>
+    <t>SM/18584</t>
+  </si>
+  <si>
+    <t>Keshpur</t>
+  </si>
+  <si>
+    <t>Amla Bani</t>
+  </si>
+  <si>
+    <t>DUDHE BUDE AND ADJOINING MOUJAS PWSS(TSM/014626,SM/13080)</t>
+  </si>
+  <si>
+    <t>TSM/014626</t>
+  </si>
+  <si>
+    <t>SM/13080</t>
+  </si>
+  <si>
+    <t>Dudhe Bude</t>
+  </si>
+  <si>
+    <t>DUMURIA AND ADJOINING MOUJAS PWSS(TSM/015808,SM/14032)</t>
+  </si>
+  <si>
+    <t>TSM/015808</t>
+  </si>
+  <si>
+    <t>SM/14032</t>
+  </si>
+  <si>
+    <t>Chhagalia</t>
+  </si>
+  <si>
+    <t>SATYAPUR AND IT'S ADJOINING MOUJAS PWSS(TSM/013118,SM/13038)</t>
+  </si>
+  <si>
+    <t>TSM/013118</t>
+  </si>
+  <si>
+    <t>SM/13038</t>
+  </si>
+  <si>
+    <t>Abdalipur</t>
+  </si>
+  <si>
+    <t>DAKSHINDIHA AND ADJOINING MOUJAS PWSS(TSM/014628,SM/13079)</t>
+  </si>
+  <si>
+    <t>TSM/014628</t>
+  </si>
+  <si>
+    <t>SM/13079</t>
+  </si>
+  <si>
+    <t>Dakshinadiha</t>
+  </si>
+  <si>
+    <t>TRILOCHANPUR PWSS(TSM/011604,SM/13049)</t>
+  </si>
+  <si>
+    <t>TSM/011604</t>
+  </si>
+  <si>
+    <t>SM/13049</t>
+  </si>
+  <si>
+    <t>Trilochanpur</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Kashinathpur &amp; its adjoining mouzas.(TSM/012658,SM/18758)</t>
+  </si>
+  <si>
+    <t>TSM/012658</t>
+  </si>
+  <si>
+    <t>SM/18758</t>
+  </si>
+  <si>
+    <t>Gomakpota</t>
+  </si>
+  <si>
+    <t>TURKA KASHBA AND IT'S ADJOINING MOUJAS PWSS(TSM/013129,SM/13050)</t>
+  </si>
+  <si>
+    <t>TSM/013129</t>
+  </si>
+  <si>
+    <t>SM/13050</t>
+  </si>
+  <si>
+    <t>Dantan-II</t>
+  </si>
+  <si>
+    <t>Daharda</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Naoyagan mouzas, Block - Sabang, District - Paschim Medinipur.(TSM/008454,SM/09683)</t>
+  </si>
+  <si>
+    <t>TSM/008454</t>
+  </si>
+  <si>
+    <t>SM/09683</t>
+  </si>
+  <si>
+    <t>Sabang</t>
+  </si>
+  <si>
+    <t>Naoyagan</t>
+  </si>
+  <si>
+    <t>GAZIPUR PATNA AND ADJOINING MOUJAS PWSS(TSM/014325,SM/13084)</t>
+  </si>
+  <si>
+    <t>TSM/014325</t>
+  </si>
+  <si>
+    <t>SM/13084</t>
+  </si>
+  <si>
+    <t>Ekamalipur</t>
+  </si>
+  <si>
+    <t>BAMANSAI AND IT'S ADJOINING MOUJAS PWSS(TSM/013156,SM/13047)</t>
+  </si>
+  <si>
+    <t>TSM/013156</t>
+  </si>
+  <si>
+    <t>SM/13047</t>
+  </si>
+  <si>
+    <t>Jalgoda</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Benai (Zone-I &amp; II) &amp; its adjoining mouzas.(TSM/012901,SM/18622)</t>
+  </si>
+  <si>
+    <t>TSM/012901</t>
+  </si>
+  <si>
+    <t>SM/18622</t>
+  </si>
+  <si>
+    <t>Naihati</t>
+  </si>
+  <si>
+    <t>SANTRAPUR AND ADJOINING MOUJAS PWSS(TSM/014737,SM/13219)</t>
+  </si>
+  <si>
+    <t>TSM/014737</t>
+  </si>
+  <si>
+    <t>SM/13219</t>
+  </si>
+  <si>
+    <t>Santra Pur</t>
+  </si>
+  <si>
+    <t>Gopmahal urf Monaharpur &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/017439,SM/14651)</t>
+  </si>
+  <si>
+    <t>TSM/017439</t>
+  </si>
+  <si>
+    <t>SM/14651</t>
+  </si>
+  <si>
+    <t>Gopmohal Urf Manoharpur</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Khunkhunya &amp; its adjoining mouzas, Block - Sabang, District - Paschim Medinipur.(TSM/008448,SM/09684)</t>
+  </si>
+  <si>
+    <t>TSM/008448</t>
+  </si>
+  <si>
+    <t>SM/09684</t>
+  </si>
+  <si>
+    <t>Khunkhunya</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Tangasol (Zone-I &amp; II) &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/015743,SM/18696)</t>
+  </si>
+  <si>
+    <t>TSM/015743</t>
+  </si>
+  <si>
+    <t>SM/18696</t>
+  </si>
+  <si>
+    <t>Tangasol</t>
+  </si>
+  <si>
+    <t>BARBASI &amp; ITS ADJOINING MOUZAS PIPED WATER SUPPLY SCHEME.(TSM/016340,SM/18507)</t>
+  </si>
+  <si>
+    <t>TSM/016340</t>
+  </si>
+  <si>
+    <t>SM/18507</t>
+  </si>
+  <si>
+    <t>Barbansi</t>
+  </si>
+  <si>
+    <t>SHAKHA BAI AND ADJOINING MOUJAS PWSS(TSM/014590,SM/13220)</t>
+  </si>
+  <si>
+    <t>TSM/014590</t>
+  </si>
+  <si>
+    <t>SM/13220</t>
+  </si>
+  <si>
+    <t>Garbeta-III</t>
+  </si>
+  <si>
+    <t>Dainmari</t>
+  </si>
+  <si>
+    <t>NERASOL AND ADJOINING MOUJAS PWSS(TSM/014269,SM/13103)</t>
+  </si>
+  <si>
+    <t>TSM/014269</t>
+  </si>
+  <si>
+    <t>SM/13103</t>
+  </si>
+  <si>
+    <t>Garbeta-I</t>
+  </si>
+  <si>
+    <t>Nerasol</t>
+  </si>
+  <si>
+    <t>GOPAL BANDH AND ITS ADJOINING MOUZAS WATER SUPPLY SCHEME(TSM/014933,SM/18508)</t>
+  </si>
+  <si>
+    <t>TSM/014933</t>
+  </si>
+  <si>
+    <t>SM/18508</t>
+  </si>
+  <si>
+    <t>Gopal Bandh</t>
+  </si>
+  <si>
+    <t>GARMAL AND ADJOINING MOUJAS PWSS(TSM/015815,SM/14090)</t>
+  </si>
+  <si>
+    <t>TSM/015815</t>
+  </si>
+  <si>
+    <t>SM/14090</t>
+  </si>
+  <si>
+    <t>Daha</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR HARIDHARPUR TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE(TSM/016011,SM/18249)</t>
+  </si>
+  <si>
+    <t>TSM/016011</t>
+  </si>
+  <si>
+    <t>SM/18249</t>
+  </si>
+  <si>
+    <t>Chandrakona-I</t>
+  </si>
+  <si>
+    <t>Hiradharpur</t>
+  </si>
+  <si>
+    <t>BALIBANDH AND ADJOINING MOUJAS PWSS(TSM/015799,SM/14990)</t>
+  </si>
+  <si>
+    <t>TSM/015799</t>
+  </si>
+  <si>
+    <t>SM/14990</t>
+  </si>
+  <si>
+    <t>Mashina</t>
+  </si>
+  <si>
+    <t>DUBRAJI AND ITS ADJOINING MOUZAS PWSS(TSM/016524,SM/18533)</t>
+  </si>
+  <si>
+    <t>TSM/016524</t>
+  </si>
+  <si>
+    <t>SM/18533</t>
+  </si>
+  <si>
+    <t>Kaluchak</t>
+  </si>
+  <si>
+    <t>UTATR KARKARA AND ADJOINING MOUJAS PWSS(TSM/014277,SM/13129)</t>
+  </si>
+  <si>
+    <t>TSM/014277</t>
+  </si>
+  <si>
+    <t>SM/13129</t>
+  </si>
+  <si>
+    <t>Dakshin Harkara</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Mohar, Katina &amp; its adjoining mouzas (Zone-I &amp; II), Block - Sabang.(TSM/013268,SM/18620)</t>
+  </si>
+  <si>
+    <t>TSM/013268</t>
+  </si>
+  <si>
+    <t>SM/18620</t>
+  </si>
+  <si>
+    <t>Nimkimohar</t>
+  </si>
+  <si>
+    <t>LENGA MARA AND IT'S ADJOINING MOUJAS(TSM/014731,SM/13094)</t>
+  </si>
+  <si>
+    <t>TSM/014731</t>
+  </si>
+  <si>
+    <t>SM/13094</t>
+  </si>
+  <si>
+    <t>Khajura Bheri</t>
+  </si>
+  <si>
+    <t>CHAKABDULLA AND ITS ADJOINING MOUZAS PWSS(TSM/016157,SM/14995)</t>
+  </si>
+  <si>
+    <t>TSM/016157</t>
+  </si>
+  <si>
+    <t>SM/14995</t>
+  </si>
+  <si>
+    <t>Sanmaninathpur</t>
+  </si>
+  <si>
+    <t>ANTRI AND ADJOINING MOUJAS PWSS(TSM/014683,SM/13636)</t>
+  </si>
+  <si>
+    <t>TSM/014683</t>
+  </si>
+  <si>
+    <t>SM/13636</t>
+  </si>
+  <si>
+    <t>Dhunria</t>
+  </si>
+  <si>
+    <t>Radhanagar &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/017438,SM/14131)</t>
+  </si>
+  <si>
+    <t>TSM/017438</t>
+  </si>
+  <si>
+    <t>SM/14131</t>
+  </si>
+  <si>
+    <t>Radhanagar</t>
+  </si>
+  <si>
+    <t>Jarisai (Zone-II) Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017569,SM/17560)</t>
+  </si>
+  <si>
+    <t>TSM/017569</t>
+  </si>
+  <si>
+    <t>SM/17560</t>
+  </si>
+  <si>
+    <t>Srirampur</t>
+  </si>
+  <si>
+    <t>ASHARI AND IT'S ADJOINING MOUJAS PWSS(TSM/013126,SM/12198)</t>
+  </si>
+  <si>
+    <t>TSM/013126</t>
+  </si>
+  <si>
+    <t>SM/12198</t>
+  </si>
+  <si>
+    <t>Arjjuni</t>
+  </si>
+  <si>
+    <t>PALAIBANI AND ADJOINING MOUJAS PWSS(TSM/015949,SM/15026)</t>
+  </si>
+  <si>
+    <t>TSM/015949</t>
+  </si>
+  <si>
+    <t>SM/15026</t>
+  </si>
+  <si>
+    <t>Palaibani</t>
+  </si>
+  <si>
+    <t>DHUIPARA PIPED WATER SUPPLY SCHEME OF MOHANPUR BLOCK,UNDER MEDINIPUR DIVISION(TSM/018441,SM/17005)</t>
+  </si>
+  <si>
+    <t>TSM/018441</t>
+  </si>
+  <si>
+    <t>SM/17005</t>
+  </si>
+  <si>
+    <t>Dhuipara</t>
+  </si>
+  <si>
+    <t>ANAR AND ADJOINING MOUJAS PWSS(TSM/014649,SM/13180)</t>
+  </si>
+  <si>
+    <t>TSM/014649</t>
+  </si>
+  <si>
+    <t>SM/13180</t>
+  </si>
+  <si>
+    <t>Durga Pur</t>
+  </si>
+  <si>
+    <t>Kashida (Zone-I) Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017566,SM/17561)</t>
+  </si>
+  <si>
+    <t>TSM/017566</t>
+  </si>
+  <si>
+    <t>SM/17561</t>
+  </si>
+  <si>
+    <t>Gotsanda</t>
+  </si>
+  <si>
+    <t>PUKHARIA SOL AND ADJOINING MOUJAS PWSS(TSM/015809,SM/15029)</t>
+  </si>
+  <si>
+    <t>TSM/015809</t>
+  </si>
+  <si>
+    <t>SM/15029</t>
+  </si>
+  <si>
+    <t>Pukharia Sol</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Goura (Zone-I, II, III &amp; IV) &amp; its adjoining mouzas.(TSM/012657,SM/18621)</t>
+  </si>
+  <si>
+    <t>TSM/012657</t>
+  </si>
+  <si>
+    <t>SM/18621</t>
+  </si>
+  <si>
+    <t>Garurna</t>
+  </si>
+  <si>
+    <t>Kashida (Zone-II) Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017567,SM/17562)</t>
+  </si>
+  <si>
+    <t>TSM/017567</t>
+  </si>
+  <si>
+    <t>SM/17562</t>
+  </si>
+  <si>
+    <t>Begunia</t>
+  </si>
+  <si>
+    <t>ASTI AND ADJOINING MOUJAS PWSS(TSM/014385,SM/13655)</t>
+  </si>
+  <si>
+    <t>TSM/014385</t>
+  </si>
+  <si>
+    <t>SM/13655</t>
+  </si>
+  <si>
+    <t>Purusottampur</t>
+  </si>
+  <si>
+    <t>PELAGERYA &amp; ITS ADJOINING MOUZAS PIPED WATER SUPPLY SCHEME.(TSM/016334,SM/16378)</t>
+  </si>
+  <si>
+    <t>TSM/016334</t>
+  </si>
+  <si>
+    <t>SM/16378</t>
+  </si>
+  <si>
+    <t>Pelagerya</t>
+  </si>
+  <si>
+    <t>BENYA AND IT'S ADJOINING MOUJAS PWSS.(TSM/013182,SM/14721)</t>
+  </si>
+  <si>
+    <t>TSM/013182</t>
+  </si>
+  <si>
+    <t>SM/14721</t>
+  </si>
+  <si>
+    <t>Chak Kanu</t>
+  </si>
+  <si>
+    <t>BHANSRA AND ADJOINING MOUJAS PWSS(TSM/014653,SM/13005)</t>
+  </si>
+  <si>
+    <t>TSM/014653</t>
+  </si>
+  <si>
+    <t>SM/13005</t>
+  </si>
+  <si>
+    <t>Khokra</t>
+  </si>
+  <si>
+    <t>KHANAMOHAN AND IT'S ADJOINING MOUJAS PWSS(TSM/013105,SM/13024)</t>
+  </si>
+  <si>
+    <t>TSM/013105</t>
+  </si>
+  <si>
+    <t>SM/13024</t>
+  </si>
+  <si>
+    <t>Amadpur</t>
+  </si>
+  <si>
+    <t>NAHANJARA AND IT'S ADJOINING MOUJAS PWSS(TSM/013117,SM/13029)</t>
+  </si>
+  <si>
+    <t>TSM/013117</t>
+  </si>
+  <si>
+    <t>SM/13029</t>
+  </si>
+  <si>
+    <t>Chauraigram</t>
+  </si>
+  <si>
+    <t>BRINDABANPUR AND ITS ADJOINING MOJAS PWSS(TSM/013157,SM/12384)</t>
+  </si>
+  <si>
+    <t>TSM/013157</t>
+  </si>
+  <si>
+    <t>SM/12384</t>
+  </si>
+  <si>
+    <t>Brindabanpur</t>
+  </si>
+  <si>
+    <t>KARANJIMURA AND ADJOINING MOUJAS PWSS(TSM/014756,SM/13061)</t>
+  </si>
+  <si>
+    <t>TSM/014756</t>
+  </si>
+  <si>
+    <t>SM/13061</t>
+  </si>
+  <si>
+    <t>Bhelampur</t>
+  </si>
+  <si>
+    <t>RADHABALLABHPUR PIPED WATER SUPPLY SCHEME(TSM/012538,SM/12997)</t>
+  </si>
+  <si>
+    <t>TSM/012538</t>
+  </si>
+  <si>
+    <t>SM/12997</t>
+  </si>
+  <si>
+    <t>Radha Ballabhpur</t>
+  </si>
+  <si>
+    <t>PATHARISOL AND ADJOINING MOUJAS PWSS(TSM/013517,SM/13030)</t>
+  </si>
+  <si>
+    <t>TSM/013517</t>
+  </si>
+  <si>
+    <t>SM/13030</t>
+  </si>
+  <si>
+    <t>Dhabani</t>
+  </si>
+  <si>
+    <t>BARABOLABANDI AND ADJOINING MOUJAS PWSS(TSM/014850,SM/13066)</t>
+  </si>
+  <si>
+    <t>TSM/014850</t>
+  </si>
+  <si>
+    <t>SM/13066</t>
+  </si>
+  <si>
+    <t>Baraelageria</t>
+  </si>
+  <si>
+    <t>TARUA AND ADJOINING MOUJAS PWSS(TSM/014582,SM/13166)</t>
+  </si>
+  <si>
+    <t>TSM/014582</t>
+  </si>
+  <si>
+    <t>SM/13166</t>
+  </si>
+  <si>
+    <t>Rama</t>
+  </si>
+  <si>
+    <t>SAORAPIR AND ADJOINING MOUJAS PWSS(TSM/014253,SM/13172)</t>
+  </si>
+  <si>
+    <t>TSM/014253</t>
+  </si>
+  <si>
+    <t>SM/13172</t>
+  </si>
+  <si>
+    <t>Gargaria</t>
+  </si>
+  <si>
+    <t>KANKRA SIBRAM AND ITS ADJOINING MOUJAS PWSS(TSM/013055,SM/13089)</t>
+  </si>
+  <si>
+    <t>TSM/013055</t>
+  </si>
+  <si>
+    <t>SM/13089</t>
+  </si>
+  <si>
+    <t>Kankra Shibram</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Khukur Daha &amp; its adjoining mouzas.(TSM/012817,SM/19101)</t>
+  </si>
+  <si>
+    <t>TSM/012817</t>
+  </si>
+  <si>
+    <t>SM/19101</t>
+  </si>
+  <si>
+    <t>Khukur Daha</t>
+  </si>
+  <si>
+    <t>BHAGABANPUR PIPED WATER SUPPLY SCHEME(TSM/011569,SM/12202)</t>
+  </si>
+  <si>
+    <t>TSM/011569</t>
+  </si>
+  <si>
+    <t>SM/12202</t>
+  </si>
+  <si>
+    <t>Bagabanpur</t>
+  </si>
+  <si>
+    <t>BAMANDA AND ADJOINING MOUJAS PWSS(TSM/014223,SM/12993)</t>
+  </si>
+  <si>
+    <t>TSM/014223</t>
+  </si>
+  <si>
+    <t>SM/12993</t>
+  </si>
+  <si>
+    <t>Bamanda</t>
+  </si>
+  <si>
+    <t>BHATUIGERYA PIPED WATER SUPPLY SCHEME(TSM/012537,SM/15509)</t>
+  </si>
+  <si>
+    <t>TSM/012537</t>
+  </si>
+  <si>
+    <t>SM/15509</t>
+  </si>
+  <si>
+    <t>Bhatui Gerya</t>
+  </si>
+  <si>
+    <t>KHAS JANGAL PIPED WATER SUPPLY SCHEME(TSM/015765,SM/14506)</t>
+  </si>
+  <si>
+    <t>TSM/015765</t>
+  </si>
+  <si>
+    <t>SM/14506</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Arjuni (Zone-I, II, III, IV, V &amp; VI) &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/015517,SM/15533)</t>
+  </si>
+  <si>
+    <t>TSM/015517</t>
+  </si>
+  <si>
+    <t>SM/15533</t>
+  </si>
+  <si>
+    <t>Hariharpur</t>
+  </si>
+  <si>
+    <t>Murkunya</t>
+  </si>
+  <si>
+    <t>Arjuni</t>
+  </si>
+  <si>
+    <t>JAMUNA AND ADJOINING MOUJAS PWSS(TSM/014383,SM/13056)</t>
+  </si>
+  <si>
+    <t>TSM/014383</t>
+  </si>
+  <si>
+    <t>SM/13056</t>
+  </si>
+  <si>
+    <t>Phulgerya</t>
+  </si>
+  <si>
+    <t>KADAMDIHA AND IT'S ADJOINING MOUJAS PWSS (TSM/017360,SM/16620)</t>
+  </si>
+  <si>
+    <t>TSM/017360</t>
+  </si>
+  <si>
+    <t>SM/16620</t>
+  </si>
+  <si>
+    <t>Nishchintapur</t>
+  </si>
+  <si>
+    <t>GHOSHPUR PIPED WATER SUPPLY SCHEME(TSM/013511,SM/18535)</t>
+  </si>
+  <si>
+    <t>TSM/013511</t>
+  </si>
+  <si>
+    <t>SM/18535</t>
+  </si>
+  <si>
+    <t>Ghoshpur</t>
+  </si>
+  <si>
+    <t>DHENGADAHA AND ADJOINING MOUJAS PWSS(TSM/014168,SM/13000)</t>
+  </si>
+  <si>
+    <t>TSM/014168</t>
+  </si>
+  <si>
+    <t>SM/13000</t>
+  </si>
+  <si>
+    <t>Dhengadaha</t>
+  </si>
+  <si>
+    <t>NANASOL AND ADJOINING MOUJAS PWSS(TSM/015783,SM/13808)</t>
+  </si>
+  <si>
+    <t>TSM/015783</t>
+  </si>
+  <si>
+    <t>SM/13808</t>
+  </si>
+  <si>
+    <t>Bhangabandh</t>
+  </si>
+  <si>
+    <t>GAMARIA PIPED WATER SUPPLY SCHEME(TSM/013580,SM/13141)</t>
+  </si>
+  <si>
+    <t>TSM/013580</t>
+  </si>
+  <si>
+    <t>SM/13141</t>
+  </si>
+  <si>
+    <t>Gamaria</t>
+  </si>
+  <si>
+    <t>DOSATINA AND ITS ADJOINING MOUZAS PWSS(TSM/017367,SM/15589)</t>
+  </si>
+  <si>
+    <t>TSM/017367</t>
+  </si>
+  <si>
+    <t>SM/15589</t>
+  </si>
+  <si>
+    <t>Dosatina</t>
+  </si>
+  <si>
+    <t>BAKALSABAKARAM PWSS(TSM/011656,SM/12199)</t>
+  </si>
+  <si>
+    <t>TSM/011656</t>
+  </si>
+  <si>
+    <t>SM/12199</t>
+  </si>
+  <si>
+    <t>Bakalsebakram</t>
+  </si>
+  <si>
+    <t>BAGUYAN AND IT'S ADJOINING MOUJAS PWSS(TSM/011859,SM/17623)</t>
+  </si>
+  <si>
+    <t>TSM/011859</t>
+  </si>
+  <si>
+    <t>SM/17623</t>
+  </si>
+  <si>
+    <t>Jagul</t>
+  </si>
+  <si>
+    <t>Hariatara</t>
+  </si>
+  <si>
+    <t>GAGANESHWAR AND ADJOINING MOUJAS PWSS(TSM/014662,SM/13082)</t>
+  </si>
+  <si>
+    <t>TSM/014662</t>
+  </si>
+  <si>
+    <t>SM/13082</t>
+  </si>
+  <si>
+    <t>Gaganeswar</t>
+  </si>
+  <si>
+    <t>Ghat Mura</t>
+  </si>
+  <si>
+    <t>GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR BAGCHHARI TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MEDNIPUR DISTRICT UNDER MEDNIPUR DIVISION, PHE DTE.(TSM/013342,SM/18171)</t>
+  </si>
+  <si>
+    <t>TSM/013342</t>
+  </si>
+  <si>
+    <t>SM/18171</t>
+  </si>
+  <si>
+    <t>Paikmajita</t>
+  </si>
+  <si>
+    <t>Head work site</t>
+  </si>
+  <si>
+    <t>Possessed</t>
+  </si>
+  <si>
+    <t>DHITPUR AND ITS ADJOINING MOUZAS PIPED WATER SUPPLY SCHEME(TSM/017287,SM/16374)</t>
+  </si>
+  <si>
+    <t>TSM/017287</t>
+  </si>
+  <si>
+    <t>SM/16374</t>
+  </si>
+  <si>
+    <t>Dhitpur</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR DHUNRABILA TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017061,SM/18028)</t>
+  </si>
+  <si>
+    <t>TSM/017061</t>
+  </si>
+  <si>
+    <t>SM/18028</t>
+  </si>
+  <si>
+    <t>Chandrakona-II</t>
+  </si>
+  <si>
+    <t>Radhaballabhpur</t>
+  </si>
+  <si>
+    <t>BHATMARA AND ADJOINING MOUJAS PWSS(TSM/016781,SM/14644)</t>
+  </si>
+  <si>
+    <t>TSM/016781</t>
+  </si>
+  <si>
+    <t>SM/14644</t>
+  </si>
+  <si>
+    <t>Bhatmara</t>
+  </si>
+  <si>
+    <t>GOKULPUR AND ADJOINING MOUJAS PWSS(TSM/016187,SM/14649)</t>
+  </si>
+  <si>
+    <t>TSM/016187</t>
+  </si>
+  <si>
+    <t>SM/14649</t>
+  </si>
+  <si>
+    <t>Sara Chak</t>
+  </si>
+  <si>
+    <t>RERIPUR AND ADJ0INING MOUJAS PWSS(TSM/014535,SM/18530)</t>
+  </si>
+  <si>
+    <t>TSM/014535</t>
+  </si>
+  <si>
+    <t>SM/18530</t>
+  </si>
+  <si>
+    <t>Reripur</t>
+  </si>
+  <si>
+    <t>BHATURBANDI AND ADJOINING MOUJAS PWSS(TSM/014562,SM/14825)</t>
+  </si>
+  <si>
+    <t>TSM/014562</t>
+  </si>
+  <si>
+    <t>SM/14825</t>
+  </si>
+  <si>
+    <t>Bhaturbandi</t>
+  </si>
+  <si>
+    <t>KUSUMDAHARI PIPED WATER SUPPLY SCHEME(TSM/014870,SM/18531)</t>
+  </si>
+  <si>
+    <t>TSM/014870</t>
+  </si>
+  <si>
+    <t>SM/18531</t>
+  </si>
+  <si>
+    <t>Kusumdahari</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Rupnarayanpur (Zone-I, II &amp; III) &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/016251,SM/16262)</t>
+  </si>
+  <si>
+    <t>TSM/016251</t>
+  </si>
+  <si>
+    <t>SM/16262</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Uchitpur mouzas, Block - Sabang, District - Paschim Medinipur.(TSM/008476,SM/09678)</t>
+  </si>
+  <si>
+    <t>TSM/008476</t>
+  </si>
+  <si>
+    <t>SM/09678</t>
+  </si>
+  <si>
+    <t>Uchitpur</t>
+  </si>
+  <si>
+    <t>Jinsar</t>
+  </si>
+  <si>
+    <t>BENADIHA AND ADJOINING MOUJAS PWSS(TSM/016082,SM/14993)</t>
+  </si>
+  <si>
+    <t>TSM/016082</t>
+  </si>
+  <si>
+    <t>SM/14993</t>
+  </si>
+  <si>
+    <t>Dakibhara</t>
+  </si>
+  <si>
+    <t>CHAKMAOA AND ITS ADJOINING MOUZAS PWSS(TSM/016125,SM/14996)</t>
+  </si>
+  <si>
+    <t>TSM/016125</t>
+  </si>
+  <si>
+    <t>SM/14996</t>
+  </si>
+  <si>
+    <t>Chakmaoa</t>
+  </si>
+  <si>
+    <t>KUKRADA AND ITS ADJOINING MOUZAS PWSS(TSM/017288,SM/14654)</t>
+  </si>
+  <si>
+    <t>TSM/017288</t>
+  </si>
+  <si>
+    <t>SM/14654</t>
+  </si>
+  <si>
+    <t>Uttarshimla</t>
+  </si>
+  <si>
+    <t>Banktal</t>
+  </si>
+  <si>
+    <t>Chaksadi &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/015716,SM/14997)</t>
+  </si>
+  <si>
+    <t>TSM/015716</t>
+  </si>
+  <si>
+    <t>SM/14997</t>
+  </si>
+  <si>
+    <t>Shrirampur</t>
+  </si>
+  <si>
+    <t>KULDIHA AND ITS ADJOINING MOUZAS PWSS(TSM/017167,SM/14655)</t>
+  </si>
+  <si>
+    <t>TSM/017167</t>
+  </si>
+  <si>
+    <t>SM/14655</t>
+  </si>
+  <si>
+    <t>Kuldiha</t>
+  </si>
+  <si>
+    <t>Balarampur</t>
+  </si>
+  <si>
+    <t>BABAIBASA AND ADJOINING MOUJAS PWSS(TSM/014992,SM/13753)</t>
+  </si>
+  <si>
+    <t>TSM/014992</t>
+  </si>
+  <si>
+    <t>SM/13753</t>
+  </si>
+  <si>
+    <t>Rupaipur</t>
+  </si>
+  <si>
+    <t>Dwandbipur &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/015715,SM/14999)</t>
+  </si>
+  <si>
+    <t>TSM/015715</t>
+  </si>
+  <si>
+    <t>SM/14999</t>
+  </si>
+  <si>
+    <t>Marichya</t>
+  </si>
+  <si>
+    <t>Kushman &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/017441,SM/14656)</t>
+  </si>
+  <si>
+    <t>TSM/017441</t>
+  </si>
+  <si>
+    <t>SM/14656</t>
+  </si>
+  <si>
+    <t>Kushman</t>
+  </si>
+  <si>
+    <t>KANAKPUR AND IT'S ADJOINING MOUJAS PWSS(TSM/011809,SM/12988)</t>
+  </si>
+  <si>
+    <t>TSM/011809</t>
+  </si>
+  <si>
+    <t>SM/12988</t>
+  </si>
+  <si>
+    <t>Kanakpur</t>
+  </si>
+  <si>
+    <t>DAKSHIN AMRIA AND ADJOINING MOUJAS PWSS(TSM/014246,SM/12999)</t>
+  </si>
+  <si>
+    <t>TSM/014246</t>
+  </si>
+  <si>
+    <t>SM/12999</t>
+  </si>
+  <si>
+    <t>Kotpada</t>
+  </si>
+  <si>
+    <t>KADAM DIHA AND ADJOINING MOUJAS PWSS(TSM/015816,SM/15012)</t>
+  </si>
+  <si>
+    <t>TSM/015816</t>
+  </si>
+  <si>
+    <t>SM/15012</t>
+  </si>
+  <si>
+    <t>Kadamdiha</t>
+  </si>
+  <si>
+    <t>GROUND BASED MINI PIPED WATER SUPPLY SCHEME FOR DEULBERE MOUZA, BLOCK CHANDRAKONA-II, DISTRICT-PASCHIM MEDINIPUR(TSM/017509,SM/17008)</t>
+  </si>
+  <si>
+    <t>TSM/017509</t>
+  </si>
+  <si>
+    <t>SM/17008</t>
+  </si>
+  <si>
+    <t>Deulbere</t>
+  </si>
+  <si>
+    <t>Khamra PWSS, Block-Debra, Dist-Paschim Medinipur(TSM/010246,SM/13026)</t>
+  </si>
+  <si>
+    <t>TSM/010246</t>
+  </si>
+  <si>
+    <t>SM/13026</t>
+  </si>
+  <si>
+    <t>Khamra</t>
+  </si>
+  <si>
+    <t>Tatarpur Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015924,SM/18540)</t>
+  </si>
+  <si>
+    <t>TSM/015924</t>
+  </si>
+  <si>
+    <t>SM/18540</t>
+  </si>
+  <si>
+    <t>Tatarpur</t>
+  </si>
+  <si>
+    <t>Head Work Site</t>
+  </si>
+  <si>
+    <t>MANGAL BANDI AND ADJOINING MOUJAS PWSS(TSM/017105,SM/15020)</t>
+  </si>
+  <si>
+    <t>TSM/017105</t>
+  </si>
+  <si>
+    <t>SM/15020</t>
+  </si>
+  <si>
+    <t>Bura Mara</t>
+  </si>
+  <si>
+    <t>BAGRUI AND ITS ADJOINING MOUZAS PWSS(TSM/017511,SM/19052)</t>
+  </si>
+  <si>
+    <t>TSM/017511</t>
+  </si>
+  <si>
+    <t>SM/19052</t>
+  </si>
+  <si>
+    <t>Panch Bighi</t>
+  </si>
+  <si>
+    <t>Gomrasol</t>
+  </si>
+  <si>
+    <t>THAUR AND ITS ADJOINING MOUZAS PWSS(TSM/017350,SM/15906)</t>
+  </si>
+  <si>
+    <t>TSM/017350</t>
+  </si>
+  <si>
+    <t>SM/15906</t>
+  </si>
+  <si>
+    <t>Thaur</t>
+  </si>
+  <si>
+    <t>Makarampur Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015925,SM/18586)</t>
+  </si>
+  <si>
+    <t>TSM/015925</t>
+  </si>
+  <si>
+    <t>SM/18586</t>
+  </si>
+  <si>
+    <t>Makarampur</t>
+  </si>
+  <si>
+    <t>GOTSHINGLA AND ADJOINING MOUJAS PWSS(TSM/016085,SM/15010)</t>
+  </si>
+  <si>
+    <t>TSM/016085</t>
+  </si>
+  <si>
+    <t>SM/15010</t>
+  </si>
+  <si>
+    <t>Birpathari</t>
+  </si>
+  <si>
+    <t>Sabra Piped Water Supply Scheme.(TSM/006521,SM/11460)</t>
+  </si>
+  <si>
+    <t>TSM/006521</t>
+  </si>
+  <si>
+    <t>SM/11460</t>
+  </si>
+  <si>
+    <t>Sabra</t>
+  </si>
+  <si>
+    <t>MALIHATI AND IT'S ADJOINING MOUJAS PWSS(TSM/011812,SM/16615)</t>
+  </si>
+  <si>
+    <t>TSM/011812</t>
+  </si>
+  <si>
+    <t>SM/16615</t>
+  </si>
+  <si>
+    <t>Malihati</t>
+  </si>
+  <si>
+    <t>NARASINGHAPUR AND ITS ADJOINING MOUZAS PWSS (TSM/016101,SM/15025)</t>
+  </si>
+  <si>
+    <t>TSM/016101</t>
+  </si>
+  <si>
+    <t>SM/15025</t>
+  </si>
+  <si>
+    <t>Narasinhapur</t>
+  </si>
+  <si>
+    <t>BAGDOBA AND ADJOINING MOUJAS PWSS(TSM/016495,SM/14690)</t>
+  </si>
+  <si>
+    <t>TSM/016495</t>
+  </si>
+  <si>
+    <t>SM/14690</t>
+  </si>
+  <si>
+    <t>Bagdoba</t>
+  </si>
+  <si>
+    <t>URIYASHAI AND ADJOINING MOUJAS PWSS(TSM/014646,SM/13130)</t>
+  </si>
+  <si>
+    <t>TSM/014646</t>
+  </si>
+  <si>
+    <t>SM/13130</t>
+  </si>
+  <si>
+    <t>Naura Sol</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR KHANDANGA TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MEDINIPUR DISTRICT UNDER MEDINIPUR DIVISION, PHE DTE.(TSM/013440,SM/13167)</t>
+  </si>
+  <si>
+    <t>TSM/013440</t>
+  </si>
+  <si>
+    <t>SM/13167</t>
+  </si>
+  <si>
+    <t>Khandanga</t>
+  </si>
+  <si>
+    <t>1st Tube well</t>
+  </si>
+  <si>
+    <t>PATAJHARIA AND ADJOINING MOUJAS PWSS(TSM/015109,SM/15027)</t>
+  </si>
+  <si>
+    <t>TSM/015109</t>
+  </si>
+  <si>
+    <t>SM/15027</t>
+  </si>
+  <si>
+    <t>Andharmara</t>
+  </si>
+  <si>
+    <t>PIRRAKULI AND ADJOINING MOUJAS PWSS(TSM/015097,SM/15028)</t>
+  </si>
+  <si>
+    <t>TSM/015097</t>
+  </si>
+  <si>
+    <t>SM/15028</t>
+  </si>
+  <si>
+    <t>Kayma</t>
+  </si>
+  <si>
+    <t>DHARMMA PUR AND ITS ADJOINING MOUZAS PWSS(TSM/017371,SM/18524)</t>
+  </si>
+  <si>
+    <t>TSM/017371</t>
+  </si>
+  <si>
+    <t>SM/18524</t>
+  </si>
+  <si>
+    <t>Dharmma Pur</t>
+  </si>
+  <si>
+    <t>JHETA JAMBONI PIPED WATER SUPPLY SCHEME(TSM/015054,SM/13806)</t>
+  </si>
+  <si>
+    <t>TSM/015054</t>
+  </si>
+  <si>
+    <t>SM/13806</t>
+  </si>
+  <si>
+    <t>Keot Para</t>
+  </si>
+  <si>
+    <t>BIRSINGPUR AND ADJOINING MOUJAS PWSS(TSM/015842,SM/14994)</t>
+  </si>
+  <si>
+    <t>TSM/015842</t>
+  </si>
+  <si>
+    <t>SM/14994</t>
+  </si>
+  <si>
+    <t>Pathai Sol</t>
+  </si>
+  <si>
+    <t>SARANG AND ADJOINING MOUJAS PWSS(TSM/015093,SM/13809)</t>
+  </si>
+  <si>
+    <t>TSM/015093</t>
+  </si>
+  <si>
+    <t>SM/13809</t>
+  </si>
+  <si>
+    <t>Urisal</t>
+  </si>
+  <si>
+    <t>RADHAKISHOR AND ITS ADJOINING MOUZAS PWSS(TSM/016507,SM/18526)</t>
+  </si>
+  <si>
+    <t>TSM/016507</t>
+  </si>
+  <si>
+    <t>SM/18526</t>
+  </si>
+  <si>
+    <t>Ranjapur &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/015714,SM/15118)</t>
+  </si>
+  <si>
+    <t>TSM/015714</t>
+  </si>
+  <si>
+    <t>SM/15118</t>
+  </si>
+  <si>
+    <t>Sultanpur</t>
+  </si>
+  <si>
+    <t>UTTAR PIASHALA PIPED WATER SUPPLY SCHEME(TSM/014972,SM/13810)</t>
+  </si>
+  <si>
+    <t>TSM/014972</t>
+  </si>
+  <si>
+    <t>SM/13810</t>
+  </si>
+  <si>
+    <t>Amanpur</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Daspur mouzas, Block - Sabang, District - Paschim Medinipur(TSM/009246,SM/10658)</t>
+  </si>
+  <si>
+    <t>TSM/009246</t>
+  </si>
+  <si>
+    <t>SM/10658</t>
+  </si>
+  <si>
+    <t>Daspur</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR KENCHKAPUR TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017583,SM/15595)</t>
+  </si>
+  <si>
+    <t>TSM/017583</t>
+  </si>
+  <si>
+    <t>SM/15595</t>
+  </si>
+  <si>
+    <t>Atghara</t>
+  </si>
+  <si>
+    <t>NAYAPUKUR AND ADJOINING MOUJAS PWSS(TSM/014448,SM/13102)</t>
+  </si>
+  <si>
+    <t>TSM/014448</t>
+  </si>
+  <si>
+    <t>SM/13102</t>
+  </si>
+  <si>
+    <t>Belti</t>
+  </si>
+  <si>
+    <t>PAKURSENI AND ADJOINING MOUJAS PWSS(TSM/014331,SM/13104)</t>
+  </si>
+  <si>
+    <t>TSM/014331</t>
+  </si>
+  <si>
+    <t>SM/13104</t>
+  </si>
+  <si>
+    <t>Kamargram</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Jote Kanuramgar &amp; its adjoining mouzas.(TSM/011566,SM/11622)</t>
+  </si>
+  <si>
+    <t>TSM/011566</t>
+  </si>
+  <si>
+    <t>SM/11622</t>
+  </si>
+  <si>
+    <t>Jot Kanusamgar</t>
+  </si>
+  <si>
+    <t>TELIJANT AND IT'S ADJOINING MOUJAS PWSS(TSM/014123,SM/13175)</t>
+  </si>
+  <si>
+    <t>TSM/014123</t>
+  </si>
+  <si>
+    <t>SM/13175</t>
+  </si>
+  <si>
+    <t>Bhedua Sahebdanga</t>
+  </si>
+  <si>
+    <t>SHUJA AND ADJOINING MOUJAS PWSS(TSM/014451,SM/13109)</t>
+  </si>
+  <si>
+    <t>TSM/014451</t>
+  </si>
+  <si>
+    <t>SM/13109</t>
+  </si>
+  <si>
+    <t>Chatla</t>
+  </si>
+  <si>
+    <t>BARAMURA AND ADJOINING MOUJAS PWSS(TSM/014126,SM/12994)</t>
+  </si>
+  <si>
+    <t>TSM/014126</t>
+  </si>
+  <si>
+    <t>SM/12994</t>
+  </si>
+  <si>
+    <t>Baramura</t>
+  </si>
+  <si>
+    <t>JAGANATH CHAK AND ITS ADJOINING MOUZAS PWSS(TSM/016526,SM/18583)</t>
+  </si>
+  <si>
+    <t>TSM/016526</t>
+  </si>
+  <si>
+    <t>SM/18583</t>
+  </si>
+  <si>
+    <t>Jamira</t>
+  </si>
+  <si>
+    <t>KADAM BANDHI AND ADJOINING MOUJAS PWSS(TSM/014559,SM/13058)</t>
+  </si>
+  <si>
+    <t>TSM/014559</t>
+  </si>
+  <si>
+    <t>SM/13058</t>
+  </si>
+  <si>
+    <t>Sonabandi</t>
+  </si>
+  <si>
+    <t>TALBANDI AND ITS ADJOINING MOUJAS PWSS(TSM/011840,SM/17614)</t>
+  </si>
+  <si>
+    <t>TSM/011840</t>
+  </si>
+  <si>
+    <t>SM/17614</t>
+  </si>
+  <si>
+    <t>Talbandi</t>
+  </si>
+  <si>
+    <t>GOVINDAPUR BRAHMAN SASAN AND ADJOINING MOUJAS PWSS (TSM/014580,SM/13076)</t>
+  </si>
+  <si>
+    <t>TSM/014580</t>
+  </si>
+  <si>
+    <t>SM/13076</t>
+  </si>
+  <si>
+    <t>Gobindapur Brahman Sasan</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR PURSHURI TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MEDINIPUR DISTRICT UNDER MEDINIPUR DIVISION, PHE DTE.(TSM/013442,SM/16252)</t>
+  </si>
+  <si>
+    <t>TSM/013442</t>
+  </si>
+  <si>
+    <t>SM/16252</t>
+  </si>
+  <si>
+    <t>Purshuri</t>
+  </si>
+  <si>
+    <t>NILDA ZONE 1 PIPED WATER SUPPLY SCHEME OF MOHANPUR BLOCK UNDER MIDNAPUR DIVISION(TSM/018466,SM/17565)</t>
+  </si>
+  <si>
+    <t>TSM/018466</t>
+  </si>
+  <si>
+    <t>SM/17565</t>
+  </si>
+  <si>
+    <t>Nilpura</t>
+  </si>
+  <si>
+    <t>MALIGHATI AND ITS ADJOINING MOUJAS PWSS(TSM/011784,SM/13027)</t>
+  </si>
+  <si>
+    <t>TSM/011784</t>
+  </si>
+  <si>
+    <t>SM/13027</t>
+  </si>
+  <si>
+    <t>Basudebpur</t>
+  </si>
+  <si>
+    <t>Rabidaspur Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015927,SM/17567)</t>
+  </si>
+  <si>
+    <t>TSM/015927</t>
+  </si>
+  <si>
+    <t>SM/17567</t>
+  </si>
+  <si>
+    <t>Rabidaspur</t>
+  </si>
+  <si>
+    <t>KUILABAD AND ADJOINING MOUJAS PWSS at Garbeta-I Block.(TSM/013977,SM/12335)</t>
+  </si>
+  <si>
+    <t>TSM/013977</t>
+  </si>
+  <si>
+    <t>SM/12335</t>
+  </si>
+  <si>
+    <t>Nachanjam</t>
+  </si>
+  <si>
+    <t>PIPED WATER SUPPLY SCHEME FOR RANIAR AND IT'S ADJOINING MOUZAS(TSM/013446,SM/13032)</t>
+  </si>
+  <si>
+    <t>TSM/013446</t>
+  </si>
+  <si>
+    <t>SM/13032</t>
+  </si>
+  <si>
+    <t>Raniar</t>
+  </si>
+  <si>
+    <t>GILABANI AND ADJOINING MOUJAS PWSS(TSM/014180,SM/13142)</t>
+  </si>
+  <si>
+    <t>TSM/014180</t>
+  </si>
+  <si>
+    <t>SM/13142</t>
+  </si>
+  <si>
+    <t>Gilabani</t>
+  </si>
+  <si>
+    <t>PUNDRA AND ADJOINING MOUJAS PWSS(TSM/014255,SM/13169)</t>
+  </si>
+  <si>
+    <t>TSM/014255</t>
+  </si>
+  <si>
+    <t>SM/13169</t>
+  </si>
+  <si>
+    <t>Palsandapur</t>
+  </si>
+  <si>
+    <t>MANIKDIPABARA AND AJOINING MOUJAS PWSS(TSM/014748,SM/13097)</t>
+  </si>
+  <si>
+    <t>TSM/014748</t>
+  </si>
+  <si>
+    <t>SM/13097</t>
+  </si>
+  <si>
+    <t>Manikdipabara</t>
+  </si>
+  <si>
+    <t>JADABBATI AND ADJOINING MOUJAS PWSS(TSM/014184,SM/13143)</t>
+  </si>
+  <si>
+    <t>TSM/014184</t>
+  </si>
+  <si>
+    <t>SM/13143</t>
+  </si>
+  <si>
+    <t>Sobhagar</t>
+  </si>
+  <si>
+    <t>SHUKHNATOR AND ADJOINING MOUJAS PWSS(TSM/015814,SM/18020)</t>
+  </si>
+  <si>
+    <t>TSM/015814</t>
+  </si>
+  <si>
+    <t>SM/18020</t>
+  </si>
+  <si>
+    <t>Shukhnator</t>
+  </si>
+  <si>
+    <t>TRIKALPUR AND ADJOINING MOUJAS PWSS(TSM/014449,SM/13112)</t>
+  </si>
+  <si>
+    <t>TSM/014449</t>
+  </si>
+  <si>
+    <t>SM/13112</t>
+  </si>
+  <si>
+    <t>Trikalpur</t>
+  </si>
+  <si>
+    <t>KHARI GERYA AND ITS ADJOINING MOUZAS PWSS(TSM/017513,SM/18532)</t>
+  </si>
+  <si>
+    <t>TSM/017513</t>
+  </si>
+  <si>
+    <t>SM/18532</t>
+  </si>
+  <si>
+    <t>Abhi Arjjuni</t>
+  </si>
+  <si>
+    <t>SALIKOTHA AND ADJOINING MOUJAS PWSS(TSM/014259,SM/13171)</t>
+  </si>
+  <si>
+    <t>TSM/014259</t>
+  </si>
+  <si>
+    <t>SM/13171</t>
+  </si>
+  <si>
+    <t>Menakapur</t>
+  </si>
+  <si>
+    <t>PARBATIPUR AND ADJOINING MOUJAS PWSS(TSM/014190,SM/13105)</t>
+  </si>
+  <si>
+    <t>TSM/014190</t>
+  </si>
+  <si>
+    <t>SM/13105</t>
+  </si>
+  <si>
+    <t>Kumardubi</t>
+  </si>
+  <si>
+    <t>Gopalnagar Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015587,SM/19044)</t>
+  </si>
+  <si>
+    <t>TSM/015587</t>
+  </si>
+  <si>
+    <t>SM/19044</t>
+  </si>
+  <si>
+    <t>Gopalnagar</t>
+  </si>
+  <si>
+    <t>SOLPOTA AND ADJOINING MOUJAS PWSS(TSM/014241,SM/13174)</t>
+  </si>
+  <si>
+    <t>TSM/014241</t>
+  </si>
+  <si>
+    <t>SM/13174</t>
+  </si>
+  <si>
+    <t>Birbhadrapur</t>
+  </si>
+  <si>
+    <t>CHAKKESHI AND ITS ADJOINING MOUZAS PWSS(TSM/016102,SM/16259)</t>
+  </si>
+  <si>
+    <t>TSM/016102</t>
+  </si>
+  <si>
+    <t>SM/16259</t>
+  </si>
+  <si>
+    <t>Chakkeshi</t>
+  </si>
+  <si>
+    <t>KULBANI AND ADJOINING MOUJAS PWSS(TSM/014763,SM/13121)</t>
+  </si>
+  <si>
+    <t>TSM/014763</t>
+  </si>
+  <si>
+    <t>SM/13121</t>
+  </si>
+  <si>
+    <t>Dipa</t>
+  </si>
+  <si>
+    <t>MADHUPUR AND ADJOINING MOUJAS PWSS(TSM/015831,SM/14035)</t>
+  </si>
+  <si>
+    <t>TSM/015831</t>
+  </si>
+  <si>
+    <t>SM/14035</t>
+  </si>
+  <si>
+    <t>Birbhanpur</t>
+  </si>
+  <si>
+    <t>BARA MAHANPUR AND ADJOINING MOUJAS PWSS(TSM/014437,SM/14941)</t>
+  </si>
+  <si>
+    <t>TSM/014437</t>
+  </si>
+  <si>
+    <t>SM/14941</t>
+  </si>
+  <si>
+    <t>Gurdala</t>
+  </si>
+  <si>
+    <t>MURAKATA AND ADJOINING MOUJAS PIPED WATER SUPPLY SCHEME(TSM/017130,SM/16542)</t>
+  </si>
+  <si>
+    <t>TSM/017130</t>
+  </si>
+  <si>
+    <t>SM/16542</t>
+  </si>
+  <si>
+    <t>Kuliar</t>
+  </si>
+  <si>
+    <t>MAHASOL AND ADJOINING MOUJAS PWSS(TSM/014959,SM/14036)</t>
+  </si>
+  <si>
+    <t>TSM/014959</t>
+  </si>
+  <si>
+    <t>SM/14036</t>
+  </si>
+  <si>
+    <t>Mahasol</t>
+  </si>
+  <si>
+    <t>Haripurkismat</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR GOHALDANGA TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MEDINIPUR DISTRICT UNDER MEDINIPUR DIVISION, PHE DTE.(TSM/013441,SM/13111)</t>
+  </si>
+  <si>
+    <t>TSM/013441</t>
+  </si>
+  <si>
+    <t>SM/13111</t>
+  </si>
+  <si>
+    <t>Gohaldanga</t>
+  </si>
+  <si>
+    <t>METELDEBIGHATA AND ADJOINING MOUJAS PWSS(TSM/016797,SM/14624)</t>
+  </si>
+  <si>
+    <t>TSM/016797</t>
+  </si>
+  <si>
+    <t>SM/14624</t>
+  </si>
+  <si>
+    <t>Meteldebighata</t>
+  </si>
+  <si>
+    <t>MELERACHAK AND ITS ADJOINING MOUZAS PWSS(TSM/016525,SM/18587)</t>
+  </si>
+  <si>
+    <t>TSM/016525</t>
+  </si>
+  <si>
+    <t>SM/18587</t>
+  </si>
+  <si>
+    <t>Gangarampur</t>
+  </si>
+  <si>
+    <t>GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR BASANCHHARA TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MEDNIPUR DISTRICT UNDER MEDNIPUR DIVISION, PHE DTE.(TSM/013349,SM/18172)</t>
+  </si>
+  <si>
+    <t>TSM/013349</t>
+  </si>
+  <si>
+    <t>SM/18172</t>
+  </si>
+  <si>
+    <t>Basanchhara</t>
+  </si>
+  <si>
+    <t>JAHALDA AND IT'S ADJOINING MOUJAS PWSS(TSM/013106,SM/13086)</t>
+  </si>
+  <si>
+    <t>TSM/013106</t>
+  </si>
+  <si>
+    <t>SM/13086</t>
+  </si>
+  <si>
+    <t>Bimbal Titia</t>
+  </si>
+  <si>
+    <t>Dadpur</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR DHANYAGACHHI TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017058,SM/18027)</t>
+  </si>
+  <si>
+    <t>TSM/017058</t>
+  </si>
+  <si>
+    <t>SM/18027</t>
+  </si>
+  <si>
+    <t>Dhanyagachhi</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Krishnaballabhpur mouza under SAGY, Block - Ghatal, G.P. - Dewanchak-II, P.S. - Ghatal, District - Paschim Medinipur.(TSM/009248,SM/10717)</t>
+  </si>
+  <si>
+    <t>TSM/009248</t>
+  </si>
+  <si>
+    <t>SM/10717</t>
+  </si>
+  <si>
+    <t>Krishnaballabhpur</t>
+  </si>
+  <si>
+    <t>BENUCHA AND ADJOINING MOUJAS PWSS(TSM/014953,SM/13069)</t>
+  </si>
+  <si>
+    <t>TSM/014953</t>
+  </si>
+  <si>
+    <t>SM/13069</t>
+  </si>
+  <si>
+    <t>Hiradihi</t>
+  </si>
+  <si>
+    <t>RADHANAGAR AND ADJOINING MOUJAS PWSS(TSM/014337,SM/13217)</t>
+  </si>
+  <si>
+    <t>TSM/014337</t>
+  </si>
+  <si>
+    <t>SM/13217</t>
+  </si>
+  <si>
+    <t>Renua</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR KUAPUR TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017584,SM/19047)</t>
+  </si>
+  <si>
+    <t>TSM/017584</t>
+  </si>
+  <si>
+    <t>SM/19047</t>
+  </si>
+  <si>
+    <t>Kuapur</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Chaipat (Zone-I &amp; II) &amp; its adjoining mouzas.(TSM/011782,SM/12875)</t>
+  </si>
+  <si>
+    <t>TSM/011782</t>
+  </si>
+  <si>
+    <t>SM/12875</t>
+  </si>
+  <si>
+    <t>Chanipat</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR MANIKKUNDA TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017039,SM/18237)</t>
+  </si>
+  <si>
+    <t>TSM/017039</t>
+  </si>
+  <si>
+    <t>SM/18237</t>
+  </si>
+  <si>
+    <t>Manikkunda</t>
+  </si>
+  <si>
+    <t>DUKI AND ADJOINING MOUJAS PWSS(TSM/017109,SM/14645)</t>
+  </si>
+  <si>
+    <t>TSM/017109</t>
+  </si>
+  <si>
+    <t>SM/14645</t>
+  </si>
+  <si>
+    <t>Darkhola</t>
+  </si>
+  <si>
+    <t>KADABANI AND ADJOINING MOUJAS PWSS(TSM/013999,SM/18188)</t>
+  </si>
+  <si>
+    <t>TSM/013999</t>
+  </si>
+  <si>
+    <t>SM/18188</t>
+  </si>
+  <si>
+    <t>Kadabani</t>
+  </si>
+  <si>
+    <t>Pustaria</t>
+  </si>
+  <si>
+    <t>Lepsa</t>
+  </si>
+  <si>
+    <t>AMLASULI AND ADJOINING MOUJAS PWSS(TSM/015791,SM/14989)</t>
+  </si>
+  <si>
+    <t>TSM/015791</t>
+  </si>
+  <si>
+    <t>SM/14989</t>
+  </si>
+  <si>
+    <t>Babudanga</t>
+  </si>
+  <si>
+    <t>CHHOTA NAKDANA AND ADJOINING MOUJAS PWSS(TSM/014681,SM/13078)</t>
+  </si>
+  <si>
+    <t>TSM/014681</t>
+  </si>
+  <si>
+    <t>SM/13078</t>
+  </si>
+  <si>
+    <t>Chhota Nakdana</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Uttar Eral mouzas, Block - Sabang, District - Paschim Medinipur(TSM/008489,SM/09795)</t>
+  </si>
+  <si>
+    <t>TSM/008489</t>
+  </si>
+  <si>
+    <t>SM/09795</t>
+  </si>
+  <si>
+    <t>Uttar Eral</t>
+  </si>
+  <si>
+    <t>ANDHAR NAYAN AND ADJOINING MOUJAS PWSS(TSM/014629,SM/13635)</t>
+  </si>
+  <si>
+    <t>TSM/014629</t>
+  </si>
+  <si>
+    <t>SM/13635</t>
+  </si>
+  <si>
+    <t>Kendi Jambani</t>
+  </si>
+  <si>
+    <t>CHAK NARSINGHA AND IT'S ADJOINING MOUJAS PWSS(TSM/013204,SM/12411)</t>
+  </si>
+  <si>
+    <t>TSM/013204</t>
+  </si>
+  <si>
+    <t>SM/12411</t>
+  </si>
+  <si>
+    <t>Nachhipur</t>
+  </si>
+  <si>
+    <t>KALAGRAM AND ITS ADJOINING MOUZAS PWSS(TSM/017352,SM/15013)</t>
+  </si>
+  <si>
+    <t>TSM/017352</t>
+  </si>
+  <si>
+    <t>SM/15013</t>
+  </si>
+  <si>
+    <t>Kalagram</t>
+  </si>
+  <si>
+    <t>Sushnia</t>
+  </si>
+  <si>
+    <t>Jarisai (Zone-I) Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017568,SM/17559)</t>
+  </si>
+  <si>
+    <t>TSM/017568</t>
+  </si>
+  <si>
+    <t>SM/17559</t>
+  </si>
+  <si>
+    <t>Siyalsai</t>
+  </si>
+  <si>
+    <t>Nanna</t>
+  </si>
+  <si>
+    <t>CHHATNI AND ADJOINING MOUJAS PWSS(TSM/015014,SM/13007)</t>
+  </si>
+  <si>
+    <t>TSM/015014</t>
+  </si>
+  <si>
+    <t>SM/13007</t>
+  </si>
+  <si>
+    <t>Chhatni</t>
+  </si>
+  <si>
+    <t>Dewanmarabentchati</t>
+  </si>
+  <si>
+    <t>DAMODARPUR AND ADJOINING MOUJAS PWSS(TSM/014491,SM/13008)</t>
+  </si>
+  <si>
+    <t>TSM/014491</t>
+  </si>
+  <si>
+    <t>SM/13008</t>
+  </si>
+  <si>
+    <t>Damodarpur</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Chaulkuri &amp; its adjoining mouzas, Block - Sabang, District - Paschim Medinipur(TSM/008458,SM/09681)</t>
+  </si>
+  <si>
+    <t>TSM/008458</t>
+  </si>
+  <si>
+    <t>SM/09681</t>
+  </si>
+  <si>
+    <t>Chaulkuri</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Lachhmi Chak &amp; its adjoining mouzas, Block - Sabang, District - Paschim Medinipur(TSM/008487,SM/09675)</t>
+  </si>
+  <si>
+    <t>TSM/008487</t>
+  </si>
+  <si>
+    <t>SM/09675</t>
+  </si>
+  <si>
+    <t>Shalmara</t>
+  </si>
+  <si>
+    <t>Ramchandrapur Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015585,SM/16632)</t>
+  </si>
+  <si>
+    <t>TSM/015585</t>
+  </si>
+  <si>
+    <t>SM/16632</t>
+  </si>
+  <si>
+    <t>Ramchandrapur</t>
+  </si>
+  <si>
+    <t>BRAHMAN KHALISA &amp; ADJOINING MOUZAS(TSM/013158,SM/13051)</t>
+  </si>
+  <si>
+    <t>TSM/013158</t>
+  </si>
+  <si>
+    <t>SM/13051</t>
+  </si>
+  <si>
+    <t>Brahman Khalisa</t>
+  </si>
+  <si>
+    <t>Lachhmi Chak</t>
+  </si>
+  <si>
+    <t>Dontiara &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/017444,SM/14646)</t>
+  </si>
+  <si>
+    <t>TSM/017444</t>
+  </si>
+  <si>
+    <t>SM/14646</t>
+  </si>
+  <si>
+    <t>Dontiara</t>
+  </si>
+  <si>
+    <t>BARBHUNA BASAN STAND ALONE PWSS(TSM/014548,SM/12841)</t>
+  </si>
+  <si>
+    <t>TSM/014548</t>
+  </si>
+  <si>
+    <t>SM/12841</t>
+  </si>
+  <si>
+    <t>Barbhuna Basan</t>
+  </si>
+  <si>
+    <t>Sagarpur Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015586,SM/15119)</t>
+  </si>
+  <si>
+    <t>TSM/015586</t>
+  </si>
+  <si>
+    <t>SM/15119</t>
+  </si>
+  <si>
+    <t>Sagarpur</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Lejibheri mouzas.(TSM/008478,SM/09677)</t>
+  </si>
+  <si>
+    <t>TSM/008478</t>
+  </si>
+  <si>
+    <t>SM/09677</t>
+  </si>
+  <si>
+    <t>Lejibheri</t>
+  </si>
+  <si>
+    <t>GHRITAGRAM AND ADJOINING MOUJAS PWSS(TSM/016544,SM/14648)</t>
+  </si>
+  <si>
+    <t>TSM/016544</t>
+  </si>
+  <si>
+    <t>SM/14648</t>
+  </si>
+  <si>
+    <t>Ghritagram</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Gokulpur (Zone-I, II, &amp; III) &amp; its adjoining mouzas, Block - Kharagpur-I(TSM/013481,SM/19102)</t>
+  </si>
+  <si>
+    <t>TSM/013481</t>
+  </si>
+  <si>
+    <t>SM/19102</t>
+  </si>
+  <si>
+    <t>Gokulpur</t>
+  </si>
+  <si>
+    <t>NAYA BASAT AND ADJOINING MOUJAS PWSS(TSM/015824,SM/14130)</t>
+  </si>
+  <si>
+    <t>TSM/015824</t>
+  </si>
+  <si>
+    <t>SM/14130</t>
+  </si>
+  <si>
+    <t>Teltaka</t>
+  </si>
+  <si>
+    <t>BAJGERYA AND ITS ADJOINING MOUZAS PWSS(TSM/017510,SM/18658)</t>
+  </si>
+  <si>
+    <t>TSM/017510</t>
+  </si>
+  <si>
+    <t>SM/18658</t>
+  </si>
+  <si>
+    <t>Bilasbar</t>
+  </si>
+  <si>
+    <t>Gopalgar</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Ranichak &amp; its adjoining mouzas.(TSM/011561,SM/11624)</t>
+  </si>
+  <si>
+    <t>TSM/011561</t>
+  </si>
+  <si>
+    <t>SM/11624</t>
+  </si>
+  <si>
+    <t>Ranichak</t>
+  </si>
+  <si>
+    <t>MARKHA AND ITS ADJOINING MOUZAS PWSS(TSM/017515,SM/15593)</t>
+  </si>
+  <si>
+    <t>TSM/017515</t>
+  </si>
+  <si>
+    <t>SM/15593</t>
+  </si>
+  <si>
+    <t>Dakshin Kenosa</t>
+  </si>
+  <si>
+    <t>DUAN-II AND ITS ADJOINING MOUJAS PWSS(TSM/011845,SM/17616)</t>
+  </si>
+  <si>
+    <t>TSM/011845</t>
+  </si>
+  <si>
+    <t>SM/17616</t>
+  </si>
+  <si>
+    <t>Duan</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Kelegoda &amp; its adjoining mouzas.(TSM/011673,SM/11879)</t>
+  </si>
+  <si>
+    <t>TSM/011673</t>
+  </si>
+  <si>
+    <t>SM/11879</t>
+  </si>
+  <si>
+    <t>Kelegoda</t>
+  </si>
+  <si>
+    <t>TEGHARI AND ITS ADJOINING MOUZAS PWSS(TSM/017363,SM/15594)</t>
+  </si>
+  <si>
+    <t>TSM/017363</t>
+  </si>
+  <si>
+    <t>SM/15594</t>
+  </si>
+  <si>
+    <t>Teghari</t>
+  </si>
+  <si>
+    <t>KANKRISOL AND ADJOINING MOUJAS PWSS(TSM/015827,SM/14033)</t>
+  </si>
+  <si>
+    <t>TSM/015827</t>
+  </si>
+  <si>
+    <t>SM/14033</t>
+  </si>
+  <si>
+    <t>Kewakol</t>
+  </si>
+  <si>
+    <t>JHARBHANGA AND ADJOINING MOUJAS PWSS(TSM/015951,SM/14652)</t>
+  </si>
+  <si>
+    <t>TSM/015951</t>
+  </si>
+  <si>
+    <t>SM/14652</t>
+  </si>
+  <si>
+    <t>Gakulpur</t>
+  </si>
+  <si>
+    <t>NALBONA AND ADJOINING MOUJAS PWSS(TSM/014450,SM/13101)</t>
+  </si>
+  <si>
+    <t>TSM/014450</t>
+  </si>
+  <si>
+    <t>SM/13101</t>
+  </si>
+  <si>
+    <t>Nalbona</t>
+  </si>
+  <si>
+    <t>MANSINGHA AND IT'S ADJOINING MOUJAS PWSS(TSM/015944,SM/14002)</t>
+  </si>
+  <si>
+    <t>TSM/015944</t>
+  </si>
+  <si>
+    <t>SM/14002</t>
+  </si>
+  <si>
+    <t>Krishnasol</t>
+  </si>
+  <si>
+    <t>Parbatipur</t>
+  </si>
+  <si>
+    <t>SAMSARA ZONE 1 PIPED WATER SUPPLY SCHEME OF MOHANPUR BLOCK UNDER MEDINIPUR DIVISION(TSM/018445,SM/17568)</t>
+  </si>
+  <si>
+    <t>TSM/018445</t>
+  </si>
+  <si>
+    <t>SM/17568</t>
+  </si>
+  <si>
+    <t>Samsara</t>
+  </si>
+  <si>
+    <t>BENACHAPRA AND ADJOINING MOUJAS PWSS(TSM/015807,SM/14992)</t>
+  </si>
+  <si>
+    <t>TSM/015807</t>
+  </si>
+  <si>
+    <t>SM/14992</t>
+  </si>
+  <si>
+    <t>Gaighata</t>
+  </si>
+  <si>
+    <t>Amjor Piped Water Supply Scheme.(TSM/004490,SM/10318)</t>
+  </si>
+  <si>
+    <t>TSM/004490</t>
+  </si>
+  <si>
+    <t>SM/10318</t>
+  </si>
+  <si>
+    <t>Amjor</t>
+  </si>
+  <si>
+    <t>Guriamari</t>
+  </si>
+  <si>
+    <t>Sautia (Zone-I) Water Supply Scheme, Block - Mohanpur, Dist.- Paschim Medinipur.(TSM/017563,SM/17572)</t>
+  </si>
+  <si>
+    <t>TSM/017563</t>
+  </si>
+  <si>
+    <t>SM/17572</t>
+  </si>
+  <si>
+    <t>Sautia</t>
+  </si>
+  <si>
+    <t>SAIYADPUR AND ADJOINING MOUJAS PWSS(TSM/015810,SM/17996)</t>
+  </si>
+  <si>
+    <t>TSM/015810</t>
+  </si>
+  <si>
+    <t>SM/17996</t>
+  </si>
+  <si>
+    <t>Maheswaripur</t>
+  </si>
+  <si>
+    <t>GANGANI AND ADJOINING MOUJAS PWSS(TSM/015823,SM/19099)</t>
+  </si>
+  <si>
+    <t>TSM/015823</t>
+  </si>
+  <si>
+    <t>SM/19099</t>
+  </si>
+  <si>
+    <t>Lapuria</t>
+  </si>
+  <si>
+    <t>KADRA AND ADJOINING MOUJAS PWSS(TSM/014124,SM/13144)</t>
+  </si>
+  <si>
+    <t>TSM/014124</t>
+  </si>
+  <si>
+    <t>SM/13144</t>
+  </si>
+  <si>
+    <t>Nischintapur</t>
+  </si>
+  <si>
+    <t>TUTRANGA AND ADJOINING MOUJAS PWSS(TSM/014384,SM/13131)</t>
+  </si>
+  <si>
+    <t>TSM/014384</t>
+  </si>
+  <si>
+    <t>SM/13131</t>
+  </si>
+  <si>
+    <t>Tutranga</t>
+  </si>
+  <si>
+    <t>KASBA NARAYANGARH AND ADJOINING MOUJAS PWSS(TSM/016189,SM/19100)</t>
+  </si>
+  <si>
+    <t>TSM/016189</t>
+  </si>
+  <si>
+    <t>SM/19100</t>
+  </si>
+  <si>
+    <t>Padampur</t>
+  </si>
+  <si>
+    <t>KASHBAASANDA AND ADJOINING MOUJAS PWSS at Narayangrah under Midnapore Division P.H.E.Dte.(TSM/014276,SM/12331)</t>
+  </si>
+  <si>
+    <t>TSM/014276</t>
+  </si>
+  <si>
+    <t>SM/12331</t>
+  </si>
+  <si>
+    <t>Asanda</t>
+  </si>
+  <si>
+    <t>GODAPIASOL AND ADJOINING MOUJAS PWSS(TSM/014977,SM/13077)</t>
+  </si>
+  <si>
+    <t>TSM/014977</t>
+  </si>
+  <si>
+    <t>SM/13077</t>
+  </si>
+  <si>
+    <t>Kulapachhuria</t>
+  </si>
+  <si>
+    <t>KUTKI AND ADJOINING MOUJAS PWSS(TSM/014438,SM/15016)</t>
+  </si>
+  <si>
+    <t>TSM/014438</t>
+  </si>
+  <si>
+    <t>SM/15016</t>
+  </si>
+  <si>
+    <t>Kutki</t>
+  </si>
+  <si>
+    <t>KARSA AND ADJOINING MOUJAS PWSS(TSM/014471,SM/13090)</t>
+  </si>
+  <si>
+    <t>TSM/014471</t>
+  </si>
+  <si>
+    <t>SM/13090</t>
+  </si>
+  <si>
+    <t>Pani Kotar</t>
+  </si>
+  <si>
+    <t>BARAGARH PWSS, BLOCK - DEBRA, PASCHIM MEDINIPUR(TSM/011732,SM/12201)</t>
+  </si>
+  <si>
+    <t>TSM/011732</t>
+  </si>
+  <si>
+    <t>SM/12201</t>
+  </si>
+  <si>
+    <t>Chak Shyampur</t>
+  </si>
+  <si>
+    <t>BARAKURYA AND ADJOINING MOUJAS PWSS(TSM/014496,SM/13068)</t>
+  </si>
+  <si>
+    <t>TSM/014496</t>
+  </si>
+  <si>
+    <t>SM/13068</t>
+  </si>
+  <si>
+    <t>Barakurya</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Kashijora (Zone-I &amp; II) &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/016252,SM/14492)</t>
+  </si>
+  <si>
+    <t>TSM/016252</t>
+  </si>
+  <si>
+    <t>SM/14492</t>
+  </si>
+  <si>
+    <t>Kashijora</t>
+  </si>
+  <si>
+    <t>Retrofitting to accommodate FHTC under JJM in Srinagar PWSS (PHESE-III), Block - Chandrakona-I &amp; II, District - Paschim Medinipur(TSM/009927,SM/12117)</t>
+  </si>
+  <si>
+    <t>TSM/009927</t>
+  </si>
+  <si>
+    <t>SM/12117</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>Jara</t>
+  </si>
+  <si>
+    <t>4th tw site</t>
+  </si>
+  <si>
+    <t>KOREDAN AND ADJOINING MOUJAS PWSS(TSM/015817,SM/14034)</t>
+  </si>
+  <si>
+    <t>TSM/015817</t>
+  </si>
+  <si>
+    <t>SM/14034</t>
+  </si>
+  <si>
+    <t>Sonakara</t>
+  </si>
+  <si>
+    <t>Keshiasol</t>
+  </si>
+  <si>
+    <t>GHAGRASOL AND ADJOINING MOUJAS PWSS(TSM/016783,SM/14647)</t>
+  </si>
+  <si>
+    <t>TSM/016783</t>
+  </si>
+  <si>
+    <t>SM/14647</t>
+  </si>
+  <si>
+    <t>Ghagrasol</t>
+  </si>
+  <si>
+    <t>PALASIA AND ADJOINING MOUJAS PWSS(TSM/014242,SM/13168)</t>
+  </si>
+  <si>
+    <t>TSM/014242</t>
+  </si>
+  <si>
+    <t>SM/13168</t>
+  </si>
+  <si>
+    <t>Palasia</t>
+  </si>
+  <si>
+    <t>SHYAMNAGAR AND ADJOINING MOUJAS PWSS(TSM/014133,SM/13173)</t>
+  </si>
+  <si>
+    <t>TSM/014133</t>
+  </si>
+  <si>
+    <t>SM/13173</t>
+  </si>
+  <si>
+    <t>Shyamnagar</t>
+  </si>
+  <si>
+    <t>JAGARDANGA AND ADJOINING MOUJAS PWSS(TSM/014773,SM/13055)</t>
+  </si>
+  <si>
+    <t>TSM/014773</t>
+  </si>
+  <si>
+    <t>SM/13055</t>
+  </si>
+  <si>
+    <t>Malibandi</t>
+  </si>
+  <si>
+    <t>TORIA PIPED WATER SUPPLY SCHEME(TSM/013444,SM/18494)</t>
+  </si>
+  <si>
+    <t>TSM/013444</t>
+  </si>
+  <si>
+    <t>SM/18494</t>
+  </si>
+  <si>
+    <t>Toria</t>
+  </si>
+  <si>
+    <t>BHETIAMLA AND ADJOINING MOUJAS PWSS(TSM/014219,SM/12998)</t>
+  </si>
+  <si>
+    <t>TSM/014219</t>
+  </si>
+  <si>
+    <t>SM/12998</t>
+  </si>
+  <si>
+    <t>Pakharbar</t>
+  </si>
+  <si>
+    <t>1st and 2nd TW</t>
+  </si>
+  <si>
+    <t>Private</t>
+  </si>
+  <si>
+    <t>SAMSARA ZONE 2 PIPED WATER SUPPLY SCHEME OF MOHANPUR BLOCK UNDER MEDINIPUR DIVISION(TSM/018464,SM/17569)</t>
+  </si>
+  <si>
+    <t>TSM/018464</t>
+  </si>
+  <si>
+    <t>SM/17569</t>
+  </si>
+  <si>
+    <t>Agarara</t>
+  </si>
+  <si>
+    <t>NAHARPUR AND ADJOINING MOUJAS PWSS(TSM/015836,SM/15024)</t>
+  </si>
+  <si>
+    <t>TSM/015836</t>
+  </si>
+  <si>
+    <t>SM/15024</t>
+  </si>
+  <si>
+    <t>Nahapur</t>
+  </si>
+  <si>
+    <t>KANPUR AND ADJOINING MOUJAS PWSS(TSM/014655,SM/13059)</t>
+  </si>
+  <si>
+    <t>TSM/014655</t>
+  </si>
+  <si>
+    <t>SM/13059</t>
+  </si>
+  <si>
+    <t>Banchatul</t>
+  </si>
+  <si>
+    <t>NAMJABA AND ADJOINING MOUJAS PWSS(TSM/014172,SM/14723)</t>
+  </si>
+  <si>
+    <t>TSM/014172</t>
+  </si>
+  <si>
+    <t>SM/14723</t>
+  </si>
+  <si>
+    <t>Namjaba</t>
+  </si>
+  <si>
+    <t>Jadabbati</t>
+  </si>
+  <si>
+    <t>GOHALDANGA AND ADJOINING MOUJAS PWSS(TSM/016065,SM/15004)</t>
+  </si>
+  <si>
+    <t>TSM/016065</t>
+  </si>
+  <si>
+    <t>SM/15004</t>
+  </si>
+  <si>
+    <t>Keshpal</t>
+  </si>
+  <si>
+    <t>BALARAMPUR AND ADJOINING MOUJAS PWSS(TSM/014493,SM/13063)</t>
+  </si>
+  <si>
+    <t>TSM/014493</t>
+  </si>
+  <si>
+    <t>SM/13063</t>
+  </si>
+  <si>
+    <t>KHARIPARA AND IT'S ADJOINING MOUJAS(TSM/014733,SM/13125)</t>
+  </si>
+  <si>
+    <t>TSM/014733</t>
+  </si>
+  <si>
+    <t>SM/13125</t>
+  </si>
+  <si>
+    <t>Kandramari</t>
+  </si>
+  <si>
+    <t>Hosenpur</t>
+  </si>
+  <si>
+    <t>BARAKEUNDI AND ADJOINING MOUJAS PWSS(TSM/015011,SM/13002)</t>
+  </si>
+  <si>
+    <t>TSM/015011</t>
+  </si>
+  <si>
+    <t>SM/13002</t>
+  </si>
+  <si>
+    <t>Barakeundi</t>
+  </si>
+  <si>
+    <t>MAHISAMURA PWSS(TSM/014787,SM/13095)</t>
+  </si>
+  <si>
+    <t>TSM/014787</t>
+  </si>
+  <si>
+    <t>SM/13095</t>
+  </si>
+  <si>
+    <t>Mahi Samura</t>
+  </si>
+  <si>
+    <t>MAKLI AND ADJOINING MOUJAS PWSS(TSM/014874,SM/13096)</t>
+  </si>
+  <si>
+    <t>TSM/014874</t>
+  </si>
+  <si>
+    <t>SM/13096</t>
+  </si>
+  <si>
+    <t>Jamdahara</t>
+  </si>
+  <si>
+    <t>PERUABAD AND ADJOINING MOUJAS PWSS(TSM/014804,SM/13107)</t>
+  </si>
+  <si>
+    <t>TSM/014804</t>
+  </si>
+  <si>
+    <t>SM/13107</t>
+  </si>
+  <si>
+    <t>Peruabad</t>
+  </si>
+  <si>
+    <t>FATEHSINGPUR AND ADJOINING MOUJAS PWSS(TSM/013503,SM/13062)</t>
+  </si>
+  <si>
+    <t>TSM/013503</t>
+  </si>
+  <si>
+    <t>SM/13062</t>
+  </si>
+  <si>
+    <t>Bhula</t>
+  </si>
+  <si>
+    <t>CHAK SULPAN AND IT'S ADJOINING MOUJAS PWSS(TSM/013111,SM/12412)</t>
+  </si>
+  <si>
+    <t>TSM/013111</t>
+  </si>
+  <si>
+    <t>SM/12412</t>
+  </si>
+  <si>
+    <t>Chak Shulpan</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Raghunathpur &amp; its adjoining mouzas, Block - Kharagpur-I, Dist.- Paschim Medinipur.(TSM/015744,SM/15257)</t>
+  </si>
+  <si>
+    <t>TSM/015744</t>
+  </si>
+  <si>
+    <t>SM/15257</t>
+  </si>
+  <si>
+    <t>Banpatna</t>
+  </si>
+  <si>
+    <t>KHURSI AND ADJOINING MOUJAS PWSS(TSM/014267,SM/13126)</t>
+  </si>
+  <si>
+    <t>TSM/014267</t>
+  </si>
+  <si>
+    <t>SM/13126</t>
+  </si>
+  <si>
+    <t>Porakala</t>
+  </si>
+  <si>
+    <t>SINNIBAR PIPED WATER SUPPLY SCHEME(TSM/013550,SM/18527)</t>
+  </si>
+  <si>
+    <t>TSM/013550</t>
+  </si>
+  <si>
+    <t>SM/18527</t>
+  </si>
+  <si>
+    <t>Sinnibar</t>
+  </si>
+  <si>
+    <t>HATKATA AND ITS ADJOINING MOUZAS PWSS(TSM/017354,SM/15592)</t>
+  </si>
+  <si>
+    <t>TSM/017354</t>
+  </si>
+  <si>
+    <t>SM/15592</t>
+  </si>
+  <si>
+    <t>Elni</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR BANDIPUR TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017054,SM/18236)</t>
+  </si>
+  <si>
+    <t>TSM/017054</t>
+  </si>
+  <si>
+    <t>SM/18236</t>
+  </si>
+  <si>
+    <t>Pinglas</t>
+  </si>
+  <si>
+    <t>SINGLA AND IT'S ADJOINING MOUJAS(TSM/014730,SM/13110)</t>
+  </si>
+  <si>
+    <t>TSM/014730</t>
+  </si>
+  <si>
+    <t>SM/13110</t>
+  </si>
+  <si>
+    <t>Hatia</t>
+  </si>
+  <si>
+    <t>KESHIA AND ADJOINING MOUJAS PWSS(TSM/014747,SM/13124)</t>
+  </si>
+  <si>
+    <t>TSM/014747</t>
+  </si>
+  <si>
+    <t>SM/13124</t>
+  </si>
+  <si>
+    <t>Kusumdanga</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR DWARKHOLA TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE(TSM/017316,SM/17574)</t>
+  </si>
+  <si>
+    <t>TSM/017316</t>
+  </si>
+  <si>
+    <t>SM/17574</t>
+  </si>
+  <si>
+    <t>Dwarkhola</t>
+  </si>
+  <si>
+    <t>Chakkalindi</t>
+  </si>
+  <si>
+    <t>Shrirampur &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/017442,SM/15120)</t>
+  </si>
+  <si>
+    <t>TSM/017442</t>
+  </si>
+  <si>
+    <t>SM/15120</t>
+  </si>
+  <si>
+    <t>Shrirampur (P)</t>
+  </si>
+  <si>
+    <t>Maisar</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR KRISHNAPUR TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MEDINIPUR DISTRICT UNDER MEDINIPUR DIVISION, PHE DTE.(TSM/016008,SM/18233)</t>
+  </si>
+  <si>
+    <t>TSM/016008</t>
+  </si>
+  <si>
+    <t>SM/18233</t>
+  </si>
+  <si>
+    <t>Sauberya</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR PIRCHAK TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017053,SM/15122)</t>
+  </si>
+  <si>
+    <t>TSM/017053</t>
+  </si>
+  <si>
+    <t>SM/15122</t>
+  </si>
+  <si>
+    <t>Pirchak</t>
+  </si>
+  <si>
+    <t>Dharimal</t>
+  </si>
+  <si>
+    <t>Shankarachak</t>
+  </si>
+  <si>
+    <t>SONIAKON AND ADJOINING MOUJAS PWSS(TSM/014868,SM/13221)</t>
+  </si>
+  <si>
+    <t>TSM/014868</t>
+  </si>
+  <si>
+    <t>SM/13221</t>
+  </si>
+  <si>
+    <t>Bagridi</t>
+  </si>
+  <si>
+    <t>MARKUNDA AND ADJOINING MOUJAS PWSS (TSM/014435,SM/13098)</t>
+  </si>
+  <si>
+    <t>TSM/014435</t>
+  </si>
+  <si>
+    <t>SM/13098</t>
+  </si>
+  <si>
+    <t>Murabani</t>
+  </si>
+  <si>
+    <t>SATPATI AND ADJOINING MOUJAS PWSS(TSM/015805,SM/18009)</t>
+  </si>
+  <si>
+    <t>TSM/015805</t>
+  </si>
+  <si>
+    <t>SM/18009</t>
+  </si>
+  <si>
+    <t>Satpati</t>
+  </si>
+  <si>
+    <t>MANIBPUR &amp; ITS ADJOINING MOUZAS PIPED WATER SUPPLY SCHEME.(TSM/016286,SM/14493)</t>
+  </si>
+  <si>
+    <t>TSM/016286</t>
+  </si>
+  <si>
+    <t>SM/14493</t>
+  </si>
+  <si>
+    <t>Chakganesh</t>
+  </si>
+  <si>
+    <t>PATHRAJURI AND ADJOINING MOUJAS PWSS(TSM/016493,SM/15535)</t>
+  </si>
+  <si>
+    <t>TSM/016493</t>
+  </si>
+  <si>
+    <t>SM/15535</t>
+  </si>
+  <si>
+    <t>Chandan Kath</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Fate Chak mouzas.(TSM/008457,SM/09682)</t>
+  </si>
+  <si>
+    <t>TSM/008457</t>
+  </si>
+  <si>
+    <t>SM/09682</t>
+  </si>
+  <si>
+    <t>Fate Chak</t>
+  </si>
+  <si>
+    <t>Risa</t>
+  </si>
+  <si>
+    <t>Chenchura</t>
+  </si>
+  <si>
+    <t>KUBIR CHAK PIPED WATER SUPPLY SCHEME(TSM/015084,SM/14484)</t>
+  </si>
+  <si>
+    <t>TSM/015084</t>
+  </si>
+  <si>
+    <t>SM/14484</t>
+  </si>
+  <si>
+    <t>Kubir Chak</t>
+  </si>
+  <si>
+    <t>AGRA &amp; ADJOINING MOUJAS PWSS(TSM/013395,SM/13052)</t>
+  </si>
+  <si>
+    <t>TSM/013395</t>
+  </si>
+  <si>
+    <t>SM/13052</t>
+  </si>
+  <si>
+    <t>Agra</t>
+  </si>
+  <si>
+    <t>Jankapur Piped Water Supply Scheme.(TSM/006520,SM/18786)</t>
+  </si>
+  <si>
+    <t>TSM/006520</t>
+  </si>
+  <si>
+    <t>SM/18786</t>
+  </si>
+  <si>
+    <t>Karhia</t>
+  </si>
+  <si>
+    <t>BIKRAMPUR PWSS(TSM/011638,SM/12203)</t>
+  </si>
+  <si>
+    <t>TSM/011638</t>
+  </si>
+  <si>
+    <t>SM/12203</t>
+  </si>
+  <si>
+    <t>Bikrampur</t>
+  </si>
+  <si>
+    <t>BARDIHA AND ADJOINING MOUJAS PWSS(TSM/014467,SM/14692)</t>
+  </si>
+  <si>
+    <t>TSM/014467</t>
+  </si>
+  <si>
+    <t>SM/14692</t>
+  </si>
+  <si>
+    <t>Bardiha</t>
+  </si>
+  <si>
+    <t>CHANDANA AND ADJOINING MOUJAS PWSS(TSM/014627,SM/13074)</t>
+  </si>
+  <si>
+    <t>TSM/014627</t>
+  </si>
+  <si>
+    <t>SM/13074</t>
+  </si>
+  <si>
+    <t>Chandana</t>
+  </si>
+  <si>
+    <t>Bandhgora</t>
+  </si>
+  <si>
+    <t>AMDA AND ADJOINING MOUJAS PWSS(TSM/014572,SM/13177)</t>
+  </si>
+  <si>
+    <t>TSM/014572</t>
+  </si>
+  <si>
+    <t>SM/13177</t>
+  </si>
+  <si>
+    <t>Amda</t>
+  </si>
+  <si>
+    <t>AMRA TARYA AND ADJOINING MOUJAS PWSS(TSM/014571,SM/13178)</t>
+  </si>
+  <si>
+    <t>TSM/014571</t>
+  </si>
+  <si>
+    <t>SM/13178</t>
+  </si>
+  <si>
+    <t>Ran Bania</t>
+  </si>
+  <si>
+    <t>Melerachak</t>
+  </si>
+  <si>
+    <t>PACHADAHARA &amp; ADJOINING MOUJAS PWSS(TSM/013391,SM/14732)</t>
+  </si>
+  <si>
+    <t>TSM/013391</t>
+  </si>
+  <si>
+    <t>SM/14732</t>
+  </si>
+  <si>
+    <t>Suratpur Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015926,SM/19043)</t>
+  </si>
+  <si>
+    <t>TSM/015926</t>
+  </si>
+  <si>
+    <t>SM/19043</t>
+  </si>
+  <si>
+    <t>Suratpur</t>
+  </si>
+  <si>
+    <t>MOHANPUR &amp; ADJOINING MOUJAS PWSS(TSM/013390,SM/13028)</t>
+  </si>
+  <si>
+    <t>TSM/013390</t>
+  </si>
+  <si>
+    <t>SM/13028</t>
+  </si>
+  <si>
+    <t>Manibpur</t>
+  </si>
+  <si>
     <t>ELUNI PIPED WATER SUPPLY SCHEME(TSM/014921,SM/13081)</t>
   </si>
   <si>
     <t>TSM/014921</t>
   </si>
   <si>
     <t>SM/13081</t>
   </si>
   <si>
-    <t>New</t>
-[...5 lines deleted...]
-    <t>Keshpur</t>
+    <t>Bhut Gerya</t>
+  </si>
+  <si>
+    <t>PATNA PWSS, BLOCK - DEBRA, PASCHIM MEDINIPUR(TSM/011739,SM/13031)</t>
+  </si>
+  <si>
+    <t>TSM/011739</t>
+  </si>
+  <si>
+    <t>SM/13031</t>
+  </si>
+  <si>
+    <t>Bar Radhanagar</t>
+  </si>
+  <si>
+    <t>PUNYA AND IT'S ADJOINING MOUJAS PWSS(TSM/013160,SM/13033)</t>
+  </si>
+  <si>
+    <t>TSM/013160</t>
+  </si>
+  <si>
+    <t>SM/13033</t>
+  </si>
+  <si>
+    <t>Punya</t>
+  </si>
+  <si>
+    <t>Tiorberya Piped Water Supply Scheme, Block - Daspur-I, Dist.- Paschim Medinipur.(TSM/015589,SM/17575)</t>
+  </si>
+  <si>
+    <t>TSM/015589</t>
+  </si>
+  <si>
+    <t>SM/17575</t>
+  </si>
+  <si>
+    <t>Tiorberya</t>
+  </si>
+  <si>
+    <t>SASHA BEDIA AND ADJOINING MOUJAS PWSS(TSM/015797,SM/18001)</t>
+  </si>
+  <si>
+    <t>TSM/015797</t>
+  </si>
+  <si>
+    <t>SM/18001</t>
+  </si>
+  <si>
+    <t>Shyamsundarpur</t>
+  </si>
+  <si>
+    <t>KEDAR AND ITS ADJOINING MOUJAS PWSS(TSM/013136,SM/17621)</t>
+  </si>
+  <si>
+    <t>TSM/013136</t>
+  </si>
+  <si>
+    <t>SM/17621</t>
+  </si>
+  <si>
+    <t>Kedar</t>
+  </si>
+  <si>
+    <t>GOPINATHPUR AND IT'S ADJOINING MOUJAS PWSS(TSM/011810,SM/12986)</t>
+  </si>
+  <si>
+    <t>TSM/011810</t>
+  </si>
+  <si>
+    <t>SM/12986</t>
+  </si>
+  <si>
+    <t>Harinarayanpur</t>
+  </si>
+  <si>
+    <t>BARANGI AND ADJOINING MOUJAS PWSS(TSM/014222,SM/12996)</t>
+  </si>
+  <si>
+    <t>TSM/014222</t>
+  </si>
+  <si>
+    <t>SM/12996</t>
+  </si>
+  <si>
+    <t>Satsanda</t>
+  </si>
+  <si>
+    <t>ABHAYA AND ADJOINING MOUJAS PWSS(TSM/016168,SM/14689)</t>
+  </si>
+  <si>
+    <t>TSM/016168</t>
+  </si>
+  <si>
+    <t>SM/14689</t>
+  </si>
+  <si>
+    <t>Abhaya</t>
+  </si>
+  <si>
+    <t>Balitora</t>
+  </si>
+  <si>
+    <t>Leluakala</t>
+  </si>
+  <si>
+    <t>MURARI AND ADJOINING MOUJAS PWSS(TSM/015110,SM/15021)</t>
+  </si>
+  <si>
+    <t>TSM/015110</t>
+  </si>
+  <si>
+    <t>SM/15021</t>
+  </si>
+  <si>
+    <t>Kank Sol</t>
+  </si>
+  <si>
+    <t>BULANPUR AND ADJOINING MOUJAS PWSS(TSM/015902,SM/14031)</t>
+  </si>
+  <si>
+    <t>TSM/015902</t>
+  </si>
+  <si>
+    <t>SM/14031</t>
+  </si>
+  <si>
+    <t>Bulanpur</t>
+  </si>
+  <si>
+    <t>PIASALA AND ADJOINING MOUJAS PWSS(TSM/016270,SM/14628)</t>
+  </si>
+  <si>
+    <t>TSM/016270</t>
+  </si>
+  <si>
+    <t>SM/14628</t>
+  </si>
+  <si>
+    <t>Metaldoba</t>
+  </si>
+  <si>
+    <t>Walipur</t>
+  </si>
+  <si>
+    <t>RAMCHANDRAPUR AND ITS ADJOINING MOUJAS PWSS(TSM/013128,SM/13035)</t>
+  </si>
+  <si>
+    <t>TSM/013128</t>
+  </si>
+  <si>
+    <t>SM/13035</t>
+  </si>
+  <si>
+    <t>Hadira</t>
+  </si>
+  <si>
+    <t>KONTORE AND ADJOINING MOUJAS PWSS(TSM/014749,SM/13113)</t>
+  </si>
+  <si>
+    <t>TSM/014749</t>
+  </si>
+  <si>
+    <t>SM/13113</t>
+  </si>
+  <si>
+    <t>Khayerbani</t>
+  </si>
+  <si>
+    <t>BANKIBANDH AND ADJOINING MOUJAS PWSS(TSM/014956,SM/13065)</t>
+  </si>
+  <si>
+    <t>TSM/014956</t>
+  </si>
+  <si>
+    <t>SM/13065</t>
+  </si>
+  <si>
+    <t>Bansbandi</t>
+  </si>
+  <si>
+    <t>RAUTARA AND ADJOINING MOUJAS PWSS(TSM/015013,SM/13218)</t>
+  </si>
+  <si>
+    <t>TSM/015013</t>
+  </si>
+  <si>
+    <t>SM/13218</t>
+  </si>
+  <si>
+    <t>Rautara</t>
+  </si>
+  <si>
+    <t>Chathla</t>
+  </si>
+  <si>
+    <t>BANAMALIPUR AND ADJOINING MOUJAS PWSS(TSM/015010,SM/13064)</t>
+  </si>
+  <si>
+    <t>TSM/015010</t>
+  </si>
+  <si>
+    <t>SM/13064</t>
+  </si>
+  <si>
+    <t>Bhangaband</t>
+  </si>
+  <si>
+    <t>BHAUDI AND ADJOINING MOUJAS PWSS(TSM/015008,SM/13070)</t>
+  </si>
+  <si>
+    <t>TSM/015008</t>
+  </si>
+  <si>
+    <t>SM/13070</t>
+  </si>
+  <si>
+    <t>BHIKUBAR AND ADJOINING MOUJAS PWSS(TSM/014774,SM/13071)</t>
+  </si>
+  <si>
+    <t>TSM/014774</t>
+  </si>
+  <si>
+    <t>SM/13071</t>
+  </si>
+  <si>
+    <t>Pargana</t>
+  </si>
+  <si>
+    <t>JALIMANDA AND IT'S ADJOINING MOUJAS PWSS(TSM/013120,SM/13087)</t>
+  </si>
+  <si>
+    <t>TSM/013120</t>
+  </si>
+  <si>
+    <t>SM/13087</t>
+  </si>
+  <si>
+    <t>Amba Dighi</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Nilhat mouzas, Block - Sabang, District - Paschim Medinipur.(TSM/008479,SM/09676)</t>
+  </si>
+  <si>
+    <t>TSM/008479</t>
+  </si>
+  <si>
+    <t>SM/09676</t>
+  </si>
+  <si>
+    <t>Nilhat</t>
+  </si>
+  <si>
+    <t>BAGBASA AND ADJOINING MOUJAS PWSS(TSM/014986,SM/13805)</t>
+  </si>
+  <si>
+    <t>TSM/014986</t>
+  </si>
+  <si>
+    <t>SM/13805</t>
+  </si>
+  <si>
+    <t>Dhansol</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Mirjapur mouzas, Block - Sabang, District - Paschim Medinipur.(TSM/008475,SM/09679)</t>
+  </si>
+  <si>
+    <t>TSM/008475</t>
+  </si>
+  <si>
+    <t>SM/09679</t>
+  </si>
+  <si>
+    <t>Mirjapur</t>
+  </si>
+  <si>
+    <t>Parulia</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Haripura mouzas, Block - Sabang, District - Paschim Medinipur.(TSM/008463,SM/09680)</t>
+  </si>
+  <si>
+    <t>TSM/008463</t>
+  </si>
+  <si>
+    <t>SM/09680</t>
+  </si>
+  <si>
+    <t>Haripura</t>
+  </si>
+  <si>
+    <t>Charkabani</t>
+  </si>
+  <si>
+    <t>KATAI AND IT'S ADJOINING MOUJAS PWSS(TSM/013121,SM/13088)</t>
+  </si>
+  <si>
+    <t>TSM/013121</t>
+  </si>
+  <si>
+    <t>SM/13088</t>
+  </si>
+  <si>
+    <t>Simla Mahabila</t>
+  </si>
+  <si>
+    <t>KASHBA AND ITS ADJOINING MOUZAS PWSS(TSM/017291,SM/14653)</t>
+  </si>
+  <si>
+    <t>TSM/017291</t>
+  </si>
+  <si>
+    <t>SM/14653</t>
+  </si>
+  <si>
+    <t>Arashini</t>
+  </si>
+  <si>
+    <t>SHASHINDA SVS PWSS(TSM/016249,SM/18017)</t>
+  </si>
+  <si>
+    <t>TSM/016249</t>
+  </si>
+  <si>
+    <t>SM/18017</t>
+  </si>
+  <si>
+    <t>Shashinda</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR JADABPUR TO ACCOMMODATE FHTC UNDER CHANDRAKONA - I BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017049,SM/18234)</t>
+  </si>
+  <si>
+    <t>TSM/017049</t>
+  </si>
+  <si>
+    <t>SM/18234</t>
+  </si>
+  <si>
+    <t>Jadabpur</t>
+  </si>
+  <si>
+    <t>Japhala</t>
+  </si>
+  <si>
+    <t>Rupnarayanpur</t>
+  </si>
+  <si>
+    <t>Kukrada</t>
+  </si>
+  <si>
+    <t>Taphriambi</t>
+  </si>
+  <si>
+    <t>CHOTA TARA AND ADJOINING MOUJAS PWSS(TSM/014555,SM/18619)</t>
+  </si>
+  <si>
+    <t>TSM/014555</t>
+  </si>
+  <si>
+    <t>SM/18619</t>
+  </si>
+  <si>
+    <t>Chhota Tara</t>
+  </si>
+  <si>
+    <t>KUMARSANDA AND IT'S ADJOINING MOUJAS PWSS(TSM/011807,SM/14939)</t>
+  </si>
+  <si>
+    <t>TSM/011807</t>
+  </si>
+  <si>
+    <t>SM/14939</t>
+  </si>
+  <si>
+    <t>Akalpaush</t>
+  </si>
+  <si>
+    <t>BARAKADRA AND ADJOINING MOUJAS PWSS(TSM/015848,SM/14991)</t>
+  </si>
+  <si>
+    <t>TSM/015848</t>
+  </si>
+  <si>
+    <t>SM/14991</t>
+  </si>
+  <si>
+    <t>Barakadra</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Dewanchak mouza under SAGY, Block - Ghatal, GP - Dewanchak-II, PS - Ghatal, Dist.- Paschim Medinipur.(TSM/009189,SM/10003)</t>
+  </si>
+  <si>
+    <t>TSM/009189</t>
+  </si>
+  <si>
+    <t>SM/10003</t>
+  </si>
+  <si>
+    <t>Dewanchak</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Raghunathpur mouza under SAGY, Block - Ghatal, G.P. - Dewanchak-II, P.S. - Ghatal, District - Paschim Medinipur.(TSM/009244,SM/10657)</t>
+  </si>
+  <si>
+    <t>TSM/009244</t>
+  </si>
+  <si>
+    <t>SM/10657</t>
+  </si>
+  <si>
+    <t>Raghunathpur</t>
+  </si>
+  <si>
+    <t>Hatkata</t>
+  </si>
+  <si>
+    <t>Geryasholi</t>
+  </si>
+  <si>
+    <t>CHAK BAJIT AND IT'S ADJOINING MOUJAS PWSS(TSM/013046,SM/12410)</t>
+  </si>
+  <si>
+    <t>TSM/013046</t>
+  </si>
+  <si>
+    <t>SM/12410</t>
+  </si>
+  <si>
+    <t>Gopalgere</t>
+  </si>
+  <si>
+    <t>Jaganath Chak</t>
+  </si>
+  <si>
+    <t>UMRAPATA AND ADJOINING MOUJAS PWSS(TSM/016216,SM/15123)</t>
+  </si>
+  <si>
+    <t>TSM/016216</t>
+  </si>
+  <si>
+    <t>SM/15123</t>
+  </si>
+  <si>
+    <t>Umrapata</t>
+  </si>
+  <si>
+    <t>Maharajpur</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Mangrajpur mouzas, Block - Sabang, District - Paschim Medinipur(TSM/009247,SM/18785)</t>
+  </si>
+  <si>
+    <t>TSM/009247</t>
+  </si>
+  <si>
+    <t>SM/18785</t>
+  </si>
+  <si>
+    <t>Mangrajpur</t>
+  </si>
+  <si>
+    <t>PATHARTERIA AND ADJOINING MOUJAS PWSS(TSM/014596,SM/13106)</t>
+  </si>
+  <si>
+    <t>TSM/014596</t>
+  </si>
+  <si>
+    <t>SM/13106</t>
+  </si>
+  <si>
+    <t>Pathar Teria</t>
+  </si>
+  <si>
+    <t>Sitapur</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR JHAKRA TO ACCOMMODATE FHTC UNDER CHANDRAKONA - II BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017585,SM/19046)</t>
+  </si>
+  <si>
+    <t>TSM/017585</t>
+  </si>
+  <si>
+    <t>SM/19046</t>
+  </si>
+  <si>
+    <t>Gopinathpur</t>
+  </si>
+  <si>
+    <t>Raykalgerya</t>
+  </si>
+  <si>
+    <t>KHASKENDU BAGICHA AND IT'S ADJOINING MOUJAS PWSS(TSM/011838,SM/17618)</t>
+  </si>
+  <si>
+    <t>TSM/011838</t>
+  </si>
+  <si>
+    <t>SM/17618</t>
+  </si>
+  <si>
+    <t>Paruldihi</t>
+  </si>
+  <si>
+    <t>BAR JHIKURIA AND ITS ADJOINING MOUJAS PWSS(TSM/013141,SM/12200)</t>
+  </si>
+  <si>
+    <t>TSM/013141</t>
+  </si>
+  <si>
+    <t>SM/12200</t>
+  </si>
+  <si>
+    <t>Chak Manu</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Dasha Gram &amp; its adj. mouzas, Block - Sabang, Dist. - Paschim Medinipur.(TSM/010638,SM/10649)</t>
+  </si>
+  <si>
+    <t>TSM/010638</t>
+  </si>
+  <si>
+    <t>SM/10649</t>
+  </si>
+  <si>
+    <t>Dasha Gram</t>
+  </si>
+  <si>
+    <t>Kuran &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/017440,SM/15017)</t>
+  </si>
+  <si>
+    <t>TSM/017440</t>
+  </si>
+  <si>
+    <t>SM/15017</t>
+  </si>
+  <si>
+    <t>Kuran</t>
+  </si>
+  <si>
+    <t>KASHIPUR AND ADJOINING MOUJAS PWSS(TSM/015979,SM/15014)</t>
+  </si>
+  <si>
+    <t>TSM/015979</t>
+  </si>
+  <si>
+    <t>SM/15014</t>
+  </si>
+  <si>
+    <t>Aharmunda</t>
+  </si>
+  <si>
+    <t>KHARIKA AND ITS ADJOINING MOUZAS PWSS(TSM/016020,SM/15015)</t>
+  </si>
+  <si>
+    <t>TSM/016020</t>
+  </si>
+  <si>
+    <t>SM/15015</t>
+  </si>
+  <si>
+    <t>Kharika</t>
+  </si>
+  <si>
+    <t>CHANDABILA &amp; ADJOINING MOUJAS PWSS(TSM/013387,SM/13054)</t>
+  </si>
+  <si>
+    <t>TSM/013387</t>
+  </si>
+  <si>
+    <t>SM/13054</t>
+  </si>
+  <si>
+    <t>Dhanyardiha</t>
+  </si>
+  <si>
+    <t>PATHRI AND AJOINING MOUJAS(TSM/015016,SM/13807)</t>
+  </si>
+  <si>
+    <t>TSM/015016</t>
+  </si>
+  <si>
+    <t>SM/13807</t>
+  </si>
+  <si>
+    <t>Bara Kalsibhanga</t>
+  </si>
+  <si>
+    <t>SHAL DAHARA AND ADJOINING MOUJAS PWWSS(TSM/016553,SM/18013)</t>
+  </si>
+  <si>
+    <t>TSM/016553</t>
+  </si>
+  <si>
+    <t>SM/18013</t>
+  </si>
+  <si>
+    <t>Shal Dahara</t>
+  </si>
+  <si>
+    <t>THE PROPOSED GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR HRISINGPUR TO ACCOMMODATE FHTC UNDER HANDRAKONA - II BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE.(TSM/017060,SM/15121)</t>
+  </si>
+  <si>
+    <t>TSM/017060</t>
+  </si>
+  <si>
+    <t>SM/15121</t>
+  </si>
+  <si>
+    <t>Bachka</t>
+  </si>
+  <si>
+    <t>Ground Based Pipe Water Supply Scheme for Uttar Bar (Zone-I &amp; II) &amp; its adjoining mouzas.(TSM/011871,SM/12876)</t>
+  </si>
+  <si>
+    <t>TSM/011871</t>
+  </si>
+  <si>
+    <t>SM/12876</t>
+  </si>
+  <si>
+    <t>Shobhapur</t>
+  </si>
+  <si>
+    <t>HARINASULI &amp; ADJOINING MOUJAS PWSS(TSM/013388,SM/13085)</t>
+  </si>
+  <si>
+    <t>TSM/013388</t>
+  </si>
+  <si>
+    <t>SM/13085</t>
+  </si>
+  <si>
+    <t>Harinasuli</t>
+  </si>
+  <si>
+    <t>Benapur Chaita</t>
+  </si>
+  <si>
+    <t>Durya Radhaballabhpur</t>
+  </si>
+  <si>
+    <t>Bhetia</t>
+  </si>
+  <si>
+    <t>Ramnagar</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR SRINAGAR TO ACCOMMODATE FHTC UNDER JAL JEEVAN MISSION UNDER CHANDRAKONA-I BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE(TSM/018394,SM/15569)</t>
+  </si>
+  <si>
+    <t>TSM/018394</t>
+  </si>
+  <si>
+    <t>SM/15569</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>AMSOL AND ADJOINING MOUJAS PWSS(TSM/014456,SM/13179)</t>
+  </si>
+  <si>
+    <t>TSM/014456</t>
+  </si>
+  <si>
+    <t>SM/13179</t>
+  </si>
+  <si>
+    <t>Amsol</t>
+  </si>
+  <si>
+    <t>KANTAL AND ADJOINING MOUJAS PWSS(TSM/014650,SM/13060)</t>
+  </si>
+  <si>
+    <t>TSM/014650</t>
+  </si>
+  <si>
+    <t>SM/13060</t>
+  </si>
+  <si>
+    <t>Kanthaldiha</t>
+  </si>
+  <si>
+    <t>Shilarajnagar &amp; its adjoining mouzas Water Supply Scheme, Block - Ghatal, Dist.- Paschim Medinipur.(TSM/015713,SM/18585)</t>
+  </si>
+  <si>
+    <t>TSM/015713</t>
+  </si>
+  <si>
+    <t>SM/18585</t>
+  </si>
+  <si>
+    <t>Haridaspur</t>
+  </si>
+  <si>
+    <t>NILDA ZONE 2 PIPED WATER SUPPLY SCHEME OF MOHANPUR BLOCK UNDER MEDINIPUR DIVISION(TSM/018444,SM/17566)</t>
+  </si>
+  <si>
+    <t>TSM/018444</t>
+  </si>
+  <si>
+    <t>SM/17566</t>
+  </si>
+  <si>
+    <t>Nilda</t>
+  </si>
+  <si>
+    <t>KHANDRUI AND IT'S ADJOINING MOUJAS PWSS.(TSM/013179,SM/13025)</t>
+  </si>
+  <si>
+    <t>TSM/013179</t>
+  </si>
+  <si>
+    <t>SM/13025</t>
+  </si>
+  <si>
+    <t>Khandrui</t>
+  </si>
+  <si>
+    <t>Islampur Piped Water Supply Scheme.(TSM/004474,SM/18782)</t>
+  </si>
+  <si>
+    <t>TSM/004474</t>
+  </si>
+  <si>
+    <t>SM/18782</t>
+  </si>
+  <si>
+    <t>Dhulia</t>
   </si>
   <si>
     <t>Shitali Sanka</t>
-  </si>
-[...4327 lines deleted...]
-    <t>Kanthaldiha</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4983,60 +4983,60 @@
       <c r="E3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4">
-        <v>187</v>
+        <v>104</v>
       </c>
       <c r="N3" s="4">
         <v>1</v>
       </c>
       <c r="O3" s="4">
-        <v>214</v>
+        <v>403</v>
       </c>
       <c r="P3" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R3" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
@@ -5044,182 +5044,182 @@
       <c r="E4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M4" s="4">
-        <v>194</v>
+        <v>134</v>
       </c>
       <c r="N4" s="4">
         <v>1</v>
       </c>
       <c r="O4" s="4">
-        <v>400</v>
+        <v>353</v>
       </c>
       <c r="P4" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R4" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I5" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="I5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="4">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="N5" s="4">
         <v>1</v>
       </c>
       <c r="O5" s="4">
-        <v>403</v>
+        <v>138</v>
       </c>
       <c r="P5" s="4">
         <v>4</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R5" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="4" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="4">
-        <v>75</v>
+        <v>634</v>
       </c>
       <c r="N6" s="4">
         <v>1</v>
       </c>
       <c r="O6" s="4">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="P6" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>45</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>46</v>
@@ -5227,57 +5227,57 @@
       <c r="E7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="4">
-        <v>217</v>
+        <v>483</v>
       </c>
       <c r="N7" s="4">
         <v>1</v>
       </c>
       <c r="O7" s="4">
-        <v>901</v>
+        <v>530</v>
       </c>
       <c r="P7" s="4">
         <v>3</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R7" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>50</v>
@@ -5288,60 +5288,60 @@
       <c r="E8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="4">
-        <v>634</v>
+        <v>194</v>
       </c>
       <c r="N8" s="4">
         <v>1</v>
       </c>
       <c r="O8" s="4">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="P8" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R8" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>55</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>56</v>
@@ -5349,1805 +5349,1805 @@
       <c r="E9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M9" s="4">
-        <v>134</v>
+        <v>217</v>
       </c>
       <c r="N9" s="4">
         <v>1</v>
       </c>
       <c r="O9" s="4">
-        <v>353</v>
+        <v>901</v>
       </c>
       <c r="P9" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I10" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="I10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M10" s="4">
-        <v>164</v>
+        <v>233</v>
       </c>
       <c r="N10" s="4">
         <v>1</v>
       </c>
       <c r="O10" s="4">
-        <v>696</v>
+        <v>0</v>
       </c>
       <c r="P10" s="4">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R10" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D11" s="3" t="s">
+      <c r="E11" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="4" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="4">
-        <v>233</v>
+        <v>618</v>
       </c>
       <c r="N11" s="4">
         <v>1</v>
       </c>
       <c r="O11" s="4">
-        <v>0</v>
+        <v>1005</v>
       </c>
       <c r="P11" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R11" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="4" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="I12" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="4">
-        <v>218</v>
+        <v>11</v>
       </c>
       <c r="N12" s="4">
         <v>1</v>
       </c>
       <c r="O12" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="P12" s="4">
-        <v>44</v>
+        <v>3</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R12" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I13" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="4">
-        <v>618</v>
+        <v>164</v>
       </c>
       <c r="N13" s="4">
         <v>1</v>
       </c>
       <c r="O13" s="4">
-        <v>1005</v>
+        <v>696</v>
       </c>
       <c r="P13" s="4">
-        <v>3</v>
+        <v>44</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I14" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="4">
-        <v>11</v>
+        <v>341</v>
       </c>
       <c r="N14" s="4">
         <v>1</v>
       </c>
       <c r="O14" s="4">
-        <v>0</v>
+        <v>1408</v>
       </c>
       <c r="P14" s="4">
         <v>3</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="4">
-        <v>55</v>
+        <v>354</v>
       </c>
       <c r="N15" s="4">
         <v>1</v>
       </c>
       <c r="O15" s="4">
-        <v>0</v>
+        <v>2048</v>
       </c>
       <c r="P15" s="4">
         <v>33</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R15" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>88</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>89</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="4">
-        <v>468</v>
+        <v>218</v>
       </c>
       <c r="N16" s="4">
         <v>1</v>
       </c>
       <c r="O16" s="4">
-        <v>6</v>
+        <v>95</v>
       </c>
       <c r="P16" s="4">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R16" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="I17" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="I17" s="4" t="s">
+      <c r="J17" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="J17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="4">
-        <v>341</v>
+        <v>80</v>
       </c>
       <c r="N17" s="4">
         <v>1</v>
       </c>
       <c r="O17" s="4">
-        <v>1408</v>
+        <v>1403</v>
       </c>
       <c r="P17" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R17" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>97</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" s="4" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="J18" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="4">
-        <v>128</v>
+        <v>190</v>
       </c>
       <c r="N18" s="4">
         <v>1</v>
       </c>
       <c r="O18" s="4">
-        <v>170</v>
+        <v>1598</v>
       </c>
       <c r="P18" s="4">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R18" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="4" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="I19" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="4">
-        <v>256</v>
+        <v>468</v>
       </c>
       <c r="N19" s="4">
         <v>1</v>
       </c>
       <c r="O19" s="4">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="P19" s="4">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R19" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="4" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="J20" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="4">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="N20" s="4">
         <v>1</v>
       </c>
       <c r="O20" s="4">
-        <v>1084</v>
+        <v>0</v>
       </c>
       <c r="P20" s="4">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R20" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="D21" s="3" t="s">
+      <c r="E21" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="E21" s="3" t="s">
+      <c r="F21" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I21" s="4" t="s">
         <v>114</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="4">
         <v>572</v>
       </c>
       <c r="N21" s="4">
         <v>1</v>
       </c>
       <c r="O21" s="4">
         <v>330</v>
       </c>
       <c r="P21" s="4">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R21" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D22" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="D22" s="3" t="s">
+      <c r="E22" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="F22" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H22" s="4" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="J22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="4">
-        <v>354</v>
+        <v>128</v>
       </c>
       <c r="N22" s="4">
         <v>1</v>
       </c>
       <c r="O22" s="4">
-        <v>2048</v>
+        <v>170</v>
       </c>
       <c r="P22" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R22" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H23" s="4" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="I23" s="4" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="4">
-        <v>128</v>
+        <v>256</v>
       </c>
       <c r="N23" s="4">
         <v>1</v>
       </c>
       <c r="O23" s="4">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="P23" s="4">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R23" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="4" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="I24" s="4" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="4">
-        <v>357</v>
+        <v>39</v>
       </c>
       <c r="N24" s="4">
         <v>1</v>
       </c>
       <c r="O24" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P24" s="4">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H25" s="4" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="I25" s="4" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="J25" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M25" s="4">
         <v>128</v>
       </c>
-      <c r="K25" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N25" s="4">
         <v>1</v>
       </c>
       <c r="O25" s="4">
-        <v>1403</v>
+        <v>128</v>
       </c>
       <c r="P25" s="4">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R25" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="D26" s="3" t="s">
+      <c r="E26" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H26" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I26" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J26" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="4">
-        <v>190</v>
+        <v>357</v>
       </c>
       <c r="N26" s="4">
         <v>1</v>
       </c>
       <c r="O26" s="4">
-        <v>1598</v>
+        <v>0</v>
       </c>
       <c r="P26" s="4">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R26" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="D27" s="3" t="s">
+      <c r="F27" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="E27" s="3" t="s">
+      <c r="I27" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J27" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="4">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="N27" s="4">
         <v>1</v>
       </c>
       <c r="O27" s="4">
-        <v>1</v>
+        <v>1084</v>
       </c>
       <c r="P27" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="D28" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D28" s="3" t="s">
+      <c r="E28" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H28" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I28" s="4" t="s">
         <v>140</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="4">
-        <v>78</v>
+        <v>498</v>
       </c>
       <c r="N28" s="4">
         <v>1</v>
       </c>
       <c r="O28" s="4">
-        <v>177</v>
+        <v>0</v>
       </c>
       <c r="P28" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R28" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="D29" s="3" t="s">
+      <c r="E29" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="E29" s="3" t="s">
+      <c r="F29" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I29" s="4" t="s">
         <v>144</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J29" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="4">
-        <v>498</v>
+        <v>89</v>
       </c>
       <c r="N29" s="4">
         <v>1</v>
       </c>
       <c r="O29" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="P29" s="4">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R29" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="4" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="I30" s="4" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="J30" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="4">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="N30" s="4">
         <v>1</v>
       </c>
       <c r="O30" s="4">
         <v>178</v>
       </c>
       <c r="P30" s="4">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R30" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="4" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="I31" s="4" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="4">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="N31" s="4">
         <v>1</v>
       </c>
       <c r="O31" s="4">
-        <v>0</v>
+        <v>323</v>
       </c>
       <c r="P31" s="4">
         <v>3</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R31" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I32" s="4" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="4">
-        <v>89</v>
+        <v>179</v>
       </c>
       <c r="N32" s="4">
         <v>1</v>
       </c>
       <c r="O32" s="4">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="P32" s="4">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R32" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="4" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="I33" s="4" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="4">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="N33" s="4">
         <v>1</v>
       </c>
       <c r="O33" s="4">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="P33" s="4">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R33" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>154</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>155</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="4" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>158</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="4">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="N34" s="4">
         <v>1</v>
       </c>
       <c r="O34" s="4">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="P34" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R34" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>159</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>160</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>161</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>162</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="4">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="N35" s="4">
         <v>1</v>
       </c>
       <c r="O35" s="4">
-        <v>323</v>
+        <v>0</v>
       </c>
       <c r="P35" s="4">
         <v>3</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R35" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>163</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>164</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="4" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>166</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="4">
-        <v>179</v>
+        <v>89</v>
       </c>
       <c r="N36" s="4">
         <v>1</v>
       </c>
       <c r="O36" s="4">
-        <v>55</v>
+        <v>178</v>
       </c>
       <c r="P36" s="4">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R36" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>159</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>160</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>161</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="4" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>162</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="4">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="N37" s="4">
         <v>1</v>
       </c>
       <c r="O37" s="4">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="P37" s="4">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R37" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>167</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>168</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>170</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="4">
         <v>264</v>
       </c>
       <c r="N38" s="4">
         <v>1</v>
       </c>
       <c r="O38" s="4">
         <v>0</v>
       </c>
       <c r="P38" s="4">
         <v>33</v>
       </c>
@@ -7161,420 +7161,420 @@
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>171</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>172</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H39" s="4" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>174</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="4">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="N39" s="4">
         <v>1</v>
       </c>
       <c r="O39" s="4">
-        <v>1047</v>
+        <v>788</v>
       </c>
       <c r="P39" s="4">
         <v>20</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>175</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>176</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H40" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I40" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="J40" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M40" s="4">
         <v>100</v>
       </c>
-      <c r="H40" s="4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N40" s="4">
         <v>1</v>
       </c>
       <c r="O40" s="4">
-        <v>1526</v>
+        <v>73</v>
       </c>
       <c r="P40" s="4">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R40" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D41" s="3" t="s">
+      <c r="E41" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="I41" s="4" t="s">
         <v>182</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="4">
-        <v>123</v>
+        <v>237</v>
       </c>
       <c r="N41" s="4">
         <v>1</v>
       </c>
       <c r="O41" s="4">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="P41" s="4">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R41" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D42" s="3" t="s">
+      <c r="E42" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="E42" s="3" t="s">
+      <c r="F42" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H42" s="4" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>187</v>
       </c>
       <c r="J42" s="4" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="4">
-        <v>166</v>
+        <v>233</v>
       </c>
       <c r="N42" s="4">
         <v>1</v>
       </c>
       <c r="O42" s="4">
-        <v>788</v>
+        <v>1213</v>
       </c>
       <c r="P42" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R42" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>188</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>189</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H43" s="4" t="s">
-        <v>132</v>
+        <v>191</v>
       </c>
       <c r="I43" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="4">
-        <v>237</v>
+        <v>359</v>
       </c>
       <c r="N43" s="4">
         <v>1</v>
       </c>
       <c r="O43" s="4">
-        <v>14</v>
+        <v>1526</v>
       </c>
       <c r="P43" s="4">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R43" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="4" t="s">
-        <v>178</v>
+        <v>77</v>
       </c>
       <c r="I44" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="4">
-        <v>299</v>
+        <v>123</v>
       </c>
       <c r="N44" s="4">
         <v>1</v>
       </c>
       <c r="O44" s="4">
-        <v>300</v>
+        <v>68</v>
       </c>
       <c r="P44" s="4">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="4" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>200</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="4">
         <v>306</v>
       </c>
       <c r="N45" s="4">
         <v>1</v>
       </c>
       <c r="O45" s="4">
         <v>0</v>
       </c>
       <c r="P45" s="4">
         <v>33</v>
       </c>
@@ -7591,441 +7591,441 @@
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>201</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="4" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>204</v>
       </c>
       <c r="J46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="4">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="N46" s="4">
         <v>1</v>
       </c>
       <c r="O46" s="4">
-        <v>73</v>
+        <v>481</v>
       </c>
       <c r="P46" s="4">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R46" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>205</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>206</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>207</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I47" s="4" t="s">
         <v>208</v>
       </c>
-      <c r="I47" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="4">
-        <v>275</v>
+        <v>57</v>
       </c>
       <c r="N47" s="4">
         <v>1</v>
       </c>
       <c r="O47" s="4">
-        <v>2157</v>
+        <v>2918</v>
       </c>
       <c r="P47" s="4">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="D48" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="D48" s="3" t="s">
+      <c r="E48" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H48" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I48" s="4" t="s">
         <v>212</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J48" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="4">
-        <v>38</v>
+        <v>154</v>
       </c>
       <c r="N48" s="4">
         <v>1</v>
       </c>
       <c r="O48" s="4">
-        <v>1</v>
+        <v>1047</v>
       </c>
       <c r="P48" s="4">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="D49" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="D49" s="3" t="s">
+      <c r="E49" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="I49" s="4" t="s">
         <v>216</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="4">
-        <v>575</v>
+        <v>299</v>
       </c>
       <c r="N49" s="4">
         <v>1</v>
       </c>
       <c r="O49" s="4">
-        <v>1647</v>
+        <v>300</v>
       </c>
       <c r="P49" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="D50" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="D50" s="3" t="s">
+      <c r="E50" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="E50" s="3" t="s">
+      <c r="F50" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I50" s="4" t="s">
         <v>220</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J50" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="4">
-        <v>221</v>
+        <v>153</v>
       </c>
       <c r="N50" s="4">
         <v>1</v>
       </c>
       <c r="O50" s="4">
-        <v>481</v>
+        <v>207</v>
       </c>
       <c r="P50" s="4">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="D51" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="D51" s="3" t="s">
+      <c r="E51" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="E51" s="3" t="s">
+      <c r="F51" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I51" s="4" t="s">
         <v>224</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J51" s="4" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="4">
-        <v>233</v>
+        <v>575</v>
       </c>
       <c r="N51" s="4">
         <v>1</v>
       </c>
       <c r="O51" s="4">
-        <v>1213</v>
+        <v>1647</v>
       </c>
       <c r="P51" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="D52" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="D52" s="3" t="s">
+      <c r="E52" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="E52" s="3" t="s">
+      <c r="F52" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H52" s="4" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>229</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="4">
-        <v>13</v>
+        <v>921</v>
       </c>
       <c r="N52" s="4">
         <v>1</v>
       </c>
       <c r="O52" s="4">
-        <v>840</v>
+        <v>0</v>
       </c>
       <c r="P52" s="4">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>230</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>231</v>
@@ -8033,975 +8033,975 @@
       <c r="E53" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>233</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>234</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="4">
-        <v>921</v>
+        <v>385</v>
       </c>
       <c r="N53" s="4">
         <v>1</v>
       </c>
       <c r="O53" s="4">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="P53" s="4">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>235</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>236</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>237</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="4" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>238</v>
       </c>
       <c r="J54" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="4">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="N54" s="4">
         <v>1</v>
       </c>
       <c r="O54" s="4">
-        <v>207</v>
+        <v>840</v>
       </c>
       <c r="P54" s="4">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>239</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>241</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="4" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>242</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="4">
-        <v>57</v>
+        <v>212</v>
       </c>
       <c r="N55" s="4">
         <v>1</v>
       </c>
       <c r="O55" s="4">
-        <v>2918</v>
+        <v>37</v>
       </c>
       <c r="P55" s="4">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>243</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="4" t="s">
-        <v>76</v>
+        <v>246</v>
       </c>
       <c r="I56" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J56" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="4">
-        <v>509</v>
+        <v>275</v>
       </c>
       <c r="N56" s="4">
         <v>1</v>
       </c>
       <c r="O56" s="4">
-        <v>43</v>
+        <v>2157</v>
       </c>
       <c r="P56" s="4">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>250</v>
+        <v>58</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>251</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="4">
-        <v>385</v>
+        <v>38</v>
       </c>
       <c r="N57" s="4">
         <v>1</v>
       </c>
       <c r="O57" s="4">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="P57" s="4">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R57" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>252</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>253</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>254</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="4" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>255</v>
       </c>
       <c r="J58" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="4">
-        <v>212</v>
+        <v>509</v>
       </c>
       <c r="N58" s="4">
         <v>1</v>
       </c>
       <c r="O58" s="4">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="P58" s="4">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="Q58" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R58" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>256</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>257</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>258</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="4" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>259</v>
       </c>
       <c r="J59" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="4">
-        <v>350</v>
+        <v>424</v>
       </c>
       <c r="N59" s="4">
         <v>1</v>
       </c>
       <c r="O59" s="4">
-        <v>530</v>
+        <v>0</v>
       </c>
       <c r="P59" s="4">
         <v>3</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R59" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>260</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="4" t="s">
-        <v>53</v>
+        <v>191</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>263</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="4">
-        <v>424</v>
+        <v>398</v>
       </c>
       <c r="N60" s="4">
         <v>1</v>
       </c>
       <c r="O60" s="4">
-        <v>0</v>
+        <v>3436</v>
       </c>
       <c r="P60" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q60" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R60" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>264</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>265</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>266</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="4" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>267</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="4">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="N61" s="4">
         <v>1</v>
       </c>
       <c r="O61" s="4">
-        <v>790</v>
+        <v>0</v>
       </c>
       <c r="P61" s="4">
         <v>33</v>
       </c>
       <c r="Q61" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R61" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>268</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>269</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>178</v>
+        <v>67</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>271</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="4">
-        <v>398</v>
+        <v>350</v>
       </c>
       <c r="N62" s="4">
         <v>1</v>
       </c>
       <c r="O62" s="4">
-        <v>3436</v>
+        <v>530</v>
       </c>
       <c r="P62" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R62" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>272</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>273</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>274</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="4" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>275</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="4">
-        <v>380</v>
+        <v>12</v>
       </c>
       <c r="N63" s="4">
         <v>1</v>
       </c>
       <c r="O63" s="4">
-        <v>1</v>
+        <v>790</v>
       </c>
       <c r="P63" s="4">
         <v>33</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R63" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>277</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>278</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="4" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>279</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="4">
-        <v>333</v>
+        <v>78</v>
       </c>
       <c r="N64" s="4">
         <v>1</v>
       </c>
       <c r="O64" s="4">
-        <v>0</v>
+        <v>560</v>
       </c>
       <c r="P64" s="4">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R64" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>281</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="4" t="s">
-        <v>34</v>
+        <v>82</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>283</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="4">
-        <v>10</v>
+        <v>380</v>
       </c>
       <c r="N65" s="4">
         <v>1</v>
       </c>
       <c r="O65" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P65" s="4">
         <v>33</v>
       </c>
       <c r="Q65" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R65" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>285</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>286</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="4" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="I66" s="4" t="s">
         <v>287</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M66" s="4">
-        <v>78</v>
+        <v>333</v>
       </c>
       <c r="N66" s="4">
         <v>1</v>
       </c>
       <c r="O66" s="4">
-        <v>560</v>
+        <v>0</v>
       </c>
       <c r="P66" s="4">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="Q66" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R66" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>291</v>
       </c>
       <c r="J67" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M67" s="4">
-        <v>413</v>
+        <v>321</v>
       </c>
       <c r="N67" s="4">
         <v>1</v>
       </c>
       <c r="O67" s="4">
-        <v>271</v>
+        <v>93</v>
       </c>
       <c r="P67" s="4">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="Q67" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R67" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>292</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>293</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H68" s="4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>295</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="4">
-        <v>425</v>
+        <v>192</v>
       </c>
       <c r="N68" s="4">
         <v>1</v>
       </c>
       <c r="O68" s="4">
-        <v>209</v>
+        <v>274</v>
       </c>
       <c r="P68" s="4">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="Q68" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R68" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>297</v>
@@ -9009,951 +9009,951 @@
       <c r="E69" s="3" t="s">
         <v>298</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>299</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M69" s="4">
-        <v>706</v>
+        <v>102</v>
       </c>
       <c r="N69" s="4">
         <v>1</v>
       </c>
       <c r="O69" s="4">
-        <v>496</v>
+        <v>0</v>
       </c>
       <c r="P69" s="4">
         <v>33</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R69" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>301</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>302</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="4" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="I70" s="4" t="s">
         <v>303</v>
       </c>
       <c r="J70" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="4">
-        <v>321</v>
+        <v>413</v>
       </c>
       <c r="N70" s="4">
         <v>1</v>
       </c>
       <c r="O70" s="4">
-        <v>93</v>
+        <v>271</v>
       </c>
       <c r="P70" s="4">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R70" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>305</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>307</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="4">
-        <v>192</v>
+        <v>43</v>
       </c>
       <c r="N71" s="4">
         <v>1</v>
       </c>
       <c r="O71" s="4">
-        <v>274</v>
+        <v>0</v>
       </c>
       <c r="P71" s="4">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="Q71" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R71" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>309</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>310</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="4" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I72" s="4" t="s">
         <v>311</v>
       </c>
       <c r="J72" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="4">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="N72" s="4">
         <v>1</v>
       </c>
       <c r="O72" s="4">
-        <v>0</v>
+        <v>1223</v>
       </c>
       <c r="P72" s="4">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="Q72" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R72" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>313</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H73" s="4" t="s">
-        <v>34</v>
+        <v>82</v>
       </c>
       <c r="I73" s="4" t="s">
         <v>315</v>
       </c>
       <c r="J73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M73" s="4">
-        <v>102</v>
+        <v>425</v>
       </c>
       <c r="N73" s="4">
         <v>1</v>
       </c>
       <c r="O73" s="4">
-        <v>0</v>
+        <v>209</v>
       </c>
       <c r="P73" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R73" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>317</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="4" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="I74" s="4" t="s">
         <v>319</v>
       </c>
       <c r="J74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M74" s="4">
-        <v>80</v>
+        <v>706</v>
       </c>
       <c r="N74" s="4">
         <v>1</v>
       </c>
       <c r="O74" s="4">
-        <v>1223</v>
+        <v>496</v>
       </c>
       <c r="P74" s="4">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="Q74" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R74" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>320</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>321</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>323</v>
       </c>
       <c r="J75" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M75" s="4">
-        <v>138</v>
+        <v>463</v>
       </c>
       <c r="N75" s="4">
         <v>1</v>
       </c>
       <c r="O75" s="4">
-        <v>455</v>
+        <v>605</v>
       </c>
       <c r="P75" s="4">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R75" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>325</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="4" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>327</v>
       </c>
       <c r="J76" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M76" s="4">
-        <v>463</v>
+        <v>242</v>
       </c>
       <c r="N76" s="4">
         <v>1</v>
       </c>
       <c r="O76" s="4">
-        <v>605</v>
+        <v>0</v>
       </c>
       <c r="P76" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q76" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R76" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>329</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H77" s="4" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="I77" s="4" t="s">
         <v>331</v>
       </c>
       <c r="J77" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="4">
-        <v>242</v>
+        <v>138</v>
       </c>
       <c r="N77" s="4">
         <v>1</v>
       </c>
       <c r="O77" s="4">
-        <v>0</v>
+        <v>455</v>
       </c>
       <c r="P77" s="4">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R77" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>332</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>333</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>334</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="4" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="I78" s="4" t="s">
         <v>335</v>
       </c>
       <c r="J78" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="4">
-        <v>359</v>
+        <v>322</v>
       </c>
       <c r="N78" s="4">
         <v>1</v>
       </c>
       <c r="O78" s="4">
-        <v>254</v>
+        <v>352</v>
       </c>
       <c r="P78" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q78" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R78" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>336</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>337</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="4" t="s">
-        <v>86</v>
+        <v>186</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>339</v>
       </c>
       <c r="J79" s="4" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="4">
-        <v>322</v>
+        <v>281</v>
       </c>
       <c r="N79" s="4">
         <v>1</v>
       </c>
       <c r="O79" s="4">
-        <v>352</v>
+        <v>0</v>
       </c>
       <c r="P79" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R79" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8" t="s">
         <v>340</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>341</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="4" t="s">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I80" s="4" t="s">
         <v>343</v>
       </c>
       <c r="J80" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M80" s="4">
-        <v>652</v>
+        <v>312</v>
       </c>
       <c r="N80" s="4">
         <v>1</v>
       </c>
       <c r="O80" s="4">
-        <v>0</v>
+        <v>313</v>
       </c>
       <c r="P80" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q80" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R80" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>345</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="4" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="I81" s="4" t="s">
         <v>347</v>
       </c>
       <c r="J81" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M81" s="4">
-        <v>312</v>
+        <v>120</v>
       </c>
       <c r="N81" s="4">
         <v>1</v>
       </c>
       <c r="O81" s="4">
-        <v>313</v>
+        <v>0</v>
       </c>
       <c r="P81" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R81" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>348</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>349</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>350</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="4" t="s">
-        <v>34</v>
+        <v>157</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>351</v>
       </c>
       <c r="J82" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M82" s="4">
-        <v>120</v>
+        <v>359</v>
       </c>
       <c r="N82" s="4">
         <v>1</v>
       </c>
       <c r="O82" s="4">
-        <v>0</v>
+        <v>254</v>
       </c>
       <c r="P82" s="4">
         <v>33</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R82" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>352</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>353</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>354</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="4" t="s">
-        <v>199</v>
+        <v>233</v>
       </c>
       <c r="I83" s="4" t="s">
         <v>355</v>
       </c>
       <c r="J83" s="4" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="4">
-        <v>281</v>
+        <v>652</v>
       </c>
       <c r="N83" s="4">
         <v>1</v>
       </c>
       <c r="O83" s="4">
         <v>0</v>
       </c>
       <c r="P83" s="4">
         <v>33</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R83" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>357</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I84" s="4" t="s">
         <v>359</v>
       </c>
       <c r="J84" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M84" s="4">
         <v>173</v>
       </c>
       <c r="N84" s="4">
         <v>1</v>
       </c>
       <c r="O84" s="4">
         <v>1</v>
       </c>
       <c r="P84" s="4">
         <v>40</v>
       </c>
@@ -9970,51 +9970,51 @@
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>360</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>361</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>362</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I85" s="4" t="s">
         <v>363</v>
       </c>
       <c r="J85" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M85" s="4">
         <v>661</v>
       </c>
       <c r="N85" s="4">
         <v>1</v>
       </c>
       <c r="O85" s="4">
         <v>0</v>
       </c>
       <c r="P85" s="4">
         <v>33</v>
       </c>
@@ -10031,51 +10031,51 @@
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>365</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>366</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="4" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="I86" s="4" t="s">
         <v>367</v>
       </c>
       <c r="J86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M86" s="4">
         <v>172</v>
       </c>
       <c r="N86" s="4">
         <v>1</v>
       </c>
       <c r="O86" s="4">
         <v>0</v>
       </c>
       <c r="P86" s="4">
         <v>33</v>
       </c>
@@ -10092,51 +10092,51 @@
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>369</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>370</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="4" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="I87" s="4" t="s">
         <v>371</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M87" s="4">
         <v>153</v>
       </c>
       <c r="N87" s="4">
         <v>1</v>
       </c>
       <c r="O87" s="4">
         <v>342</v>
       </c>
       <c r="P87" s="4">
         <v>33</v>
       </c>
@@ -10153,51 +10153,51 @@
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>372</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="4" t="s">
-        <v>132</v>
+        <v>100</v>
       </c>
       <c r="I88" s="4" t="s">
         <v>375</v>
       </c>
       <c r="J88" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M88" s="4">
         <v>150</v>
       </c>
       <c r="N88" s="4">
         <v>1</v>
       </c>
       <c r="O88" s="4">
         <v>1946</v>
       </c>
       <c r="P88" s="4">
         <v>33</v>
       </c>
@@ -10214,173 +10214,173 @@
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>376</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>377</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="4" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="I89" s="4" t="s">
         <v>379</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M89" s="4">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="N89" s="4">
         <v>1</v>
       </c>
       <c r="O89" s="4">
-        <v>1328</v>
+        <v>342</v>
       </c>
       <c r="P89" s="4">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R89" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>380</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>381</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="I90" s="4" t="s">
         <v>383</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M90" s="4">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="N90" s="4">
         <v>1</v>
       </c>
       <c r="O90" s="4">
-        <v>342</v>
+        <v>1328</v>
       </c>
       <c r="P90" s="4">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R90" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>384</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>385</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I91" s="4" t="s">
         <v>387</v>
       </c>
       <c r="J91" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="4">
         <v>89</v>
       </c>
       <c r="N91" s="4">
         <v>1</v>
       </c>
       <c r="O91" s="4">
         <v>95</v>
       </c>
       <c r="P91" s="4">
         <v>33</v>
       </c>
@@ -10397,54 +10397,54 @@
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>388</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>389</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I92" s="4" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="J92" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="4">
         <v>424</v>
       </c>
       <c r="N92" s="4">
         <v>1</v>
       </c>
       <c r="O92" s="4">
         <v>6</v>
       </c>
       <c r="P92" s="4">
         <v>42</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>30</v>
       </c>
@@ -10458,441 +10458,441 @@
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>391</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>392</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>393</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="I93" s="4" t="s">
         <v>394</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="4">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="N93" s="4">
         <v>1</v>
       </c>
       <c r="O93" s="4">
-        <v>203</v>
+        <v>238</v>
       </c>
       <c r="P93" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R93" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>395</v>
+        <v>221</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>396</v>
+        <v>222</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>397</v>
+        <v>223</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="I94" s="4" t="s">
-        <v>398</v>
+        <v>224</v>
       </c>
       <c r="J94" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="4">
-        <v>34</v>
+        <v>575</v>
       </c>
       <c r="N94" s="4">
         <v>1</v>
       </c>
       <c r="O94" s="4">
-        <v>238</v>
+        <v>312</v>
       </c>
       <c r="P94" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="I95" s="4" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="J95" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M95" s="4">
-        <v>428</v>
+        <v>24</v>
       </c>
       <c r="N95" s="4">
         <v>1</v>
       </c>
       <c r="O95" s="4">
-        <v>0</v>
+        <v>135</v>
       </c>
       <c r="P95" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>214</v>
+        <v>391</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>215</v>
+        <v>392</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>216</v>
+        <v>393</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="I96" s="4" t="s">
-        <v>217</v>
+        <v>396</v>
       </c>
       <c r="J96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M96" s="4">
-        <v>575</v>
+        <v>38</v>
       </c>
       <c r="N96" s="4">
         <v>1</v>
       </c>
       <c r="O96" s="4">
-        <v>312</v>
+        <v>488</v>
       </c>
       <c r="P96" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H97" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I97" s="4" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="J97" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="4">
-        <v>24</v>
+        <v>223</v>
       </c>
       <c r="N97" s="4">
         <v>1</v>
       </c>
       <c r="O97" s="4">
-        <v>135</v>
+        <v>203</v>
       </c>
       <c r="P97" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H98" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="I98" s="4" t="s">
         <v>404</v>
       </c>
-      <c r="D98" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J98" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="4">
-        <v>374</v>
+        <v>660</v>
       </c>
       <c r="N98" s="4">
         <v>1</v>
       </c>
       <c r="O98" s="4">
-        <v>98</v>
+        <v>255</v>
       </c>
       <c r="P98" s="4">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="4" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="I99" s="4" t="s">
         <v>408</v>
       </c>
       <c r="J99" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M99" s="4">
-        <v>38</v>
+        <v>502</v>
       </c>
       <c r="N99" s="4">
         <v>1</v>
       </c>
       <c r="O99" s="4">
-        <v>488</v>
+        <v>358</v>
       </c>
       <c r="P99" s="4">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
         <v>409</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>410</v>
@@ -10900,951 +10900,951 @@
       <c r="E100" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="4" t="s">
         <v>233</v>
       </c>
       <c r="I100" s="4" t="s">
         <v>412</v>
       </c>
       <c r="J100" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="4">
-        <v>660</v>
+        <v>428</v>
       </c>
       <c r="N100" s="4">
         <v>1</v>
       </c>
       <c r="O100" s="4">
-        <v>255</v>
+        <v>0</v>
       </c>
       <c r="P100" s="4">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>413</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>414</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>415</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H101" s="4" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I101" s="4" t="s">
         <v>416</v>
       </c>
       <c r="J101" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M101" s="4">
-        <v>502</v>
+        <v>192</v>
       </c>
       <c r="N101" s="4">
         <v>1</v>
       </c>
       <c r="O101" s="4">
-        <v>358</v>
+        <v>327</v>
       </c>
       <c r="P101" s="4">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
-        <v>417</v>
+        <v>340</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>418</v>
+        <v>341</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>419</v>
+        <v>342</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H102" s="4" t="s">
         <v>48</v>
       </c>
       <c r="I102" s="4" t="s">
-        <v>420</v>
+        <v>343</v>
       </c>
       <c r="J102" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M102" s="4">
-        <v>192</v>
+        <v>312</v>
       </c>
       <c r="N102" s="4">
         <v>1</v>
       </c>
       <c r="O102" s="4">
-        <v>327</v>
+        <v>130</v>
       </c>
       <c r="P102" s="4">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>344</v>
+        <v>417</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>345</v>
+        <v>418</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>346</v>
+        <v>419</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H103" s="4" t="s">
-        <v>86</v>
+        <v>157</v>
       </c>
       <c r="I103" s="4" t="s">
-        <v>347</v>
+        <v>420</v>
       </c>
       <c r="J103" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M103" s="4">
-        <v>312</v>
+        <v>374</v>
       </c>
       <c r="N103" s="4">
         <v>1</v>
       </c>
       <c r="O103" s="4">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="P103" s="4">
         <v>33</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>421</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>422</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>423</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="4" t="s">
-        <v>86</v>
+        <v>157</v>
       </c>
       <c r="I104" s="4" t="s">
         <v>424</v>
       </c>
       <c r="J104" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M104" s="4">
-        <v>161</v>
+        <v>538</v>
       </c>
       <c r="N104" s="4">
         <v>1</v>
       </c>
       <c r="O104" s="4">
-        <v>84</v>
+        <v>159</v>
       </c>
       <c r="P104" s="4">
         <v>33</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>425</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>426</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>427</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H105" s="4" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="I105" s="4" t="s">
         <v>428</v>
       </c>
       <c r="J105" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M105" s="4">
-        <v>538</v>
+        <v>161</v>
       </c>
       <c r="N105" s="4">
         <v>1</v>
       </c>
       <c r="O105" s="4">
-        <v>159</v>
+        <v>84</v>
       </c>
       <c r="P105" s="4">
         <v>33</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R105" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>429</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>430</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>431</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="4" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="I106" s="4" t="s">
         <v>432</v>
       </c>
       <c r="J106" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M106" s="4">
-        <v>154</v>
+        <v>15</v>
       </c>
       <c r="N106" s="4">
         <v>1</v>
       </c>
       <c r="O106" s="4">
-        <v>454</v>
+        <v>0</v>
       </c>
       <c r="P106" s="4">
         <v>33</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R106" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H107" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I107" s="4" t="s">
         <v>433</v>
       </c>
-      <c r="D107" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J107" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M107" s="4">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="N107" s="4">
         <v>1</v>
       </c>
       <c r="O107" s="4">
-        <v>0</v>
+        <v>287</v>
       </c>
       <c r="P107" s="4">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R107" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="8" t="s">
+        <v>434</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H108" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I108" s="4" t="s">
         <v>437</v>
       </c>
-      <c r="D108" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J108" s="4" t="s">
-        <v>441</v>
+        <v>27</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M108" s="4">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="N108" s="4">
         <v>1</v>
       </c>
       <c r="O108" s="4">
-        <v>221</v>
+        <v>454</v>
       </c>
       <c r="P108" s="4">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="Q108" s="4" t="s">
-        <v>442</v>
+        <v>30</v>
       </c>
       <c r="R108" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
-        <v>41</v>
+        <v>225</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>42</v>
+        <v>226</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>43</v>
+        <v>227</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H109" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="I109" s="4" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M109" s="4">
-        <v>69</v>
+        <v>924</v>
       </c>
       <c r="N109" s="4">
         <v>1</v>
       </c>
       <c r="O109" s="4">
-        <v>287</v>
+        <v>0</v>
       </c>
       <c r="P109" s="4">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H110" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="I110" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="J110" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="K110" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L110" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M110" s="4">
+        <v>8</v>
+      </c>
+      <c r="N110" s="4">
+        <v>1</v>
+      </c>
+      <c r="O110" s="4">
+        <v>221</v>
+      </c>
+      <c r="P110" s="4">
+        <v>30</v>
+      </c>
+      <c r="Q110" s="4" t="s">
         <v>444</v>
-      </c>
-[...40 lines deleted...]
-        <v>30</v>
       </c>
       <c r="R110" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>230</v>
+        <v>445</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>231</v>
+        <v>446</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>232</v>
+        <v>447</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="4" t="s">
-        <v>233</v>
+        <v>67</v>
       </c>
       <c r="I111" s="4" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="J111" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M111" s="4">
-        <v>924</v>
+        <v>304</v>
       </c>
       <c r="N111" s="4">
         <v>1</v>
       </c>
       <c r="O111" s="4">
-        <v>0</v>
+        <v>284</v>
       </c>
       <c r="P111" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R111" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
+        <v>449</v>
+      </c>
+      <c r="D112" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="D112" s="3" t="s">
+      <c r="E112" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="E112" s="3" t="s">
+      <c r="F112" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H112" s="4" t="s">
         <v>452</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="I112" s="4" t="s">
         <v>453</v>
       </c>
       <c r="J112" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M112" s="4">
-        <v>304</v>
+        <v>99</v>
       </c>
       <c r="N112" s="4">
         <v>1</v>
       </c>
       <c r="O112" s="4">
-        <v>284</v>
+        <v>254</v>
       </c>
       <c r="P112" s="4">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="Q112" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R112" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>454</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>455</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>456</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>178</v>
+        <v>233</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>457</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M113" s="4">
-        <v>115</v>
+        <v>553</v>
       </c>
       <c r="N113" s="4">
         <v>1</v>
       </c>
       <c r="O113" s="4">
-        <v>428</v>
+        <v>553</v>
       </c>
       <c r="P113" s="4">
         <v>33</v>
       </c>
       <c r="Q113" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R113" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>458</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>459</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>460</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H114" s="4" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="I114" s="4" t="s">
         <v>461</v>
       </c>
       <c r="J114" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M114" s="4">
-        <v>553</v>
+        <v>303</v>
       </c>
       <c r="N114" s="4">
         <v>1</v>
       </c>
       <c r="O114" s="4">
-        <v>553</v>
+        <v>0</v>
       </c>
       <c r="P114" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q114" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R114" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>462</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>463</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>464</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I115" s="4" t="s">
         <v>465</v>
       </c>
       <c r="J115" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M115" s="4">
         <v>630</v>
       </c>
       <c r="N115" s="4">
         <v>1</v>
       </c>
       <c r="O115" s="4">
         <v>694</v>
       </c>
       <c r="P115" s="4">
         <v>33</v>
       </c>
@@ -11861,905 +11861,905 @@
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>466</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>467</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>468</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="I116" s="4" t="s">
-        <v>95</v>
+        <v>469</v>
       </c>
       <c r="J116" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M116" s="4">
-        <v>214</v>
+        <v>293</v>
       </c>
       <c r="N116" s="4">
         <v>1</v>
       </c>
       <c r="O116" s="4">
-        <v>113</v>
+        <v>0</v>
       </c>
       <c r="P116" s="4">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="Q116" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R116" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="4" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="I117" s="4" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J117" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M117" s="4">
-        <v>303</v>
+        <v>5</v>
       </c>
       <c r="N117" s="4">
         <v>1</v>
       </c>
       <c r="O117" s="4">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="P117" s="4">
-        <v>3</v>
+        <v>45</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R117" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="8" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H118" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I118" s="4" t="s">
-        <v>476</v>
+        <v>82</v>
       </c>
       <c r="J118" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M118" s="4">
-        <v>5</v>
+        <v>214</v>
       </c>
       <c r="N118" s="4">
         <v>1</v>
       </c>
       <c r="O118" s="4">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="P118" s="4">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="Q118" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R118" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H119" s="4" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="I119" s="4" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="J119" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M119" s="4">
-        <v>215</v>
+        <v>115</v>
       </c>
       <c r="N119" s="4">
         <v>1</v>
       </c>
       <c r="O119" s="4">
-        <v>384</v>
+        <v>428</v>
       </c>
       <c r="P119" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q119" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R119" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="4" t="s">
-        <v>233</v>
+        <v>25</v>
       </c>
       <c r="I120" s="4" t="s">
         <v>481</v>
       </c>
       <c r="J120" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M120" s="4">
-        <v>293</v>
+        <v>215</v>
       </c>
       <c r="N120" s="4">
         <v>1</v>
       </c>
       <c r="O120" s="4">
-        <v>0</v>
+        <v>384</v>
       </c>
       <c r="P120" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q120" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R120" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>395</v>
+        <v>482</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>396</v>
+        <v>483</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>397</v>
+        <v>484</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I121" s="4" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="J121" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M121" s="4">
-        <v>12</v>
+        <v>564</v>
       </c>
       <c r="N121" s="4">
         <v>1</v>
       </c>
       <c r="O121" s="4">
-        <v>477</v>
+        <v>163</v>
       </c>
       <c r="P121" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q121" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R121" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H122" s="4" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="I122" s="4" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="J122" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M122" s="4">
-        <v>564</v>
+        <v>410</v>
       </c>
       <c r="N122" s="4">
         <v>1</v>
       </c>
       <c r="O122" s="4">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P122" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q122" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R122" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
-        <v>395</v>
+        <v>490</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>396</v>
+        <v>491</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>397</v>
+        <v>492</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H123" s="4" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="I123" s="4" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="J123" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M123" s="4">
-        <v>65</v>
+        <v>217</v>
       </c>
       <c r="N123" s="4">
         <v>1</v>
       </c>
       <c r="O123" s="4">
-        <v>572</v>
+        <v>84</v>
       </c>
       <c r="P123" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q123" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R123" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
-        <v>488</v>
+        <v>391</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>489</v>
+        <v>392</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>490</v>
+        <v>393</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H124" s="4" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="I124" s="4" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="J124" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M124" s="4">
-        <v>410</v>
+        <v>12</v>
       </c>
       <c r="N124" s="4">
         <v>1</v>
       </c>
       <c r="O124" s="4">
-        <v>164</v>
+        <v>477</v>
       </c>
       <c r="P124" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q124" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R124" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I125" s="4" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="J125" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M125" s="4">
-        <v>4</v>
+        <v>91</v>
       </c>
       <c r="N125" s="4">
         <v>1</v>
       </c>
       <c r="O125" s="4">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="P125" s="4">
         <v>33</v>
       </c>
       <c r="Q125" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R125" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="D126" s="3" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H126" s="4" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I126" s="4" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="J126" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M126" s="4">
-        <v>91</v>
+        <v>645</v>
       </c>
       <c r="N126" s="4">
         <v>1</v>
       </c>
       <c r="O126" s="4">
-        <v>110</v>
+        <v>636</v>
       </c>
       <c r="P126" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q126" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R126" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>500</v>
+        <v>391</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>501</v>
+        <v>392</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>502</v>
+        <v>393</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H127" s="4" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="I127" s="4" t="s">
         <v>503</v>
       </c>
       <c r="J127" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M127" s="4">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="N127" s="4">
         <v>1</v>
       </c>
       <c r="O127" s="4">
-        <v>839</v>
+        <v>572</v>
       </c>
       <c r="P127" s="4">
         <v>20</v>
       </c>
       <c r="Q127" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R127" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>504</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>505</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>506</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="4" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="I128" s="4" t="s">
         <v>507</v>
       </c>
       <c r="J128" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M128" s="4">
-        <v>217</v>
+        <v>4</v>
       </c>
       <c r="N128" s="4">
         <v>1</v>
       </c>
       <c r="O128" s="4">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="P128" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q128" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R128" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>508</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>509</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>510</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="4" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>511</v>
       </c>
       <c r="J129" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M129" s="4">
-        <v>645</v>
+        <v>57</v>
       </c>
       <c r="N129" s="4">
         <v>1</v>
       </c>
       <c r="O129" s="4">
-        <v>636</v>
+        <v>839</v>
       </c>
       <c r="P129" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q129" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R129" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>512</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>513</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>514</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="4" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>515</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="4">
         <v>84</v>
       </c>
       <c r="N130" s="4">
         <v>1</v>
       </c>
       <c r="O130" s="4">
         <v>848</v>
       </c>
       <c r="P130" s="4">
         <v>2</v>
       </c>
@@ -12776,173 +12776,173 @@
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>516</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>517</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>518</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="4" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="I131" s="4" t="s">
         <v>519</v>
       </c>
       <c r="J131" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M131" s="4">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="N131" s="4">
         <v>1</v>
       </c>
       <c r="O131" s="4">
-        <v>1763</v>
+        <v>215</v>
       </c>
       <c r="P131" s="4">
         <v>33</v>
       </c>
       <c r="Q131" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R131" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>520</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>521</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="4" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="I132" s="4" t="s">
         <v>523</v>
       </c>
       <c r="J132" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K132" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M132" s="4">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="N132" s="4">
         <v>1</v>
       </c>
       <c r="O132" s="4">
-        <v>215</v>
+        <v>1763</v>
       </c>
       <c r="P132" s="4">
         <v>33</v>
       </c>
       <c r="Q132" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R132" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="8" t="s">
         <v>524</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>525</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>526</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I133" s="4" t="s">
         <v>527</v>
       </c>
       <c r="J133" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M133" s="4">
         <v>121</v>
       </c>
       <c r="N133" s="4">
         <v>1</v>
       </c>
       <c r="O133" s="4">
         <v>1461</v>
       </c>
       <c r="P133" s="4">
         <v>3</v>
       </c>
@@ -12956,60 +12956,60 @@
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>528</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>529</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H134" s="4" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="I134" s="4" t="s">
         <v>531</v>
       </c>
       <c r="J134" s="4" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="K134" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M134" s="4">
         <v>47</v>
       </c>
       <c r="N134" s="4">
         <v>1</v>
       </c>
       <c r="O134" s="4">
         <v>346</v>
       </c>
       <c r="P134" s="4">
         <v>20</v>
       </c>
       <c r="Q134" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R134" s="10" t="s">
         <v>27</v>
       </c>
@@ -13020,417 +13020,417 @@
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>532</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>533</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>534</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H135" s="4" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="I135" s="4" t="s">
         <v>535</v>
       </c>
       <c r="J135" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K135" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M135" s="4">
         <v>388</v>
       </c>
       <c r="N135" s="4">
         <v>1</v>
       </c>
       <c r="O135" s="4">
         <v>607</v>
       </c>
       <c r="P135" s="4">
         <v>25</v>
       </c>
       <c r="Q135" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R135" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C136" s="8" t="s">
-        <v>536</v>
+        <v>320</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>537</v>
+        <v>321</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>538</v>
+        <v>322</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H136" s="4" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="I136" s="4" t="s">
-        <v>539</v>
+        <v>323</v>
       </c>
       <c r="J136" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K136" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M136" s="4">
-        <v>626</v>
+        <v>463</v>
       </c>
       <c r="N136" s="4">
         <v>1</v>
       </c>
       <c r="O136" s="4">
-        <v>58</v>
+        <v>754</v>
       </c>
       <c r="P136" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q136" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R136" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
+        <v>536</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H137" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="I137" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="J137" s="4" t="s">
         <v>540</v>
       </c>
-      <c r="D137" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M137" s="4">
-        <v>688</v>
+        <v>112</v>
       </c>
       <c r="N137" s="4">
         <v>1</v>
       </c>
       <c r="O137" s="4">
-        <v>282</v>
+        <v>695</v>
       </c>
       <c r="P137" s="4">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R137" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
-        <v>340</v>
+        <v>541</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>341</v>
+        <v>542</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>342</v>
+        <v>543</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>250</v>
+        <v>228</v>
       </c>
       <c r="I138" s="4" t="s">
-        <v>343</v>
+        <v>544</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M138" s="4">
-        <v>652</v>
+        <v>688</v>
       </c>
       <c r="N138" s="4">
         <v>1</v>
       </c>
       <c r="O138" s="4">
-        <v>0</v>
+        <v>282</v>
       </c>
       <c r="P138" s="4">
         <v>3</v>
       </c>
       <c r="Q138" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R138" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>324</v>
+        <v>352</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>325</v>
+        <v>353</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>326</v>
+        <v>354</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="4" t="s">
-        <v>76</v>
+        <v>233</v>
       </c>
       <c r="I139" s="4" t="s">
-        <v>327</v>
+        <v>355</v>
       </c>
       <c r="J139" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K139" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M139" s="4">
-        <v>463</v>
+        <v>652</v>
       </c>
       <c r="N139" s="4">
         <v>1</v>
       </c>
       <c r="O139" s="4">
-        <v>754</v>
+        <v>0</v>
       </c>
       <c r="P139" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q139" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R139" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="8" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="4" t="s">
-        <v>109</v>
+        <v>157</v>
       </c>
       <c r="I140" s="4" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J140" s="4" t="s">
-        <v>548</v>
+        <v>27</v>
       </c>
       <c r="K140" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M140" s="4">
-        <v>112</v>
+        <v>626</v>
       </c>
       <c r="N140" s="4">
         <v>1</v>
       </c>
       <c r="O140" s="4">
-        <v>695</v>
+        <v>58</v>
       </c>
       <c r="P140" s="4">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="Q140" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R140" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>163</v>
+        <v>150</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>164</v>
+        <v>151</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I141" s="4" t="s">
         <v>549</v>
       </c>
       <c r="J141" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K141" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M141" s="4">
         <v>158</v>
       </c>
       <c r="N141" s="4">
         <v>1</v>
       </c>
       <c r="O141" s="4">
         <v>268</v>
       </c>
       <c r="P141" s="4">
         <v>4</v>
       </c>
@@ -13447,1414 +13447,1414 @@
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>550</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>551</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>552</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="4" t="s">
-        <v>109</v>
+        <v>157</v>
       </c>
       <c r="I142" s="4" t="s">
         <v>553</v>
       </c>
       <c r="J142" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K142" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M142" s="4">
-        <v>125</v>
+        <v>286</v>
       </c>
       <c r="N142" s="4">
         <v>1</v>
       </c>
       <c r="O142" s="4">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="P142" s="4">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="Q142" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R142" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>554</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>555</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>556</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="4" t="s">
-        <v>250</v>
+        <v>135</v>
       </c>
       <c r="I143" s="4" t="s">
         <v>557</v>
       </c>
       <c r="J143" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M143" s="4">
-        <v>473</v>
+        <v>125</v>
       </c>
       <c r="N143" s="4">
         <v>1</v>
       </c>
       <c r="O143" s="4">
-        <v>328</v>
+        <v>817</v>
       </c>
       <c r="P143" s="4">
         <v>33</v>
       </c>
       <c r="Q143" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R143" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>558</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>559</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>560</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="4" t="s">
-        <v>233</v>
+        <v>72</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>561</v>
       </c>
       <c r="J144" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M144" s="4">
-        <v>717</v>
+        <v>290</v>
       </c>
       <c r="N144" s="4">
         <v>1</v>
       </c>
       <c r="O144" s="4">
         <v>0</v>
       </c>
       <c r="P144" s="4">
         <v>33</v>
       </c>
       <c r="Q144" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R144" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
         <v>562</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>563</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H145" s="4" t="s">
-        <v>25</v>
+        <v>186</v>
       </c>
       <c r="I145" s="4" t="s">
         <v>565</v>
       </c>
       <c r="J145" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M145" s="4">
-        <v>286</v>
+        <v>246</v>
       </c>
       <c r="N145" s="4">
         <v>1</v>
       </c>
       <c r="O145" s="4">
-        <v>832</v>
+        <v>0</v>
       </c>
       <c r="P145" s="4">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="Q145" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R145" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>566</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>567</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>568</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="4" t="s">
-        <v>233</v>
+        <v>48</v>
       </c>
       <c r="I146" s="4" t="s">
         <v>569</v>
       </c>
       <c r="J146" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M146" s="4">
-        <v>929</v>
+        <v>402</v>
       </c>
       <c r="N146" s="4">
         <v>1</v>
       </c>
       <c r="O146" s="4">
-        <v>449</v>
+        <v>0</v>
       </c>
       <c r="P146" s="4">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="Q146" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R146" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>570</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>571</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H147" s="4" t="s">
-        <v>199</v>
+        <v>67</v>
       </c>
       <c r="I147" s="4" t="s">
         <v>573</v>
       </c>
       <c r="J147" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M147" s="4">
-        <v>246</v>
+        <v>353</v>
       </c>
       <c r="N147" s="4">
         <v>1</v>
       </c>
       <c r="O147" s="4">
-        <v>0</v>
+        <v>1044</v>
       </c>
       <c r="P147" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q147" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R147" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>574</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>575</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>576</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="4" t="s">
-        <v>81</v>
+        <v>233</v>
       </c>
       <c r="I148" s="4" t="s">
         <v>577</v>
       </c>
       <c r="J148" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M148" s="4">
-        <v>290</v>
+        <v>473</v>
       </c>
       <c r="N148" s="4">
         <v>1</v>
       </c>
       <c r="O148" s="4">
-        <v>0</v>
+        <v>328</v>
       </c>
       <c r="P148" s="4">
         <v>33</v>
       </c>
       <c r="Q148" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R148" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C149" s="8" t="s">
         <v>578</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>579</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>580</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="4" t="s">
-        <v>25</v>
+        <v>228</v>
       </c>
       <c r="I149" s="4" t="s">
         <v>581</v>
       </c>
       <c r="J149" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K149" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M149" s="4">
-        <v>177</v>
+        <v>717</v>
       </c>
       <c r="N149" s="4">
         <v>1</v>
       </c>
       <c r="O149" s="4">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="P149" s="4">
         <v>33</v>
       </c>
       <c r="Q149" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R149" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C150" s="8" t="s">
         <v>582</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>583</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>584</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="4" t="s">
-        <v>63</v>
+        <v>452</v>
       </c>
       <c r="I150" s="4" t="s">
         <v>585</v>
       </c>
       <c r="J150" s="4" t="s">
-        <v>27</v>
+        <v>586</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M150" s="4">
-        <v>161</v>
+        <v>50</v>
       </c>
       <c r="N150" s="4">
         <v>1</v>
       </c>
       <c r="O150" s="4">
-        <v>707</v>
+        <v>252</v>
       </c>
       <c r="P150" s="4">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="Q150" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R150" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C151" s="8" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="4" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="I151" s="4" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J151" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M151" s="4">
-        <v>402</v>
+        <v>29</v>
       </c>
       <c r="N151" s="4">
         <v>1</v>
       </c>
       <c r="O151" s="4">
         <v>0</v>
       </c>
       <c r="P151" s="4">
         <v>33</v>
       </c>
       <c r="Q151" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R151" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C152" s="8" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="4" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="I152" s="4" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J152" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K152" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M152" s="4">
-        <v>353</v>
+        <v>61</v>
       </c>
       <c r="N152" s="4">
         <v>1</v>
       </c>
       <c r="O152" s="4">
-        <v>1044</v>
+        <v>602</v>
       </c>
       <c r="P152" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q152" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R152" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H153" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I153" s="4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="J153" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K153" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M153" s="4">
-        <v>125</v>
+        <v>247</v>
       </c>
       <c r="N153" s="4">
         <v>1</v>
       </c>
       <c r="O153" s="4">
-        <v>637</v>
+        <v>397</v>
       </c>
       <c r="P153" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q153" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R153" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="8" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="4" t="s">
-        <v>447</v>
+        <v>157</v>
       </c>
       <c r="I154" s="4" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="J154" s="4" t="s">
-        <v>602</v>
+        <v>27</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M154" s="4">
-        <v>50</v>
+        <v>177</v>
       </c>
       <c r="N154" s="4">
         <v>1</v>
       </c>
       <c r="O154" s="4">
-        <v>252</v>
+        <v>54</v>
       </c>
       <c r="P154" s="4">
         <v>33</v>
       </c>
       <c r="Q154" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R154" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C155" s="8" t="s">
         <v>603</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>604</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>605</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="4" t="s">
-        <v>48</v>
+        <v>228</v>
       </c>
       <c r="I155" s="4" t="s">
         <v>606</v>
       </c>
       <c r="J155" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M155" s="4">
-        <v>29</v>
+        <v>929</v>
       </c>
       <c r="N155" s="4">
         <v>1</v>
       </c>
       <c r="O155" s="4">
-        <v>0</v>
+        <v>449</v>
       </c>
       <c r="P155" s="4">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="Q155" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R155" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C156" s="8" t="s">
         <v>607</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>608</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>609</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H156" s="4" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="I156" s="4" t="s">
         <v>610</v>
       </c>
       <c r="J156" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K156" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L156" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M156" s="4">
-        <v>61</v>
+        <v>161</v>
       </c>
       <c r="N156" s="4">
         <v>1</v>
       </c>
       <c r="O156" s="4">
-        <v>602</v>
+        <v>707</v>
       </c>
       <c r="P156" s="4">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="Q156" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R156" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C157" s="8" t="s">
         <v>611</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>612</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>613</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H157" s="4" t="s">
-        <v>178</v>
+        <v>67</v>
       </c>
       <c r="I157" s="4" t="s">
-        <v>614</v>
+        <v>279</v>
       </c>
       <c r="J157" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M157" s="4">
-        <v>415</v>
+        <v>364</v>
       </c>
       <c r="N157" s="4">
         <v>1</v>
       </c>
       <c r="O157" s="4">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="P157" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q157" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R157" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C158" s="8" t="s">
+        <v>614</v>
+      </c>
+      <c r="D158" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="D158" s="3" t="s">
+      <c r="E158" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="E158" s="3" t="s">
+      <c r="F158" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H158" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I158" s="4" t="s">
         <v>617</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J158" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K158" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L158" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M158" s="4">
-        <v>247</v>
+        <v>5</v>
       </c>
       <c r="N158" s="4">
         <v>1</v>
       </c>
       <c r="O158" s="4">
-        <v>397</v>
+        <v>4868</v>
       </c>
       <c r="P158" s="4">
         <v>33</v>
       </c>
       <c r="Q158" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R158" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C159" s="8" t="s">
+        <v>618</v>
+      </c>
+      <c r="D159" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="D159" s="3" t="s">
+      <c r="E159" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="E159" s="3" t="s">
+      <c r="F159" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H159" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="I159" s="4" t="s">
         <v>621</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J159" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K159" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L159" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M159" s="4">
-        <v>542</v>
+        <v>125</v>
       </c>
       <c r="N159" s="4">
         <v>1</v>
       </c>
       <c r="O159" s="4">
-        <v>41</v>
+        <v>637</v>
       </c>
       <c r="P159" s="4">
         <v>3</v>
       </c>
       <c r="Q159" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R159" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C160" s="8" t="s">
+        <v>622</v>
+      </c>
+      <c r="D160" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="D160" s="3" t="s">
+      <c r="E160" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="E160" s="3" t="s">
+      <c r="F160" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H160" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="I160" s="4" t="s">
         <v>625</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J160" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M160" s="4">
-        <v>233</v>
+        <v>415</v>
       </c>
       <c r="N160" s="4">
         <v>1</v>
       </c>
       <c r="O160" s="4">
-        <v>234</v>
+        <v>76</v>
       </c>
       <c r="P160" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="Q160" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R160" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="8" t="s">
+        <v>626</v>
+      </c>
+      <c r="D161" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="D161" s="3" t="s">
+      <c r="E161" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="E161" s="3" t="s">
+      <c r="F161" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H161" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="I161" s="4" t="s">
         <v>629</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J161" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K161" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M161" s="4">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="N161" s="4">
         <v>1</v>
       </c>
       <c r="O161" s="4">
-        <v>0</v>
+        <v>234</v>
       </c>
       <c r="P161" s="4">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="Q161" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R161" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C162" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="D162" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="D162" s="3" t="s">
+      <c r="E162" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="E162" s="3" t="s">
+      <c r="F162" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H162" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I162" s="4" t="s">
         <v>633</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J162" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M162" s="4">
-        <v>364</v>
+        <v>225</v>
       </c>
       <c r="N162" s="4">
         <v>1</v>
       </c>
       <c r="O162" s="4">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="P162" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q162" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R162" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C163" s="8" t="s">
         <v>634</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>635</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>636</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H163" s="4" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="I163" s="4" t="s">
         <v>637</v>
       </c>
       <c r="J163" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K163" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L163" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M163" s="4">
-        <v>5</v>
+        <v>520</v>
       </c>
       <c r="N163" s="4">
         <v>1</v>
       </c>
       <c r="O163" s="4">
-        <v>4868</v>
+        <v>608</v>
       </c>
       <c r="P163" s="4">
         <v>33</v>
       </c>
       <c r="Q163" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R163" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C164" s="8" t="s">
         <v>638</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>639</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>640</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H164" s="4" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="I164" s="4" t="s">
         <v>641</v>
       </c>
       <c r="J164" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L164" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M164" s="4">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="N164" s="4">
         <v>1</v>
       </c>
       <c r="O164" s="4">
-        <v>0</v>
+        <v>892</v>
       </c>
       <c r="P164" s="4">
         <v>33</v>
       </c>
       <c r="Q164" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R164" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C165" s="8" t="s">
         <v>642</v>
@@ -14865,1439 +14865,1439 @@
       <c r="E165" s="3" t="s">
         <v>644</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H165" s="4" t="s">
         <v>233</v>
       </c>
       <c r="I165" s="4" t="s">
         <v>645</v>
       </c>
       <c r="J165" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M165" s="4">
-        <v>762</v>
+        <v>475</v>
       </c>
       <c r="N165" s="4">
         <v>1</v>
       </c>
       <c r="O165" s="4">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="P165" s="4">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="Q165" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R165" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C166" s="8" t="s">
         <v>646</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>647</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>648</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H166" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I166" s="4" t="s">
         <v>649</v>
       </c>
       <c r="J166" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K166" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L166" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M166" s="4">
-        <v>520</v>
+        <v>403</v>
       </c>
       <c r="N166" s="4">
         <v>1</v>
       </c>
       <c r="O166" s="4">
-        <v>608</v>
+        <v>0</v>
       </c>
       <c r="P166" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q166" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R166" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C167" s="8" t="s">
         <v>650</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>651</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>652</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H167" s="4" t="s">
-        <v>132</v>
+        <v>233</v>
       </c>
       <c r="I167" s="4" t="s">
         <v>653</v>
       </c>
       <c r="J167" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K167" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L167" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M167" s="4">
-        <v>212</v>
+        <v>803</v>
       </c>
       <c r="N167" s="4">
         <v>1</v>
       </c>
       <c r="O167" s="4">
-        <v>892</v>
+        <v>0</v>
       </c>
       <c r="P167" s="4">
         <v>33</v>
       </c>
       <c r="Q167" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R167" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C168" s="8" t="s">
         <v>654</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>655</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>656</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H168" s="4" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="I168" s="4" t="s">
         <v>657</v>
       </c>
       <c r="J168" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K168" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L168" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M168" s="4">
-        <v>254</v>
+        <v>542</v>
       </c>
       <c r="N168" s="4">
         <v>1</v>
       </c>
       <c r="O168" s="4">
-        <v>531</v>
+        <v>41</v>
       </c>
       <c r="P168" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q168" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R168" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C169" s="8" t="s">
         <v>658</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>659</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>660</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H169" s="4" t="s">
-        <v>250</v>
+        <v>228</v>
       </c>
       <c r="I169" s="4" t="s">
         <v>661</v>
       </c>
       <c r="J169" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K169" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L169" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M169" s="4">
-        <v>475</v>
+        <v>762</v>
       </c>
       <c r="N169" s="4">
         <v>1</v>
       </c>
       <c r="O169" s="4">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="P169" s="4">
-        <v>3</v>
+        <v>46</v>
       </c>
       <c r="Q169" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R169" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C170" s="8" t="s">
         <v>662</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>663</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>664</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H170" s="4" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="I170" s="4" t="s">
         <v>665</v>
       </c>
       <c r="J170" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K170" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L170" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M170" s="4">
-        <v>403</v>
+        <v>22</v>
       </c>
       <c r="N170" s="4">
         <v>1</v>
       </c>
       <c r="O170" s="4">
         <v>0</v>
       </c>
       <c r="P170" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q170" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R170" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C171" s="8" t="s">
         <v>666</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>667</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>668</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H171" s="4" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="I171" s="4" t="s">
         <v>669</v>
       </c>
       <c r="J171" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K171" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M171" s="4">
-        <v>803</v>
+        <v>254</v>
       </c>
       <c r="N171" s="4">
         <v>1</v>
       </c>
       <c r="O171" s="4">
-        <v>0</v>
+        <v>531</v>
       </c>
       <c r="P171" s="4">
         <v>33</v>
       </c>
       <c r="Q171" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R171" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C172" s="8" t="s">
-        <v>615</v>
+        <v>670</v>
       </c>
       <c r="D172" s="3" t="s">
-        <v>616</v>
+        <v>671</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>617</v>
+        <v>672</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H172" s="4" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I172" s="4" t="s">
-        <v>618</v>
+        <v>673</v>
       </c>
       <c r="J172" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K172" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L172" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M172" s="4">
-        <v>247</v>
+        <v>181</v>
       </c>
       <c r="N172" s="4">
         <v>1</v>
       </c>
       <c r="O172" s="4">
-        <v>214</v>
+        <v>1835</v>
       </c>
       <c r="P172" s="4">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="Q172" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R172" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C173" s="8" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="D173" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H173" s="4" t="s">
-        <v>208</v>
+        <v>82</v>
       </c>
       <c r="I173" s="4" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="J173" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K173" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L173" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M173" s="4">
-        <v>181</v>
+        <v>404</v>
       </c>
       <c r="N173" s="4">
         <v>1</v>
       </c>
       <c r="O173" s="4">
-        <v>1835</v>
+        <v>0</v>
       </c>
       <c r="P173" s="4">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="Q173" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R173" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C174" s="8" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="D174" s="3" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H174" s="4" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="I174" s="4" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="J174" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L174" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M174" s="4">
         <v>85</v>
       </c>
       <c r="N174" s="4">
         <v>1</v>
       </c>
       <c r="O174" s="4">
         <v>0</v>
       </c>
       <c r="P174" s="4">
         <v>33</v>
       </c>
       <c r="Q174" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R174" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C175" s="8" t="s">
-        <v>462</v>
+        <v>595</v>
       </c>
       <c r="D175" s="3" t="s">
-        <v>463</v>
+        <v>596</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>464</v>
+        <v>597</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H175" s="4" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="I175" s="4" t="s">
-        <v>465</v>
+        <v>598</v>
       </c>
       <c r="J175" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L175" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M175" s="4">
-        <v>630</v>
+        <v>247</v>
       </c>
       <c r="N175" s="4">
         <v>1</v>
       </c>
       <c r="O175" s="4">
-        <v>0</v>
+        <v>214</v>
       </c>
       <c r="P175" s="4">
         <v>3</v>
       </c>
       <c r="Q175" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R175" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C176" s="8" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="D176" s="3" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H176" s="4" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="I176" s="4" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="J176" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L176" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M176" s="4">
-        <v>404</v>
+        <v>90</v>
       </c>
       <c r="N176" s="4">
         <v>1</v>
       </c>
       <c r="O176" s="4">
-        <v>0</v>
+        <v>921</v>
       </c>
       <c r="P176" s="4">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="Q176" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R176" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C177" s="8" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="D177" s="3" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H177" s="4" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="I177" s="4" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="J177" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K177" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L177" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M177" s="4">
         <v>531</v>
       </c>
       <c r="N177" s="4">
         <v>1</v>
       </c>
       <c r="O177" s="4">
         <v>0</v>
       </c>
       <c r="P177" s="4">
         <v>3</v>
       </c>
       <c r="Q177" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R177" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C178" s="8" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="D178" s="3" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H178" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I178" s="4" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="J178" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M178" s="4">
         <v>169</v>
       </c>
       <c r="N178" s="4">
         <v>1</v>
       </c>
       <c r="O178" s="4">
         <v>50</v>
       </c>
       <c r="P178" s="4">
         <v>33</v>
       </c>
       <c r="Q178" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R178" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="8" t="s">
-        <v>690</v>
+        <v>462</v>
       </c>
       <c r="D179" s="3" t="s">
-        <v>691</v>
+        <v>463</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>692</v>
+        <v>464</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H179" s="4" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="I179" s="4" t="s">
-        <v>693</v>
+        <v>465</v>
       </c>
       <c r="J179" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M179" s="4">
-        <v>90</v>
+        <v>630</v>
       </c>
       <c r="N179" s="4">
         <v>1</v>
       </c>
       <c r="O179" s="4">
-        <v>921</v>
+        <v>0</v>
       </c>
       <c r="P179" s="4">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="Q179" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R179" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C180" s="8" t="s">
-        <v>540</v>
+        <v>694</v>
       </c>
       <c r="D180" s="3" t="s">
-        <v>541</v>
+        <v>695</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>542</v>
+        <v>696</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="4" t="s">
         <v>233</v>
       </c>
       <c r="I180" s="4" t="s">
-        <v>543</v>
+        <v>697</v>
       </c>
       <c r="J180" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M180" s="4">
-        <v>688</v>
+        <v>530</v>
       </c>
       <c r="N180" s="4">
         <v>1</v>
       </c>
       <c r="O180" s="4">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="P180" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q180" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R180" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C181" s="8" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D181" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H181" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I181" s="4" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="J181" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M181" s="4">
-        <v>397</v>
+        <v>42</v>
       </c>
       <c r="N181" s="4">
         <v>1</v>
       </c>
       <c r="O181" s="4">
-        <v>308</v>
+        <v>721</v>
       </c>
       <c r="P181" s="4">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="Q181" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R181" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="8" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D182" s="3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>250</v>
+        <v>72</v>
       </c>
       <c r="I182" s="4" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="J182" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K182" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M182" s="4">
-        <v>530</v>
+        <v>219</v>
       </c>
       <c r="N182" s="4">
         <v>1</v>
       </c>
       <c r="O182" s="4">
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="P182" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q182" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R182" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C183" s="8" t="s">
-        <v>702</v>
+        <v>541</v>
       </c>
       <c r="D183" s="3" t="s">
-        <v>703</v>
+        <v>542</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>704</v>
+        <v>543</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H183" s="4" t="s">
-        <v>63</v>
+        <v>228</v>
       </c>
       <c r="I183" s="4" t="s">
-        <v>705</v>
+        <v>544</v>
       </c>
       <c r="J183" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K183" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M183" s="4">
-        <v>42</v>
+        <v>688</v>
       </c>
       <c r="N183" s="4">
         <v>1</v>
       </c>
       <c r="O183" s="4">
-        <v>721</v>
+        <v>283</v>
       </c>
       <c r="P183" s="4">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="Q183" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R183" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C184" s="8" t="s">
         <v>706</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>707</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>708</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H184" s="4" t="s">
-        <v>81</v>
+        <v>233</v>
       </c>
       <c r="I184" s="4" t="s">
         <v>709</v>
       </c>
       <c r="J184" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L184" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M184" s="4">
-        <v>219</v>
+        <v>874</v>
       </c>
       <c r="N184" s="4">
         <v>1</v>
       </c>
       <c r="O184" s="4">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="P184" s="4">
         <v>33</v>
       </c>
       <c r="Q184" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R184" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C185" s="8" t="s">
         <v>710</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>711</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H185" s="4" t="s">
-        <v>250</v>
+        <v>228</v>
       </c>
       <c r="I185" s="4" t="s">
         <v>713</v>
       </c>
       <c r="J185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M185" s="4">
-        <v>874</v>
+        <v>711</v>
       </c>
       <c r="N185" s="4">
         <v>1</v>
       </c>
       <c r="O185" s="4">
-        <v>0</v>
+        <v>1250</v>
       </c>
       <c r="P185" s="4">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="Q185" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R185" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C186" s="8" t="s">
         <v>714</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>715</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>716</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H186" s="4" t="s">
-        <v>233</v>
+        <v>43</v>
       </c>
       <c r="I186" s="4" t="s">
         <v>717</v>
       </c>
       <c r="J186" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K186" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L186" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M186" s="4">
-        <v>711</v>
+        <v>693</v>
       </c>
       <c r="N186" s="4">
         <v>1</v>
       </c>
       <c r="O186" s="4">
-        <v>1250</v>
+        <v>0</v>
       </c>
       <c r="P186" s="4">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="Q186" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R186" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C187" s="8" t="s">
         <v>718</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>719</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>720</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H187" s="4" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="I187" s="4" t="s">
         <v>721</v>
       </c>
       <c r="J187" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K187" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L187" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M187" s="4">
-        <v>693</v>
+        <v>584</v>
       </c>
       <c r="N187" s="4">
         <v>1</v>
       </c>
       <c r="O187" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P187" s="4">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="Q187" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R187" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C188" s="8" t="s">
         <v>722</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>723</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>724</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H188" s="4" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="I188" s="4" t="s">
         <v>725</v>
       </c>
       <c r="J188" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K188" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L188" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M188" s="4">
         <v>150</v>
       </c>
       <c r="N188" s="4">
         <v>1</v>
       </c>
       <c r="O188" s="4">
         <v>672</v>
       </c>
       <c r="P188" s="4">
         <v>39</v>
       </c>
@@ -16314,51 +16314,51 @@
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C189" s="8" t="s">
         <v>726</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>727</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>728</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H189" s="4" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="I189" s="4" t="s">
         <v>729</v>
       </c>
       <c r="J189" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K189" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L189" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M189" s="4">
         <v>775</v>
       </c>
       <c r="N189" s="4">
         <v>1</v>
       </c>
       <c r="O189" s="4">
         <v>0</v>
       </c>
       <c r="P189" s="4">
         <v>3</v>
       </c>
@@ -16375,14633 +16375,14633 @@
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C190" s="8" t="s">
         <v>730</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>731</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>732</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H190" s="4" t="s">
-        <v>86</v>
+        <v>135</v>
       </c>
       <c r="I190" s="4" t="s">
         <v>733</v>
       </c>
       <c r="J190" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K190" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L190" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M190" s="4">
-        <v>483</v>
+        <v>29</v>
       </c>
       <c r="N190" s="4">
         <v>1</v>
       </c>
       <c r="O190" s="4">
-        <v>342</v>
+        <v>101</v>
       </c>
       <c r="P190" s="4">
         <v>33</v>
       </c>
       <c r="Q190" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R190" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C191" s="8" t="s">
         <v>734</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>735</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>736</v>
       </c>
       <c r="F191" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H191" s="4" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="I191" s="4" t="s">
         <v>737</v>
       </c>
       <c r="J191" s="4" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="K191" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L191" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M191" s="4">
-        <v>337</v>
+        <v>181</v>
       </c>
       <c r="N191" s="4">
         <v>1</v>
       </c>
       <c r="O191" s="4">
-        <v>0</v>
+        <v>1023</v>
       </c>
       <c r="P191" s="4">
         <v>33</v>
       </c>
       <c r="Q191" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R191" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C192" s="8" t="s">
         <v>738</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>739</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>740</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="I192" s="4" t="s">
         <v>741</v>
       </c>
       <c r="J192" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K192" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L192" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M192" s="4">
-        <v>29</v>
+        <v>397</v>
       </c>
       <c r="N192" s="4">
         <v>1</v>
       </c>
       <c r="O192" s="4">
-        <v>101</v>
+        <v>308</v>
       </c>
       <c r="P192" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q192" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R192" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C193" s="8" t="s">
         <v>742</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>743</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>744</v>
       </c>
       <c r="F193" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H193" s="4" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="I193" s="4" t="s">
         <v>745</v>
       </c>
       <c r="J193" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K193" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L193" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M193" s="4">
-        <v>584</v>
+        <v>84</v>
       </c>
       <c r="N193" s="4">
         <v>1</v>
       </c>
       <c r="O193" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P193" s="4">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="Q193" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R193" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C194" s="8" t="s">
-        <v>746</v>
+        <v>45</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>747</v>
+        <v>46</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>748</v>
+        <v>47</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="I194" s="4" t="s">
-        <v>749</v>
+        <v>49</v>
       </c>
       <c r="J194" s="4" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M194" s="4">
-        <v>181</v>
+        <v>483</v>
       </c>
       <c r="N194" s="4">
         <v>1</v>
       </c>
       <c r="O194" s="4">
-        <v>1023</v>
+        <v>342</v>
       </c>
       <c r="P194" s="4">
         <v>33</v>
       </c>
       <c r="Q194" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R194" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C195" s="8" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="F195" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H195" s="4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I195" s="4" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="J195" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K195" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L195" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M195" s="4">
-        <v>723</v>
+        <v>26</v>
       </c>
       <c r="N195" s="4">
         <v>1</v>
       </c>
       <c r="O195" s="4">
-        <v>0</v>
+        <v>298</v>
       </c>
       <c r="P195" s="4">
         <v>3</v>
       </c>
       <c r="Q195" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R195" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C196" s="8" t="s">
-        <v>590</v>
+        <v>750</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>591</v>
+        <v>751</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>592</v>
+        <v>752</v>
       </c>
       <c r="F196" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H196" s="4" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="I196" s="4" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="J196" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K196" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L196" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M196" s="4">
-        <v>332</v>
+        <v>723</v>
       </c>
       <c r="N196" s="4">
         <v>1</v>
       </c>
       <c r="O196" s="4">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="P196" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q196" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R196" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C197" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="D197" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="D197" s="3" t="s">
+      <c r="E197" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="E197" s="3" t="s">
+      <c r="F197" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H197" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I197" s="4" t="s">
         <v>757</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J197" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K197" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L197" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M197" s="4">
-        <v>84</v>
+        <v>337</v>
       </c>
       <c r="N197" s="4">
         <v>1</v>
       </c>
       <c r="O197" s="4">
         <v>0</v>
       </c>
       <c r="P197" s="4">
         <v>33</v>
       </c>
       <c r="Q197" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R197" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C198" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="D198" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="D198" s="3" t="s">
+      <c r="E198" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="E198" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H198" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I198" s="4" t="s">
         <v>761</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J198" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K198" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L198" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M198" s="4">
-        <v>26</v>
+        <v>384</v>
       </c>
       <c r="N198" s="4">
         <v>1</v>
       </c>
       <c r="O198" s="4">
-        <v>298</v>
+        <v>101</v>
       </c>
       <c r="P198" s="4">
         <v>3</v>
       </c>
       <c r="Q198" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R198" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C199" s="8" t="s">
-        <v>763</v>
+        <v>570</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>764</v>
+        <v>571</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>765</v>
+        <v>572</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H199" s="4" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="I199" s="4" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="J199" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K199" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L199" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M199" s="4">
-        <v>510</v>
+        <v>332</v>
       </c>
       <c r="N199" s="4">
         <v>1</v>
       </c>
       <c r="O199" s="4">
-        <v>80</v>
+        <v>233</v>
       </c>
       <c r="P199" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q199" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R199" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C200" s="8" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="D200" s="3" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H200" s="4" t="s">
-        <v>48</v>
+        <v>246</v>
       </c>
       <c r="I200" s="4" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="J200" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M200" s="4">
-        <v>384</v>
+        <v>199</v>
       </c>
       <c r="N200" s="4">
         <v>1</v>
       </c>
       <c r="O200" s="4">
-        <v>101</v>
+        <v>428</v>
       </c>
       <c r="P200" s="4">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="Q200" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R200" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C201" s="8" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="D201" s="3" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H201" s="4" t="s">
-        <v>208</v>
+        <v>58</v>
       </c>
       <c r="I201" s="4" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="J201" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K201" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L201" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M201" s="4">
-        <v>199</v>
+        <v>510</v>
       </c>
       <c r="N201" s="4">
         <v>1</v>
       </c>
       <c r="O201" s="4">
-        <v>428</v>
+        <v>80</v>
       </c>
       <c r="P201" s="4">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="Q201" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R201" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C202" s="8" t="s">
-        <v>738</v>
+        <v>642</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>739</v>
+        <v>643</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>740</v>
+        <v>644</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H202" s="4" t="s">
-        <v>109</v>
+        <v>233</v>
       </c>
       <c r="I202" s="4" t="s">
-        <v>775</v>
+        <v>645</v>
       </c>
       <c r="J202" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M202" s="4">
-        <v>31</v>
+        <v>475</v>
       </c>
       <c r="N202" s="4">
         <v>1</v>
       </c>
       <c r="O202" s="4">
-        <v>1096</v>
+        <v>0</v>
       </c>
       <c r="P202" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q202" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R202" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C203" s="8" t="s">
-        <v>658</v>
+        <v>771</v>
       </c>
       <c r="D203" s="3" t="s">
-        <v>659</v>
+        <v>772</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>660</v>
+        <v>773</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H203" s="4" t="s">
-        <v>250</v>
+        <v>67</v>
       </c>
       <c r="I203" s="4" t="s">
-        <v>661</v>
+        <v>774</v>
       </c>
       <c r="J203" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K203" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L203" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M203" s="4">
-        <v>475</v>
+        <v>316</v>
       </c>
       <c r="N203" s="4">
         <v>1</v>
       </c>
       <c r="O203" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P203" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q203" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R203" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C204" s="8" t="s">
+        <v>775</v>
+      </c>
+      <c r="D204" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="D204" s="3" t="s">
+      <c r="E204" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="E204" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H204" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="I204" s="4" t="s">
         <v>778</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J204" s="4" t="s">
-        <v>27</v>
+        <v>540</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L204" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M204" s="4">
-        <v>316</v>
+        <v>68</v>
       </c>
       <c r="N204" s="4">
         <v>1</v>
       </c>
       <c r="O204" s="4">
-        <v>1</v>
+        <v>1380</v>
       </c>
       <c r="P204" s="4">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="Q204" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R204" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C205" s="8" t="s">
+        <v>779</v>
+      </c>
+      <c r="D205" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="D205" s="3" t="s">
+      <c r="E205" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="E205" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H205" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="I205" s="4" t="s">
         <v>782</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J205" s="4" t="s">
-        <v>548</v>
+        <v>96</v>
       </c>
       <c r="K205" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L205" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M205" s="4">
-        <v>68</v>
+        <v>288</v>
       </c>
       <c r="N205" s="4">
         <v>1</v>
       </c>
       <c r="O205" s="4">
-        <v>1380</v>
+        <v>679</v>
       </c>
       <c r="P205" s="4">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="Q205" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R205" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C206" s="8" t="s">
-        <v>784</v>
+        <v>730</v>
       </c>
       <c r="D206" s="3" t="s">
-        <v>785</v>
+        <v>731</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>786</v>
+        <v>732</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H206" s="4" t="s">
-        <v>199</v>
+        <v>135</v>
       </c>
       <c r="I206" s="4" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="J206" s="4" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="K206" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L206" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M206" s="4">
-        <v>288</v>
+        <v>31</v>
       </c>
       <c r="N206" s="4">
         <v>1</v>
       </c>
       <c r="O206" s="4">
-        <v>679</v>
+        <v>1096</v>
       </c>
       <c r="P206" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q206" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R206" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C207" s="8" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="D207" s="3" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="F207" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G207" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H207" s="4" t="s">
-        <v>53</v>
+        <v>452</v>
       </c>
       <c r="I207" s="4" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="J207" s="4" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="K207" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L207" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M207" s="4">
-        <v>730</v>
+        <v>263</v>
       </c>
       <c r="N207" s="4">
         <v>1</v>
       </c>
       <c r="O207" s="4">
-        <v>0</v>
+        <v>1016</v>
       </c>
       <c r="P207" s="4">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="Q207" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R207" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C208" s="8" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H208" s="4" t="s">
-        <v>447</v>
+        <v>34</v>
       </c>
       <c r="I208" s="4" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="J208" s="4" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M208" s="4">
-        <v>263</v>
+        <v>105</v>
       </c>
       <c r="N208" s="4">
         <v>1</v>
       </c>
       <c r="O208" s="4">
-        <v>1016</v>
+        <v>1529</v>
       </c>
       <c r="P208" s="4">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="Q208" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R208" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C209" s="8" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="D209" s="3" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H209" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I209" s="4" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="J209" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L209" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M209" s="4">
-        <v>105</v>
+        <v>308</v>
       </c>
       <c r="N209" s="4">
         <v>1</v>
       </c>
       <c r="O209" s="4">
-        <v>1529</v>
+        <v>0</v>
       </c>
       <c r="P209" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q209" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R209" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C210" s="8" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="D210" s="3" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="F210" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H210" s="4" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="I210" s="4" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="J210" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K210" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L210" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M210" s="4">
-        <v>308</v>
+        <v>730</v>
       </c>
       <c r="N210" s="4">
         <v>1</v>
       </c>
       <c r="O210" s="4">
         <v>0</v>
       </c>
       <c r="P210" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q210" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R210" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C211" s="8" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D211" s="3" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H211" s="4" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="I211" s="4" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="J211" s="4" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L211" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M211" s="4">
         <v>242</v>
       </c>
       <c r="N211" s="4">
         <v>1</v>
       </c>
       <c r="O211" s="4">
         <v>22</v>
       </c>
       <c r="P211" s="4">
         <v>22</v>
       </c>
       <c r="Q211" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R211" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C212" s="8" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="D212" s="3" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G212" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H212" s="4" t="s">
-        <v>132</v>
+        <v>100</v>
       </c>
       <c r="I212" s="4" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="J212" s="4" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="K212" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L212" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M212" s="4">
         <v>216</v>
       </c>
       <c r="N212" s="4">
         <v>1</v>
       </c>
       <c r="O212" s="4">
         <v>13861</v>
       </c>
       <c r="P212" s="4">
         <v>24</v>
       </c>
       <c r="Q212" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R212" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C213" s="8" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="D213" s="3" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="F213" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H213" s="4" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="I213" s="4" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="J213" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L213" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M213" s="4">
-        <v>509</v>
+        <v>151</v>
       </c>
       <c r="N213" s="4">
         <v>1</v>
       </c>
       <c r="O213" s="4">
-        <v>761</v>
+        <v>2244</v>
       </c>
       <c r="P213" s="4">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="Q213" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R213" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C214" s="8" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="D214" s="3" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H214" s="4" t="s">
-        <v>208</v>
+        <v>228</v>
       </c>
       <c r="I214" s="4" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="J214" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L214" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M214" s="4">
-        <v>151</v>
+        <v>339</v>
       </c>
       <c r="N214" s="4">
         <v>1</v>
       </c>
       <c r="O214" s="4">
-        <v>2244</v>
+        <v>0</v>
       </c>
       <c r="P214" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="Q214" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R214" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C215" s="8" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="D215" s="3" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H215" s="4" t="s">
         <v>233</v>
       </c>
       <c r="I215" s="4" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="J215" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L215" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M215" s="4">
-        <v>339</v>
+        <v>509</v>
       </c>
       <c r="N215" s="4">
         <v>1</v>
       </c>
       <c r="O215" s="4">
-        <v>0</v>
+        <v>761</v>
       </c>
       <c r="P215" s="4">
         <v>33</v>
       </c>
       <c r="Q215" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R215" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C216" s="8" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="D216" s="3" t="s">
-        <v>470</v>
+        <v>459</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>471</v>
+        <v>460</v>
       </c>
       <c r="F216" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H216" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I216" s="4" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="J216" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K216" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L216" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M216" s="4">
         <v>305</v>
       </c>
       <c r="N216" s="4">
         <v>1</v>
       </c>
       <c r="O216" s="4">
         <v>49</v>
       </c>
       <c r="P216" s="4">
         <v>33</v>
       </c>
       <c r="Q216" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R216" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C217" s="8" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="D217" s="3" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H217" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I217" s="4" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="J217" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L217" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M217" s="4">
         <v>377</v>
       </c>
       <c r="N217" s="4">
         <v>1</v>
       </c>
       <c r="O217" s="4">
         <v>23</v>
       </c>
       <c r="P217" s="4">
         <v>3</v>
       </c>
       <c r="Q217" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R217" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C218" s="8" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="D218" s="3" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H218" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I218" s="4" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="J218" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K218" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L218" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M218" s="4">
         <v>180</v>
       </c>
       <c r="N218" s="4">
         <v>1</v>
       </c>
       <c r="O218" s="4">
         <v>3</v>
       </c>
       <c r="P218" s="4">
         <v>33</v>
       </c>
       <c r="Q218" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R218" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C219" s="8" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="D219" s="3" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H219" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I219" s="4" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="J219" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M219" s="4">
         <v>82</v>
       </c>
       <c r="N219" s="4">
         <v>1</v>
       </c>
       <c r="O219" s="4">
         <v>0</v>
       </c>
       <c r="P219" s="4">
         <v>33</v>
       </c>
       <c r="Q219" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R219" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C220" s="8" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="D220" s="3" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H220" s="4" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="I220" s="4" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="J220" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M220" s="4">
         <v>350</v>
       </c>
       <c r="N220" s="4">
         <v>1</v>
       </c>
       <c r="O220" s="4">
         <v>245</v>
       </c>
       <c r="P220" s="4">
         <v>23</v>
       </c>
       <c r="Q220" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R220" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C221" s="8" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="D221" s="3" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H221" s="4" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="I221" s="4" t="s">
-        <v>614</v>
+        <v>625</v>
       </c>
       <c r="J221" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L221" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M221" s="4">
         <v>415</v>
       </c>
       <c r="N221" s="4">
         <v>1</v>
       </c>
       <c r="O221" s="4">
         <v>671</v>
       </c>
       <c r="P221" s="4">
         <v>3</v>
       </c>
       <c r="Q221" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R221" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C222" s="8" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D222" s="3" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H222" s="4" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="I222" s="4" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="J222" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K222" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M222" s="4">
         <v>361</v>
       </c>
       <c r="N222" s="4">
         <v>1</v>
       </c>
       <c r="O222" s="4">
         <v>1424</v>
       </c>
       <c r="P222" s="4">
         <v>3</v>
       </c>
       <c r="Q222" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R222" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C223" s="8" t="s">
-        <v>395</v>
+        <v>834</v>
       </c>
       <c r="D223" s="3" t="s">
-        <v>396</v>
+        <v>835</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>397</v>
+        <v>836</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H223" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="I223" s="4" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="J223" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K223" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L223" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M223" s="4">
-        <v>15</v>
+        <v>728</v>
       </c>
       <c r="N223" s="4">
         <v>1</v>
       </c>
       <c r="O223" s="4">
-        <v>448</v>
+        <v>0</v>
       </c>
       <c r="P223" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q223" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R223" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C224" s="8" t="s">
+        <v>838</v>
+      </c>
+      <c r="D224" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="D224" s="3" t="s">
+      <c r="E224" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="E224" s="3" t="s">
+      <c r="F224" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H224" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I224" s="4" t="s">
         <v>841</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J224" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K224" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L224" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M224" s="4">
-        <v>728</v>
+        <v>243</v>
       </c>
       <c r="N224" s="4">
         <v>1</v>
       </c>
       <c r="O224" s="4">
         <v>0</v>
       </c>
       <c r="P224" s="4">
         <v>33</v>
       </c>
       <c r="Q224" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R224" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C225" s="8" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D225" s="3" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H225" s="4" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="I225" s="4" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="J225" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K225" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L225" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M225" s="4">
         <v>361</v>
       </c>
       <c r="N225" s="4">
         <v>1</v>
       </c>
       <c r="O225" s="4">
         <v>255</v>
       </c>
       <c r="P225" s="4">
         <v>33</v>
       </c>
       <c r="Q225" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R225" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C226" s="8" t="s">
+        <v>842</v>
+      </c>
+      <c r="D226" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="D226" s="3" t="s">
+      <c r="E226" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="E226" s="3" t="s">
+      <c r="F226" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H226" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="I226" s="4" t="s">
         <v>845</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J226" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K226" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L226" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M226" s="4">
-        <v>370</v>
+        <v>279</v>
       </c>
       <c r="N226" s="4">
         <v>1</v>
       </c>
       <c r="O226" s="4">
-        <v>1757</v>
+        <v>952</v>
       </c>
       <c r="P226" s="4">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="Q226" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R226" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C227" s="8" t="s">
-        <v>847</v>
+        <v>391</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>848</v>
+        <v>392</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>849</v>
+        <v>393</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H227" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I227" s="4" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="J227" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K227" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L227" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M227" s="4">
-        <v>279</v>
+        <v>15</v>
       </c>
       <c r="N227" s="4">
         <v>1</v>
       </c>
       <c r="O227" s="4">
-        <v>952</v>
+        <v>448</v>
       </c>
       <c r="P227" s="4">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="Q227" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R227" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C228" s="8" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="D228" s="3" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G228" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H228" s="4" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="I228" s="4" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="J228" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K228" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L228" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M228" s="4">
-        <v>243</v>
+        <v>370</v>
       </c>
       <c r="N228" s="4">
         <v>1</v>
       </c>
       <c r="O228" s="4">
-        <v>0</v>
+        <v>1757</v>
       </c>
       <c r="P228" s="4">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="Q228" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R228" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C229" s="8" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>294</v>
+        <v>314</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G229" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H229" s="4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="I229" s="4" t="s">
-        <v>295</v>
+        <v>315</v>
       </c>
       <c r="J229" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K229" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L229" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M229" s="4">
         <v>425</v>
       </c>
       <c r="N229" s="4">
         <v>1</v>
       </c>
       <c r="O229" s="4">
         <v>719</v>
       </c>
       <c r="P229" s="4">
         <v>33</v>
       </c>
       <c r="Q229" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R229" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C230" s="8" t="s">
-        <v>855</v>
+        <v>599</v>
       </c>
       <c r="D230" s="3" t="s">
-        <v>856</v>
+        <v>600</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>857</v>
+        <v>601</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H230" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="I230" s="4" t="s">
+        <v>851</v>
+      </c>
+      <c r="J230" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K230" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L230" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M230" s="4">
         <v>178</v>
       </c>
-      <c r="I230" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N230" s="4">
         <v>1</v>
       </c>
       <c r="O230" s="4">
-        <v>868</v>
+        <v>330</v>
       </c>
       <c r="P230" s="4">
         <v>3</v>
       </c>
       <c r="Q230" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R230" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C231" s="8" t="s">
-        <v>578</v>
+        <v>852</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>579</v>
+        <v>853</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>580</v>
+        <v>854</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G231" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H231" s="4" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I231" s="4" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="J231" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K231" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L231" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M231" s="4">
-        <v>178</v>
+        <v>138</v>
       </c>
       <c r="N231" s="4">
         <v>1</v>
       </c>
       <c r="O231" s="4">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="P231" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q231" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R231" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C232" s="8" t="s">
-        <v>860</v>
+        <v>618</v>
       </c>
       <c r="D232" s="3" t="s">
-        <v>861</v>
+        <v>619</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>862</v>
+        <v>620</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H232" s="4" t="s">
-        <v>109</v>
+        <v>157</v>
       </c>
       <c r="I232" s="4" t="s">
-        <v>863</v>
+        <v>621</v>
       </c>
       <c r="J232" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K232" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L232" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M232" s="4">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="N232" s="4">
         <v>1</v>
       </c>
       <c r="O232" s="4">
-        <v>474</v>
+        <v>142</v>
       </c>
       <c r="P232" s="4">
         <v>33</v>
       </c>
       <c r="Q232" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R232" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C233" s="8" t="s">
-        <v>594</v>
+        <v>217</v>
       </c>
       <c r="D233" s="3" t="s">
-        <v>595</v>
+        <v>218</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>596</v>
+        <v>219</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G233" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H233" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I233" s="4" t="s">
-        <v>597</v>
+        <v>856</v>
       </c>
       <c r="J233" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K233" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L233" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M233" s="4">
-        <v>125</v>
+        <v>87</v>
       </c>
       <c r="N233" s="4">
         <v>1</v>
       </c>
       <c r="O233" s="4">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="P233" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q233" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R233" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C234" s="8" t="s">
-        <v>235</v>
+        <v>857</v>
       </c>
       <c r="D234" s="3" t="s">
-        <v>236</v>
+        <v>858</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>237</v>
+        <v>859</v>
       </c>
       <c r="F234" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G234" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H234" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="I234" s="4" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="J234" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K234" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L234" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M234" s="4">
-        <v>87</v>
+        <v>316</v>
       </c>
       <c r="N234" s="4">
         <v>1</v>
       </c>
       <c r="O234" s="4">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="P234" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q234" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R234" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C235" s="8" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="D235" s="3" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="F235" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H235" s="4" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="I235" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="J235" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K235" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L235" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M235" s="4">
+        <v>362</v>
+      </c>
+      <c r="N235" s="4">
+        <v>1</v>
+      </c>
+      <c r="O235" s="4">
         <v>868</v>
       </c>
-      <c r="J235" s="4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="P235" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q235" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R235" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C236" s="8" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="D236" s="3" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="F236" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G236" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H236" s="4" t="s">
-        <v>58</v>
+        <v>191</v>
       </c>
       <c r="I236" s="4" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="J236" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K236" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L236" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M236" s="4">
-        <v>93</v>
+        <v>411</v>
       </c>
       <c r="N236" s="4">
         <v>1</v>
       </c>
       <c r="O236" s="4">
-        <v>3759</v>
+        <v>256</v>
       </c>
       <c r="P236" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q236" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R236" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C237" s="8" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="D237" s="3" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="F237" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H237" s="4" t="s">
-        <v>199</v>
+        <v>135</v>
       </c>
       <c r="I237" s="4" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="J237" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K237" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L237" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M237" s="4">
-        <v>310</v>
+        <v>139</v>
       </c>
       <c r="N237" s="4">
         <v>1</v>
       </c>
       <c r="O237" s="4">
-        <v>0</v>
+        <v>474</v>
       </c>
       <c r="P237" s="4">
         <v>33</v>
       </c>
       <c r="Q237" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R237" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C238" s="8" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H238" s="4" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="I238" s="4" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="J238" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K238" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L238" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M238" s="4">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="N238" s="4">
         <v>1</v>
       </c>
       <c r="O238" s="4">
         <v>0</v>
       </c>
       <c r="P238" s="4">
         <v>33</v>
       </c>
       <c r="Q238" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R238" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C239" s="8" t="s">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="D239" s="3" t="s">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>883</v>
+        <v>867</v>
       </c>
       <c r="F239" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G239" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H239" s="4" t="s">
-        <v>34</v>
+        <v>191</v>
       </c>
       <c r="I239" s="4" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="J239" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K239" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L239" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M239" s="4">
-        <v>1</v>
+        <v>410</v>
       </c>
       <c r="N239" s="4">
         <v>1</v>
       </c>
       <c r="O239" s="4">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="P239" s="4">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="Q239" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R239" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C240" s="8" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="D240" s="3" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="F240" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H240" s="4" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="I240" s="4" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="J240" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K240" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L240" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M240" s="4">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="N240" s="4">
         <v>1</v>
       </c>
       <c r="O240" s="4">
-        <v>0</v>
+        <v>3759</v>
       </c>
       <c r="P240" s="4">
         <v>33</v>
       </c>
       <c r="Q240" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R240" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C241" s="8" t="s">
-        <v>889</v>
+        <v>882</v>
       </c>
       <c r="D241" s="3" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="F241" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H241" s="4" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="I241" s="4" t="s">
-        <v>892</v>
+        <v>885</v>
       </c>
       <c r="J241" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K241" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L241" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M241" s="4">
-        <v>411</v>
+        <v>150</v>
       </c>
       <c r="N241" s="4">
         <v>1</v>
       </c>
       <c r="O241" s="4">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="P241" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q241" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R241" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C242" s="8" t="s">
-        <v>893</v>
+        <v>886</v>
       </c>
       <c r="D242" s="3" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>895</v>
+        <v>888</v>
       </c>
       <c r="F242" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G242" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H242" s="4" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="I242" s="4" t="s">
-        <v>896</v>
+        <v>889</v>
       </c>
       <c r="J242" s="4" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="K242" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L242" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M242" s="4">
         <v>192</v>
       </c>
       <c r="N242" s="4">
         <v>1</v>
       </c>
       <c r="O242" s="4">
         <v>2312</v>
       </c>
       <c r="P242" s="4">
         <v>36</v>
       </c>
       <c r="Q242" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R242" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C243" s="8" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D243" s="3" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F243" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H243" s="4" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="I243" s="4" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="J243" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K243" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L243" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M243" s="4">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="N243" s="4">
         <v>1</v>
       </c>
       <c r="O243" s="4">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="P243" s="4">
         <v>33</v>
       </c>
       <c r="Q243" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R243" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C244" s="8" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="D244" s="3" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="F244" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G244" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H244" s="4" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="I244" s="4" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="J244" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K244" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L244" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M244" s="4">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="N244" s="4">
         <v>1</v>
       </c>
       <c r="O244" s="4">
-        <v>413</v>
+        <v>1</v>
       </c>
       <c r="P244" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="Q244" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R244" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C245" s="8" t="s">
-        <v>902</v>
+        <v>861</v>
       </c>
       <c r="D245" s="3" t="s">
-        <v>903</v>
+        <v>862</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>904</v>
+        <v>863</v>
       </c>
       <c r="F245" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H245" s="4" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="I245" s="4" t="s">
-        <v>905</v>
+        <v>864</v>
       </c>
       <c r="J245" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K245" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L245" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M245" s="4">
-        <v>416</v>
+        <v>362</v>
       </c>
       <c r="N245" s="4">
         <v>1</v>
       </c>
       <c r="O245" s="4">
-        <v>1</v>
+        <v>348</v>
       </c>
       <c r="P245" s="4">
         <v>33</v>
       </c>
       <c r="Q245" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R245" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C246" s="8" t="s">
-        <v>855</v>
+        <v>188</v>
       </c>
       <c r="D246" s="3" t="s">
-        <v>856</v>
+        <v>189</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>857</v>
+        <v>190</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H246" s="4" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="I246" s="4" t="s">
-        <v>858</v>
+        <v>192</v>
       </c>
       <c r="J246" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K246" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L246" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M246" s="4">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="N246" s="4">
         <v>1</v>
       </c>
       <c r="O246" s="4">
-        <v>348</v>
+        <v>901</v>
       </c>
       <c r="P246" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q246" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R246" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C247" s="8" t="s">
-        <v>175</v>
+        <v>898</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>176</v>
+        <v>899</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>177</v>
+        <v>900</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H247" s="4" t="s">
-        <v>178</v>
+        <v>25</v>
       </c>
       <c r="I247" s="4" t="s">
-        <v>179</v>
+        <v>901</v>
       </c>
       <c r="J247" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K247" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L247" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M247" s="4">
-        <v>359</v>
+        <v>120</v>
       </c>
       <c r="N247" s="4">
         <v>1</v>
       </c>
       <c r="O247" s="4">
-        <v>901</v>
+        <v>413</v>
       </c>
       <c r="P247" s="4">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="Q247" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R247" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C248" s="8" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D248" s="3" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H248" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="I248" s="4" t="s">
+        <v>905</v>
+      </c>
+      <c r="J248" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K248" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L248" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M248" s="4">
+        <v>439</v>
+      </c>
+      <c r="N248" s="4">
+        <v>1</v>
+      </c>
+      <c r="O248" s="4">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>833</v>
       </c>
       <c r="P248" s="4">
         <v>50</v>
       </c>
       <c r="Q248" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R248" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C249" s="8" t="s">
-        <v>686</v>
+        <v>906</v>
       </c>
       <c r="D249" s="3" t="s">
-        <v>687</v>
+        <v>907</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>688</v>
+        <v>908</v>
       </c>
       <c r="F249" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H249" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I249" s="4" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="J249" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K249" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L249" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M249" s="4">
-        <v>105</v>
+        <v>455</v>
       </c>
       <c r="N249" s="4">
         <v>1</v>
       </c>
       <c r="O249" s="4">
-        <v>5</v>
+        <v>191</v>
       </c>
       <c r="P249" s="4">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="Q249" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R249" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C250" s="8" t="s">
-        <v>911</v>
+        <v>690</v>
       </c>
       <c r="D250" s="3" t="s">
-        <v>912</v>
+        <v>691</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>913</v>
+        <v>692</v>
       </c>
       <c r="F250" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G250" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H250" s="4" t="s">
-        <v>233</v>
+        <v>157</v>
       </c>
       <c r="I250" s="4" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="J250" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K250" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L250" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M250" s="4">
-        <v>439</v>
+        <v>105</v>
       </c>
       <c r="N250" s="4">
         <v>1</v>
       </c>
       <c r="O250" s="4">
-        <v>132</v>
+        <v>5</v>
       </c>
       <c r="P250" s="4">
-        <v>50</v>
+        <v>3</v>
       </c>
       <c r="Q250" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R250" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C251" s="8" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="D251" s="3" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="F251" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G251" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H251" s="4" t="s">
-        <v>233</v>
+        <v>100</v>
       </c>
       <c r="I251" s="4" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="J251" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K251" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L251" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M251" s="4">
-        <v>315</v>
+        <v>213</v>
       </c>
       <c r="N251" s="4">
         <v>1</v>
       </c>
       <c r="O251" s="4">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="P251" s="4">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="Q251" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R251" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C252" s="8" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="D252" s="3" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="F252" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G252" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H252" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I252" s="4" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="J252" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K252" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L252" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M252" s="4">
         <v>235</v>
       </c>
       <c r="N252" s="4">
         <v>1</v>
       </c>
       <c r="O252" s="4">
         <v>262</v>
       </c>
       <c r="P252" s="4">
         <v>3</v>
       </c>
       <c r="Q252" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R252" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C253" s="8" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G253" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H253" s="4" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="I253" s="4" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="J253" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K253" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L253" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M253" s="4">
-        <v>213</v>
+        <v>436</v>
       </c>
       <c r="N253" s="4">
         <v>1</v>
       </c>
       <c r="O253" s="4">
-        <v>91</v>
+        <v>2407</v>
       </c>
       <c r="P253" s="4">
-        <v>50</v>
+        <v>3</v>
       </c>
       <c r="Q253" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R253" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C254" s="8" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="D254" s="3" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="F254" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G254" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H254" s="4" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I254" s="4" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="J254" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K254" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L254" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M254" s="4">
-        <v>455</v>
+        <v>174</v>
       </c>
       <c r="N254" s="4">
         <v>1</v>
       </c>
       <c r="O254" s="4">
-        <v>191</v>
+        <v>833</v>
       </c>
       <c r="P254" s="4">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="Q254" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R254" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C255" s="8" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="D255" s="3" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G255" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H255" s="4" t="s">
-        <v>48</v>
+        <v>157</v>
       </c>
       <c r="I255" s="4" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="J255" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K255" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L255" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M255" s="4">
-        <v>324</v>
+        <v>381</v>
       </c>
       <c r="N255" s="4">
         <v>1</v>
       </c>
       <c r="O255" s="4">
-        <v>25</v>
+        <v>515</v>
       </c>
       <c r="P255" s="4">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="Q255" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R255" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C256" s="8" t="s">
-        <v>726</v>
+        <v>931</v>
       </c>
       <c r="D256" s="3" t="s">
-        <v>727</v>
+        <v>932</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>728</v>
+        <v>933</v>
       </c>
       <c r="F256" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H256" s="4" t="s">
-        <v>250</v>
+        <v>72</v>
       </c>
       <c r="I256" s="4" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="J256" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K256" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L256" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M256" s="4">
-        <v>774</v>
+        <v>103</v>
       </c>
       <c r="N256" s="4">
         <v>1</v>
       </c>
       <c r="O256" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P256" s="4">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="Q256" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R256" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C257" s="8" t="s">
+        <v>935</v>
+      </c>
+      <c r="D257" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="D257" s="3" t="s">
+      <c r="E257" s="3" t="s">
         <v>937</v>
       </c>
-      <c r="E257" s="3" t="s">
+      <c r="F257" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H257" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I257" s="4" t="s">
         <v>938</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H257" s="4" t="s">
+      <c r="J257" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K257" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L257" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M257" s="4">
+        <v>324</v>
+      </c>
+      <c r="N257" s="4">
+        <v>1</v>
+      </c>
+      <c r="O257" s="4">
         <v>25</v>
       </c>
-      <c r="I257" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P257" s="4">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="Q257" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R257" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C258" s="8" t="s">
+        <v>939</v>
+      </c>
+      <c r="D258" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="D258" s="3" t="s">
+      <c r="E258" s="3" t="s">
         <v>941</v>
       </c>
-      <c r="E258" s="3" t="s">
+      <c r="F258" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H258" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="I258" s="4" t="s">
         <v>942</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J258" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K258" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L258" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M258" s="4">
-        <v>32</v>
+        <v>315</v>
       </c>
       <c r="N258" s="4">
         <v>1</v>
       </c>
       <c r="O258" s="4">
-        <v>603</v>
+        <v>0</v>
       </c>
       <c r="P258" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q258" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R258" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C259" s="8" t="s">
+        <v>943</v>
+      </c>
+      <c r="D259" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="D259" s="3" t="s">
+      <c r="E259" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="E259" s="3" t="s">
+      <c r="F259" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H259" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="I259" s="4" t="s">
         <v>946</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J259" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K259" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L259" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M259" s="4">
-        <v>436</v>
+        <v>381</v>
       </c>
       <c r="N259" s="4">
         <v>1</v>
       </c>
       <c r="O259" s="4">
-        <v>2407</v>
+        <v>6</v>
       </c>
       <c r="P259" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q259" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R259" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C260" s="8" t="s">
-        <v>948</v>
+        <v>726</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>949</v>
+        <v>727</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>950</v>
+        <v>728</v>
       </c>
       <c r="F260" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G260" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H260" s="4" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="I260" s="4" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="J260" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K260" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L260" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M260" s="4">
-        <v>455</v>
+        <v>774</v>
       </c>
       <c r="N260" s="4">
         <v>1</v>
       </c>
       <c r="O260" s="4">
-        <v>307</v>
+        <v>0</v>
       </c>
       <c r="P260" s="4">
         <v>33</v>
       </c>
       <c r="Q260" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R260" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C261" s="8" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="D261" s="3" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="F261" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H261" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I261" s="4" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="J261" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K261" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L261" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M261" s="4">
-        <v>103</v>
+        <v>362</v>
       </c>
       <c r="N261" s="4">
         <v>1</v>
       </c>
       <c r="O261" s="4">
-        <v>3</v>
+        <v>811</v>
       </c>
       <c r="P261" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="Q261" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R261" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C262" s="8" t="s">
-        <v>483</v>
+        <v>952</v>
       </c>
       <c r="D262" s="3" t="s">
-        <v>484</v>
+        <v>953</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>485</v>
+        <v>954</v>
       </c>
       <c r="F262" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G262" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H262" s="4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I262" s="4" t="s">
-        <v>486</v>
+        <v>955</v>
       </c>
       <c r="J262" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K262" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L262" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M262" s="4">
-        <v>564</v>
+        <v>455</v>
       </c>
       <c r="N262" s="4">
         <v>1</v>
       </c>
       <c r="O262" s="4">
-        <v>279</v>
+        <v>307</v>
       </c>
       <c r="P262" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q262" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R262" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S262" s="1"/>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C263" s="8" t="s">
-        <v>41</v>
+        <v>956</v>
       </c>
       <c r="D263" s="3" t="s">
-        <v>42</v>
+        <v>957</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>43</v>
+        <v>958</v>
       </c>
       <c r="F263" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H263" s="4" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="I263" s="4" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="J263" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K263" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L263" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M263" s="4">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="N263" s="4">
         <v>1</v>
       </c>
       <c r="O263" s="4">
-        <v>242</v>
+        <v>603</v>
       </c>
       <c r="P263" s="4">
         <v>4</v>
       </c>
       <c r="Q263" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R263" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C264" s="8" t="s">
-        <v>957</v>
+        <v>36</v>
       </c>
       <c r="D264" s="3" t="s">
-        <v>958</v>
+        <v>37</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>959</v>
+        <v>38</v>
       </c>
       <c r="F264" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G264" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H264" s="4" t="s">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="I264" s="4" t="s">
         <v>960</v>
       </c>
       <c r="J264" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K264" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L264" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M264" s="4">
-        <v>381</v>
+        <v>76</v>
       </c>
       <c r="N264" s="4">
         <v>1</v>
       </c>
       <c r="O264" s="4">
-        <v>6</v>
+        <v>242</v>
       </c>
       <c r="P264" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q264" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R264" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C265" s="8" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="D265" s="3" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="F265" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H265" s="4" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="I265" s="4" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="J265" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K265" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L265" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M265" s="4">
-        <v>410</v>
+        <v>564</v>
       </c>
       <c r="N265" s="4">
         <v>1</v>
       </c>
       <c r="O265" s="4">
-        <v>297</v>
+        <v>279</v>
       </c>
       <c r="P265" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q265" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R265" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C266" s="8" t="s">
         <v>961</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>962</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>963</v>
       </c>
       <c r="F266" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G266" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H266" s="4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="I266" s="4" t="s">
         <v>964</v>
       </c>
       <c r="J266" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K266" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L266" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M266" s="4">
-        <v>362</v>
+        <v>333</v>
       </c>
       <c r="N266" s="4">
         <v>1</v>
       </c>
       <c r="O266" s="4">
-        <v>811</v>
+        <v>2091</v>
       </c>
       <c r="P266" s="4">
         <v>33</v>
       </c>
       <c r="Q266" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R266" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C267" s="8" t="s">
-        <v>965</v>
+        <v>486</v>
       </c>
       <c r="D267" s="3" t="s">
-        <v>966</v>
+        <v>487</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>967</v>
+        <v>488</v>
       </c>
       <c r="F267" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G267" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H267" s="4" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="I267" s="4" t="s">
-        <v>968</v>
+        <v>489</v>
       </c>
       <c r="J267" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K267" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L267" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M267" s="4">
-        <v>671</v>
+        <v>410</v>
       </c>
       <c r="N267" s="4">
         <v>1</v>
       </c>
       <c r="O267" s="4">
-        <v>897</v>
+        <v>297</v>
       </c>
       <c r="P267" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q267" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R267" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C268" s="8" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="D268" s="3" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="F268" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G268" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H268" s="4" t="s">
-        <v>250</v>
+        <v>58</v>
       </c>
       <c r="I268" s="4" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="J268" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K268" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L268" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M268" s="4">
-        <v>484</v>
+        <v>462</v>
       </c>
       <c r="N268" s="4">
         <v>1</v>
       </c>
       <c r="O268" s="4">
-        <v>400</v>
+        <v>45</v>
       </c>
       <c r="P268" s="4">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="Q268" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R268" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C269" s="8" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="D269" s="3" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="F269" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H269" s="4" t="s">
-        <v>95</v>
+        <v>233</v>
       </c>
       <c r="I269" s="4" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="J269" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K269" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L269" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M269" s="4">
-        <v>333</v>
+        <v>484</v>
       </c>
       <c r="N269" s="4">
         <v>1</v>
       </c>
       <c r="O269" s="4">
-        <v>2091</v>
+        <v>400</v>
       </c>
       <c r="P269" s="4">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="Q269" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R269" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C270" s="8" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="D270" s="3" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="F270" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G270" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H270" s="4" t="s">
-        <v>53</v>
+        <v>233</v>
       </c>
       <c r="I270" s="4" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="J270" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K270" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L270" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M270" s="4">
-        <v>274</v>
+        <v>836</v>
       </c>
       <c r="N270" s="4">
         <v>1</v>
       </c>
       <c r="O270" s="4">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="P270" s="4">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="Q270" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R270" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C271" s="8" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="D271" s="3" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="F271" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G271" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H271" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I271" s="4" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="J271" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K271" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L271" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M271" s="4">
-        <v>355</v>
+        <v>671</v>
       </c>
       <c r="N271" s="4">
         <v>1</v>
       </c>
       <c r="O271" s="4">
-        <v>0</v>
+        <v>897</v>
       </c>
       <c r="P271" s="4">
         <v>33</v>
       </c>
       <c r="Q271" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R271" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C272" s="8" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="D272" s="3" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="F272" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G272" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H272" s="4" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="I272" s="4" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="J272" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K272" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L272" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M272" s="4">
-        <v>836</v>
+        <v>274</v>
       </c>
       <c r="N272" s="4">
         <v>1</v>
       </c>
       <c r="O272" s="4">
-        <v>1</v>
+        <v>104</v>
       </c>
       <c r="P272" s="4">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="Q272" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R272" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S272" s="1"/>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C273" s="8" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="D273" s="3" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="F273" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H273" s="4" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="I273" s="4" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="J273" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K273" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L273" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M273" s="4">
-        <v>462</v>
+        <v>410</v>
       </c>
       <c r="N273" s="4">
         <v>1</v>
       </c>
       <c r="O273" s="4">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="P273" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q273" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R273" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C274" s="8" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="D274" s="3" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H274" s="4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I274" s="4" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="J274" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K274" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L274" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M274" s="4">
-        <v>410</v>
+        <v>475</v>
       </c>
       <c r="N274" s="4">
         <v>1</v>
       </c>
       <c r="O274" s="4">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="P274" s="4">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="Q274" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R274" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C275" s="8" t="s">
-        <v>997</v>
+        <v>434</v>
       </c>
       <c r="D275" s="3" t="s">
-        <v>998</v>
+        <v>435</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>999</v>
+        <v>436</v>
       </c>
       <c r="F275" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H275" s="4" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="I275" s="4" t="s">
-        <v>1000</v>
+        <v>437</v>
       </c>
       <c r="J275" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K275" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L275" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M275" s="4">
-        <v>475</v>
+        <v>154</v>
       </c>
       <c r="N275" s="4">
         <v>1</v>
       </c>
       <c r="O275" s="4">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="P275" s="4">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Q275" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R275" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C276" s="8" t="s">
-        <v>429</v>
+        <v>993</v>
       </c>
       <c r="D276" s="3" t="s">
-        <v>430</v>
+        <v>994</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>431</v>
+        <v>995</v>
       </c>
       <c r="F276" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G276" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H276" s="4" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="I276" s="4" t="s">
-        <v>432</v>
+        <v>996</v>
       </c>
       <c r="J276" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K276" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L276" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M276" s="4">
-        <v>154</v>
+        <v>355</v>
       </c>
       <c r="N276" s="4">
         <v>1</v>
       </c>
       <c r="O276" s="4">
         <v>0</v>
       </c>
       <c r="P276" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q276" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R276" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C277" s="8" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="D277" s="3" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H277" s="4" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="I277" s="4" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="J277" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K277" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L277" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M277" s="4">
-        <v>674</v>
+        <v>748</v>
       </c>
       <c r="N277" s="4">
         <v>1</v>
       </c>
       <c r="O277" s="4">
         <v>0</v>
       </c>
       <c r="P277" s="4">
         <v>33</v>
       </c>
       <c r="Q277" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R277" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C278" s="8" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="D278" s="3" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="F278" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G278" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H278" s="4" t="s">
-        <v>233</v>
+        <v>48</v>
       </c>
       <c r="I278" s="4" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="J278" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K278" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L278" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M278" s="4">
-        <v>748</v>
+        <v>447</v>
       </c>
       <c r="N278" s="4">
         <v>1</v>
       </c>
       <c r="O278" s="4">
         <v>0</v>
       </c>
       <c r="P278" s="4">
         <v>33</v>
       </c>
       <c r="Q278" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R278" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C279" s="8" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="F279" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H279" s="4" t="s">
-        <v>86</v>
+        <v>228</v>
       </c>
       <c r="I279" s="4" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="J279" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K279" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L279" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M279" s="4">
-        <v>447</v>
+        <v>674</v>
       </c>
       <c r="N279" s="4">
         <v>1</v>
       </c>
       <c r="O279" s="4">
         <v>0</v>
       </c>
       <c r="P279" s="4">
         <v>33</v>
       </c>
       <c r="Q279" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R279" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C280" s="8" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="D280" s="3" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="F280" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H280" s="4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I280" s="4" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="J280" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K280" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L280" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M280" s="4">
         <v>253</v>
       </c>
       <c r="N280" s="4">
         <v>1</v>
       </c>
       <c r="O280" s="4">
         <v>407</v>
       </c>
       <c r="P280" s="4">
         <v>24</v>
       </c>
       <c r="Q280" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R280" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C281" s="8" t="s">
-        <v>235</v>
+        <v>1013</v>
       </c>
       <c r="D281" s="3" t="s">
-        <v>236</v>
+        <v>1014</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>237</v>
+        <v>1015</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>23</v>
+        <v>1016</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H281" s="4" t="s">
-        <v>39</v>
+        <v>246</v>
       </c>
       <c r="I281" s="4" t="s">
         <v>1017</v>
       </c>
       <c r="J281" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K281" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L281" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M281" s="4">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="N281" s="4">
         <v>1</v>
       </c>
       <c r="O281" s="4">
-        <v>260</v>
+        <v>8538</v>
       </c>
       <c r="P281" s="4">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="Q281" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R281" s="10" t="s">
-        <v>27</v>
+        <v>1018</v>
       </c>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C282" s="8" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D282" s="3" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F282" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G282" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H282" s="4" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I282" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="J282" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K282" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L282" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M282" s="4">
-        <v>293</v>
+        <v>236</v>
       </c>
       <c r="N282" s="4">
         <v>1</v>
       </c>
       <c r="O282" s="4">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="P282" s="4">
         <v>4</v>
       </c>
       <c r="Q282" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R282" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C283" s="8" t="s">
-        <v>1022</v>
+        <v>217</v>
       </c>
       <c r="D283" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H283" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I283" s="4" t="s">
         <v>1023</v>
       </c>
-      <c r="E283" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J283" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K283" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L283" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M283" s="4">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="N283" s="4">
         <v>1</v>
       </c>
       <c r="O283" s="4">
-        <v>8538</v>
+        <v>260</v>
       </c>
       <c r="P283" s="4">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="Q283" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R283" s="10" t="s">
-        <v>1027</v>
+        <v>27</v>
       </c>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C284" s="8" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="D284" s="3" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="F284" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G284" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H284" s="4" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I284" s="4" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
       <c r="J284" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K284" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L284" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M284" s="4">
-        <v>236</v>
+        <v>293</v>
       </c>
       <c r="N284" s="4">
         <v>1</v>
       </c>
       <c r="O284" s="4">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="P284" s="4">
         <v>4</v>
       </c>
       <c r="Q284" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R284" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C285" s="8" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="D285" s="3" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="F285" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G285" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H285" s="4" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="I285" s="4" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="J285" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K285" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L285" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M285" s="4">
         <v>96</v>
       </c>
       <c r="N285" s="4">
         <v>1</v>
       </c>
       <c r="O285" s="4">
         <v>576</v>
       </c>
       <c r="P285" s="4">
         <v>43</v>
       </c>
       <c r="Q285" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R285" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C286" s="8" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="D286" s="3" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="F286" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G286" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H286" s="4" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="I286" s="4" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="J286" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K286" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L286" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M286" s="4">
         <v>619</v>
       </c>
       <c r="N286" s="4">
         <v>1</v>
       </c>
       <c r="O286" s="4">
         <v>330</v>
       </c>
       <c r="P286" s="4">
         <v>42</v>
       </c>
       <c r="Q286" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R286" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C287" s="8" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="D287" s="3" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="F287" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G287" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H287" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I287" s="4" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J287" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K287" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L287" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M287" s="4">
         <v>207</v>
       </c>
       <c r="N287" s="4">
         <v>1</v>
       </c>
       <c r="O287" s="4">
         <v>4</v>
       </c>
       <c r="P287" s="4">
         <v>40</v>
       </c>
       <c r="Q287" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R287" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C288" s="8" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="D288" s="3" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="F288" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G288" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H288" s="4" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="I288" s="4" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="J288" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K288" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L288" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M288" s="4">
         <v>26</v>
       </c>
       <c r="N288" s="4">
         <v>1</v>
       </c>
       <c r="O288" s="4">
         <v>810</v>
       </c>
       <c r="P288" s="4">
         <v>46</v>
       </c>
       <c r="Q288" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R288" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C289" s="8" t="s">
-        <v>750</v>
+        <v>137</v>
       </c>
       <c r="D289" s="3" t="s">
-        <v>751</v>
+        <v>138</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>752</v>
+        <v>139</v>
       </c>
       <c r="F289" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G289" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H289" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I289" s="4" t="s">
-        <v>753</v>
+        <v>140</v>
       </c>
       <c r="J289" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K289" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L289" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M289" s="4">
-        <v>723</v>
+        <v>498</v>
       </c>
       <c r="N289" s="4">
         <v>1</v>
       </c>
       <c r="O289" s="4">
-        <v>433</v>
+        <v>341</v>
       </c>
       <c r="P289" s="4">
         <v>33</v>
       </c>
       <c r="Q289" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R289" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C290" s="8" t="s">
-        <v>142</v>
+        <v>1044</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>143</v>
+        <v>1045</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>144</v>
+        <v>1046</v>
       </c>
       <c r="F290" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H290" s="4" t="s">
-        <v>53</v>
+        <v>77</v>
       </c>
       <c r="I290" s="4" t="s">
-        <v>145</v>
+        <v>1047</v>
       </c>
       <c r="J290" s="4" t="s">
-        <v>27</v>
+        <v>1048</v>
       </c>
       <c r="K290" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L290" s="4" t="s">
-        <v>29</v>
+        <v>1049</v>
       </c>
       <c r="M290" s="4">
-        <v>498</v>
+        <v>105</v>
       </c>
       <c r="N290" s="4">
         <v>1</v>
       </c>
       <c r="O290" s="4">
-        <v>341</v>
+        <v>1</v>
       </c>
       <c r="P290" s="4">
         <v>33</v>
       </c>
       <c r="Q290" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R290" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C291" s="8" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="D291" s="3" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="F291" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G291" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H291" s="4" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="I291" s="4" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="J291" s="4" t="s">
-        <v>1052</v>
+        <v>27</v>
       </c>
       <c r="K291" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L291" s="4" t="s">
-        <v>1053</v>
+        <v>29</v>
       </c>
       <c r="M291" s="4">
-        <v>105</v>
+        <v>390</v>
       </c>
       <c r="N291" s="4">
         <v>1</v>
       </c>
       <c r="O291" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P291" s="4">
         <v>33</v>
       </c>
       <c r="Q291" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R291" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C292" s="8" t="s">
-        <v>1054</v>
+        <v>750</v>
       </c>
       <c r="D292" s="3" t="s">
-        <v>1055</v>
+        <v>751</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1056</v>
+        <v>752</v>
       </c>
       <c r="F292" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H292" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I292" s="4" t="s">
-        <v>1057</v>
+        <v>753</v>
       </c>
       <c r="J292" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K292" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L292" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M292" s="4">
-        <v>393</v>
+        <v>723</v>
       </c>
       <c r="N292" s="4">
         <v>1</v>
       </c>
       <c r="O292" s="4">
-        <v>0</v>
+        <v>433</v>
       </c>
       <c r="P292" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q292" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R292" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C293" s="8" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="D293" s="3" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="F293" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H293" s="4" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="I293" s="4" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="J293" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K293" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L293" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M293" s="4">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="N293" s="4">
         <v>1</v>
       </c>
       <c r="O293" s="4">
         <v>0</v>
       </c>
       <c r="P293" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q293" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R293" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C294" s="8" t="s">
-        <v>710</v>
+        <v>1058</v>
       </c>
       <c r="D294" s="3" t="s">
-        <v>711</v>
+        <v>1059</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>712</v>
+        <v>1060</v>
       </c>
       <c r="F294" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H294" s="4" t="s">
-        <v>250</v>
+        <v>53</v>
       </c>
       <c r="I294" s="4" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="J294" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K294" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L294" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M294" s="4">
-        <v>864</v>
+        <v>190</v>
       </c>
       <c r="N294" s="4">
         <v>1</v>
       </c>
       <c r="O294" s="4">
         <v>0</v>
       </c>
       <c r="P294" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q294" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R294" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C295" s="8" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D295" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="D295" s="3" t="s">
+      <c r="E295" s="3" t="s">
         <v>1064</v>
       </c>
-      <c r="E295" s="3" t="s">
+      <c r="F295" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H295" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="I295" s="4" t="s">
         <v>1065</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J295" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K295" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L295" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M295" s="4">
-        <v>79</v>
+        <v>822</v>
       </c>
       <c r="N295" s="4">
         <v>1</v>
       </c>
       <c r="O295" s="4">
-        <v>0</v>
+        <v>556</v>
       </c>
       <c r="P295" s="4">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="Q295" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R295" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C296" s="8" t="s">
-        <v>1067</v>
+        <v>706</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>1068</v>
+        <v>707</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1069</v>
+        <v>708</v>
       </c>
       <c r="F296" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G296" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H296" s="4" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="I296" s="4" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="J296" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K296" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L296" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M296" s="4">
-        <v>175</v>
+        <v>864</v>
       </c>
       <c r="N296" s="4">
         <v>1</v>
       </c>
       <c r="O296" s="4">
         <v>0</v>
       </c>
       <c r="P296" s="4">
         <v>3</v>
       </c>
       <c r="Q296" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R296" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C297" s="8" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="D297" s="3" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="F297" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H297" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I297" s="4" t="s">
-        <v>774</v>
+        <v>766</v>
       </c>
       <c r="J297" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K297" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L297" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M297" s="4">
         <v>288</v>
       </c>
       <c r="N297" s="4">
         <v>1</v>
       </c>
       <c r="O297" s="4">
         <v>17</v>
       </c>
       <c r="P297" s="4">
         <v>40</v>
       </c>
       <c r="Q297" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R297" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C298" s="8" t="s">
-        <v>1074</v>
+        <v>391</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>1075</v>
+        <v>392</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1076</v>
+        <v>393</v>
       </c>
       <c r="F298" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H298" s="4" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="I298" s="4" t="s">
-        <v>1077</v>
+        <v>396</v>
       </c>
       <c r="J298" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K298" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L298" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M298" s="4">
-        <v>190</v>
+        <v>38</v>
       </c>
       <c r="N298" s="4">
         <v>1</v>
       </c>
       <c r="O298" s="4">
-        <v>0</v>
+        <v>196</v>
       </c>
       <c r="P298" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q298" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R298" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C299" s="8" t="s">
-        <v>1078</v>
+        <v>898</v>
       </c>
       <c r="D299" s="3" t="s">
-        <v>1079</v>
+        <v>899</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1080</v>
+        <v>900</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H299" s="4" t="s">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="I299" s="4" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="J299" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K299" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L299" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M299" s="4">
-        <v>822</v>
+        <v>200</v>
       </c>
       <c r="N299" s="4">
         <v>1</v>
       </c>
       <c r="O299" s="4">
-        <v>556</v>
+        <v>694</v>
       </c>
       <c r="P299" s="4">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="Q299" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R299" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C300" s="8" t="s">
-        <v>395</v>
+        <v>1071</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>396</v>
+        <v>1072</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>397</v>
+        <v>1073</v>
       </c>
       <c r="F300" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G300" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H300" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="I300" s="4" t="s">
-        <v>408</v>
+        <v>503</v>
       </c>
       <c r="J300" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K300" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L300" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M300" s="4">
-        <v>38</v>
+        <v>742</v>
       </c>
       <c r="N300" s="4">
         <v>1</v>
       </c>
       <c r="O300" s="4">
-        <v>196</v>
+        <v>0</v>
       </c>
       <c r="P300" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q300" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R300" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C301" s="8" t="s">
-        <v>898</v>
+        <v>1074</v>
       </c>
       <c r="D301" s="3" t="s">
-        <v>899</v>
+        <v>1075</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>900</v>
+        <v>1076</v>
       </c>
       <c r="F301" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G301" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H301" s="4" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="I301" s="4" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="J301" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K301" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L301" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M301" s="4">
-        <v>200</v>
+        <v>79</v>
       </c>
       <c r="N301" s="4">
         <v>1</v>
       </c>
       <c r="O301" s="4">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="P301" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q301" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R301" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C302" s="8" t="s">
-        <v>1083</v>
+        <v>256</v>
       </c>
       <c r="D302" s="3" t="s">
-        <v>1084</v>
+        <v>257</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1085</v>
+        <v>258</v>
       </c>
       <c r="F302" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G302" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H302" s="4" t="s">
-        <v>233</v>
+        <v>43</v>
       </c>
       <c r="I302" s="4" t="s">
-        <v>487</v>
+        <v>1078</v>
       </c>
       <c r="J302" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K302" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L302" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M302" s="4">
-        <v>742</v>
+        <v>423</v>
       </c>
       <c r="N302" s="4">
         <v>1</v>
       </c>
       <c r="O302" s="4">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="P302" s="4">
         <v>33</v>
       </c>
       <c r="Q302" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R302" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C303" s="8" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="D303" s="3" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="F303" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H303" s="4" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="I303" s="4" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="J303" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K303" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L303" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M303" s="4">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="N303" s="4">
         <v>1</v>
       </c>
       <c r="O303" s="4">
         <v>0</v>
       </c>
       <c r="P303" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q303" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R303" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C304" s="8" t="s">
-        <v>260</v>
+        <v>1083</v>
       </c>
       <c r="D304" s="3" t="s">
-        <v>261</v>
+        <v>1084</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>262</v>
+        <v>1085</v>
       </c>
       <c r="F304" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H304" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I304" s="4" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="J304" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K304" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L304" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M304" s="4">
-        <v>423</v>
+        <v>41</v>
       </c>
       <c r="N304" s="4">
         <v>1</v>
       </c>
       <c r="O304" s="4">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="P304" s="4">
         <v>33</v>
       </c>
       <c r="Q304" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R304" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C305" s="8" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="D305" s="3" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="F305" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G305" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H305" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I305" s="4" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="J305" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K305" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L305" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M305" s="4">
         <v>1</v>
       </c>
       <c r="N305" s="4">
         <v>1</v>
       </c>
       <c r="O305" s="4">
         <v>130</v>
       </c>
       <c r="P305" s="4">
         <v>40</v>
       </c>
       <c r="Q305" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R305" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C306" s="8" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="D306" s="3" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="F306" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G306" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H306" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I306" s="4" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="J306" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K306" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L306" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M306" s="4">
         <v>28</v>
       </c>
       <c r="N306" s="4">
         <v>1</v>
       </c>
       <c r="O306" s="4">
         <v>0</v>
       </c>
       <c r="P306" s="4">
         <v>33</v>
       </c>
       <c r="Q306" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R306" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C307" s="8" t="s">
-        <v>78</v>
+        <v>1095</v>
       </c>
       <c r="D307" s="3" t="s">
-        <v>79</v>
+        <v>1096</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>80</v>
+        <v>1097</v>
       </c>
       <c r="F307" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G307" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H307" s="4" t="s">
-        <v>81</v>
+        <v>233</v>
       </c>
       <c r="I307" s="4" t="s">
-        <v>82</v>
+        <v>1098</v>
       </c>
       <c r="J307" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K307" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L307" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M307" s="4">
-        <v>11</v>
+        <v>476</v>
       </c>
       <c r="N307" s="4">
         <v>1</v>
       </c>
       <c r="O307" s="4">
         <v>0</v>
       </c>
       <c r="P307" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q307" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R307" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C308" s="8" t="s">
-        <v>1099</v>
+        <v>69</v>
       </c>
       <c r="D308" s="3" t="s">
-        <v>1100</v>
+        <v>70</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1101</v>
+        <v>71</v>
       </c>
       <c r="F308" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H308" s="4" t="s">
-        <v>250</v>
+        <v>72</v>
       </c>
       <c r="I308" s="4" t="s">
-        <v>1102</v>
+        <v>73</v>
       </c>
       <c r="J308" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K308" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L308" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M308" s="4">
-        <v>476</v>
+        <v>11</v>
       </c>
       <c r="N308" s="4">
         <v>1</v>
       </c>
       <c r="O308" s="4">
         <v>0</v>
       </c>
       <c r="P308" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q308" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R308" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C309" s="8" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="D309" s="3" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="F309" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G309" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H309" s="4" t="s">
-        <v>447</v>
+        <v>48</v>
       </c>
       <c r="I309" s="4" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="J309" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K309" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L309" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M309" s="4">
-        <v>248</v>
+        <v>424</v>
       </c>
       <c r="N309" s="4">
         <v>1</v>
       </c>
       <c r="O309" s="4">
-        <v>593</v>
+        <v>149</v>
       </c>
       <c r="P309" s="4">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="Q309" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R309" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C310" s="8" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="D310" s="3" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="F310" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G310" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H310" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I310" s="4" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="J310" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K310" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L310" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M310" s="4">
-        <v>517</v>
+        <v>340</v>
       </c>
       <c r="N310" s="4">
         <v>1</v>
       </c>
       <c r="O310" s="4">
-        <v>1875</v>
+        <v>455</v>
       </c>
       <c r="P310" s="4">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="Q310" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R310" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C311" s="8" t="s">
-        <v>1111</v>
+        <v>1099</v>
       </c>
       <c r="D311" s="3" t="s">
-        <v>1112</v>
+        <v>1100</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1113</v>
+        <v>1101</v>
       </c>
       <c r="F311" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G311" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H311" s="4" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="I311" s="4" t="s">
-        <v>1114</v>
+        <v>1102</v>
       </c>
       <c r="J311" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K311" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L311" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M311" s="4">
         <v>424</v>
       </c>
       <c r="N311" s="4">
         <v>1</v>
       </c>
       <c r="O311" s="4">
-        <v>149</v>
+        <v>130</v>
       </c>
       <c r="P311" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q311" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R311" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C312" s="8" t="s">
-        <v>1115</v>
+        <v>1107</v>
       </c>
       <c r="D312" s="3" t="s">
-        <v>1116</v>
+        <v>1108</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1117</v>
+        <v>1109</v>
       </c>
       <c r="F312" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G312" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H312" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I312" s="4" t="s">
-        <v>1118</v>
+        <v>1110</v>
       </c>
       <c r="J312" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K312" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L312" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M312" s="4">
-        <v>340</v>
+        <v>601</v>
       </c>
       <c r="N312" s="4">
         <v>1</v>
       </c>
       <c r="O312" s="4">
-        <v>455</v>
+        <v>701</v>
       </c>
       <c r="P312" s="4">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="Q312" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R312" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C313" s="8" t="s">
         <v>1111</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>1113</v>
       </c>
       <c r="F313" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G313" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H313" s="4" t="s">
-        <v>86</v>
+        <v>157</v>
       </c>
       <c r="I313" s="4" t="s">
         <v>1114</v>
       </c>
       <c r="J313" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K313" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L313" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M313" s="4">
-        <v>424</v>
+        <v>517</v>
       </c>
       <c r="N313" s="4">
         <v>1</v>
       </c>
       <c r="O313" s="4">
-        <v>130</v>
+        <v>1875</v>
       </c>
       <c r="P313" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q313" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R313" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C314" s="8" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="D314" s="3" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="F314" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G314" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H314" s="4" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="I314" s="4" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="J314" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K314" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L314" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M314" s="4">
-        <v>601</v>
+        <v>299</v>
       </c>
       <c r="N314" s="4">
         <v>1</v>
       </c>
       <c r="O314" s="4">
-        <v>701</v>
+        <v>402</v>
       </c>
       <c r="P314" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q314" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R314" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C315" s="8" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="D315" s="3" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="F315" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G315" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H315" s="4" t="s">
-        <v>25</v>
+        <v>452</v>
       </c>
       <c r="I315" s="4" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="J315" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K315" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L315" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M315" s="4">
-        <v>299</v>
+        <v>248</v>
       </c>
       <c r="N315" s="4">
         <v>1</v>
       </c>
       <c r="O315" s="4">
-        <v>402</v>
+        <v>593</v>
       </c>
       <c r="P315" s="4">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="Q315" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R315" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C316" s="8" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="D316" s="3" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="F316" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G316" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H316" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I316" s="4" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
       <c r="J316" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K316" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L316" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M316" s="4">
         <v>67</v>
       </c>
       <c r="N316" s="4">
         <v>1</v>
       </c>
       <c r="O316" s="4">
         <v>0</v>
       </c>
       <c r="P316" s="4">
         <v>33</v>
       </c>
       <c r="Q316" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R316" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C317" s="8" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="D317" s="3" t="s">
-        <v>1132</v>
+        <v>1128</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="F317" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G317" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H317" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I317" s="4" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="J317" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K317" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L317" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M317" s="4">
         <v>150</v>
       </c>
       <c r="N317" s="4">
         <v>1</v>
       </c>
       <c r="O317" s="4">
         <v>41</v>
       </c>
       <c r="P317" s="4">
         <v>40</v>
       </c>
       <c r="Q317" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R317" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C318" s="8" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="D318" s="3" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
       <c r="F318" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H318" s="4" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="I318" s="4" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="J318" s="4" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="K318" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L318" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M318" s="4">
         <v>17</v>
       </c>
       <c r="N318" s="4">
         <v>1</v>
       </c>
       <c r="O318" s="4">
         <v>11</v>
       </c>
       <c r="P318" s="4">
         <v>30</v>
       </c>
       <c r="Q318" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R318" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C319" s="8" t="s">
-        <v>450</v>
+        <v>64</v>
       </c>
       <c r="D319" s="3" t="s">
-        <v>451</v>
+        <v>65</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>452</v>
+        <v>66</v>
       </c>
       <c r="F319" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G319" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H319" s="4" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="I319" s="4" t="s">
-        <v>453</v>
+        <v>1135</v>
       </c>
       <c r="J319" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K319" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L319" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M319" s="4">
-        <v>304</v>
+        <v>617</v>
       </c>
       <c r="N319" s="4">
         <v>1</v>
       </c>
       <c r="O319" s="4">
-        <v>615</v>
+        <v>436</v>
       </c>
       <c r="P319" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q319" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R319" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C320" s="8" t="s">
-        <v>1139</v>
+        <v>445</v>
       </c>
       <c r="D320" s="3" t="s">
-        <v>1140</v>
+        <v>446</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1141</v>
+        <v>447</v>
       </c>
       <c r="F320" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H320" s="4" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I320" s="4" t="s">
-        <v>1142</v>
+        <v>448</v>
       </c>
       <c r="J320" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K320" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L320" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M320" s="4">
-        <v>29</v>
+        <v>304</v>
       </c>
       <c r="N320" s="4">
         <v>1</v>
       </c>
       <c r="O320" s="4">
-        <v>3470</v>
+        <v>615</v>
       </c>
       <c r="P320" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q320" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R320" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C321" s="8" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="D321" s="3" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="F321" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H321" s="4" t="s">
-        <v>208</v>
+        <v>34</v>
       </c>
       <c r="I321" s="4" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="J321" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K321" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L321" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M321" s="4">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="N321" s="4">
         <v>1</v>
       </c>
       <c r="O321" s="4">
-        <v>325</v>
+        <v>3470</v>
       </c>
       <c r="P321" s="4">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="Q321" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R321" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C322" s="8" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="D322" s="3" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="F322" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G322" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H322" s="4" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I322" s="4" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
       <c r="J322" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K322" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L322" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M322" s="4">
         <v>308</v>
       </c>
       <c r="N322" s="4">
         <v>1</v>
       </c>
       <c r="O322" s="4">
         <v>0</v>
       </c>
       <c r="P322" s="4">
         <v>33</v>
       </c>
       <c r="Q322" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R322" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C323" s="8" t="s">
-        <v>73</v>
+        <v>611</v>
       </c>
       <c r="D323" s="3" t="s">
-        <v>74</v>
+        <v>612</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>75</v>
+        <v>613</v>
       </c>
       <c r="F323" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G323" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H323" s="4" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="I323" s="4" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="J323" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K323" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L323" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M323" s="4">
-        <v>617</v>
+        <v>367</v>
       </c>
       <c r="N323" s="4">
         <v>1</v>
       </c>
       <c r="O323" s="4">
-        <v>436</v>
+        <v>253</v>
       </c>
       <c r="P323" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q323" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R323" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C324" s="8" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
       <c r="D324" s="3" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="F324" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G324" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H324" s="4" t="s">
-        <v>48</v>
+        <v>452</v>
       </c>
       <c r="I324" s="4" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
       <c r="J324" s="4" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="K324" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L324" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M324" s="4">
-        <v>186</v>
+        <v>36</v>
       </c>
       <c r="N324" s="4">
         <v>1</v>
       </c>
       <c r="O324" s="4">
-        <v>139</v>
+        <v>457</v>
       </c>
       <c r="P324" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q324" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R324" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C325" s="8" t="s">
-        <v>631</v>
+        <v>1145</v>
       </c>
       <c r="D325" s="3" t="s">
-        <v>632</v>
+        <v>1146</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>633</v>
+        <v>1147</v>
       </c>
       <c r="F325" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G325" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H325" s="4" t="s">
-        <v>76</v>
+        <v>246</v>
       </c>
       <c r="I325" s="4" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="J325" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K325" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L325" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M325" s="4">
-        <v>367</v>
+        <v>113</v>
       </c>
       <c r="N325" s="4">
         <v>1</v>
       </c>
       <c r="O325" s="4">
-        <v>253</v>
+        <v>325</v>
       </c>
       <c r="P325" s="4">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="Q325" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R325" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C326" s="8" t="s">
-        <v>1153</v>
+        <v>391</v>
       </c>
       <c r="D326" s="3" t="s">
-        <v>1154</v>
+        <v>392</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1155</v>
+        <v>393</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G326" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H326" s="4" t="s">
-        <v>447</v>
+        <v>25</v>
       </c>
       <c r="I326" s="4" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="J326" s="4" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="K326" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L326" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M326" s="4">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="N326" s="4">
         <v>1</v>
       </c>
       <c r="O326" s="4">
-        <v>457</v>
+        <v>609</v>
       </c>
       <c r="P326" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q326" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R326" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C327" s="8" t="s">
-        <v>395</v>
+        <v>1009</v>
       </c>
       <c r="D327" s="3" t="s">
-        <v>396</v>
+        <v>1010</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>397</v>
+        <v>1011</v>
       </c>
       <c r="F327" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G327" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H327" s="4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I327" s="4" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="J327" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K327" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L327" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M327" s="4">
-        <v>67</v>
+        <v>333</v>
       </c>
       <c r="N327" s="4">
         <v>1</v>
       </c>
       <c r="O327" s="4">
-        <v>609</v>
+        <v>146</v>
       </c>
       <c r="P327" s="4">
         <v>4</v>
       </c>
       <c r="Q327" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R327" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C328" s="8" t="s">
-        <v>1013</v>
+        <v>1151</v>
       </c>
       <c r="D328" s="3" t="s">
-        <v>1014</v>
+        <v>1152</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1015</v>
+        <v>1153</v>
       </c>
       <c r="F328" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G328" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H328" s="4" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="I328" s="4" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="J328" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K328" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L328" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M328" s="4">
-        <v>333</v>
+        <v>416</v>
       </c>
       <c r="N328" s="4">
         <v>1</v>
       </c>
       <c r="O328" s="4">
-        <v>146</v>
+        <v>324</v>
       </c>
       <c r="P328" s="4">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="Q328" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R328" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C329" s="8" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="D329" s="3" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="F329" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G329" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H329" s="4" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="I329" s="4" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="J329" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K329" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L329" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M329" s="4">
-        <v>416</v>
+        <v>220</v>
       </c>
       <c r="N329" s="4">
         <v>1</v>
       </c>
       <c r="O329" s="4">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="P329" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="Q329" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R329" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C330" s="8" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="D330" s="3" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="F330" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H330" s="4" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="I330" s="4" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="J330" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K330" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L330" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M330" s="4">
-        <v>225</v>
+        <v>186</v>
       </c>
       <c r="N330" s="4">
         <v>1</v>
       </c>
       <c r="O330" s="4">
-        <v>788</v>
+        <v>139</v>
       </c>
       <c r="P330" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q330" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R330" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C331" s="8" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="D331" s="3" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="F331" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G331" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H331" s="4" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="I331" s="4" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="J331" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K331" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L331" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M331" s="4">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="N331" s="4">
         <v>1</v>
       </c>
       <c r="O331" s="4">
-        <v>0</v>
+        <v>788</v>
       </c>
       <c r="P331" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q331" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R331" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C332" s="8" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="F332" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H332" s="4" t="s">
-        <v>178</v>
+        <v>58</v>
       </c>
       <c r="I332" s="4" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="J332" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K332" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L332" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M332" s="4">
-        <v>294</v>
+        <v>311</v>
       </c>
       <c r="N332" s="4">
         <v>1</v>
       </c>
       <c r="O332" s="4">
-        <v>314</v>
+        <v>170</v>
       </c>
       <c r="P332" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q332" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R332" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C333" s="8" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>1176</v>
+        <v>1172</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
       <c r="F333" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H333" s="4" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="I333" s="4" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="J333" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K333" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L333" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M333" s="4">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="N333" s="4">
         <v>1</v>
       </c>
       <c r="O333" s="4">
-        <v>170</v>
+        <v>314</v>
       </c>
       <c r="P333" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q333" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R333" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C334" s="8" t="s">
-        <v>1179</v>
+        <v>20</v>
       </c>
       <c r="D334" s="3" t="s">
-        <v>1180</v>
+        <v>21</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1181</v>
+        <v>22</v>
       </c>
       <c r="F334" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H334" s="4" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="I334" s="4" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="J334" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K334" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L334" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M334" s="4">
-        <v>64</v>
+        <v>3</v>
       </c>
       <c r="N334" s="4">
         <v>1</v>
       </c>
       <c r="O334" s="4">
-        <v>271</v>
+        <v>570</v>
       </c>
       <c r="P334" s="4">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="Q334" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R334" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C335" s="8" t="s">
-        <v>36</v>
+        <v>915</v>
       </c>
       <c r="D335" s="3" t="s">
-        <v>37</v>
+        <v>916</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>38</v>
+        <v>917</v>
       </c>
       <c r="F335" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H335" s="4" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="I335" s="4" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
       <c r="J335" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K335" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L335" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M335" s="4">
-        <v>3</v>
+        <v>230</v>
       </c>
       <c r="N335" s="4">
         <v>1</v>
       </c>
       <c r="O335" s="4">
-        <v>570</v>
+        <v>104</v>
       </c>
       <c r="P335" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q335" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R335" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C336" s="8" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="D336" s="3" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
       <c r="F336" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G336" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H336" s="4" t="s">
-        <v>199</v>
+        <v>157</v>
       </c>
       <c r="I336" s="4" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="J336" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K336" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L336" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M336" s="4">
-        <v>226</v>
+        <v>206</v>
       </c>
       <c r="N336" s="4">
         <v>1</v>
       </c>
       <c r="O336" s="4">
-        <v>373</v>
+        <v>25</v>
       </c>
       <c r="P336" s="4">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="Q336" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R336" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C337" s="8" t="s">
-        <v>919</v>
+        <v>1181</v>
       </c>
       <c r="D337" s="3" t="s">
-        <v>920</v>
+        <v>1182</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>921</v>
+        <v>1183</v>
       </c>
       <c r="F337" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G337" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H337" s="4" t="s">
-        <v>25</v>
+        <v>233</v>
       </c>
       <c r="I337" s="4" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="J337" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K337" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L337" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M337" s="4">
-        <v>230</v>
+        <v>544</v>
       </c>
       <c r="N337" s="4">
         <v>1</v>
       </c>
       <c r="O337" s="4">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="P337" s="4">
         <v>33</v>
       </c>
       <c r="Q337" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R337" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C338" s="8" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="D338" s="3" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G338" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H338" s="4" t="s">
-        <v>25</v>
+        <v>186</v>
       </c>
       <c r="I338" s="4" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="J338" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K338" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L338" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M338" s="4">
-        <v>206</v>
+        <v>226</v>
       </c>
       <c r="N338" s="4">
         <v>1</v>
       </c>
       <c r="O338" s="4">
-        <v>25</v>
+        <v>373</v>
       </c>
       <c r="P338" s="4">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="Q338" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R338" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C339" s="8" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="D339" s="3" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="F339" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H339" s="4" t="s">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I339" s="4" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="J339" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K339" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L339" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M339" s="4">
-        <v>544</v>
+        <v>64</v>
       </c>
       <c r="N339" s="4">
         <v>1</v>
       </c>
       <c r="O339" s="4">
-        <v>0</v>
+        <v>271</v>
       </c>
       <c r="P339" s="4">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="Q339" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R339" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C340" s="8" t="s">
-        <v>163</v>
+        <v>1193</v>
       </c>
       <c r="D340" s="3" t="s">
-        <v>164</v>
+        <v>1194</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>165</v>
+        <v>1195</v>
       </c>
       <c r="F340" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H340" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="I340" s="4" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="J340" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K340" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L340" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M340" s="4">
-        <v>167</v>
+        <v>754</v>
       </c>
       <c r="N340" s="4">
         <v>1</v>
       </c>
       <c r="O340" s="4">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="P340" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q340" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R340" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C341" s="8" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D341" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="D341" s="3" t="s">
+      <c r="E341" s="3" t="s">
         <v>1199</v>
       </c>
-      <c r="E341" s="3" t="s">
+      <c r="F341" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H341" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I341" s="4" t="s">
         <v>1200</v>
       </c>
-      <c r="F341" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J341" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K341" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L341" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M341" s="4">
-        <v>159</v>
+        <v>47</v>
       </c>
       <c r="N341" s="4">
         <v>1</v>
       </c>
       <c r="O341" s="4">
         <v>0</v>
       </c>
       <c r="P341" s="4">
         <v>33</v>
       </c>
       <c r="Q341" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R341" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C342" s="8" t="s">
-        <v>1202</v>
+        <v>150</v>
       </c>
       <c r="D342" s="3" t="s">
-        <v>1203</v>
+        <v>151</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1204</v>
+        <v>152</v>
       </c>
       <c r="F342" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H342" s="4" t="s">
-        <v>233</v>
+        <v>25</v>
       </c>
       <c r="I342" s="4" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="J342" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K342" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L342" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M342" s="4">
-        <v>754</v>
+        <v>167</v>
       </c>
       <c r="N342" s="4">
         <v>1</v>
       </c>
       <c r="O342" s="4">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="P342" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q342" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R342" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C343" s="8" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="D343" s="3" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="F343" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G343" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H343" s="4" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="I343" s="4" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="J343" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K343" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L343" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M343" s="4">
-        <v>47</v>
+        <v>159</v>
       </c>
       <c r="N343" s="4">
         <v>1</v>
       </c>
       <c r="O343" s="4">
         <v>0</v>
       </c>
       <c r="P343" s="4">
         <v>33</v>
       </c>
       <c r="Q343" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R343" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C344" s="8" t="s">
-        <v>776</v>
+        <v>1206</v>
       </c>
       <c r="D344" s="3" t="s">
-        <v>777</v>
+        <v>1207</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>778</v>
+        <v>1208</v>
       </c>
       <c r="F344" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G344" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H344" s="4" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="I344" s="4" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="J344" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K344" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L344" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M344" s="4">
-        <v>314</v>
+        <v>25</v>
       </c>
       <c r="N344" s="4">
         <v>1</v>
       </c>
       <c r="O344" s="4">
-        <v>196</v>
+        <v>0</v>
       </c>
       <c r="P344" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q344" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R344" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C345" s="8" t="s">
-        <v>1211</v>
+        <v>771</v>
       </c>
       <c r="D345" s="3" t="s">
-        <v>1212</v>
+        <v>772</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1213</v>
+        <v>773</v>
       </c>
       <c r="F345" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G345" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H345" s="4" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="I345" s="4" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="J345" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K345" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L345" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M345" s="4">
-        <v>25</v>
+        <v>314</v>
       </c>
       <c r="N345" s="4">
         <v>1</v>
       </c>
       <c r="O345" s="4">
-        <v>0</v>
+        <v>196</v>
       </c>
       <c r="P345" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q345" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R345" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C346" s="8" t="s">
-        <v>698</v>
+        <v>1211</v>
       </c>
       <c r="D346" s="3" t="s">
-        <v>699</v>
+        <v>1212</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>700</v>
+        <v>1213</v>
       </c>
       <c r="F346" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G346" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H346" s="4" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="I346" s="4" t="s">
-        <v>701</v>
+        <v>594</v>
       </c>
       <c r="J346" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K346" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L346" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M346" s="4">
-        <v>530</v>
+        <v>616</v>
       </c>
       <c r="N346" s="4">
         <v>1</v>
       </c>
       <c r="O346" s="4">
         <v>0</v>
       </c>
       <c r="P346" s="4">
         <v>33</v>
       </c>
       <c r="Q346" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R346" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C347" s="8" t="s">
-        <v>1215</v>
+        <v>694</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>1216</v>
+        <v>695</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1217</v>
+        <v>696</v>
       </c>
       <c r="F347" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G347" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H347" s="4" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="I347" s="4" t="s">
-        <v>610</v>
+        <v>697</v>
       </c>
       <c r="J347" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K347" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L347" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M347" s="4">
-        <v>616</v>
+        <v>530</v>
       </c>
       <c r="N347" s="4">
         <v>1</v>
       </c>
       <c r="O347" s="4">
         <v>0</v>
       </c>
       <c r="P347" s="4">
         <v>33</v>
       </c>
       <c r="Q347" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R347" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C348" s="8" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="D348" s="3" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="F348" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G348" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H348" s="4" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="I348" s="4" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
       <c r="J348" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K348" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L348" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M348" s="4">
         <v>41</v>
       </c>
       <c r="N348" s="4">
         <v>1</v>
       </c>
       <c r="O348" s="4">
         <v>2164</v>
       </c>
       <c r="P348" s="4">
         <v>33</v>
       </c>
       <c r="Q348" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R348" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C349" s="8" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="D349" s="3" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="F349" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G349" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H349" s="4" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="I349" s="4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="J349" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K349" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L349" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M349" s="4">
         <v>838</v>
       </c>
       <c r="N349" s="4">
         <v>1</v>
       </c>
       <c r="O349" s="4">
         <v>0</v>
       </c>
       <c r="P349" s="4">
         <v>33</v>
       </c>
       <c r="Q349" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R349" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C350" s="8" t="s">
-        <v>20</v>
+        <v>1163</v>
       </c>
       <c r="D350" s="3" t="s">
-        <v>21</v>
+        <v>1164</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>22</v>
+        <v>1165</v>
       </c>
       <c r="F350" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G350" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H350" s="4" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="I350" s="4" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="J350" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K350" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L350" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M350" s="4">
-        <v>145</v>
+        <v>222</v>
       </c>
       <c r="N350" s="4">
         <v>1</v>
       </c>
       <c r="O350" s="4">
-        <v>238</v>
+        <v>456</v>
       </c>
       <c r="P350" s="4">
         <v>3</v>
       </c>
       <c r="Q350" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R350" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C351" s="8" t="s">
-        <v>1163</v>
+        <v>280</v>
       </c>
       <c r="D351" s="3" t="s">
-        <v>1164</v>
+        <v>281</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1165</v>
+        <v>282</v>
       </c>
       <c r="F351" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G351" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H351" s="4" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="I351" s="4" t="s">
-        <v>1226</v>
+        <v>283</v>
       </c>
       <c r="J351" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K351" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L351" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M351" s="4">
-        <v>222</v>
+        <v>380</v>
       </c>
       <c r="N351" s="4">
         <v>1</v>
       </c>
       <c r="O351" s="4">
-        <v>456</v>
+        <v>278</v>
       </c>
       <c r="P351" s="4">
         <v>3</v>
       </c>
       <c r="Q351" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R351" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C352" s="8" t="s">
-        <v>1067</v>
+        <v>1222</v>
       </c>
       <c r="D352" s="3" t="s">
-        <v>1068</v>
+        <v>1223</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1069</v>
+        <v>1224</v>
       </c>
       <c r="F352" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G352" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H352" s="4" t="s">
-        <v>48</v>
+        <v>157</v>
       </c>
       <c r="I352" s="4" t="s">
-        <v>1070</v>
+        <v>1225</v>
       </c>
       <c r="J352" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K352" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L352" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M352" s="4">
-        <v>175</v>
+        <v>145</v>
       </c>
       <c r="N352" s="4">
         <v>1</v>
       </c>
       <c r="O352" s="4">
-        <v>0</v>
+        <v>238</v>
       </c>
       <c r="P352" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q352" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R352" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C353" s="8" t="s">
-        <v>272</v>
+        <v>1079</v>
       </c>
       <c r="D353" s="3" t="s">
-        <v>273</v>
+        <v>1080</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>274</v>
+        <v>1081</v>
       </c>
       <c r="F353" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H353" s="4" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="I353" s="4" t="s">
-        <v>275</v>
+        <v>1082</v>
       </c>
       <c r="J353" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K353" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L353" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M353" s="4">
-        <v>380</v>
+        <v>175</v>
       </c>
       <c r="N353" s="4">
         <v>1</v>
       </c>
       <c r="O353" s="4">
-        <v>278</v>
+        <v>0</v>
       </c>
       <c r="P353" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q353" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R353" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C354" s="8" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D354" s="3" t="s">
         <v>1227</v>
       </c>
-      <c r="D354" s="3" t="s">
+      <c r="E354" s="3" t="s">
         <v>1228</v>
       </c>
-      <c r="E354" s="3" t="s">
+      <c r="F354" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H354" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I354" s="4" t="s">
         <v>1229</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J354" s="4" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K354" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L354" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M354" s="4">
-        <v>148</v>
+        <v>3</v>
       </c>
       <c r="N354" s="4">
         <v>1</v>
       </c>
       <c r="O354" s="4">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="P354" s="4">
         <v>33</v>
       </c>
       <c r="Q354" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R354" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C355" s="8" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F355" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G355" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H355" s="4" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="I355" s="4" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J355" s="4" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="K355" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L355" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M355" s="4">
         <v>8</v>
       </c>
       <c r="N355" s="4">
         <v>1</v>
       </c>
       <c r="O355" s="4">
         <v>221</v>
       </c>
       <c r="P355" s="4">
         <v>30</v>
       </c>
       <c r="Q355" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R355" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C356" s="8" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D356" s="3" t="s">
         <v>1231</v>
       </c>
-      <c r="D356" s="3" t="s">
+      <c r="E356" s="3" t="s">
         <v>1232</v>
       </c>
-      <c r="E356" s="3" t="s">
+      <c r="F356" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H356" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="I356" s="4" t="s">
         <v>1233</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J356" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K356" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L356" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M356" s="4">
-        <v>3</v>
+        <v>312</v>
       </c>
       <c r="N356" s="4">
         <v>1</v>
       </c>
       <c r="O356" s="4">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="P356" s="4">
         <v>33</v>
       </c>
       <c r="Q356" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R356" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C357" s="8" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D357" s="3" t="s">
         <v>1235</v>
       </c>
-      <c r="D357" s="3" t="s">
+      <c r="E357" s="3" t="s">
         <v>1236</v>
       </c>
-      <c r="E357" s="3" t="s">
+      <c r="F357" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H357" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="I357" s="4" t="s">
         <v>1237</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J357" s="4" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="K357" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L357" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M357" s="4">
-        <v>198</v>
+        <v>148</v>
       </c>
       <c r="N357" s="4">
         <v>1</v>
       </c>
       <c r="O357" s="4">
-        <v>423</v>
+        <v>188</v>
       </c>
       <c r="P357" s="4">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="Q357" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R357" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C358" s="8" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D358" s="3" t="s">
         <v>1239</v>
       </c>
-      <c r="D358" s="3" t="s">
+      <c r="E358" s="3" t="s">
         <v>1240</v>
       </c>
-      <c r="E358" s="3" t="s">
+      <c r="F358" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H358" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="I358" s="4" t="s">
         <v>1241</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J358" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K358" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L358" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M358" s="4">
-        <v>312</v>
+        <v>43</v>
       </c>
       <c r="N358" s="4">
         <v>1</v>
       </c>
       <c r="O358" s="4">
-        <v>0</v>
+        <v>331</v>
       </c>
       <c r="P358" s="4">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="Q358" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R358" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C359" s="8" t="s">
-        <v>860</v>
+        <v>1242</v>
       </c>
       <c r="D359" s="3" t="s">
-        <v>861</v>
+        <v>1243</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>862</v>
+        <v>1244</v>
       </c>
       <c r="F359" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G359" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H359" s="4" t="s">
-        <v>109</v>
+        <v>186</v>
       </c>
       <c r="I359" s="4" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="J359" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K359" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L359" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M359" s="4">
-        <v>103</v>
+        <v>250</v>
       </c>
       <c r="N359" s="4">
         <v>1</v>
       </c>
       <c r="O359" s="4">
-        <v>513</v>
+        <v>0</v>
       </c>
       <c r="P359" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q359" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R359" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C360" s="8" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="D360" s="3" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="F360" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G360" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H360" s="4" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="I360" s="4" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="J360" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K360" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L360" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M360" s="4">
-        <v>280</v>
+        <v>87</v>
       </c>
       <c r="N360" s="4">
         <v>1</v>
       </c>
       <c r="O360" s="4">
-        <v>59</v>
+        <v>640</v>
       </c>
       <c r="P360" s="4">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="Q360" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R360" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C361" s="8" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="D361" s="3" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="F361" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G361" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H361" s="4" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="I361" s="4" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="J361" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K361" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L361" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M361" s="4">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="N361" s="4">
         <v>1</v>
       </c>
       <c r="O361" s="4">
-        <v>331</v>
+        <v>423</v>
       </c>
       <c r="P361" s="4">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="Q361" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R361" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S361" s="1"/>
       <c r="T361" s="1"/>
       <c r="U361" s="1"/>
       <c r="V361" s="1"/>
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C362" s="8" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D362" s="3" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F362" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G362" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H362" s="4" t="s">
-        <v>199</v>
+        <v>58</v>
       </c>
       <c r="I362" s="4" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="J362" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K362" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L362" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M362" s="4">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="N362" s="4">
         <v>1</v>
       </c>
       <c r="O362" s="4">
-        <v>0</v>
+        <v>351</v>
       </c>
       <c r="P362" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q362" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R362" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S362" s="1"/>
       <c r="T362" s="1"/>
       <c r="U362" s="1"/>
       <c r="V362" s="1"/>
       <c r="W362" s="1"/>
     </row>
     <row r="363" spans="1:23">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C363" s="8" t="s">
-        <v>1256</v>
+        <v>869</v>
       </c>
       <c r="D363" s="3" t="s">
-        <v>1257</v>
+        <v>870</v>
       </c>
       <c r="E363" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="F363" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H363" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="I363" s="4" t="s">
         <v>1258</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J363" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K363" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L363" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M363" s="4">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="N363" s="4">
         <v>1</v>
       </c>
       <c r="O363" s="4">
-        <v>640</v>
+        <v>513</v>
       </c>
       <c r="P363" s="4">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="Q363" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R363" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C364" s="8" t="s">
-        <v>1260</v>
+        <v>898</v>
       </c>
       <c r="D364" s="3" t="s">
-        <v>1261</v>
+        <v>899</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1262</v>
+        <v>900</v>
       </c>
       <c r="F364" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G364" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H364" s="4" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I364" s="4" t="s">
-        <v>1263</v>
+        <v>1259</v>
       </c>
       <c r="J364" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K364" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L364" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M364" s="4">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="N364" s="4">
         <v>1</v>
       </c>
       <c r="O364" s="4">
-        <v>351</v>
+        <v>132</v>
       </c>
       <c r="P364" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q364" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R364" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C365" s="8" t="s">
-        <v>1264</v>
+        <v>857</v>
       </c>
       <c r="D365" s="3" t="s">
-        <v>1265</v>
+        <v>858</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1266</v>
+        <v>859</v>
       </c>
       <c r="F365" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G365" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H365" s="4" t="s">
-        <v>48</v>
+        <v>228</v>
       </c>
       <c r="I365" s="4" t="s">
-        <v>1267</v>
+        <v>860</v>
       </c>
       <c r="J365" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K365" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L365" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M365" s="4">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="N365" s="4">
         <v>1</v>
       </c>
       <c r="O365" s="4">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="P365" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q365" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R365" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C366" s="8" t="s">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="D366" s="3" t="s">
-        <v>1269</v>
+        <v>1261</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1270</v>
+        <v>1262</v>
       </c>
       <c r="F366" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G366" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H366" s="4" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="I366" s="4" t="s">
-        <v>1271</v>
+        <v>1263</v>
       </c>
       <c r="J366" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K366" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L366" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M366" s="4">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="N366" s="4">
         <v>1</v>
       </c>
       <c r="O366" s="4">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="P366" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="Q366" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R366" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
     <row r="367" spans="1:23">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C367" s="8" t="s">
-        <v>898</v>
+        <v>1264</v>
       </c>
       <c r="D367" s="3" t="s">
-        <v>899</v>
+        <v>1265</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>900</v>
+        <v>1266</v>
       </c>
       <c r="F367" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G367" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H367" s="4" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="I367" s="4" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="J367" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K367" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L367" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M367" s="4">
-        <v>108</v>
+        <v>66</v>
       </c>
       <c r="N367" s="4">
         <v>1</v>
       </c>
       <c r="O367" s="4">
-        <v>132</v>
+        <v>5</v>
       </c>
       <c r="P367" s="4">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="Q367" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R367" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S367" s="1"/>
       <c r="T367" s="1"/>
       <c r="U367" s="1"/>
       <c r="V367" s="1"/>
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C368" s="8" t="s">
-        <v>877</v>
+        <v>1268</v>
       </c>
       <c r="D368" s="3" t="s">
-        <v>878</v>
+        <v>1269</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>879</v>
+        <v>1270</v>
       </c>
       <c r="F368" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G368" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H368" s="4" t="s">
-        <v>233</v>
+        <v>72</v>
       </c>
       <c r="I368" s="4" t="s">
-        <v>880</v>
+        <v>1271</v>
       </c>
       <c r="J368" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K368" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L368" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M368" s="4">
-        <v>316</v>
+        <v>280</v>
       </c>
       <c r="N368" s="4">
         <v>1</v>
       </c>
       <c r="O368" s="4">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="P368" s="4">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="Q368" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R368" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S368" s="1"/>
       <c r="T368" s="1"/>
       <c r="U368" s="1"/>
       <c r="V368" s="1"/>
       <c r="W368" s="1"/>
     </row>
     <row r="369" spans="1:23">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C369" s="8" t="s">
-        <v>1273</v>
+        <v>898</v>
       </c>
       <c r="D369" s="3" t="s">
-        <v>1274</v>
+        <v>899</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1275</v>
+        <v>900</v>
       </c>
       <c r="F369" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G369" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H369" s="4" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="I369" s="4" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
       <c r="J369" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K369" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L369" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M369" s="4">
-        <v>272</v>
+        <v>207</v>
       </c>
       <c r="N369" s="4">
         <v>1</v>
       </c>
       <c r="O369" s="4">
-        <v>0</v>
+        <v>848</v>
       </c>
       <c r="P369" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q369" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R369" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S369" s="1"/>
       <c r="T369" s="1"/>
       <c r="U369" s="1"/>
       <c r="V369" s="1"/>
       <c r="W369" s="1"/>
     </row>
     <row r="370" spans="1:23">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C370" s="8" t="s">
-        <v>898</v>
+        <v>1273</v>
       </c>
       <c r="D370" s="3" t="s">
-        <v>899</v>
+        <v>1274</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>900</v>
+        <v>1275</v>
       </c>
       <c r="F370" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G370" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H370" s="4" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="I370" s="4" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="J370" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K370" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L370" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M370" s="4">
-        <v>207</v>
+        <v>272</v>
       </c>
       <c r="N370" s="4">
         <v>1</v>
       </c>
       <c r="O370" s="4">
-        <v>848</v>
+        <v>0</v>
       </c>
       <c r="P370" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q370" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R370" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S370" s="1"/>
       <c r="T370" s="1"/>
       <c r="U370" s="1"/>
       <c r="V370" s="1"/>
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C371" s="8" t="s">
         <v>1054</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="F371" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G371" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H371" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I371" s="4" t="s">
         <v>1057</v>
       </c>
       <c r="J371" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K371" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L371" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M371" s="4">
         <v>393</v>
       </c>
       <c r="N371" s="4">
         <v>1</v>
       </c>
       <c r="O371" s="4">
         <v>324</v>
       </c>
       <c r="P371" s="4">
         <v>33</v>
       </c>
       <c r="Q371" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R371" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C372" s="8" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="D372" s="3" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="F372" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G372" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H372" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I372" s="4" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="J372" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K372" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L372" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M372" s="4">
         <v>693</v>
       </c>
       <c r="N372" s="4">
         <v>1</v>
       </c>
       <c r="O372" s="4">
         <v>0</v>
       </c>
       <c r="P372" s="4">
         <v>3</v>
       </c>
       <c r="Q372" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R372" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C373" s="8" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="D373" s="3" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="F373" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G373" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H373" s="4" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="I373" s="4" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="J373" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K373" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L373" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M373" s="4">
         <v>531</v>
       </c>
       <c r="N373" s="4">
         <v>1</v>
       </c>
       <c r="O373" s="4">
         <v>933</v>
       </c>
       <c r="P373" s="4">
         <v>33</v>
       </c>
       <c r="Q373" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R373" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C374" s="8" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D374" s="3" t="s">
         <v>1278</v>
       </c>
-      <c r="D374" s="3" t="s">
+      <c r="E374" s="3" t="s">
         <v>1279</v>
       </c>
-      <c r="E374" s="3" t="s">
+      <c r="F374" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H374" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="I374" s="4" t="s">
         <v>1280</v>
-      </c>
-[...10 lines deleted...]
-        <v>1281</v>
       </c>
       <c r="J374" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K374" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L374" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M374" s="4">
         <v>163</v>
       </c>
       <c r="N374" s="4">
         <v>1</v>
       </c>
       <c r="O374" s="4">
         <v>156</v>
       </c>
       <c r="P374" s="4">
         <v>40</v>
       </c>
       <c r="Q374" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R374" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C375" s="8" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D375" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="D375" s="3" t="s">
+      <c r="E375" s="3" t="s">
         <v>1283</v>
       </c>
-      <c r="E375" s="3" t="s">
+      <c r="F375" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H375" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I375" s="4" t="s">
         <v>1284</v>
-      </c>
-[...10 lines deleted...]
-        <v>1285</v>
       </c>
       <c r="J375" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K375" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L375" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M375" s="4">
         <v>421</v>
       </c>
       <c r="N375" s="4">
         <v>1</v>
       </c>
       <c r="O375" s="4">
         <v>459</v>
       </c>
       <c r="P375" s="4">
         <v>7</v>
       </c>
       <c r="Q375" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R375" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C376" s="8" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D376" s="3" t="s">
         <v>1286</v>
       </c>
-      <c r="D376" s="3" t="s">
+      <c r="E376" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="E376" s="3" t="s">
+      <c r="F376" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H376" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I376" s="4" t="s">
         <v>1288</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J376" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K376" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L376" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M376" s="4">
-        <v>334</v>
+        <v>150</v>
       </c>
       <c r="N376" s="4">
         <v>1</v>
       </c>
       <c r="O376" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="P376" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q376" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R376" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C377" s="8" t="s">
-        <v>1290</v>
+        <v>1111</v>
       </c>
       <c r="D377" s="3" t="s">
-        <v>1291</v>
+        <v>1112</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1292</v>
+        <v>1113</v>
       </c>
       <c r="F377" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G377" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H377" s="4" t="s">
-        <v>48</v>
+        <v>157</v>
       </c>
       <c r="I377" s="4" t="s">
-        <v>1293</v>
+        <v>1114</v>
       </c>
       <c r="J377" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K377" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L377" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M377" s="4">
-        <v>150</v>
+        <v>517</v>
       </c>
       <c r="N377" s="4">
         <v>1</v>
       </c>
       <c r="O377" s="4">
-        <v>0</v>
+        <v>1149</v>
       </c>
       <c r="P377" s="4">
         <v>33</v>
       </c>
       <c r="Q377" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R377" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S377" s="1"/>
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C378" s="8" t="s">
-        <v>654</v>
+        <v>421</v>
       </c>
       <c r="D378" s="3" t="s">
-        <v>655</v>
+        <v>422</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>656</v>
+        <v>423</v>
       </c>
       <c r="F378" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G378" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H378" s="4" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="I378" s="4" t="s">
-        <v>657</v>
+        <v>1289</v>
       </c>
       <c r="J378" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K378" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L378" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M378" s="4">
-        <v>254</v>
+        <v>539</v>
       </c>
       <c r="N378" s="4">
         <v>1</v>
       </c>
       <c r="O378" s="4">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="P378" s="4">
         <v>3</v>
       </c>
       <c r="Q378" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R378" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S378" s="1"/>
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C379" s="8" t="s">
-        <v>1107</v>
+        <v>1290</v>
       </c>
       <c r="D379" s="3" t="s">
-        <v>1108</v>
+        <v>1291</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1109</v>
+        <v>1292</v>
       </c>
       <c r="F379" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G379" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H379" s="4" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I379" s="4" t="s">
-        <v>1110</v>
+        <v>1293</v>
       </c>
       <c r="J379" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K379" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L379" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M379" s="4">
-        <v>517</v>
+        <v>334</v>
       </c>
       <c r="N379" s="4">
         <v>1</v>
       </c>
       <c r="O379" s="4">
-        <v>1149</v>
+        <v>3</v>
       </c>
       <c r="P379" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q379" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R379" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S379" s="1"/>
       <c r="T379" s="1"/>
       <c r="U379" s="1"/>
       <c r="V379" s="1"/>
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C380" s="8" t="s">
         <v>1294</v>
       </c>
       <c r="D380" s="3" t="s">
         <v>1295</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="F380" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G380" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H380" s="4" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="I380" s="4" t="s">
-        <v>1297</v>
+        <v>1267</v>
       </c>
       <c r="J380" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K380" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L380" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M380" s="4">
-        <v>375</v>
+        <v>396</v>
       </c>
       <c r="N380" s="4">
         <v>1</v>
       </c>
       <c r="O380" s="4">
         <v>0</v>
       </c>
       <c r="P380" s="4">
         <v>33</v>
       </c>
       <c r="Q380" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R380" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C381" s="8" t="s">
-        <v>425</v>
+        <v>666</v>
       </c>
       <c r="D381" s="3" t="s">
-        <v>426</v>
+        <v>667</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>427</v>
+        <v>668</v>
       </c>
       <c r="F381" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G381" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H381" s="4" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="I381" s="4" t="s">
-        <v>1298</v>
+        <v>669</v>
       </c>
       <c r="J381" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K381" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L381" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M381" s="4">
-        <v>539</v>
+        <v>254</v>
       </c>
       <c r="N381" s="4">
         <v>1</v>
       </c>
       <c r="O381" s="4">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="P381" s="4">
         <v>3</v>
       </c>
       <c r="Q381" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R381" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C382" s="8" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D382" s="3" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1299</v>
       </c>
-      <c r="D382" s="3" t="s">
+      <c r="F382" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H382" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="I382" s="4" t="s">
         <v>1300</v>
       </c>
-      <c r="E382" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J382" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K382" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L382" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M382" s="4">
-        <v>396</v>
+        <v>209</v>
       </c>
       <c r="N382" s="4">
         <v>1</v>
       </c>
       <c r="O382" s="4">
         <v>0</v>
       </c>
       <c r="P382" s="4">
         <v>33</v>
       </c>
       <c r="Q382" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R382" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S382" s="1"/>
       <c r="T382" s="1"/>
       <c r="U382" s="1"/>
       <c r="V382" s="1"/>
       <c r="W382" s="1"/>
     </row>
     <row r="383" spans="1:23">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C383" s="8" t="s">
-        <v>384</v>
+        <v>1301</v>
       </c>
       <c r="D383" s="3" t="s">
-        <v>385</v>
+        <v>1302</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>386</v>
+        <v>1303</v>
       </c>
       <c r="F383" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G383" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H383" s="4" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="I383" s="4" t="s">
-        <v>95</v>
+        <v>1304</v>
       </c>
       <c r="J383" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K383" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L383" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M383" s="4">
-        <v>90</v>
+        <v>375</v>
       </c>
       <c r="N383" s="4">
         <v>1</v>
       </c>
       <c r="O383" s="4">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="P383" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q383" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R383" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S383" s="1"/>
       <c r="T383" s="1"/>
       <c r="U383" s="1"/>
       <c r="V383" s="1"/>
       <c r="W383" s="1"/>
     </row>
     <row r="384" spans="1:23">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C384" s="8" t="s">
-        <v>1148</v>
+        <v>1159</v>
       </c>
       <c r="D384" s="3" t="s">
-        <v>1149</v>
+        <v>1160</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1150</v>
+        <v>1161</v>
       </c>
       <c r="F384" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G384" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H384" s="4" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I384" s="4" t="s">
-        <v>1151</v>
+        <v>1162</v>
       </c>
       <c r="J384" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K384" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L384" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M384" s="4">
         <v>186</v>
       </c>
       <c r="N384" s="4">
         <v>1</v>
       </c>
       <c r="O384" s="4">
         <v>333</v>
       </c>
       <c r="P384" s="4">
         <v>33</v>
       </c>
       <c r="Q384" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R384" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S384" s="1"/>
       <c r="T384" s="1"/>
       <c r="U384" s="1"/>
       <c r="V384" s="1"/>
       <c r="W384" s="1"/>
     </row>
     <row r="385" spans="1:23">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C385" s="8" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="D385" s="3" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="F385" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H385" s="4" t="s">
-        <v>63</v>
+        <v>191</v>
       </c>
       <c r="I385" s="4" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="J385" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K385" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L385" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M385" s="4">
-        <v>209</v>
+        <v>274</v>
       </c>
       <c r="N385" s="4">
         <v>1</v>
       </c>
       <c r="O385" s="4">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="P385" s="4">
         <v>33</v>
       </c>
       <c r="Q385" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R385" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S385" s="1"/>
       <c r="T385" s="1"/>
       <c r="U385" s="1"/>
       <c r="V385" s="1"/>
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C386" s="8" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="D386" s="3" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="F386" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G386" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H386" s="4" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I386" s="4" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="J386" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K386" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L386" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M386" s="4">
         <v>408</v>
       </c>
       <c r="N386" s="4">
         <v>1</v>
       </c>
       <c r="O386" s="4">
         <v>318</v>
       </c>
       <c r="P386" s="4">
         <v>10</v>
       </c>
       <c r="Q386" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R386" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S386" s="1"/>
       <c r="T386" s="1"/>
       <c r="U386" s="1"/>
       <c r="V386" s="1"/>
       <c r="W386" s="1"/>
     </row>
     <row r="387" spans="1:23">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C387" s="8" t="s">
-        <v>395</v>
+        <v>1313</v>
       </c>
       <c r="D387" s="3" t="s">
-        <v>396</v>
+        <v>1314</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>397</v>
+        <v>1315</v>
       </c>
       <c r="F387" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H387" s="4" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="I387" s="4" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="J387" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K387" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L387" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M387" s="4">
-        <v>42</v>
+        <v>391</v>
       </c>
       <c r="N387" s="4">
         <v>1</v>
       </c>
       <c r="O387" s="4">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="P387" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q387" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R387" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C388" s="8" t="s">
-        <v>1311</v>
+        <v>981</v>
       </c>
       <c r="D388" s="3" t="s">
-        <v>1312</v>
+        <v>982</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1313</v>
+        <v>983</v>
       </c>
       <c r="F388" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G388" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H388" s="4" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
       <c r="I388" s="4" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="J388" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K388" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L388" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M388" s="4">
-        <v>367</v>
+        <v>275</v>
       </c>
       <c r="N388" s="4">
         <v>1</v>
       </c>
       <c r="O388" s="4">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="P388" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q388" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R388" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C389" s="8" t="s">
-        <v>1315</v>
+        <v>384</v>
       </c>
       <c r="D389" s="3" t="s">
-        <v>1316</v>
+        <v>385</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1317</v>
+        <v>386</v>
       </c>
       <c r="F389" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H389" s="4" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="I389" s="4" t="s">
-        <v>1318</v>
+        <v>82</v>
       </c>
       <c r="J389" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K389" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L389" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M389" s="4">
-        <v>274</v>
+        <v>90</v>
       </c>
       <c r="N389" s="4">
         <v>1</v>
       </c>
       <c r="O389" s="4">
-        <v>270</v>
+        <v>110</v>
       </c>
       <c r="P389" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q389" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R389" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C390" s="8" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D390" s="3" t="s">
         <v>1319</v>
       </c>
-      <c r="D390" s="3" t="s">
+      <c r="E390" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="E390" s="3" t="s">
+      <c r="F390" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H390" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="I390" s="4" t="s">
         <v>1321</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J390" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K390" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L390" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M390" s="4">
-        <v>391</v>
+        <v>338</v>
       </c>
       <c r="N390" s="4">
         <v>1</v>
       </c>
       <c r="O390" s="4">
-        <v>47</v>
+        <v>512</v>
       </c>
       <c r="P390" s="4">
         <v>33</v>
       </c>
       <c r="Q390" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R390" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C391" s="8" t="s">
-        <v>1323</v>
+        <v>391</v>
       </c>
       <c r="D391" s="3" t="s">
-        <v>1324</v>
+        <v>392</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1325</v>
+        <v>393</v>
       </c>
       <c r="F391" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G391" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H391" s="4" t="s">
-        <v>208</v>
+        <v>25</v>
       </c>
       <c r="I391" s="4" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="J391" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K391" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L391" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M391" s="4">
-        <v>283</v>
+        <v>42</v>
       </c>
       <c r="N391" s="4">
         <v>1</v>
       </c>
       <c r="O391" s="4">
-        <v>1295</v>
+        <v>2</v>
       </c>
       <c r="P391" s="4">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="Q391" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R391" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C392" s="8" t="s">
-        <v>1327</v>
+        <v>1323</v>
       </c>
       <c r="D392" s="3" t="s">
-        <v>1328</v>
+        <v>1324</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1329</v>
+        <v>1325</v>
       </c>
       <c r="F392" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H392" s="4" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="I392" s="4" t="s">
-        <v>1330</v>
+        <v>1326</v>
       </c>
       <c r="J392" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K392" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L392" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M392" s="4">
-        <v>338</v>
+        <v>367</v>
       </c>
       <c r="N392" s="4">
         <v>1</v>
       </c>
       <c r="O392" s="4">
-        <v>512</v>
+        <v>116</v>
       </c>
       <c r="P392" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q392" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R392" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C393" s="8" t="s">
-        <v>977</v>
+        <v>1327</v>
       </c>
       <c r="D393" s="3" t="s">
-        <v>978</v>
+        <v>1328</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>979</v>
+        <v>1329</v>
       </c>
       <c r="F393" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G393" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H393" s="4" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="I393" s="4" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="J393" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K393" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L393" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M393" s="4">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="N393" s="4">
         <v>1</v>
       </c>
       <c r="O393" s="4">
-        <v>0</v>
+        <v>662</v>
       </c>
       <c r="P393" s="4">
         <v>3</v>
       </c>
       <c r="Q393" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R393" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C394" s="8" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D394" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="D394" s="3" t="s">
+      <c r="E394" s="3" t="s">
         <v>1333</v>
       </c>
-      <c r="E394" s="3" t="s">
+      <c r="F394" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H394" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I394" s="4" t="s">
         <v>1334</v>
-      </c>
-[...10 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="J394" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K394" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L394" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M394" s="4">
         <v>320</v>
       </c>
       <c r="N394" s="4">
         <v>1</v>
       </c>
       <c r="O394" s="4">
         <v>0</v>
       </c>
       <c r="P394" s="4">
         <v>33</v>
       </c>
       <c r="Q394" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R394" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C395" s="8" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D395" s="3" t="s">
         <v>1336</v>
       </c>
-      <c r="D395" s="3" t="s">
+      <c r="E395" s="3" t="s">
         <v>1337</v>
       </c>
-      <c r="E395" s="3" t="s">
+      <c r="F395" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H395" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="I395" s="4" t="s">
         <v>1338</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J395" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K395" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L395" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M395" s="4">
-        <v>244</v>
+        <v>283</v>
       </c>
       <c r="N395" s="4">
         <v>1</v>
       </c>
       <c r="O395" s="4">
-        <v>662</v>
+        <v>1295</v>
       </c>
       <c r="P395" s="4">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="Q395" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R395" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S395" s="1"/>
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C396" s="8" t="s">
-        <v>1123</v>
+        <v>474</v>
       </c>
       <c r="D396" s="3" t="s">
-        <v>1124</v>
+        <v>475</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1125</v>
+        <v>476</v>
       </c>
       <c r="F396" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G396" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H396" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I396" s="4" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="J396" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K396" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L396" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M396" s="4">
-        <v>295</v>
+        <v>230</v>
       </c>
       <c r="N396" s="4">
         <v>1</v>
       </c>
       <c r="O396" s="4">
-        <v>190</v>
+        <v>751</v>
       </c>
       <c r="P396" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q396" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R396" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S396" s="1"/>
       <c r="T396" s="1"/>
       <c r="U396" s="1"/>
       <c r="V396" s="1"/>
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C397" s="8" t="s">
-        <v>1341</v>
+        <v>1327</v>
       </c>
       <c r="D397" s="3" t="s">
-        <v>1342</v>
+        <v>1328</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1343</v>
+        <v>1329</v>
       </c>
       <c r="F397" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G397" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H397" s="4" t="s">
-        <v>233</v>
+        <v>67</v>
       </c>
       <c r="I397" s="4" t="s">
-        <v>1344</v>
+        <v>1330</v>
       </c>
       <c r="J397" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K397" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L397" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M397" s="4">
-        <v>714</v>
+        <v>244</v>
       </c>
       <c r="N397" s="4">
         <v>1</v>
       </c>
       <c r="O397" s="4">
-        <v>1227</v>
+        <v>660</v>
       </c>
       <c r="P397" s="4">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="Q397" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R397" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C398" s="8" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="D398" s="3" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="F398" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G398" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H398" s="4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I398" s="4" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="J398" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K398" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L398" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M398" s="4">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="N398" s="4">
         <v>1</v>
       </c>
       <c r="O398" s="4">
-        <v>751</v>
+        <v>271</v>
       </c>
       <c r="P398" s="4">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="Q398" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R398" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C399" s="8" t="s">
-        <v>1336</v>
+        <v>490</v>
       </c>
       <c r="D399" s="3" t="s">
-        <v>1337</v>
+        <v>491</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1338</v>
+        <v>492</v>
       </c>
       <c r="F399" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G399" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H399" s="4" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="I399" s="4" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="J399" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K399" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L399" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M399" s="4">
-        <v>244</v>
+        <v>219</v>
       </c>
       <c r="N399" s="4">
         <v>1</v>
       </c>
       <c r="O399" s="4">
-        <v>660</v>
+        <v>143</v>
       </c>
       <c r="P399" s="4">
         <v>20</v>
       </c>
       <c r="Q399" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R399" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C400" s="8" t="s">
-        <v>1346</v>
+        <v>499</v>
       </c>
       <c r="D400" s="3" t="s">
-        <v>1347</v>
+        <v>500</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1348</v>
+        <v>501</v>
       </c>
       <c r="F400" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H400" s="4" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I400" s="4" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="J400" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K400" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L400" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M400" s="4">
-        <v>104</v>
+        <v>648</v>
       </c>
       <c r="N400" s="4">
         <v>1</v>
       </c>
       <c r="O400" s="4">
-        <v>733</v>
+        <v>363</v>
       </c>
       <c r="P400" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q400" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R400" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C401" s="8" t="s">
-        <v>41</v>
+        <v>1343</v>
       </c>
       <c r="D401" s="3" t="s">
-        <v>42</v>
+        <v>1344</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>43</v>
+        <v>1345</v>
       </c>
       <c r="F401" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G401" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H401" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="I401" s="4" t="s">
-        <v>1350</v>
+        <v>1346</v>
       </c>
       <c r="J401" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K401" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L401" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M401" s="4">
-        <v>81</v>
+        <v>714</v>
       </c>
       <c r="N401" s="4">
         <v>1</v>
       </c>
       <c r="O401" s="4">
-        <v>97</v>
+        <v>1227</v>
       </c>
       <c r="P401" s="4">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="Q401" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R401" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C402" s="8" t="s">
-        <v>268</v>
+        <v>1347</v>
       </c>
       <c r="D402" s="3" t="s">
-        <v>269</v>
+        <v>1348</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>270</v>
+        <v>1349</v>
       </c>
       <c r="F402" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G402" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H402" s="4" t="s">
-        <v>178</v>
+        <v>48</v>
       </c>
       <c r="I402" s="4" t="s">
-        <v>271</v>
+        <v>1350</v>
       </c>
       <c r="J402" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K402" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L402" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M402" s="4">
-        <v>398</v>
+        <v>9</v>
       </c>
       <c r="N402" s="4">
         <v>1</v>
       </c>
       <c r="O402" s="4">
-        <v>425</v>
+        <v>773</v>
       </c>
       <c r="P402" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q402" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R402" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C403" s="8" t="s">
-        <v>466</v>
+        <v>1351</v>
       </c>
       <c r="D403" s="3" t="s">
-        <v>467</v>
+        <v>1352</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>468</v>
+        <v>1353</v>
       </c>
       <c r="F403" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G403" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H403" s="4" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="I403" s="4" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="J403" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K403" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L403" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M403" s="4">
-        <v>212</v>
+        <v>138</v>
       </c>
       <c r="N403" s="4">
         <v>1</v>
       </c>
       <c r="O403" s="4">
-        <v>271</v>
+        <v>6</v>
       </c>
       <c r="P403" s="4">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="Q403" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R403" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S403" s="1"/>
       <c r="T403" s="1"/>
       <c r="U403" s="1"/>
       <c r="V403" s="1"/>
       <c r="W403" s="1"/>
     </row>
     <row r="404" spans="1:23">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C404" s="8" t="s">
-        <v>504</v>
+        <v>260</v>
       </c>
       <c r="D404" s="3" t="s">
-        <v>505</v>
+        <v>261</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>506</v>
+        <v>262</v>
       </c>
       <c r="F404" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G404" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H404" s="4" t="s">
-        <v>76</v>
+        <v>191</v>
       </c>
       <c r="I404" s="4" t="s">
-        <v>1352</v>
+        <v>263</v>
       </c>
       <c r="J404" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K404" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L404" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M404" s="4">
-        <v>219</v>
+        <v>398</v>
       </c>
       <c r="N404" s="4">
         <v>1</v>
       </c>
       <c r="O404" s="4">
-        <v>143</v>
+        <v>425</v>
       </c>
       <c r="P404" s="4">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="Q404" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R404" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S404" s="1"/>
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C405" s="8" t="s">
-        <v>508</v>
+        <v>1355</v>
       </c>
       <c r="D405" s="3" t="s">
-        <v>509</v>
+        <v>1356</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>510</v>
+        <v>1357</v>
       </c>
       <c r="F405" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H405" s="4" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I405" s="4" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="J405" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K405" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L405" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M405" s="4">
-        <v>648</v>
+        <v>106</v>
       </c>
       <c r="N405" s="4">
         <v>1</v>
       </c>
       <c r="O405" s="4">
-        <v>363</v>
+        <v>558</v>
       </c>
       <c r="P405" s="4">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="Q405" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R405" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
     <row r="406" spans="1:23">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C406" s="8" t="s">
-        <v>65</v>
+        <v>591</v>
       </c>
       <c r="D406" s="3" t="s">
-        <v>66</v>
+        <v>592</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>67</v>
+        <v>593</v>
       </c>
       <c r="F406" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G406" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H406" s="4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I406" s="4" t="s">
-        <v>68</v>
+        <v>594</v>
       </c>
       <c r="J406" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K406" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L406" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M406" s="4">
-        <v>233</v>
+        <v>61</v>
       </c>
       <c r="N406" s="4">
         <v>1</v>
       </c>
       <c r="O406" s="4">
-        <v>0</v>
+        <v>441</v>
       </c>
       <c r="P406" s="4">
         <v>3</v>
       </c>
       <c r="Q406" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R406" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S406" s="1"/>
       <c r="T406" s="1"/>
       <c r="U406" s="1"/>
       <c r="V406" s="1"/>
       <c r="W406" s="1"/>
     </row>
     <row r="407" spans="1:23">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C407" s="8" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="D407" s="3" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="F407" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H407" s="4" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="I407" s="4" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="J407" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K407" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L407" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M407" s="4">
-        <v>300</v>
+        <v>104</v>
       </c>
       <c r="N407" s="4">
         <v>1</v>
       </c>
       <c r="O407" s="4">
-        <v>0</v>
+        <v>733</v>
       </c>
       <c r="P407" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q407" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R407" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S407" s="1"/>
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C408" s="8" t="s">
-        <v>1358</v>
+        <v>1115</v>
       </c>
       <c r="D408" s="3" t="s">
-        <v>1359</v>
+        <v>1116</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1360</v>
+        <v>1117</v>
       </c>
       <c r="F408" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H408" s="4" t="s">
-        <v>58</v>
+        <v>157</v>
       </c>
       <c r="I408" s="4" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="J408" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K408" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L408" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M408" s="4">
-        <v>106</v>
+        <v>295</v>
       </c>
       <c r="N408" s="4">
         <v>1</v>
       </c>
       <c r="O408" s="4">
-        <v>558</v>
+        <v>190</v>
       </c>
       <c r="P408" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q408" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R408" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S408" s="1"/>
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C409" s="8" t="s">
-        <v>1362</v>
+        <v>60</v>
       </c>
       <c r="D409" s="3" t="s">
-        <v>1363</v>
+        <v>61</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1364</v>
+        <v>62</v>
       </c>
       <c r="F409" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G409" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H409" s="4" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="I409" s="4" t="s">
-        <v>1365</v>
+        <v>63</v>
       </c>
       <c r="J409" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K409" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L409" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M409" s="4">
-        <v>138</v>
+        <v>233</v>
       </c>
       <c r="N409" s="4">
         <v>1</v>
       </c>
       <c r="O409" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="P409" s="4">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="Q409" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R409" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S409" s="1"/>
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C410" s="8" t="s">
-        <v>627</v>
+        <v>36</v>
       </c>
       <c r="D410" s="3" t="s">
-        <v>628</v>
+        <v>37</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>629</v>
+        <v>38</v>
       </c>
       <c r="F410" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G410" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H410" s="4" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="I410" s="4" t="s">
-        <v>630</v>
+        <v>1364</v>
       </c>
       <c r="J410" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K410" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L410" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M410" s="4">
-        <v>225</v>
+        <v>81</v>
       </c>
       <c r="N410" s="4">
         <v>1</v>
       </c>
       <c r="O410" s="4">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="P410" s="4">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="Q410" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R410" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S410" s="1"/>
       <c r="T410" s="1"/>
       <c r="U410" s="1"/>
       <c r="V410" s="1"/>
       <c r="W410" s="1"/>
     </row>
     <row r="411" spans="1:23">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C411" s="8" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D411" s="3" t="s">
         <v>1366</v>
       </c>
-      <c r="D411" s="3" t="s">
+      <c r="E411" s="3" t="s">
         <v>1367</v>
       </c>
-      <c r="E411" s="3" t="s">
+      <c r="F411" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H411" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I411" s="4" t="s">
         <v>1368</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J411" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K411" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L411" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M411" s="4">
-        <v>9</v>
+        <v>183</v>
       </c>
       <c r="N411" s="4">
         <v>1</v>
       </c>
       <c r="O411" s="4">
-        <v>773</v>
+        <v>0</v>
       </c>
       <c r="P411" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q411" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R411" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S411" s="1"/>
       <c r="T411" s="1"/>
       <c r="U411" s="1"/>
       <c r="V411" s="1"/>
       <c r="W411" s="1"/>
     </row>
     <row r="412" spans="1:23">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C412" s="8" t="s">
-        <v>646</v>
+        <v>965</v>
       </c>
       <c r="D412" s="3" t="s">
-        <v>647</v>
+        <v>966</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>648</v>
+        <v>967</v>
       </c>
       <c r="F412" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G412" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H412" s="4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I412" s="4" t="s">
-        <v>649</v>
+        <v>968</v>
       </c>
       <c r="J412" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K412" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L412" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M412" s="4">
-        <v>520</v>
+        <v>462</v>
       </c>
       <c r="N412" s="4">
         <v>1</v>
       </c>
       <c r="O412" s="4">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="P412" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q412" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R412" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S412" s="1"/>
       <c r="T412" s="1"/>
       <c r="U412" s="1"/>
       <c r="V412" s="1"/>
       <c r="W412" s="1"/>
     </row>
     <row r="413" spans="1:23">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C413" s="8" t="s">
-        <v>607</v>
+        <v>654</v>
       </c>
       <c r="D413" s="3" t="s">
-        <v>608</v>
+        <v>655</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>609</v>
+        <v>656</v>
       </c>
       <c r="F413" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G413" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H413" s="4" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="I413" s="4" t="s">
-        <v>610</v>
+        <v>1369</v>
       </c>
       <c r="J413" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K413" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L413" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M413" s="4">
-        <v>61</v>
+        <v>545</v>
       </c>
       <c r="N413" s="4">
         <v>1</v>
       </c>
       <c r="O413" s="4">
-        <v>441</v>
+        <v>207</v>
       </c>
       <c r="P413" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q413" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R413" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S413" s="1"/>
       <c r="T413" s="1"/>
       <c r="U413" s="1"/>
       <c r="V413" s="1"/>
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C414" s="8" t="s">
-        <v>1370</v>
+        <v>630</v>
       </c>
       <c r="D414" s="3" t="s">
-        <v>1371</v>
+        <v>631</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>1372</v>
+        <v>632</v>
       </c>
       <c r="F414" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G414" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H414" s="4" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="I414" s="4" t="s">
-        <v>1373</v>
+        <v>633</v>
       </c>
       <c r="J414" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K414" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L414" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M414" s="4">
-        <v>769</v>
+        <v>225</v>
       </c>
       <c r="N414" s="4">
         <v>1</v>
       </c>
       <c r="O414" s="4">
         <v>0</v>
       </c>
       <c r="P414" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q414" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R414" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
     <row r="415" spans="1:23">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C415" s="8" t="s">
-        <v>1374</v>
+        <v>1370</v>
       </c>
       <c r="D415" s="3" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="F415" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G415" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H415" s="4" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="I415" s="4" t="s">
-        <v>1377</v>
+        <v>1373</v>
       </c>
       <c r="J415" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K415" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L415" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M415" s="4">
-        <v>183</v>
+        <v>300</v>
       </c>
       <c r="N415" s="4">
         <v>1</v>
       </c>
       <c r="O415" s="4">
         <v>0</v>
       </c>
       <c r="P415" s="4">
         <v>33</v>
       </c>
       <c r="Q415" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R415" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S415" s="1"/>
       <c r="T415" s="1"/>
       <c r="U415" s="1"/>
       <c r="V415" s="1"/>
       <c r="W415" s="1"/>
     </row>
     <row r="416" spans="1:23">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C416" s="8" t="s">
-        <v>989</v>
+        <v>31</v>
       </c>
       <c r="D416" s="3" t="s">
-        <v>990</v>
+        <v>32</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>991</v>
+        <v>33</v>
       </c>
       <c r="F416" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G416" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H416" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I416" s="4" t="s">
-        <v>992</v>
+        <v>1374</v>
       </c>
       <c r="J416" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K416" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L416" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M416" s="4">
-        <v>462</v>
+        <v>135</v>
       </c>
       <c r="N416" s="4">
         <v>1</v>
       </c>
       <c r="O416" s="4">
-        <v>283</v>
+        <v>1420</v>
       </c>
       <c r="P416" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q416" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R416" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S416" s="1"/>
       <c r="T416" s="1"/>
       <c r="U416" s="1"/>
       <c r="V416" s="1"/>
       <c r="W416" s="1"/>
     </row>
     <row r="417" spans="1:23">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C417" s="8" t="s">
-        <v>619</v>
+        <v>1375</v>
       </c>
       <c r="D417" s="3" t="s">
-        <v>620</v>
+        <v>1376</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>621</v>
+        <v>1377</v>
       </c>
       <c r="F417" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="H417" s="4" t="s">
-        <v>76</v>
+        <v>191</v>
       </c>
       <c r="I417" s="4" t="s">
         <v>1378</v>
       </c>
       <c r="J417" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K417" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L417" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M417" s="4">
-        <v>545</v>
+        <v>414</v>
       </c>
       <c r="N417" s="4">
         <v>1</v>
       </c>
       <c r="O417" s="4">
-        <v>207</v>
+        <v>666</v>
       </c>
       <c r="P417" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q417" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R417" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S417" s="1"/>
       <c r="T417" s="1"/>
       <c r="U417" s="1"/>
       <c r="V417" s="1"/>
       <c r="W417" s="1"/>
     </row>
     <row r="418" spans="1:23">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C418" s="8" t="s">
-        <v>662</v>
+        <v>634</v>
       </c>
       <c r="D418" s="3" t="s">
-        <v>663</v>
+        <v>635</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>664</v>
+        <v>636</v>
       </c>
       <c r="F418" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G418" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H418" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I418" s="4" t="s">
-        <v>665</v>
+        <v>637</v>
       </c>
       <c r="J418" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K418" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L418" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M418" s="4">
-        <v>403</v>
+        <v>520</v>
       </c>
       <c r="N418" s="4">
         <v>1</v>
       </c>
       <c r="O418" s="4">
-        <v>111</v>
+        <v>0</v>
       </c>
       <c r="P418" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q418" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R418" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S418" s="1"/>
       <c r="T418" s="1"/>
       <c r="U418" s="1"/>
       <c r="V418" s="1"/>
       <c r="W418" s="1"/>
     </row>
     <row r="419" spans="1:23">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C419" s="8" t="s">
-        <v>316</v>
+        <v>1185</v>
       </c>
       <c r="D419" s="3" t="s">
-        <v>317</v>
+        <v>1186</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>318</v>
+        <v>1187</v>
       </c>
       <c r="F419" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G419" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H419" s="4" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="I419" s="4" t="s">
-        <v>1379</v>
+        <v>1188</v>
       </c>
       <c r="J419" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K419" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L419" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M419" s="4">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="N419" s="4">
         <v>1</v>
       </c>
       <c r="O419" s="4">
-        <v>3872</v>
+        <v>245</v>
       </c>
       <c r="P419" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="Q419" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R419" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S419" s="1"/>
       <c r="T419" s="1"/>
       <c r="U419" s="1"/>
       <c r="V419" s="1"/>
       <c r="W419" s="1"/>
     </row>
     <row r="420" spans="1:23">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C420" s="8" t="s">
-        <v>55</v>
+        <v>1379</v>
       </c>
       <c r="D420" s="3" t="s">
-        <v>56</v>
+        <v>1380</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>57</v>
+        <v>1381</v>
       </c>
       <c r="F420" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G420" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H420" s="4" t="s">
-        <v>58</v>
+        <v>233</v>
       </c>
       <c r="I420" s="4" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="J420" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K420" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L420" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M420" s="4">
-        <v>135</v>
+        <v>769</v>
       </c>
       <c r="N420" s="4">
         <v>1</v>
       </c>
       <c r="O420" s="4">
-        <v>1420</v>
+        <v>0</v>
       </c>
       <c r="P420" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q420" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R420" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S420" s="1"/>
       <c r="T420" s="1"/>
       <c r="U420" s="1"/>
       <c r="V420" s="1"/>
       <c r="W420" s="1"/>
     </row>
     <row r="421" spans="1:23">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C421" s="8" t="s">
-        <v>1381</v>
+        <v>308</v>
       </c>
       <c r="D421" s="3" t="s">
-        <v>1382</v>
+        <v>309</v>
       </c>
       <c r="E421" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H421" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="I421" s="4" t="s">
         <v>1383</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J421" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K421" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L421" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M421" s="4">
-        <v>414</v>
+        <v>235</v>
       </c>
       <c r="N421" s="4">
         <v>1</v>
       </c>
       <c r="O421" s="4">
-        <v>666</v>
+        <v>3872</v>
       </c>
       <c r="P421" s="4">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="Q421" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R421" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S421" s="1"/>
       <c r="T421" s="1"/>
       <c r="U421" s="1"/>
       <c r="V421" s="1"/>
       <c r="W421" s="1"/>
     </row>
     <row r="422" spans="1:23">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C422" s="8" t="s">
-        <v>1184</v>
+        <v>1384</v>
       </c>
       <c r="D422" s="3" t="s">
-        <v>1185</v>
+        <v>1385</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1186</v>
+        <v>1386</v>
       </c>
       <c r="F422" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G422" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H422" s="4" t="s">
-        <v>199</v>
+        <v>452</v>
       </c>
       <c r="I422" s="4" t="s">
-        <v>1187</v>
+        <v>1387</v>
       </c>
       <c r="J422" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K422" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L422" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M422" s="4">
-        <v>226</v>
+        <v>110</v>
       </c>
       <c r="N422" s="4">
         <v>1</v>
       </c>
       <c r="O422" s="4">
-        <v>245</v>
+        <v>296</v>
       </c>
       <c r="P422" s="4">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="Q422" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R422" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S422" s="1"/>
       <c r="T422" s="1"/>
       <c r="U422" s="1"/>
       <c r="V422" s="1"/>
       <c r="W422" s="1"/>
     </row>
     <row r="423" spans="1:23">
       <c r="A423" s="3">
         <v>421</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C423" s="8" t="s">
-        <v>944</v>
+        <v>646</v>
       </c>
       <c r="D423" s="3" t="s">
-        <v>945</v>
+        <v>647</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>946</v>
+        <v>648</v>
       </c>
       <c r="F423" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G423" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H423" s="4" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
       <c r="I423" s="4" t="s">
-        <v>947</v>
+        <v>649</v>
       </c>
       <c r="J423" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K423" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L423" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M423" s="4">
-        <v>436</v>
+        <v>403</v>
       </c>
       <c r="N423" s="4">
         <v>1</v>
       </c>
       <c r="O423" s="4">
-        <v>2962</v>
+        <v>111</v>
       </c>
       <c r="P423" s="4">
         <v>33</v>
       </c>
       <c r="Q423" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R423" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S423" s="1"/>
       <c r="T423" s="1"/>
       <c r="U423" s="1"/>
       <c r="V423" s="1"/>
       <c r="W423" s="1"/>
     </row>
     <row r="424" spans="1:23">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C424" s="8" t="s">
-        <v>1385</v>
+        <v>919</v>
       </c>
       <c r="D424" s="3" t="s">
-        <v>1386</v>
+        <v>920</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>1387</v>
+        <v>921</v>
       </c>
       <c r="F424" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G424" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H424" s="4" t="s">
-        <v>447</v>
+        <v>48</v>
       </c>
       <c r="I424" s="4" t="s">
-        <v>1388</v>
+        <v>922</v>
       </c>
       <c r="J424" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K424" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L424" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M424" s="4">
-        <v>110</v>
+        <v>436</v>
       </c>
       <c r="N424" s="4">
         <v>1</v>
       </c>
       <c r="O424" s="4">
-        <v>296</v>
+        <v>2962</v>
       </c>
       <c r="P424" s="4">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="Q424" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R424" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S424" s="1"/>
       <c r="T424" s="1"/>
       <c r="U424" s="1"/>
       <c r="V424" s="1"/>
       <c r="W424" s="1"/>
     </row>
     <row r="425" spans="1:23">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C425" s="8" t="s">
-        <v>1389</v>
+        <v>150</v>
       </c>
       <c r="D425" s="3" t="s">
-        <v>1390</v>
+        <v>151</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1391</v>
+        <v>152</v>
       </c>
       <c r="F425" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G425" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H425" s="4" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="I425" s="4" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="J425" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K425" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L425" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M425" s="4">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="N425" s="4">
         <v>1</v>
       </c>
       <c r="O425" s="4">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="P425" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q425" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R425" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S425" s="1"/>
       <c r="T425" s="1"/>
       <c r="U425" s="1"/>
       <c r="V425" s="1"/>
       <c r="W425" s="1"/>
     </row>
     <row r="426" spans="1:23">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C426" s="8" t="s">
-        <v>163</v>
+        <v>1389</v>
       </c>
       <c r="D426" s="3" t="s">
-        <v>164</v>
+        <v>1390</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>165</v>
+        <v>1391</v>
       </c>
       <c r="F426" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G426" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H426" s="4" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="I426" s="4" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="J426" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K426" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L426" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M426" s="4">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="N426" s="4">
         <v>1</v>
       </c>
       <c r="O426" s="4">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="P426" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q426" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R426" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S426" s="1"/>
       <c r="T426" s="1"/>
       <c r="U426" s="1"/>
       <c r="V426" s="1"/>
       <c r="W426" s="1"/>
     </row>
     <row r="427" spans="1:23">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C427" s="8" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D427" s="3" t="s">
         <v>1394</v>
       </c>
-      <c r="D427" s="3" t="s">
+      <c r="E427" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="E427" s="3" t="s">
+      <c r="F427" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H427" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I427" s="4" t="s">
         <v>1396</v>
-      </c>
-[...10 lines deleted...]
-        <v>1397</v>
       </c>
       <c r="J427" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K427" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L427" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M427" s="4">
         <v>277</v>
       </c>
       <c r="N427" s="4">
         <v>1</v>
       </c>
       <c r="O427" s="4">
         <v>0</v>
       </c>
       <c r="P427" s="4">
         <v>33</v>
       </c>
       <c r="Q427" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R427" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C428" s="8" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D428" s="3" t="s">
         <v>1398</v>
       </c>
-      <c r="D428" s="3" t="s">
+      <c r="E428" s="3" t="s">
         <v>1399</v>
       </c>
-      <c r="E428" s="3" t="s">
+      <c r="F428" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H428" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="I428" s="4" t="s">
         <v>1400</v>
-      </c>
-[...10 lines deleted...]
-        <v>1401</v>
       </c>
       <c r="J428" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K428" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L428" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M428" s="4">
         <v>318</v>
       </c>
       <c r="N428" s="4">
         <v>1</v>
       </c>
       <c r="O428" s="4">
         <v>335</v>
       </c>
       <c r="P428" s="4">
         <v>33</v>
       </c>
       <c r="Q428" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R428" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S428" s="1"/>
       <c r="T428" s="1"/>
       <c r="U428" s="1"/>
       <c r="V428" s="1"/>
       <c r="W428" s="1"/>
     </row>
     <row r="429" spans="1:23">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C429" s="8" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D429" s="3" t="s">
         <v>1402</v>
       </c>
-      <c r="D429" s="3" t="s">
+      <c r="E429" s="3" t="s">
         <v>1403</v>
       </c>
-      <c r="E429" s="3" t="s">
+      <c r="F429" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H429" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I429" s="4" t="s">
         <v>1404</v>
-      </c>
-[...10 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="J429" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K429" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L429" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M429" s="4">
         <v>46</v>
       </c>
       <c r="N429" s="4">
         <v>1</v>
       </c>
       <c r="O429" s="4">
         <v>107</v>
       </c>
       <c r="P429" s="4">
         <v>3</v>
       </c>
       <c r="Q429" s="4" t="s">
         <v>30</v>
       </c>
@@ -31015,1722 +31015,1722 @@
       <c r="W429" s="1"/>
     </row>
     <row r="430" spans="1:23">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C430" s="8" t="s">
         <v>524</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>525</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>526</v>
       </c>
       <c r="F430" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G430" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H430" s="4" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I430" s="4" t="s">
         <v>527</v>
       </c>
       <c r="J430" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K430" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L430" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M430" s="4">
         <v>121</v>
       </c>
       <c r="N430" s="4">
         <v>1</v>
       </c>
       <c r="O430" s="4">
         <v>1528</v>
       </c>
       <c r="P430" s="4">
         <v>33</v>
       </c>
       <c r="Q430" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R430" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S430" s="1"/>
       <c r="T430" s="1"/>
       <c r="U430" s="1"/>
       <c r="V430" s="1"/>
       <c r="W430" s="1"/>
     </row>
     <row r="431" spans="1:23">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C431" s="8" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
       <c r="D431" s="3" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="F431" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="H431" s="4" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="I431" s="4" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="J431" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K431" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L431" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M431" s="4">
         <v>104</v>
       </c>
       <c r="N431" s="4">
         <v>1</v>
       </c>
       <c r="O431" s="4">
         <v>407</v>
       </c>
       <c r="P431" s="4">
         <v>33</v>
       </c>
       <c r="Q431" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R431" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S431" s="1"/>
       <c r="T431" s="1"/>
       <c r="U431" s="1"/>
       <c r="V431" s="1"/>
       <c r="W431" s="1"/>
     </row>
     <row r="432" spans="1:23">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C432" s="8" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D432" s="3" t="s">
         <v>1406</v>
       </c>
-      <c r="D432" s="3" t="s">
+      <c r="E432" s="3" t="s">
         <v>1407</v>
       </c>
-      <c r="E432" s="3" t="s">
+      <c r="F432" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H432" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I432" s="4" t="s">
         <v>1408</v>
-      </c>
-[...10 lines deleted...]
-        <v>1409</v>
       </c>
       <c r="J432" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K432" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L432" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M432" s="4">
         <v>215</v>
       </c>
       <c r="N432" s="4">
         <v>1</v>
       </c>
       <c r="O432" s="4">
         <v>0</v>
       </c>
       <c r="P432" s="4">
         <v>33</v>
       </c>
       <c r="Q432" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R432" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S432" s="1"/>
       <c r="T432" s="1"/>
       <c r="U432" s="1"/>
       <c r="V432" s="1"/>
       <c r="W432" s="1"/>
     </row>
     <row r="433" spans="1:23">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C433" s="8" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D433" s="3" t="s">
         <v>1410</v>
       </c>
-      <c r="D433" s="3" t="s">
+      <c r="E433" s="3" t="s">
         <v>1411</v>
       </c>
-      <c r="E433" s="3" t="s">
+      <c r="F433" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H433" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="I433" s="4" t="s">
         <v>1412</v>
-      </c>
-[...10 lines deleted...]
-        <v>1413</v>
       </c>
       <c r="J433" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K433" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L433" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M433" s="4">
         <v>436</v>
       </c>
       <c r="N433" s="4">
         <v>1</v>
       </c>
       <c r="O433" s="4">
         <v>472</v>
       </c>
       <c r="P433" s="4">
         <v>33</v>
       </c>
       <c r="Q433" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R433" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S433" s="1"/>
       <c r="T433" s="1"/>
       <c r="U433" s="1"/>
       <c r="V433" s="1"/>
       <c r="W433" s="1"/>
     </row>
     <row r="434" spans="1:23">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C434" s="8" t="s">
-        <v>1414</v>
+        <v>1401</v>
       </c>
       <c r="D434" s="3" t="s">
-        <v>1415</v>
+        <v>1402</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1416</v>
+        <v>1403</v>
       </c>
       <c r="F434" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G434" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H434" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I434" s="4" t="s">
-        <v>1417</v>
+        <v>1404</v>
       </c>
       <c r="J434" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K434" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L434" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M434" s="4">
-        <v>203</v>
+        <v>46</v>
       </c>
       <c r="N434" s="4">
         <v>1</v>
       </c>
       <c r="O434" s="4">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="P434" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q434" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R434" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S434" s="1"/>
       <c r="T434" s="1"/>
       <c r="U434" s="1"/>
       <c r="V434" s="1"/>
       <c r="W434" s="1"/>
     </row>
     <row r="435" spans="1:23">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C435" s="8" t="s">
-        <v>1402</v>
+        <v>1413</v>
       </c>
       <c r="D435" s="3" t="s">
-        <v>1403</v>
+        <v>1414</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1404</v>
+        <v>1415</v>
       </c>
       <c r="F435" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G435" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H435" s="4" t="s">
-        <v>58</v>
+        <v>233</v>
       </c>
       <c r="I435" s="4" t="s">
-        <v>1405</v>
+        <v>1416</v>
       </c>
       <c r="J435" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K435" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L435" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M435" s="4">
-        <v>46</v>
+        <v>644</v>
       </c>
       <c r="N435" s="4">
         <v>1</v>
       </c>
       <c r="O435" s="4">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="P435" s="4">
         <v>33</v>
       </c>
       <c r="Q435" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R435" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S435" s="1"/>
       <c r="T435" s="1"/>
       <c r="U435" s="1"/>
       <c r="V435" s="1"/>
       <c r="W435" s="1"/>
     </row>
     <row r="436" spans="1:23">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C436" s="8" t="s">
-        <v>1215</v>
+        <v>1417</v>
       </c>
       <c r="D436" s="3" t="s">
-        <v>1216</v>
+        <v>1418</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1217</v>
+        <v>1419</v>
       </c>
       <c r="F436" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G436" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H436" s="4" t="s">
-        <v>250</v>
+        <v>58</v>
       </c>
       <c r="I436" s="4" t="s">
-        <v>610</v>
+        <v>1420</v>
       </c>
       <c r="J436" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K436" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L436" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M436" s="4">
-        <v>616</v>
+        <v>203</v>
       </c>
       <c r="N436" s="4">
         <v>1</v>
       </c>
       <c r="O436" s="4">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="P436" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q436" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R436" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C437" s="8" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="D437" s="3" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="F437" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G437" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H437" s="4" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I437" s="4" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="J437" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K437" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L437" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M437" s="4">
         <v>426</v>
       </c>
       <c r="N437" s="4">
         <v>1</v>
       </c>
       <c r="O437" s="4">
         <v>0</v>
       </c>
       <c r="P437" s="4">
         <v>33</v>
       </c>
       <c r="Q437" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R437" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S437" s="1"/>
       <c r="T437" s="1"/>
       <c r="U437" s="1"/>
       <c r="V437" s="1"/>
       <c r="W437" s="1"/>
     </row>
     <row r="438" spans="1:23">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C438" s="8" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="D438" s="3" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="F438" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G438" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H438" s="4" t="s">
-        <v>250</v>
+        <v>452</v>
       </c>
       <c r="I438" s="4" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="J438" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K438" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L438" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M438" s="4">
-        <v>644</v>
+        <v>84</v>
       </c>
       <c r="N438" s="4">
         <v>1</v>
       </c>
       <c r="O438" s="4">
-        <v>0</v>
+        <v>711</v>
       </c>
       <c r="P438" s="4">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="Q438" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R438" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S438" s="1"/>
       <c r="T438" s="1"/>
       <c r="U438" s="1"/>
       <c r="V438" s="1"/>
       <c r="W438" s="1"/>
     </row>
     <row r="439" spans="1:23">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C439" s="8" t="s">
-        <v>296</v>
+        <v>316</v>
       </c>
       <c r="D439" s="3" t="s">
-        <v>297</v>
+        <v>317</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>298</v>
+        <v>318</v>
       </c>
       <c r="F439" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G439" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H439" s="4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I439" s="4" t="s">
-        <v>299</v>
+        <v>319</v>
       </c>
       <c r="J439" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K439" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L439" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M439" s="4">
         <v>706</v>
       </c>
       <c r="N439" s="4">
         <v>1</v>
       </c>
       <c r="O439" s="4">
         <v>0</v>
       </c>
       <c r="P439" s="4">
         <v>3</v>
       </c>
       <c r="Q439" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R439" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S439" s="1"/>
       <c r="T439" s="1"/>
       <c r="U439" s="1"/>
       <c r="V439" s="1"/>
       <c r="W439" s="1"/>
     </row>
     <row r="440" spans="1:23">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C440" s="8" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="D440" s="3" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="F440" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G440" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H440" s="4" t="s">
-        <v>447</v>
+        <v>100</v>
       </c>
       <c r="I440" s="4" t="s">
-        <v>1429</v>
+        <v>976</v>
       </c>
       <c r="J440" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K440" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L440" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M440" s="4">
-        <v>84</v>
+        <v>230</v>
       </c>
       <c r="N440" s="4">
         <v>1</v>
       </c>
       <c r="O440" s="4">
-        <v>711</v>
+        <v>1632</v>
       </c>
       <c r="P440" s="4">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="Q440" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R440" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S440" s="1"/>
       <c r="T440" s="1"/>
       <c r="U440" s="1"/>
       <c r="V440" s="1"/>
       <c r="W440" s="1"/>
     </row>
     <row r="441" spans="1:23">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C441" s="8" t="s">
-        <v>1013</v>
+        <v>1211</v>
       </c>
       <c r="D441" s="3" t="s">
-        <v>1014</v>
+        <v>1212</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1015</v>
+        <v>1213</v>
       </c>
       <c r="F441" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G441" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H441" s="4" t="s">
-        <v>39</v>
+        <v>233</v>
       </c>
       <c r="I441" s="4" t="s">
-        <v>1430</v>
+        <v>594</v>
       </c>
       <c r="J441" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K441" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L441" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M441" s="4">
-        <v>335</v>
+        <v>616</v>
       </c>
       <c r="N441" s="4">
         <v>1</v>
       </c>
       <c r="O441" s="4">
-        <v>637</v>
+        <v>0</v>
       </c>
       <c r="P441" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q441" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R441" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S441" s="1"/>
       <c r="T441" s="1"/>
       <c r="U441" s="1"/>
       <c r="V441" s="1"/>
       <c r="W441" s="1"/>
     </row>
     <row r="442" spans="1:23">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C442" s="8" t="s">
-        <v>1431</v>
+        <v>141</v>
       </c>
       <c r="D442" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F442" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H442" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I442" s="4" t="s">
         <v>1432</v>
       </c>
-      <c r="E442" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J442" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K442" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L442" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M442" s="4">
-        <v>829</v>
+        <v>60</v>
       </c>
       <c r="N442" s="4">
         <v>1</v>
       </c>
       <c r="O442" s="4">
-        <v>0</v>
+        <v>448</v>
       </c>
       <c r="P442" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q442" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R442" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S442" s="1"/>
       <c r="T442" s="1"/>
       <c r="U442" s="1"/>
       <c r="V442" s="1"/>
       <c r="W442" s="1"/>
     </row>
     <row r="443" spans="1:23">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C443" s="8" t="s">
-        <v>1013</v>
+        <v>1433</v>
       </c>
       <c r="D443" s="3" t="s">
-        <v>1014</v>
+        <v>1434</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1015</v>
+        <v>1435</v>
       </c>
       <c r="F443" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G443" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H443" s="4" t="s">
-        <v>39</v>
+        <v>233</v>
       </c>
       <c r="I443" s="4" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="J443" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K443" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L443" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M443" s="4">
-        <v>334</v>
+        <v>829</v>
       </c>
       <c r="N443" s="4">
         <v>1</v>
       </c>
       <c r="O443" s="4">
-        <v>384</v>
+        <v>0</v>
       </c>
       <c r="P443" s="4">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="Q443" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R443" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S443" s="1"/>
       <c r="T443" s="1"/>
       <c r="U443" s="1"/>
       <c r="V443" s="1"/>
       <c r="W443" s="1"/>
     </row>
     <row r="444" spans="1:23">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C444" s="8" t="s">
-        <v>1436</v>
+        <v>1009</v>
       </c>
       <c r="D444" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F444" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H444" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I444" s="4" t="s">
         <v>1437</v>
       </c>
-      <c r="E444" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J444" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K444" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L444" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M444" s="4">
-        <v>230</v>
+        <v>335</v>
       </c>
       <c r="N444" s="4">
         <v>1</v>
       </c>
       <c r="O444" s="4">
-        <v>1632</v>
+        <v>637</v>
       </c>
       <c r="P444" s="4">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="Q444" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R444" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S444" s="1"/>
       <c r="T444" s="1"/>
       <c r="U444" s="1"/>
       <c r="V444" s="1"/>
       <c r="W444" s="1"/>
     </row>
     <row r="445" spans="1:23">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C445" s="8" t="s">
-        <v>1439</v>
+        <v>348</v>
       </c>
       <c r="D445" s="3" t="s">
-        <v>1440</v>
+        <v>349</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1441</v>
+        <v>350</v>
       </c>
       <c r="F445" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G445" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H445" s="4" t="s">
-        <v>233</v>
+        <v>157</v>
       </c>
       <c r="I445" s="4" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="J445" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K445" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L445" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M445" s="4">
-        <v>913</v>
+        <v>358</v>
       </c>
       <c r="N445" s="4">
         <v>1</v>
       </c>
       <c r="O445" s="4">
-        <v>0</v>
+        <v>281</v>
       </c>
       <c r="P445" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q445" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R445" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S445" s="1"/>
       <c r="T445" s="1"/>
       <c r="U445" s="1"/>
       <c r="V445" s="1"/>
       <c r="W445" s="1"/>
     </row>
     <row r="446" spans="1:23">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C446" s="8" t="s">
-        <v>332</v>
+        <v>150</v>
       </c>
       <c r="D446" s="3" t="s">
-        <v>333</v>
+        <v>151</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>334</v>
+        <v>152</v>
       </c>
       <c r="F446" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G446" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H446" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I446" s="4" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="J446" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K446" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L446" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M446" s="4">
-        <v>358</v>
+        <v>166</v>
       </c>
       <c r="N446" s="4">
         <v>1</v>
       </c>
       <c r="O446" s="4">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="P446" s="4">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="Q446" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R446" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S446" s="1"/>
       <c r="T446" s="1"/>
       <c r="U446" s="1"/>
       <c r="V446" s="1"/>
       <c r="W446" s="1"/>
     </row>
     <row r="447" spans="1:23">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C447" s="8" t="s">
-        <v>154</v>
+        <v>1009</v>
       </c>
       <c r="D447" s="3" t="s">
-        <v>155</v>
+        <v>1010</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>156</v>
+        <v>1011</v>
       </c>
       <c r="F447" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G447" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H447" s="4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I447" s="4" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="J447" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K447" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L447" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M447" s="4">
-        <v>60</v>
+        <v>334</v>
       </c>
       <c r="N447" s="4">
         <v>1</v>
       </c>
       <c r="O447" s="4">
-        <v>448</v>
+        <v>384</v>
       </c>
       <c r="P447" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q447" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R447" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S447" s="1"/>
       <c r="T447" s="1"/>
       <c r="U447" s="1"/>
       <c r="V447" s="1"/>
       <c r="W447" s="1"/>
     </row>
     <row r="448" spans="1:23">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C448" s="8" t="s">
-        <v>163</v>
+        <v>1441</v>
       </c>
       <c r="D448" s="3" t="s">
-        <v>164</v>
+        <v>1442</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>165</v>
+        <v>1443</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>23</v>
+        <v>1444</v>
       </c>
       <c r="G448" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H448" s="4" t="s">
-        <v>39</v>
+        <v>246</v>
       </c>
       <c r="I448" s="4" t="s">
-        <v>1445</v>
+        <v>1017</v>
       </c>
       <c r="J448" s="4" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="K448" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L448" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M448" s="4">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="N448" s="4">
         <v>1</v>
       </c>
       <c r="O448" s="4">
-        <v>279</v>
+        <v>8538</v>
       </c>
       <c r="P448" s="4">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="Q448" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R448" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S448" s="1"/>
       <c r="T448" s="1"/>
       <c r="U448" s="1"/>
       <c r="V448" s="1"/>
       <c r="W448" s="1"/>
     </row>
     <row r="449" spans="1:23">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C449" s="8" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D449" s="3" t="s">
         <v>1446</v>
       </c>
-      <c r="D449" s="3" t="s">
+      <c r="E449" s="3" t="s">
         <v>1447</v>
       </c>
-      <c r="E449" s="3" t="s">
+      <c r="F449" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H449" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="I449" s="4" t="s">
         <v>1448</v>
       </c>
-      <c r="F449" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J449" s="4" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="K449" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L449" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M449" s="4">
-        <v>152</v>
+        <v>913</v>
       </c>
       <c r="N449" s="4">
         <v>1</v>
       </c>
       <c r="O449" s="4">
-        <v>8538</v>
+        <v>0</v>
       </c>
       <c r="P449" s="4">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="Q449" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R449" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S449" s="1"/>
       <c r="T449" s="1"/>
       <c r="U449" s="1"/>
       <c r="V449" s="1"/>
       <c r="W449" s="1"/>
     </row>
     <row r="450" spans="1:23">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C450" s="8" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D450" s="3" t="s">
         <v>1450</v>
       </c>
-      <c r="D450" s="3" t="s">
+      <c r="E450" s="3" t="s">
         <v>1451</v>
       </c>
-      <c r="E450" s="3" t="s">
+      <c r="F450" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H450" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="I450" s="4" t="s">
         <v>1452</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J450" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K450" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L450" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M450" s="4">
-        <v>245</v>
+        <v>735</v>
       </c>
       <c r="N450" s="4">
         <v>1</v>
       </c>
       <c r="O450" s="4">
-        <v>0</v>
+        <v>479</v>
       </c>
       <c r="P450" s="4">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="Q450" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R450" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S450" s="1"/>
       <c r="T450" s="1"/>
       <c r="U450" s="1"/>
       <c r="V450" s="1"/>
       <c r="W450" s="1"/>
     </row>
     <row r="451" spans="1:23">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C451" s="8" t="s">
-        <v>694</v>
+        <v>1453</v>
       </c>
       <c r="D451" s="3" t="s">
-        <v>695</v>
+        <v>1454</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>696</v>
+        <v>1455</v>
       </c>
       <c r="F451" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G451" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H451" s="4" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I451" s="4" t="s">
-        <v>697</v>
+        <v>1456</v>
       </c>
       <c r="J451" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K451" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L451" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M451" s="4">
-        <v>397</v>
+        <v>143</v>
       </c>
       <c r="N451" s="4">
         <v>1</v>
       </c>
       <c r="O451" s="4">
-        <v>933</v>
+        <v>1267</v>
       </c>
       <c r="P451" s="4">
         <v>20</v>
       </c>
       <c r="Q451" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R451" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S451" s="1"/>
       <c r="T451" s="1"/>
       <c r="U451" s="1"/>
       <c r="V451" s="1"/>
       <c r="W451" s="1"/>
     </row>
     <row r="452" spans="1:23">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C452" s="8" t="s">
-        <v>1454</v>
+        <v>1095</v>
       </c>
       <c r="D452" s="3" t="s">
-        <v>1455</v>
+        <v>1096</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1456</v>
+        <v>1097</v>
       </c>
       <c r="F452" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G452" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H452" s="4" t="s">
-        <v>58</v>
+        <v>233</v>
       </c>
       <c r="I452" s="4" t="s">
-        <v>1457</v>
+        <v>1098</v>
       </c>
       <c r="J452" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K452" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L452" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M452" s="4">
-        <v>143</v>
+        <v>476</v>
       </c>
       <c r="N452" s="4">
         <v>1</v>
       </c>
       <c r="O452" s="4">
-        <v>1267</v>
+        <v>320</v>
       </c>
       <c r="P452" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="Q452" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R452" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S452" s="1"/>
       <c r="T452" s="1"/>
       <c r="U452" s="1"/>
       <c r="V452" s="1"/>
       <c r="W452" s="1"/>
     </row>
     <row r="453" spans="1:23">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C453" s="8" t="s">
-        <v>1458</v>
+        <v>738</v>
       </c>
       <c r="D453" s="3" t="s">
-        <v>1459</v>
+        <v>739</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1460</v>
+        <v>740</v>
       </c>
       <c r="F453" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G453" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H453" s="4" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="I453" s="4" t="s">
-        <v>1461</v>
+        <v>741</v>
       </c>
       <c r="J453" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K453" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L453" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M453" s="4">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="N453" s="4">
         <v>1</v>
       </c>
       <c r="O453" s="4">
-        <v>1345</v>
+        <v>933</v>
       </c>
       <c r="P453" s="4">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q453" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R453" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S453" s="1"/>
       <c r="T453" s="1"/>
       <c r="U453" s="1"/>
       <c r="V453" s="1"/>
       <c r="W453" s="1"/>
     </row>
     <row r="454" spans="1:23">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C454" s="8" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
       <c r="D454" s="3" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="F454" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G454" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H454" s="4" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="I454" s="4" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
       <c r="J454" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K454" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L454" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M454" s="4">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="N454" s="4">
         <v>1</v>
       </c>
       <c r="O454" s="4">
-        <v>0</v>
+        <v>1345</v>
       </c>
       <c r="P454" s="4">
         <v>33</v>
       </c>
       <c r="Q454" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R454" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S454" s="1"/>
       <c r="T454" s="1"/>
       <c r="U454" s="1"/>
       <c r="V454" s="1"/>
       <c r="W454" s="1"/>
     </row>
     <row r="455" spans="1:23">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C455" s="8" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="D455" s="3" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>1468</v>
+        <v>1463</v>
       </c>
       <c r="F455" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G455" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H455" s="4" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="I455" s="4" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="J455" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K455" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L455" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M455" s="4">
-        <v>735</v>
+        <v>245</v>
       </c>
       <c r="N455" s="4">
         <v>1</v>
       </c>
       <c r="O455" s="4">
-        <v>479</v>
+        <v>0</v>
       </c>
       <c r="P455" s="4">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="Q455" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R455" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S455" s="1"/>
       <c r="T455" s="1"/>
       <c r="U455" s="1"/>
       <c r="V455" s="1"/>
       <c r="W455" s="1"/>
     </row>
     <row r="456" spans="1:23">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C456" s="8" t="s">
-        <v>1099</v>
+        <v>1465</v>
       </c>
       <c r="D456" s="3" t="s">
-        <v>1100</v>
+        <v>1466</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1101</v>
+        <v>1467</v>
       </c>
       <c r="F456" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G456" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H456" s="4" t="s">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I456" s="4" t="s">
-        <v>1102</v>
+        <v>1468</v>
       </c>
       <c r="J456" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K456" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L456" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M456" s="4">
-        <v>476</v>
+        <v>413</v>
       </c>
       <c r="N456" s="4">
         <v>1</v>
       </c>
       <c r="O456" s="4">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="P456" s="4">
         <v>33</v>
       </c>
       <c r="Q456" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R456" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S456" s="1"/>
       <c r="T456" s="1"/>
       <c r="U456" s="1"/>
       <c r="V456" s="1"/>
       <c r="W456" s="1"/>
     </row>
     <row r="457" spans="1:23">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C457" s="8" t="s">
-        <v>730</v>
+        <v>1222</v>
       </c>
       <c r="D457" s="3" t="s">
-        <v>731</v>
+        <v>1223</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>732</v>
+        <v>1224</v>
       </c>
       <c r="F457" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G457" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H457" s="4" t="s">
-        <v>86</v>
+        <v>157</v>
       </c>
       <c r="I457" s="4" t="s">
-        <v>733</v>
+        <v>1469</v>
       </c>
       <c r="J457" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K457" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L457" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M457" s="4">
-        <v>483</v>
+        <v>187</v>
       </c>
       <c r="N457" s="4">
         <v>1</v>
       </c>
       <c r="O457" s="4">
-        <v>530</v>
+        <v>214</v>
       </c>
       <c r="P457" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q457" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R457" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S457" s="1"/>
       <c r="T457" s="1"/>
       <c r="U457" s="1"/>
       <c r="V457" s="1"/>
       <c r="W457" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>