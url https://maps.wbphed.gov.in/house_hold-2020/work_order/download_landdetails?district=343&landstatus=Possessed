--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -6697,51 +6697,51 @@
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>143</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>144</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>146</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M31" s="4">
         <v>31</v>
       </c>
       <c r="N31" s="4">
         <v>1</v>
       </c>
       <c r="O31" s="4">
         <v>15279</v>
       </c>
@@ -8466,51 +8466,51 @@
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="4">
         <v>49</v>
       </c>
       <c r="N60" s="4">
         <v>0</v>
       </c>
       <c r="O60" s="4">
         <v>2671</v>
       </c>
@@ -10296,51 +10296,51 @@
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>143</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>144</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I90" s="4" t="s">
         <v>146</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M90" s="4">
         <v>31</v>
       </c>
       <c r="N90" s="4">
         <v>1</v>
       </c>
       <c r="O90" s="4">
         <v>13829</v>
       </c>
@@ -13590,51 +13590,51 @@
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>498</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>500</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H144" s="4" t="s">
         <v>84</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>501</v>
       </c>
       <c r="J144" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M144" s="4">
         <v>80</v>
       </c>
       <c r="N144" s="4">
         <v>1487</v>
       </c>
       <c r="O144" s="4">
         <v>1164</v>
       </c>
@@ -18165,51 +18165,51 @@
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C219" s="8" t="s">
         <v>711</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>712</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>713</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H219" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I219" s="4" t="s">
         <v>714</v>
       </c>
       <c r="J219" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M219" s="4">
         <v>48</v>
       </c>
       <c r="N219" s="4">
         <v>1</v>
       </c>
       <c r="O219" s="4">
         <v>1</v>
       </c>
@@ -23899,51 +23899,51 @@
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C313" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F313" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H313" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I313" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J313" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K313" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L313" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M313" s="4">
         <v>49</v>
       </c>
       <c r="N313" s="4">
         <v>0</v>
       </c>
       <c r="O313" s="4">
         <v>6407</v>
       </c>
@@ -25058,51 +25058,51 @@
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C332" s="8" t="s">
         <v>945</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>946</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>947</v>
       </c>
       <c r="F332" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H332" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I332" s="4" t="s">
         <v>948</v>
       </c>
       <c r="J332" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K332" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L332" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M332" s="4">
         <v>95</v>
       </c>
       <c r="N332" s="4">
         <v>0</v>
       </c>
       <c r="O332" s="4">
         <v>2450</v>
       </c>
@@ -25424,51 +25424,51 @@
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C338" s="8" t="s">
         <v>945</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>946</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>947</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H338" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I338" s="4" t="s">
         <v>948</v>
       </c>
       <c r="J338" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K338" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L338" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M338" s="4">
         <v>95</v>
       </c>
       <c r="N338" s="4">
         <v>0</v>
       </c>
       <c r="O338" s="4">
         <v>259</v>
       </c>
@@ -25729,51 +25729,51 @@
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C343" s="8" t="s">
         <v>143</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>144</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F343" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H343" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I343" s="4" t="s">
         <v>146</v>
       </c>
       <c r="J343" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K343" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L343" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M343" s="4">
         <v>31</v>
       </c>
       <c r="N343" s="4">
         <v>1</v>
       </c>
       <c r="O343" s="4">
         <v>2</v>
       </c>
@@ -29511,51 +29511,51 @@
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C405" s="8" t="s">
         <v>711</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>712</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>713</v>
       </c>
       <c r="F405" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H405" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I405" s="4" t="s">
         <v>714</v>
       </c>
       <c r="J405" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K405" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L405" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M405" s="4">
         <v>48</v>
       </c>
       <c r="N405" s="4">
         <v>57</v>
       </c>
       <c r="O405" s="4">
         <v>152</v>
       </c>
@@ -38417,51 +38417,51 @@
       <c r="T550" s="1"/>
       <c r="U550" s="1"/>
       <c r="V550" s="1"/>
       <c r="W550" s="1"/>
     </row>
     <row r="551" spans="1:23">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C551" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D551" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F551" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H551" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I551" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J551" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K551" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L551" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M551" s="4">
         <v>49</v>
       </c>
       <c r="N551" s="4">
         <v>0</v>
       </c>
       <c r="O551" s="4">
         <v>3240</v>
       </c>
@@ -47750,51 +47750,51 @@
       <c r="T703" s="1"/>
       <c r="U703" s="1"/>
       <c r="V703" s="1"/>
       <c r="W703" s="1"/>
     </row>
     <row r="704" spans="1:23">
       <c r="A704" s="3">
         <v>702</v>
       </c>
       <c r="B704" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C704" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D704" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E704" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F704" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G704" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H704" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I704" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J704" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K704" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L704" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M704" s="4">
         <v>49</v>
       </c>
       <c r="N704" s="4">
         <v>0</v>
       </c>
       <c r="O704" s="4">
         <v>6259</v>
       </c>