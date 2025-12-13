--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -6026,51 +6026,51 @@
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>96</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>97</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>100</v>
       </c>
       <c r="J20" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M20" s="4">
         <v>24</v>
       </c>
       <c r="N20" s="4">
         <v>0</v>
       </c>
       <c r="O20" s="4">
         <v>0</v>
       </c>
@@ -6697,51 +6697,51 @@
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>143</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>144</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>146</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M31" s="4">
         <v>31</v>
       </c>
       <c r="N31" s="4">
         <v>1</v>
       </c>
       <c r="O31" s="4">
         <v>15279</v>
       </c>
@@ -8344,51 +8344,51 @@
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>232</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>233</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>65</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>235</v>
       </c>
       <c r="J58" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="4">
         <v>185</v>
       </c>
       <c r="N58" s="4">
         <v>1047</v>
       </c>
       <c r="O58" s="4">
         <v>1467</v>
       </c>
@@ -8466,51 +8466,51 @@
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="4">
         <v>49</v>
       </c>
       <c r="N60" s="4">
         <v>0</v>
       </c>
       <c r="O60" s="4">
         <v>2671</v>
       </c>
@@ -8832,51 +8832,51 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>260</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I66" s="4" t="s">
         <v>263</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M66" s="4">
         <v>10</v>
       </c>
       <c r="N66" s="4">
         <v>1</v>
       </c>
       <c r="O66" s="4">
         <v>230</v>
       </c>
@@ -10235,51 +10235,51 @@
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>332</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H89" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I89" s="4" t="s">
         <v>334</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M89" s="4">
         <v>87</v>
       </c>
       <c r="N89" s="4">
         <v>5944</v>
       </c>
       <c r="O89" s="4">
         <v>1002</v>
       </c>
@@ -10296,51 +10296,51 @@
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>143</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>144</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I90" s="4" t="s">
         <v>146</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M90" s="4">
         <v>31</v>
       </c>
       <c r="N90" s="4">
         <v>1</v>
       </c>
       <c r="O90" s="4">
         <v>13829</v>
       </c>
@@ -10479,51 +10479,51 @@
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>343</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>344</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I93" s="4" t="s">
         <v>166</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M93" s="4">
         <v>88</v>
       </c>
       <c r="N93" s="4">
         <v>3453</v>
       </c>
       <c r="O93" s="4">
         <v>6248</v>
       </c>
@@ -10540,51 +10540,51 @@
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>347</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>79</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H94" s="4" t="s">
         <v>349</v>
       </c>
       <c r="I94" s="4" t="s">
         <v>350</v>
       </c>
       <c r="J94" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M94" s="4">
         <v>32</v>
       </c>
       <c r="N94" s="4">
         <v>1</v>
       </c>
       <c r="O94" s="4">
         <v>621</v>
       </c>
@@ -10784,51 +10784,51 @@
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>363</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>364</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>365</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H98" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I98" s="4" t="s">
         <v>366</v>
       </c>
       <c r="J98" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M98" s="4">
         <v>129</v>
       </c>
       <c r="N98" s="4">
         <v>4142</v>
       </c>
       <c r="O98" s="4">
         <v>341</v>
       </c>
@@ -12065,51 +12065,51 @@
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
         <v>422</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>423</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>424</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H119" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I119" s="4" t="s">
         <v>259</v>
       </c>
       <c r="J119" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M119" s="4">
         <v>1</v>
       </c>
       <c r="N119" s="4">
         <v>1</v>
       </c>
       <c r="O119" s="4">
         <v>1</v>
       </c>
@@ -12370,51 +12370,51 @@
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>422</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>423</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>424</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H124" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I124" s="4" t="s">
         <v>259</v>
       </c>
       <c r="J124" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M124" s="4">
         <v>1</v>
       </c>
       <c r="N124" s="4">
         <v>0</v>
       </c>
       <c r="O124" s="4">
         <v>0</v>
       </c>
@@ -13590,51 +13590,51 @@
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>498</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>500</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H144" s="4" t="s">
         <v>84</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>501</v>
       </c>
       <c r="J144" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M144" s="4">
         <v>80</v>
       </c>
       <c r="N144" s="4">
         <v>1487</v>
       </c>
       <c r="O144" s="4">
         <v>1164</v>
       </c>
@@ -14871,51 +14871,51 @@
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C165" s="8" t="s">
         <v>343</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>344</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H165" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I165" s="4" t="s">
         <v>166</v>
       </c>
       <c r="J165" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M165" s="4">
         <v>88</v>
       </c>
       <c r="N165" s="4">
         <v>14382</v>
       </c>
       <c r="O165" s="4">
         <v>9560</v>
       </c>
@@ -15115,51 +15115,51 @@
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C169" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>332</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H169" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I169" s="4" t="s">
         <v>334</v>
       </c>
       <c r="J169" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K169" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L169" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M169" s="4">
         <v>87</v>
       </c>
       <c r="N169" s="4">
         <v>5520</v>
       </c>
       <c r="O169" s="4">
         <v>1867</v>
       </c>
@@ -15725,51 +15725,51 @@
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="8" t="s">
         <v>618</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>619</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>620</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H179" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I179" s="4" t="s">
         <v>621</v>
       </c>
       <c r="J179" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M179" s="4">
         <v>198</v>
       </c>
       <c r="N179" s="4">
         <v>1</v>
       </c>
       <c r="O179" s="4">
         <v>45</v>
       </c>
@@ -17128,51 +17128,51 @@
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C202" s="8" t="s">
         <v>664</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>665</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>666</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>79</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H202" s="4" t="s">
         <v>349</v>
       </c>
       <c r="I202" s="4" t="s">
         <v>408</v>
       </c>
       <c r="J202" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M202" s="4">
         <v>20</v>
       </c>
       <c r="N202" s="4">
         <v>934</v>
       </c>
       <c r="O202" s="4">
         <v>195</v>
       </c>
@@ -17677,51 +17677,51 @@
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C211" s="8" t="s">
         <v>691</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>692</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>693</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H211" s="4" t="s">
         <v>694</v>
       </c>
       <c r="I211" s="4" t="s">
         <v>695</v>
       </c>
       <c r="J211" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L211" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M211" s="4">
         <v>67</v>
       </c>
       <c r="N211" s="4">
         <v>1</v>
       </c>
       <c r="O211" s="4">
         <v>635</v>
       </c>
@@ -18165,51 +18165,51 @@
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C219" s="8" t="s">
         <v>711</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>712</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>713</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H219" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I219" s="4" t="s">
         <v>714</v>
       </c>
       <c r="J219" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M219" s="4">
         <v>48</v>
       </c>
       <c r="N219" s="4">
         <v>1</v>
       </c>
       <c r="O219" s="4">
         <v>1</v>
       </c>
@@ -18653,51 +18653,51 @@
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C227" s="8" t="s">
         <v>733</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>734</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>735</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H227" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I227" s="4" t="s">
         <v>736</v>
       </c>
       <c r="J227" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K227" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L227" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M227" s="4">
         <v>124</v>
       </c>
       <c r="N227" s="4">
         <v>0</v>
       </c>
       <c r="O227" s="4">
         <v>2177</v>
       </c>
@@ -18714,51 +18714,51 @@
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C228" s="8" t="s">
         <v>733</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>734</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>735</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H228" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I228" s="4" t="s">
         <v>736</v>
       </c>
       <c r="J228" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K228" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L228" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M228" s="4">
         <v>124</v>
       </c>
       <c r="N228" s="4">
         <v>0</v>
       </c>
       <c r="O228" s="4">
         <v>2223</v>
       </c>
@@ -19019,51 +19019,51 @@
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C233" s="8" t="s">
         <v>260</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H233" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I233" s="4" t="s">
         <v>263</v>
       </c>
       <c r="J233" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K233" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L233" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M233" s="4">
         <v>10</v>
       </c>
       <c r="N233" s="4">
         <v>0</v>
       </c>
       <c r="O233" s="4">
         <v>0</v>
       </c>
@@ -21215,51 +21215,51 @@
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C269" s="8" t="s">
         <v>809</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>810</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F269" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H269" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I269" s="4" t="s">
         <v>812</v>
       </c>
       <c r="J269" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K269" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L269" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M269" s="4">
         <v>122</v>
       </c>
       <c r="N269" s="4">
         <v>0</v>
       </c>
       <c r="O269" s="4">
         <v>310</v>
       </c>
@@ -22008,51 +22008,51 @@
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C282" s="8" t="s">
         <v>846</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>847</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>848</v>
       </c>
       <c r="F282" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H282" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I282" s="4" t="s">
         <v>849</v>
       </c>
       <c r="J282" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K282" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L282" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M282" s="4">
         <v>73</v>
       </c>
       <c r="N282" s="4">
         <v>1221</v>
       </c>
       <c r="O282" s="4">
         <v>2310</v>
       </c>
@@ -22069,51 +22069,51 @@
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C283" s="8" t="s">
         <v>96</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>97</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F283" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H283" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I283" s="4" t="s">
         <v>100</v>
       </c>
       <c r="J283" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K283" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L283" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M283" s="4">
         <v>24</v>
       </c>
       <c r="N283" s="4">
         <v>1031</v>
       </c>
       <c r="O283" s="4">
         <v>335</v>
       </c>
@@ -22374,51 +22374,51 @@
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C288" s="8" t="s">
         <v>846</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>847</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>848</v>
       </c>
       <c r="F288" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H288" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I288" s="4" t="s">
         <v>849</v>
       </c>
       <c r="J288" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K288" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L288" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M288" s="4">
         <v>73</v>
       </c>
       <c r="N288" s="4">
         <v>1</v>
       </c>
       <c r="O288" s="4">
         <v>8</v>
       </c>
@@ -23899,51 +23899,51 @@
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C313" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F313" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H313" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I313" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J313" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K313" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L313" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M313" s="4">
         <v>49</v>
       </c>
       <c r="N313" s="4">
         <v>0</v>
       </c>
       <c r="O313" s="4">
         <v>6407</v>
       </c>
@@ -23960,51 +23960,51 @@
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C314" s="8" t="s">
         <v>907</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>908</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>909</v>
       </c>
       <c r="F314" s="3" t="s">
         <v>49</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H314" s="4" t="s">
         <v>70</v>
       </c>
       <c r="I314" s="4" t="s">
         <v>910</v>
       </c>
       <c r="J314" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K314" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L314" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M314" s="4">
         <v>46</v>
       </c>
       <c r="N314" s="4">
         <v>1</v>
       </c>
       <c r="O314" s="4">
         <v>1532</v>
       </c>
@@ -24143,51 +24143,51 @@
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C317" s="8" t="s">
         <v>911</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>912</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F317" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H317" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I317" s="4" t="s">
         <v>532</v>
       </c>
       <c r="J317" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K317" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L317" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M317" s="4">
         <v>197</v>
       </c>
       <c r="N317" s="4">
         <v>0</v>
       </c>
       <c r="O317" s="4">
         <v>0</v>
       </c>
@@ -24570,51 +24570,51 @@
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C324" s="8" t="s">
         <v>933</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>934</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>935</v>
       </c>
       <c r="F324" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H324" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I324" s="4" t="s">
         <v>760</v>
       </c>
       <c r="J324" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K324" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L324" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M324" s="4">
         <v>123</v>
       </c>
       <c r="N324" s="4">
         <v>1</v>
       </c>
       <c r="O324" s="4">
         <v>40</v>
       </c>
@@ -24692,51 +24692,51 @@
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C326" s="8" t="s">
         <v>933</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>934</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>935</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H326" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I326" s="4" t="s">
         <v>760</v>
       </c>
       <c r="J326" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K326" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L326" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M326" s="4">
         <v>123</v>
       </c>
       <c r="N326" s="4">
         <v>1</v>
       </c>
       <c r="O326" s="4">
         <v>25</v>
       </c>
@@ -24814,51 +24814,51 @@
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C328" s="8" t="s">
         <v>618</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>619</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>620</v>
       </c>
       <c r="F328" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H328" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I328" s="4" t="s">
         <v>621</v>
       </c>
       <c r="J328" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K328" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L328" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M328" s="4">
         <v>198</v>
       </c>
       <c r="N328" s="4">
         <v>1</v>
       </c>
       <c r="O328" s="4">
         <v>12</v>
       </c>
@@ -25058,51 +25058,51 @@
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C332" s="8" t="s">
         <v>945</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>946</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>947</v>
       </c>
       <c r="F332" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H332" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I332" s="4" t="s">
         <v>948</v>
       </c>
       <c r="J332" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K332" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L332" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M332" s="4">
         <v>95</v>
       </c>
       <c r="N332" s="4">
         <v>0</v>
       </c>
       <c r="O332" s="4">
         <v>2450</v>
       </c>
@@ -25424,51 +25424,51 @@
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C338" s="8" t="s">
         <v>945</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>946</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>947</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H338" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I338" s="4" t="s">
         <v>948</v>
       </c>
       <c r="J338" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K338" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L338" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M338" s="4">
         <v>95</v>
       </c>
       <c r="N338" s="4">
         <v>0</v>
       </c>
       <c r="O338" s="4">
         <v>259</v>
       </c>
@@ -25729,51 +25729,51 @@
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C343" s="8" t="s">
         <v>143</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>144</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F343" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H343" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I343" s="4" t="s">
         <v>146</v>
       </c>
       <c r="J343" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K343" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L343" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M343" s="4">
         <v>31</v>
       </c>
       <c r="N343" s="4">
         <v>1</v>
       </c>
       <c r="O343" s="4">
         <v>2</v>
       </c>
@@ -25912,51 +25912,51 @@
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C346" s="8" t="s">
         <v>977</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>978</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>979</v>
       </c>
       <c r="F346" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H346" s="4" t="s">
         <v>65</v>
       </c>
       <c r="I346" s="4" t="s">
         <v>118</v>
       </c>
       <c r="J346" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K346" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L346" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M346" s="4">
         <v>49</v>
       </c>
       <c r="N346" s="4">
         <v>0</v>
       </c>
       <c r="O346" s="4">
         <v>988</v>
       </c>
@@ -27193,51 +27193,51 @@
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
     <row r="367" spans="1:23">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C367" s="8" t="s">
         <v>809</v>
       </c>
       <c r="D367" s="3" t="s">
         <v>810</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F367" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H367" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I367" s="4" t="s">
         <v>812</v>
       </c>
       <c r="J367" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K367" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L367" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M367" s="4">
         <v>122</v>
       </c>
       <c r="N367" s="4">
         <v>0</v>
       </c>
       <c r="O367" s="4">
         <v>315</v>
       </c>
@@ -27620,51 +27620,51 @@
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C374" s="8" t="s">
         <v>1029</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="F374" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H374" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I374" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="J374" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K374" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L374" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M374" s="4">
         <v>58</v>
       </c>
       <c r="N374" s="4">
         <v>1854</v>
       </c>
       <c r="O374" s="4">
         <v>815</v>
       </c>
@@ -28047,51 +28047,51 @@
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C381" s="8" t="s">
         <v>1044</v>
       </c>
       <c r="D381" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="F381" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H381" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I381" s="4" t="s">
         <v>223</v>
       </c>
       <c r="J381" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K381" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L381" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M381" s="4">
         <v>29</v>
       </c>
       <c r="N381" s="4">
         <v>8857</v>
       </c>
       <c r="O381" s="4">
         <v>10242</v>
       </c>
@@ -29511,51 +29511,51 @@
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C405" s="8" t="s">
         <v>711</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>712</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>713</v>
       </c>
       <c r="F405" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H405" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I405" s="4" t="s">
         <v>714</v>
       </c>
       <c r="J405" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K405" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L405" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M405" s="4">
         <v>48</v>
       </c>
       <c r="N405" s="4">
         <v>57</v>
       </c>
       <c r="O405" s="4">
         <v>152</v>
       </c>
@@ -30914,51 +30914,51 @@
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C428" s="8" t="s">
         <v>1129</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="F428" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H428" s="4" t="s">
         <v>65</v>
       </c>
       <c r="I428" s="4" t="s">
         <v>1006</v>
       </c>
       <c r="J428" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K428" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L428" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M428" s="4">
         <v>55</v>
       </c>
       <c r="N428" s="4">
         <v>915</v>
       </c>
       <c r="O428" s="4">
         <v>2592</v>
       </c>
@@ -31036,51 +31036,51 @@
       <c r="T429" s="1"/>
       <c r="U429" s="1"/>
       <c r="V429" s="1"/>
       <c r="W429" s="1"/>
     </row>
     <row r="430" spans="1:23">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C430" s="8" t="s">
         <v>1137</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>1138</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="F430" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H430" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I430" s="4" t="s">
         <v>1140</v>
       </c>
       <c r="J430" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K430" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L430" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M430" s="4">
         <v>32</v>
       </c>
       <c r="N430" s="4">
         <v>1</v>
       </c>
       <c r="O430" s="4">
         <v>137</v>
       </c>
@@ -33049,51 +33049,51 @@
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
     </row>
     <row r="463" spans="1:23">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C463" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>347</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F463" s="3" t="s">
         <v>79</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H463" s="4" t="s">
         <v>349</v>
       </c>
       <c r="I463" s="4" t="s">
         <v>350</v>
       </c>
       <c r="J463" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K463" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L463" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M463" s="4">
         <v>32</v>
       </c>
       <c r="N463" s="4">
         <v>1</v>
       </c>
       <c r="O463" s="4">
         <v>550</v>
       </c>
@@ -34513,51 +34513,51 @@
       <c r="T486" s="1"/>
       <c r="U486" s="1"/>
       <c r="V486" s="1"/>
       <c r="W486" s="1"/>
     </row>
     <row r="487" spans="1:23">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C487" s="8" t="s">
         <v>260</v>
       </c>
       <c r="D487" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E487" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F487" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H487" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I487" s="4" t="s">
         <v>263</v>
       </c>
       <c r="J487" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K487" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L487" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M487" s="4">
         <v>10</v>
       </c>
       <c r="N487" s="4">
         <v>0</v>
       </c>
       <c r="O487" s="4">
         <v>0</v>
       </c>
@@ -34940,51 +34940,51 @@
       <c r="T493" s="1"/>
       <c r="U493" s="1"/>
       <c r="V493" s="1"/>
       <c r="W493" s="1"/>
     </row>
     <row r="494" spans="1:23">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C494" s="8" t="s">
         <v>618</v>
       </c>
       <c r="D494" s="3" t="s">
         <v>619</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>620</v>
       </c>
       <c r="F494" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H494" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I494" s="4" t="s">
         <v>621</v>
       </c>
       <c r="J494" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K494" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L494" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M494" s="4">
         <v>198</v>
       </c>
       <c r="N494" s="4">
         <v>0</v>
       </c>
       <c r="O494" s="4">
         <v>0</v>
       </c>
@@ -35977,51 +35977,51 @@
       <c r="T510" s="1"/>
       <c r="U510" s="1"/>
       <c r="V510" s="1"/>
       <c r="W510" s="1"/>
     </row>
     <row r="511" spans="1:23">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C511" s="8" t="s">
         <v>911</v>
       </c>
       <c r="D511" s="3" t="s">
         <v>912</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F511" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G511" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H511" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I511" s="4" t="s">
         <v>532</v>
       </c>
       <c r="J511" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K511" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L511" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M511" s="4">
         <v>197</v>
       </c>
       <c r="N511" s="4">
         <v>30</v>
       </c>
       <c r="O511" s="4">
         <v>40</v>
       </c>
@@ -36465,51 +36465,51 @@
       <c r="T518" s="1"/>
       <c r="U518" s="1"/>
       <c r="V518" s="1"/>
       <c r="W518" s="1"/>
     </row>
     <row r="519" spans="1:23">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C519" s="8" t="s">
         <v>232</v>
       </c>
       <c r="D519" s="3" t="s">
         <v>233</v>
       </c>
       <c r="E519" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F519" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G519" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H519" s="4" t="s">
         <v>65</v>
       </c>
       <c r="I519" s="4" t="s">
         <v>235</v>
       </c>
       <c r="J519" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K519" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L519" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M519" s="4">
         <v>185</v>
       </c>
       <c r="N519" s="4">
         <v>131</v>
       </c>
       <c r="O519" s="4">
         <v>2820</v>
       </c>
@@ -36770,51 +36770,51 @@
       <c r="T523" s="1"/>
       <c r="U523" s="1"/>
       <c r="V523" s="1"/>
       <c r="W523" s="1"/>
     </row>
     <row r="524" spans="1:23">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C524" s="8" t="s">
         <v>363</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>364</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>365</v>
       </c>
       <c r="F524" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G524" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H524" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I524" s="4" t="s">
         <v>366</v>
       </c>
       <c r="J524" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K524" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L524" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M524" s="4">
         <v>129</v>
       </c>
       <c r="N524" s="4">
         <v>1</v>
       </c>
       <c r="O524" s="4">
         <v>1</v>
       </c>
@@ -38417,51 +38417,51 @@
       <c r="T550" s="1"/>
       <c r="U550" s="1"/>
       <c r="V550" s="1"/>
       <c r="W550" s="1"/>
     </row>
     <row r="551" spans="1:23">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C551" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D551" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F551" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H551" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I551" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J551" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K551" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L551" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M551" s="4">
         <v>49</v>
       </c>
       <c r="N551" s="4">
         <v>0</v>
       </c>
       <c r="O551" s="4">
         <v>3240</v>
       </c>
@@ -38783,51 +38783,51 @@
       <c r="T556" s="1"/>
       <c r="U556" s="1"/>
       <c r="V556" s="1"/>
       <c r="W556" s="1"/>
     </row>
     <row r="557" spans="1:23">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C557" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D557" s="3" t="s">
         <v>332</v>
       </c>
       <c r="E557" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F557" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G557" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H557" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I557" s="4" t="s">
         <v>334</v>
       </c>
       <c r="J557" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K557" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L557" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M557" s="4">
         <v>87</v>
       </c>
       <c r="N557" s="4">
         <v>6491</v>
       </c>
       <c r="O557" s="4">
         <v>832</v>
       </c>
@@ -39576,51 +39576,51 @@
       <c r="T569" s="1"/>
       <c r="U569" s="1"/>
       <c r="V569" s="1"/>
       <c r="W569" s="1"/>
     </row>
     <row r="570" spans="1:23">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C570" s="8" t="s">
         <v>1364</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="E570" s="3" t="s">
         <v>1366</v>
       </c>
       <c r="F570" s="3" t="s">
         <v>49</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H570" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I570" s="4" t="s">
         <v>1367</v>
       </c>
       <c r="J570" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K570" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L570" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M570" s="4">
         <v>104</v>
       </c>
       <c r="N570" s="4">
         <v>0</v>
       </c>
       <c r="O570" s="4">
         <v>1064</v>
       </c>
@@ -40796,51 +40796,51 @@
       <c r="T589" s="1"/>
       <c r="U589" s="1"/>
       <c r="V589" s="1"/>
       <c r="W589" s="1"/>
     </row>
     <row r="590" spans="1:23">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C590" s="8" t="s">
         <v>809</v>
       </c>
       <c r="D590" s="3" t="s">
         <v>810</v>
       </c>
       <c r="E590" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F590" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G590" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H590" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I590" s="4" t="s">
         <v>812</v>
       </c>
       <c r="J590" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K590" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L590" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M590" s="4">
         <v>122</v>
       </c>
       <c r="N590" s="4">
         <v>0</v>
       </c>
       <c r="O590" s="4">
         <v>412</v>
       </c>
@@ -40857,51 +40857,51 @@
       <c r="T590" s="1"/>
       <c r="U590" s="1"/>
       <c r="V590" s="1"/>
       <c r="W590" s="1"/>
     </row>
     <row r="591" spans="1:23">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C591" s="8" t="s">
         <v>1137</v>
       </c>
       <c r="D591" s="3" t="s">
         <v>1138</v>
       </c>
       <c r="E591" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="F591" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G591" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H591" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I591" s="4" t="s">
         <v>1140</v>
       </c>
       <c r="J591" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K591" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L591" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M591" s="4">
         <v>32</v>
       </c>
       <c r="N591" s="4">
         <v>1</v>
       </c>
       <c r="O591" s="4">
         <v>137</v>
       </c>
@@ -41284,51 +41284,51 @@
       <c r="T597" s="1"/>
       <c r="U597" s="1"/>
       <c r="V597" s="1"/>
       <c r="W597" s="1"/>
     </row>
     <row r="598" spans="1:23">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C598" s="8" t="s">
         <v>1029</v>
       </c>
       <c r="D598" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="E598" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="F598" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G598" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H598" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I598" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="J598" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K598" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L598" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M598" s="4">
         <v>58</v>
       </c>
       <c r="N598" s="4">
         <v>1857</v>
       </c>
       <c r="O598" s="4">
         <v>820</v>
       </c>
@@ -42077,51 +42077,51 @@
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
     </row>
     <row r="611" spans="1:23">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C611" s="8" t="s">
         <v>1398</v>
       </c>
       <c r="D611" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="E611" s="3" t="s">
         <v>1400</v>
       </c>
       <c r="F611" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G611" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H611" s="4" t="s">
         <v>70</v>
       </c>
       <c r="I611" s="4" t="s">
         <v>1401</v>
       </c>
       <c r="J611" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K611" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L611" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M611" s="4">
         <v>21</v>
       </c>
       <c r="N611" s="4">
         <v>112</v>
       </c>
       <c r="O611" s="4">
         <v>158</v>
       </c>
@@ -42687,51 +42687,51 @@
       <c r="T620" s="1"/>
       <c r="U620" s="1"/>
       <c r="V620" s="1"/>
       <c r="W620" s="1"/>
     </row>
     <row r="621" spans="1:23">
       <c r="A621" s="3">
         <v>619</v>
       </c>
       <c r="B621" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C621" s="8" t="s">
         <v>1407</v>
       </c>
       <c r="D621" s="3" t="s">
         <v>1408</v>
       </c>
       <c r="E621" s="3" t="s">
         <v>1409</v>
       </c>
       <c r="F621" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G621" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H621" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I621" s="4" t="s">
         <v>166</v>
       </c>
       <c r="J621" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K621" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L621" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M621" s="4">
         <v>88</v>
       </c>
       <c r="N621" s="4">
         <v>15789</v>
       </c>
       <c r="O621" s="4">
         <v>3487</v>
       </c>
@@ -42748,51 +42748,51 @@
       <c r="T621" s="1"/>
       <c r="U621" s="1"/>
       <c r="V621" s="1"/>
       <c r="W621" s="1"/>
     </row>
     <row r="622" spans="1:23">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C622" s="8" t="s">
         <v>1044</v>
       </c>
       <c r="D622" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="E622" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="F622" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G622" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H622" s="4" t="s">
         <v>108</v>
       </c>
       <c r="I622" s="4" t="s">
         <v>223</v>
       </c>
       <c r="J622" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K622" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L622" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M622" s="4">
         <v>29</v>
       </c>
       <c r="N622" s="4">
         <v>1</v>
       </c>
       <c r="O622" s="4">
         <v>1</v>
       </c>
@@ -43175,51 +43175,51 @@
       <c r="T628" s="1"/>
       <c r="U628" s="1"/>
       <c r="V628" s="1"/>
       <c r="W628" s="1"/>
     </row>
     <row r="629" spans="1:23">
       <c r="A629" s="3">
         <v>627</v>
       </c>
       <c r="B629" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C629" s="8" t="s">
         <v>1407</v>
       </c>
       <c r="D629" s="3" t="s">
         <v>1408</v>
       </c>
       <c r="E629" s="3" t="s">
         <v>1409</v>
       </c>
       <c r="F629" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G629" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H629" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I629" s="4" t="s">
         <v>166</v>
       </c>
       <c r="J629" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K629" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L629" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M629" s="4">
         <v>88</v>
       </c>
       <c r="N629" s="4">
         <v>1</v>
       </c>
       <c r="O629" s="4">
         <v>1</v>
       </c>
@@ -43358,51 +43358,51 @@
       <c r="T631" s="1"/>
       <c r="U631" s="1"/>
       <c r="V631" s="1"/>
       <c r="W631" s="1"/>
     </row>
     <row r="632" spans="1:23">
       <c r="A632" s="3">
         <v>630</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C632" s="8" t="s">
         <v>1129</v>
       </c>
       <c r="D632" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="E632" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="F632" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G632" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H632" s="4" t="s">
         <v>65</v>
       </c>
       <c r="I632" s="4" t="s">
         <v>1006</v>
       </c>
       <c r="J632" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K632" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L632" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M632" s="4">
         <v>55</v>
       </c>
       <c r="N632" s="4">
         <v>2663</v>
       </c>
       <c r="O632" s="4">
         <v>223</v>
       </c>
@@ -46957,51 +46957,51 @@
       <c r="T690" s="1"/>
       <c r="U690" s="1"/>
       <c r="V690" s="1"/>
       <c r="W690" s="1"/>
     </row>
     <row r="691" spans="1:23">
       <c r="A691" s="3">
         <v>689</v>
       </c>
       <c r="B691" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C691" s="8" t="s">
         <v>911</v>
       </c>
       <c r="D691" s="3" t="s">
         <v>912</v>
       </c>
       <c r="E691" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F691" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G691" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H691" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I691" s="4" t="s">
         <v>532</v>
       </c>
       <c r="J691" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K691" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L691" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M691" s="4">
         <v>197</v>
       </c>
       <c r="N691" s="4">
         <v>0</v>
       </c>
       <c r="O691" s="4">
         <v>0</v>
       </c>
@@ -47201,51 +47201,51 @@
       <c r="T694" s="1"/>
       <c r="U694" s="1"/>
       <c r="V694" s="1"/>
       <c r="W694" s="1"/>
     </row>
     <row r="695" spans="1:23">
       <c r="A695" s="3">
         <v>693</v>
       </c>
       <c r="B695" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C695" s="8" t="s">
         <v>232</v>
       </c>
       <c r="D695" s="3" t="s">
         <v>233</v>
       </c>
       <c r="E695" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F695" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G695" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H695" s="4" t="s">
         <v>65</v>
       </c>
       <c r="I695" s="4" t="s">
         <v>235</v>
       </c>
       <c r="J695" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K695" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L695" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M695" s="4">
         <v>185</v>
       </c>
       <c r="N695" s="4">
         <v>951</v>
       </c>
       <c r="O695" s="4">
         <v>2801</v>
       </c>
@@ -47750,51 +47750,51 @@
       <c r="T703" s="1"/>
       <c r="U703" s="1"/>
       <c r="V703" s="1"/>
       <c r="W703" s="1"/>
     </row>
     <row r="704" spans="1:23">
       <c r="A704" s="3">
         <v>702</v>
       </c>
       <c r="B704" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C704" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D704" s="3" t="s">
         <v>241</v>
       </c>
       <c r="E704" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F704" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G704" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H704" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I704" s="4" t="s">
         <v>243</v>
       </c>
       <c r="J704" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K704" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L704" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M704" s="4">
         <v>49</v>
       </c>
       <c r="N704" s="4">
         <v>0</v>
       </c>
       <c r="O704" s="4">
         <v>6259</v>
       </c>