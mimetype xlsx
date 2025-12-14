--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -1152,50 +1152,53 @@
   <si>
     <t>Identified at school</t>
   </si>
   <si>
     <t>Kataban Piped Water Supply Scheme(TSM/014204,SM/14526)</t>
   </si>
   <si>
     <t>TSM/014204</t>
   </si>
   <si>
     <t>SM/14526</t>
   </si>
   <si>
     <t>Kataban</t>
   </si>
   <si>
     <t>Dhan Simla Piped Water Supply Scheme.(TSM/018459,SM/16706)</t>
   </si>
   <si>
     <t>TSM/018459</t>
   </si>
   <si>
     <t>SM/16706</t>
   </si>
   <si>
+    <t>SVS</t>
+  </si>
+  <si>
     <t>Dhan Simla</t>
   </si>
   <si>
     <t>Bhat Pushkarini Piped Water Supply Scheme(TSM/014586,SM/12416)</t>
   </si>
   <si>
     <t>TSM/014586</t>
   </si>
   <si>
     <t>SM/12416</t>
   </si>
   <si>
     <t>Bhat Pushkarini</t>
   </si>
   <si>
     <t>Augmentation works for BARJORA Water Supply Scheme (Left out mouzas of Barjora Block under B.R.G.F Phase -I) (Zone-IA).(TSM/018930,SM/16974)</t>
   </si>
   <si>
     <t>TSM/018930</t>
   </si>
   <si>
     <t>SM/16974</t>
   </si>
   <si>
     <t>Augmentation of Morar Zone-B Water Supply Scheme.(TSM/019179,SM/17243)</t>
@@ -1462,53 +1465,50 @@
     <t>SM/17698</t>
   </si>
   <si>
     <t>Narra</t>
   </si>
   <si>
     <t>Khundanga Piped Water Supply Scheme(TSM/014843,SM/14482)</t>
   </si>
   <si>
     <t>TSM/014843</t>
   </si>
   <si>
     <t>SM/14482</t>
   </si>
   <si>
     <t>Khundanga</t>
   </si>
   <si>
     <t>Augmentation works for Aguri Band Punisol &amp; its adjoining Mouzas Water Supply Scheme (Zone- E) under Onda Block (BRGF Ph - I Project).(TSM/018956,SM/17259)</t>
   </si>
   <si>
     <t>TSM/018956</t>
   </si>
   <si>
     <t>SM/17259</t>
-  </si>
-[...1 lines deleted...]
-    <t>SVS</t>
   </si>
   <si>
     <t>Aguri Band Punisol</t>
   </si>
   <si>
     <t>Khidirpur</t>
   </si>
   <si>
     <t>Augmentation of Sashpur Zone-A Water Supply Scheme(TSM/019166,SM/18114)</t>
   </si>
   <si>
     <t>TSM/019166</t>
   </si>
   <si>
     <t>SM/18114</t>
   </si>
   <si>
     <t>Charigram</t>
   </si>
   <si>
     <t>Charigram ICDS</t>
   </si>
   <si>
     <t>Birsingpur Piped Water Supply Scheme.(TSM/018234,SM/17223)</t>
   </si>
@@ -8899,228 +8899,228 @@
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>376</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>377</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>24</v>
+        <v>379</v>
       </c>
       <c r="H97" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I97" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="J97" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M97" s="4">
         <v>151</v>
       </c>
       <c r="N97" s="4">
         <v>151</v>
       </c>
       <c r="O97" s="4">
         <v>3381</v>
       </c>
       <c r="P97" s="4">
         <v>10</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R97" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H98" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I98" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J98" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M98" s="4">
         <v>166</v>
       </c>
       <c r="N98" s="4">
         <v>166</v>
       </c>
       <c r="O98" s="4">
         <v>134</v>
       </c>
       <c r="P98" s="4">
         <v>5</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R98" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I99" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J99" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M99" s="4">
         <v>166</v>
       </c>
       <c r="N99" s="4">
         <v>166</v>
       </c>
       <c r="O99" s="4">
         <v>285</v>
       </c>
       <c r="P99" s="4">
         <v>25</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R99" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I100" s="4" t="s">
         <v>283</v>
       </c>
       <c r="J100" s="4" t="s">
         <v>283</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="4">
         <v>51</v>
       </c>
@@ -9253,316 +9253,316 @@
         <v>1134</v>
       </c>
       <c r="P102" s="4">
         <v>25</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R102" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H103" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I103" s="4" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J103" s="4" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M103" s="4">
         <v>109</v>
       </c>
       <c r="N103" s="4">
         <v>109</v>
       </c>
       <c r="O103" s="4">
         <v>200</v>
       </c>
       <c r="P103" s="4">
         <v>5</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R103" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="4" t="s">
         <v>43</v>
       </c>
       <c r="I104" s="4" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J104" s="4" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M104" s="4">
         <v>133</v>
       </c>
       <c r="N104" s="4">
         <v>133</v>
       </c>
       <c r="O104" s="4">
         <v>467</v>
       </c>
       <c r="P104" s="4">
         <v>5</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R104" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D105" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H105" s="4" t="s">
         <v>335</v>
       </c>
       <c r="I105" s="4" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J105" s="4" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M105" s="4">
         <v>3</v>
       </c>
       <c r="N105" s="4">
         <v>3</v>
       </c>
       <c r="O105" s="4">
         <v>1892</v>
       </c>
       <c r="P105" s="4">
         <v>5</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R105" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I106" s="4" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J106" s="4" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M106" s="4">
         <v>146</v>
       </c>
       <c r="N106" s="4">
         <v>146</v>
       </c>
       <c r="O106" s="4">
         <v>281</v>
       </c>
       <c r="P106" s="4">
         <v>5</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R106" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H107" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I107" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J107" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M107" s="4">
         <v>5</v>
       </c>
       <c r="N107" s="4">
         <v>8</v>
       </c>
       <c r="O107" s="4">
         <v>590</v>
       </c>
       <c r="P107" s="4">
         <v>25</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R107" s="10" t="s">
         <v>31</v>
       </c>
@@ -9619,194 +9619,194 @@
         <v>3624</v>
       </c>
       <c r="P108" s="4">
         <v>20</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R108" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H109" s="4" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I109" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J109" s="4" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M109" s="4">
         <v>23</v>
       </c>
       <c r="N109" s="4">
         <v>14</v>
       </c>
       <c r="O109" s="4">
         <v>695</v>
       </c>
       <c r="P109" s="4">
         <v>30</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R109" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="4" t="s">
         <v>228</v>
       </c>
       <c r="I110" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J110" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M110" s="4">
         <v>135</v>
       </c>
       <c r="N110" s="4">
         <v>135</v>
       </c>
       <c r="O110" s="4">
         <v>6</v>
       </c>
       <c r="P110" s="4">
         <v>25</v>
       </c>
       <c r="Q110" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R110" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I111" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J111" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M111" s="4">
         <v>153</v>
       </c>
       <c r="N111" s="4">
         <v>153</v>
       </c>
       <c r="O111" s="4">
         <v>689</v>
       </c>
       <c r="P111" s="4">
         <v>25</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R111" s="10" t="s">
         <v>31</v>
       </c>
@@ -9847,378 +9847,378 @@
       <c r="J112" s="4" t="s">
         <v>110</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M112" s="4">
         <v>6</v>
       </c>
       <c r="N112" s="4">
         <v>6</v>
       </c>
       <c r="O112" s="4">
         <v>6</v>
       </c>
       <c r="P112" s="4">
         <v>5</v>
       </c>
       <c r="Q112" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R112" s="10" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>276</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H113" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I113" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="J113" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M113" s="4">
         <v>278</v>
       </c>
       <c r="N113" s="4">
         <v>278</v>
       </c>
       <c r="O113" s="4">
         <v>950</v>
       </c>
       <c r="P113" s="4">
         <v>5</v>
       </c>
       <c r="Q113" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R113" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D114" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H114" s="4" t="s">
         <v>140</v>
       </c>
       <c r="I114" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="J114" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M114" s="4">
         <v>28</v>
       </c>
       <c r="N114" s="4">
         <v>28</v>
       </c>
       <c r="O114" s="4">
         <v>2259</v>
       </c>
       <c r="P114" s="4">
         <v>5</v>
       </c>
       <c r="Q114" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R114" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I115" s="4" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J115" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M115" s="4">
         <v>183</v>
       </c>
       <c r="N115" s="4">
         <v>183</v>
       </c>
       <c r="O115" s="4">
         <v>339</v>
       </c>
       <c r="P115" s="4">
         <v>5</v>
       </c>
       <c r="Q115" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R115" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="8" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="4" t="s">
         <v>194</v>
       </c>
       <c r="I116" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="J116" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M116" s="4">
         <v>86</v>
       </c>
       <c r="N116" s="4">
         <v>0</v>
       </c>
       <c r="O116" s="4">
         <v>1300</v>
       </c>
       <c r="P116" s="4">
         <v>30</v>
       </c>
       <c r="Q116" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R116" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I117" s="4" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J117" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M117" s="4">
         <v>18</v>
       </c>
       <c r="N117" s="4">
         <v>20</v>
       </c>
       <c r="O117" s="4">
         <v>778</v>
       </c>
       <c r="P117" s="4">
         <v>5</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R117" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="8" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H118" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I118" s="4" t="s">
         <v>270</v>
       </c>
       <c r="J118" s="4" t="s">
         <v>270</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M118" s="4">
         <v>192</v>
       </c>
@@ -10229,438 +10229,438 @@
         <v>585</v>
       </c>
       <c r="P118" s="4">
         <v>5</v>
       </c>
       <c r="Q118" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R118" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H119" s="4" t="s">
         <v>66</v>
       </c>
       <c r="I119" s="4" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J119" s="4" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M119" s="4">
         <v>24</v>
       </c>
       <c r="N119" s="4">
         <v>24</v>
       </c>
       <c r="O119" s="4">
         <v>463</v>
       </c>
       <c r="P119" s="4">
         <v>25</v>
       </c>
       <c r="Q119" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R119" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I120" s="4" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J120" s="4" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M120" s="4">
         <v>3</v>
       </c>
       <c r="N120" s="4">
         <v>3</v>
       </c>
       <c r="O120" s="4">
         <v>1310</v>
       </c>
       <c r="P120" s="4">
         <v>28</v>
       </c>
       <c r="Q120" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R120" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="4" t="s">
         <v>82</v>
       </c>
       <c r="I121" s="4" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="J121" s="4" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M121" s="4">
         <v>38</v>
       </c>
       <c r="N121" s="4">
         <v>38</v>
       </c>
       <c r="O121" s="4">
         <v>6</v>
       </c>
       <c r="P121" s="4">
         <v>30</v>
       </c>
       <c r="Q121" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R121" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="8" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H122" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I122" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="J122" s="4" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M122" s="4">
         <v>15</v>
       </c>
       <c r="N122" s="4">
         <v>15</v>
       </c>
       <c r="O122" s="4">
         <v>2001</v>
       </c>
       <c r="P122" s="4">
         <v>5</v>
       </c>
       <c r="Q122" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R122" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H123" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I123" s="4" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="J123" s="4" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M123" s="4">
         <v>149</v>
       </c>
       <c r="N123" s="4">
         <v>149</v>
       </c>
       <c r="O123" s="4">
         <v>255</v>
       </c>
       <c r="P123" s="4">
         <v>5</v>
       </c>
       <c r="Q123" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R123" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H124" s="4" t="s">
         <v>43</v>
       </c>
       <c r="I124" s="4" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J124" s="4" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M124" s="4">
         <v>132</v>
       </c>
       <c r="N124" s="4">
         <v>132</v>
       </c>
       <c r="O124" s="4">
         <v>555</v>
       </c>
       <c r="P124" s="4">
         <v>25</v>
       </c>
       <c r="Q124" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R124" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="4" t="s">
         <v>66</v>
       </c>
       <c r="I125" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="J125" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M125" s="4">
         <v>129</v>
       </c>
       <c r="N125" s="4">
         <v>129</v>
       </c>
       <c r="O125" s="4">
         <v>22</v>
       </c>
       <c r="P125" s="4">
         <v>5</v>
       </c>
       <c r="Q125" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R125" s="10" t="s">
         <v>31</v>
       </c>
@@ -10674,51 +10674,51 @@
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>232</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>233</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H126" s="4" t="s">
         <v>134</v>
       </c>
       <c r="I126" s="4" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J126" s="4" t="s">
         <v>31</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M126" s="4">
         <v>139</v>
       </c>
       <c r="N126" s="4">
         <v>139</v>
       </c>
       <c r="O126" s="4">
         <v>3043</v>
       </c>
       <c r="P126" s="4">
         <v>5</v>
       </c>
       <c r="Q126" s="4" t="s">
         <v>52</v>
       </c>
@@ -10778,72 +10778,72 @@
         <v>605</v>
       </c>
       <c r="P127" s="4">
         <v>5</v>
       </c>
       <c r="Q127" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R127" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D128" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="4" t="s">
         <v>43</v>
       </c>
       <c r="I128" s="4" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J128" s="4" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M128" s="4">
         <v>90</v>
       </c>
       <c r="N128" s="4">
         <v>89</v>
       </c>
       <c r="O128" s="4">
         <v>348</v>
       </c>
       <c r="P128" s="4">
         <v>5</v>
       </c>
       <c r="Q128" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R128" s="10" t="s">
         <v>31</v>
       </c>
@@ -10860,286 +10860,286 @@
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>221</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>222</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="4" t="s">
         <v>134</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>224</v>
       </c>
       <c r="J129" s="4" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M129" s="4">
         <v>17</v>
       </c>
       <c r="N129" s="4">
         <v>17</v>
       </c>
       <c r="O129" s="4">
         <v>339</v>
       </c>
       <c r="P129" s="4">
         <v>5</v>
       </c>
       <c r="Q129" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R129" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="4" t="s">
         <v>335</v>
       </c>
       <c r="I130" s="4" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>207</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M130" s="4">
         <v>275</v>
       </c>
       <c r="N130" s="4">
         <v>234</v>
       </c>
       <c r="O130" s="4">
         <v>630</v>
       </c>
       <c r="P130" s="4">
         <v>5</v>
       </c>
       <c r="Q130" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R130" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="4" t="s">
         <v>134</v>
       </c>
       <c r="I131" s="4" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J131" s="4" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M131" s="4">
         <v>52</v>
       </c>
       <c r="N131" s="4">
         <v>52</v>
       </c>
       <c r="O131" s="4">
         <v>132</v>
       </c>
       <c r="P131" s="4">
         <v>5</v>
       </c>
       <c r="Q131" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R131" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="4" t="s">
         <v>134</v>
       </c>
       <c r="I132" s="4" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J132" s="4" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="K132" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M132" s="4">
         <v>52</v>
       </c>
       <c r="N132" s="4">
         <v>52</v>
       </c>
       <c r="O132" s="4">
         <v>45</v>
       </c>
       <c r="P132" s="4">
         <v>25</v>
       </c>
       <c r="Q132" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R132" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>483</v>
+        <v>379</v>
       </c>
       <c r="H133" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I133" s="4" t="s">
         <v>484</v>
       </c>
       <c r="J133" s="4" t="s">
         <v>484</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M133" s="4">
         <v>55</v>
       </c>
       <c r="N133" s="4">
         <v>55</v>
       </c>
       <c r="O133" s="4">
         <v>95</v>
       </c>
@@ -11388,57 +11388,57 @@
         <v>147</v>
       </c>
       <c r="P137" s="4">
         <v>5</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R137" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
         <v>82</v>
       </c>
       <c r="I138" s="4" t="s">
         <v>495</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>495</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M138" s="4">
         <v>39</v>
       </c>
@@ -11705,51 +11705,51 @@
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>507</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>508</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>509</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>483</v>
+        <v>379</v>
       </c>
       <c r="H143" s="4" t="s">
         <v>163</v>
       </c>
       <c r="I143" s="4" t="s">
         <v>270</v>
       </c>
       <c r="J143" s="4" t="s">
         <v>510</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M143" s="4">
         <v>105</v>
       </c>
       <c r="N143" s="4">
         <v>205</v>
       </c>
       <c r="O143" s="4">
         <v>317</v>
       </c>
@@ -12864,51 +12864,51 @@
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C162" s="8" t="s">
         <v>560</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>561</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>562</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>24</v>
+        <v>379</v>
       </c>
       <c r="H162" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I162" s="4" t="s">
         <v>563</v>
       </c>
       <c r="J162" s="4" t="s">
         <v>564</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M162" s="4">
         <v>270</v>
       </c>
       <c r="N162" s="4">
         <v>270</v>
       </c>
       <c r="O162" s="4">
         <v>432</v>
       </c>
@@ -13340,72 +13340,72 @@
         <v>0</v>
       </c>
       <c r="P169" s="4">
         <v>30</v>
       </c>
       <c r="Q169" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R169" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C170" s="8" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D170" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H170" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I170" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J170" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K170" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L170" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M170" s="4">
         <v>153</v>
       </c>
       <c r="N170" s="4">
         <v>153</v>
       </c>
       <c r="O170" s="4">
         <v>351</v>
       </c>
       <c r="P170" s="4">
         <v>5</v>
       </c>
       <c r="Q170" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R170" s="10" t="s">
         <v>31</v>
       </c>
@@ -14087,51 +14087,51 @@
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="8" t="s">
         <v>619</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>620</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>621</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I182" s="4" t="s">
         <v>622</v>
       </c>
       <c r="J182" s="4" t="s">
         <v>622</v>
       </c>
       <c r="K182" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M182" s="4">
         <v>168</v>
       </c>
       <c r="N182" s="4">
         <v>168</v>
       </c>
       <c r="O182" s="4">
         <v>45</v>
       </c>
       <c r="P182" s="4">
         <v>30</v>
       </c>
@@ -14804,57 +14804,57 @@
         <v>3129</v>
       </c>
       <c r="P193" s="4">
         <v>25</v>
       </c>
       <c r="Q193" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R193" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C194" s="8" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H194" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I194" s="4" t="s">
         <v>646</v>
       </c>
       <c r="J194" s="4" t="s">
         <v>647</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M194" s="4">
         <v>161</v>
       </c>
@@ -15170,57 +15170,57 @@
         <v>0</v>
       </c>
       <c r="P199" s="4">
         <v>25</v>
       </c>
       <c r="Q199" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R199" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C200" s="8" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D200" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H200" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I200" s="4" t="s">
         <v>662</v>
       </c>
       <c r="J200" s="4" t="s">
         <v>662</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M200" s="4">
         <v>143</v>
       </c>
@@ -15292,72 +15292,72 @@
         <v>275</v>
       </c>
       <c r="P201" s="4">
         <v>5</v>
       </c>
       <c r="Q201" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R201" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C202" s="8" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H202" s="4" t="s">
         <v>43</v>
       </c>
       <c r="I202" s="4" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J202" s="4" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M202" s="4">
         <v>90</v>
       </c>
       <c r="N202" s="4">
         <v>90</v>
       </c>
       <c r="O202" s="4">
         <v>985</v>
       </c>
       <c r="P202" s="4">
         <v>25</v>
       </c>
       <c r="Q202" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R202" s="10" t="s">
         <v>31</v>
       </c>
@@ -15658,57 +15658,57 @@
         <v>2</v>
       </c>
       <c r="P207" s="4">
         <v>10</v>
       </c>
       <c r="Q207" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R207" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C208" s="8" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H208" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I208" s="4" t="s">
         <v>675</v>
       </c>
       <c r="J208" s="4" t="s">
         <v>675</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M208" s="4">
         <v>159</v>
       </c>
@@ -16634,57 +16634,57 @@
         <v>205</v>
       </c>
       <c r="P223" s="4">
         <v>5</v>
       </c>
       <c r="Q223" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R223" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C224" s="8" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D224" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H224" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I224" s="4" t="s">
         <v>710</v>
       </c>
       <c r="J224" s="4" t="s">
         <v>710</v>
       </c>
       <c r="K224" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L224" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M224" s="4">
         <v>6</v>
       </c>
@@ -16817,57 +16817,57 @@
         <v>2352</v>
       </c>
       <c r="P226" s="4">
         <v>5</v>
       </c>
       <c r="Q226" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R226" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C227" s="8" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H227" s="4" t="s">
         <v>335</v>
       </c>
       <c r="I227" s="4" t="s">
         <v>720</v>
       </c>
       <c r="J227" s="4" t="s">
         <v>720</v>
       </c>
       <c r="K227" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L227" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M227" s="4">
         <v>1</v>
       </c>
@@ -17061,72 +17061,72 @@
         <v>218</v>
       </c>
       <c r="P230" s="4">
         <v>5</v>
       </c>
       <c r="Q230" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R230" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C231" s="8" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G231" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H231" s="4" t="s">
         <v>66</v>
       </c>
       <c r="I231" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="J231" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K231" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L231" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M231" s="4">
         <v>129</v>
       </c>
       <c r="N231" s="4">
         <v>129</v>
       </c>
       <c r="O231" s="4">
         <v>17</v>
       </c>
       <c r="P231" s="4">
         <v>25</v>
       </c>
       <c r="Q231" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R231" s="10" t="s">
         <v>31</v>
       </c>
@@ -17683,60 +17683,60 @@
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C241" s="8" t="s">
         <v>376</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>377</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F241" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>24</v>
+        <v>379</v>
       </c>
       <c r="H241" s="4" t="s">
         <v>96</v>
       </c>
       <c r="I241" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="J241" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K241" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L241" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M241" s="4">
         <v>151</v>
       </c>
       <c r="N241" s="4">
         <v>151</v>
       </c>
       <c r="O241" s="4">
         <v>3507</v>
       </c>
       <c r="P241" s="4">
         <v>5</v>
       </c>
       <c r="Q241" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R241" s="10" t="s">
         <v>31</v>
       </c>
@@ -17793,72 +17793,72 @@
         <v>333</v>
       </c>
       <c r="P242" s="4">
         <v>5</v>
       </c>
       <c r="Q242" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R242" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C243" s="8" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D243" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F243" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H243" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I243" s="4" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J243" s="4" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="K243" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L243" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M243" s="4">
         <v>18</v>
       </c>
       <c r="N243" s="4">
         <v>18</v>
       </c>
       <c r="O243" s="4">
         <v>588</v>
       </c>
       <c r="P243" s="4">
         <v>5</v>
       </c>
       <c r="Q243" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R243" s="10" t="s">
         <v>31</v>
       </c>
@@ -18159,57 +18159,57 @@
         <v>233</v>
       </c>
       <c r="P248" s="4">
         <v>5</v>
       </c>
       <c r="Q248" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R248" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C249" s="8" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D249" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F249" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H249" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I249" s="4" t="s">
         <v>190</v>
       </c>
       <c r="J249" s="4" t="s">
         <v>764</v>
       </c>
       <c r="K249" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L249" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M249" s="4">
         <v>106</v>
       </c>
@@ -18525,57 +18525,57 @@
         <v>349</v>
       </c>
       <c r="P254" s="4">
         <v>5</v>
       </c>
       <c r="Q254" s="4" t="s">
         <v>52</v>
       </c>
       <c r="R254" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C255" s="8" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D255" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G255" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H255" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I255" s="4" t="s">
         <v>780</v>
       </c>
       <c r="J255" s="4" t="s">
         <v>780</v>
       </c>
       <c r="K255" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L255" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M255" s="4">
         <v>115</v>
       </c>
@@ -19699,51 +19699,51 @@
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C274" s="8" t="s">
         <v>619</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>620</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>621</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H274" s="4" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I274" s="4" t="s">
         <v>818</v>
       </c>
       <c r="J274" s="4" t="s">
         <v>818</v>
       </c>
       <c r="K274" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L274" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M274" s="4">
         <v>171</v>
       </c>
       <c r="N274" s="4">
         <v>75</v>
       </c>
       <c r="O274" s="4">
         <v>868</v>
       </c>
       <c r="P274" s="4">
         <v>15</v>
       </c>
@@ -20309,51 +20309,51 @@
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C284" s="8" t="s">
         <v>841</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>842</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>843</v>
       </c>
       <c r="F284" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G284" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H284" s="4" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I284" s="4" t="s">
         <v>844</v>
       </c>
       <c r="J284" s="4" t="s">
         <v>845</v>
       </c>
       <c r="K284" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L284" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M284" s="4">
         <v>196</v>
       </c>
       <c r="N284" s="4">
         <v>195</v>
       </c>
       <c r="O284" s="4">
         <v>11</v>
       </c>
       <c r="P284" s="4">
         <v>30</v>
       </c>
@@ -21038,51 +21038,51 @@
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C296" s="8" t="s">
         <v>861</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>862</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>863</v>
       </c>
       <c r="F296" s="3" t="s">
         <v>42</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>483</v>
+        <v>379</v>
       </c>
       <c r="H296" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I296" s="4" t="s">
         <v>864</v>
       </c>
       <c r="J296" s="4" t="s">
         <v>865</v>
       </c>
       <c r="K296" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L296" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M296" s="4">
         <v>265</v>
       </c>
       <c r="N296" s="4">
         <v>266</v>
       </c>
       <c r="O296" s="4">
         <v>4</v>
       </c>