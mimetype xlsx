--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -2856,51 +2856,51 @@
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>83</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>56</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M12" s="4">
         <v>21</v>
       </c>
       <c r="N12" s="4">
         <v>1040</v>
       </c>
       <c r="O12" s="4">
         <v>1968</v>
       </c>
@@ -2917,51 +2917,51 @@
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M13" s="4">
         <v>54</v>
       </c>
       <c r="N13" s="4">
         <v>1</v>
       </c>
       <c r="O13" s="4">
         <v>326</v>
       </c>
@@ -4686,51 +4686,51 @@
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>90</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>91</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M42" s="4">
         <v>54</v>
       </c>
       <c r="N42" s="4">
         <v>1</v>
       </c>
       <c r="O42" s="4">
         <v>329</v>
       </c>
@@ -4808,51 +4808,51 @@
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>221</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>222</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>224</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>37</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M44" s="4">
         <v>19</v>
       </c>
       <c r="N44" s="4">
         <v>11853</v>
       </c>
       <c r="O44" s="4">
         <v>46</v>
       </c>
@@ -6455,51 +6455,51 @@
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>90</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>91</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>307</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M71" s="4">
         <v>54</v>
       </c>
       <c r="N71" s="4">
         <v>742</v>
       </c>
       <c r="O71" s="4">
         <v>233</v>
       </c>
@@ -9564,51 +9564,51 @@
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="8" t="s">
         <v>428</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>429</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>430</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H122" s="4" t="s">
         <v>123</v>
       </c>
       <c r="I122" s="4" t="s">
         <v>431</v>
       </c>
       <c r="J122" s="4" t="s">
         <v>37</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M122" s="4">
         <v>156</v>
       </c>
       <c r="N122" s="4">
         <v>1</v>
       </c>
       <c r="O122" s="4">
         <v>0</v>
       </c>
@@ -9991,51 +9991,51 @@
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>446</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>447</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>448</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H129" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>449</v>
       </c>
       <c r="J129" s="4" t="s">
         <v>37</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M129" s="4">
         <v>189</v>
       </c>
       <c r="N129" s="4">
         <v>865</v>
       </c>
       <c r="O129" s="4">
         <v>115</v>
       </c>
@@ -10906,51 +10906,51 @@
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H144" s="4" t="s">
         <v>90</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>91</v>
       </c>
       <c r="J144" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M144" s="4">
         <v>54</v>
       </c>
       <c r="N144" s="4">
         <v>1</v>
       </c>
       <c r="O144" s="4">
         <v>427</v>
       </c>
@@ -11333,51 +11333,51 @@
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C151" s="8" t="s">
         <v>83</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H151" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I151" s="4" t="s">
         <v>86</v>
       </c>
       <c r="J151" s="4" t="s">
         <v>323</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M151" s="4">
         <v>21</v>
       </c>
       <c r="N151" s="4">
         <v>356</v>
       </c>
       <c r="O151" s="4">
         <v>1928</v>
       </c>
@@ -11821,51 +11821,51 @@
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C159" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H159" s="4" t="s">
         <v>90</v>
       </c>
       <c r="I159" s="4" t="s">
         <v>91</v>
       </c>
       <c r="J159" s="4" t="s">
         <v>521</v>
       </c>
       <c r="K159" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L159" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M159" s="4">
         <v>54</v>
       </c>
       <c r="N159" s="4">
         <v>1916</v>
       </c>
       <c r="O159" s="4">
         <v>0</v>
       </c>
@@ -12126,51 +12126,51 @@
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C164" s="8" t="s">
         <v>532</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>533</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>534</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H164" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I164" s="4" t="s">
         <v>107</v>
       </c>
       <c r="J164" s="4" t="s">
         <v>535</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L164" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M164" s="4">
         <v>98</v>
       </c>
       <c r="N164" s="4">
         <v>530</v>
       </c>
       <c r="O164" s="4">
         <v>993</v>
       </c>
@@ -12309,51 +12309,51 @@
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C167" s="8" t="s">
         <v>428</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>429</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>430</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>43</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H167" s="4" t="s">
         <v>123</v>
       </c>
       <c r="I167" s="4" t="s">
         <v>431</v>
       </c>
       <c r="J167" s="4" t="s">
         <v>37</v>
       </c>
       <c r="K167" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L167" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M167" s="4">
         <v>156</v>
       </c>
       <c r="N167" s="4">
         <v>1</v>
       </c>
       <c r="O167" s="4">
         <v>0</v>
       </c>
@@ -12492,51 +12492,51 @@
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C170" s="8" t="s">
         <v>544</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>545</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>546</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H170" s="4" t="s">
         <v>117</v>
       </c>
       <c r="I170" s="4" t="s">
         <v>547</v>
       </c>
       <c r="J170" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K170" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L170" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M170" s="4">
         <v>34</v>
       </c>
       <c r="N170" s="4">
         <v>4255</v>
       </c>
       <c r="O170" s="4">
         <v>1453</v>
       </c>