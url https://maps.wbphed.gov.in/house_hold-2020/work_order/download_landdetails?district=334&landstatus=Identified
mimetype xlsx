--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12703,51 +12703,51 @@
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C157" s="8" t="s">
         <v>561</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>563</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="H157" s="4" t="s">
         <v>152</v>
       </c>
       <c r="I157" s="4" t="s">
         <v>564</v>
       </c>
       <c r="J157" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M157" s="4">
         <v>2</v>
       </c>
       <c r="N157" s="4">
         <v>927</v>
       </c>
       <c r="O157" s="4">
         <v>441</v>
       </c>
@@ -12886,51 +12886,51 @@
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C160" s="8" t="s">
         <v>569</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>570</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>571</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>262</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="H160" s="4" t="s">
         <v>61</v>
       </c>
       <c r="I160" s="4" t="s">
         <v>572</v>
       </c>
       <c r="J160" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M160" s="4">
         <v>138</v>
       </c>
       <c r="N160" s="4">
         <v>1</v>
       </c>
       <c r="O160" s="4">
         <v>4001</v>
       </c>
@@ -22829,51 +22829,51 @@
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C323" s="8" t="s">
         <v>569</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>570</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>571</v>
       </c>
       <c r="F323" s="3" t="s">
         <v>262</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="H323" s="4" t="s">
         <v>61</v>
       </c>
       <c r="I323" s="4" t="s">
         <v>572</v>
       </c>
       <c r="J323" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K323" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L323" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M323" s="4">
         <v>138</v>
       </c>
       <c r="N323" s="4">
         <v>1</v>
       </c>
       <c r="O323" s="4">
         <v>9503</v>
       </c>
@@ -25757,51 +25757,51 @@
       <c r="T370" s="1"/>
       <c r="U370" s="1"/>
       <c r="V370" s="1"/>
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C371" s="8" t="s">
         <v>911</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>912</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F371" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="H371" s="4" t="s">
         <v>152</v>
       </c>
       <c r="I371" s="4" t="s">
         <v>914</v>
       </c>
       <c r="J371" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K371" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L371" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M371" s="4">
         <v>1</v>
       </c>
       <c r="N371" s="4">
         <v>1</v>
       </c>
       <c r="O371" s="4">
         <v>652</v>
       </c>