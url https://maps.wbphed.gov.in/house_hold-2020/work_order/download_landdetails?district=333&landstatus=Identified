--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -6715,51 +6715,51 @@
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M10" s="4">
         <v>9</v>
       </c>
       <c r="N10" s="4">
         <v>2549</v>
       </c>
       <c r="O10" s="4">
         <v>362</v>
       </c>
@@ -6959,51 +6959,51 @@
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>89</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M14" s="4">
         <v>0</v>
       </c>
       <c r="N14" s="4">
         <v>4758</v>
       </c>
       <c r="O14" s="4">
         <v>89</v>
       </c>
@@ -7508,51 +7508,51 @@
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M23" s="4">
         <v>14</v>
       </c>
       <c r="N23" s="4">
         <v>4109</v>
       </c>
       <c r="O23" s="4">
         <v>773</v>
       </c>
@@ -7630,51 +7630,51 @@
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>140</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>141</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>107</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M25" s="4">
         <v>150</v>
       </c>
       <c r="N25" s="4">
         <v>0</v>
       </c>
       <c r="O25" s="4">
         <v>0</v>
       </c>
@@ -7874,51 +7874,51 @@
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>157</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>158</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>159</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M29" s="4">
         <v>138</v>
       </c>
       <c r="N29" s="4">
         <v>0</v>
       </c>
       <c r="O29" s="4">
         <v>0</v>
       </c>
@@ -8423,51 +8423,51 @@
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>201</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>204</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>204</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M38" s="4">
         <v>84</v>
       </c>
       <c r="N38" s="4">
         <v>0</v>
       </c>
       <c r="O38" s="4">
         <v>0</v>
       </c>
@@ -9765,51 +9765,51 @@
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>296</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>170</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>298</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M60" s="4">
         <v>57</v>
       </c>
       <c r="N60" s="4">
         <v>8936</v>
       </c>
       <c r="O60" s="4">
         <v>1452</v>
       </c>
@@ -9826,51 +9826,51 @@
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>112</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>302</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>302</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M61" s="4">
         <v>5</v>
       </c>
       <c r="N61" s="4">
         <v>4622</v>
       </c>
       <c r="O61" s="4">
         <v>3914</v>
       </c>
@@ -10192,51 +10192,51 @@
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>325</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>55</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>327</v>
       </c>
       <c r="J67" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M67" s="4">
         <v>47</v>
       </c>
       <c r="N67" s="4">
         <v>98</v>
       </c>
       <c r="O67" s="4">
         <v>4623</v>
       </c>
@@ -10253,51 +10253,51 @@
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>329</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>170</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>331</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>331</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M68" s="4">
         <v>25</v>
       </c>
       <c r="N68" s="4">
         <v>11872</v>
       </c>
       <c r="O68" s="4">
         <v>2131</v>
       </c>
@@ -11351,51 +11351,51 @@
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>402</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>403</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H86" s="4" t="s">
         <v>405</v>
       </c>
       <c r="I86" s="4" t="s">
         <v>406</v>
       </c>
       <c r="J86" s="4" t="s">
         <v>406</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M86" s="4">
         <v>57</v>
       </c>
       <c r="N86" s="4">
         <v>2489</v>
       </c>
       <c r="O86" s="4">
         <v>635</v>
       </c>
@@ -12388,51 +12388,51 @@
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>476</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>477</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>478</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H103" s="4" t="s">
         <v>50</v>
       </c>
       <c r="I103" s="4" t="s">
         <v>479</v>
       </c>
       <c r="J103" s="4" t="s">
         <v>479</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M103" s="4">
         <v>21</v>
       </c>
       <c r="N103" s="4">
         <v>0</v>
       </c>
       <c r="O103" s="4">
         <v>0</v>
       </c>
@@ -12998,51 +12998,51 @@
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>510</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>511</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>512</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H113" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>513</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>513</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M113" s="4">
         <v>91</v>
       </c>
       <c r="N113" s="4">
         <v>573</v>
       </c>
       <c r="O113" s="4">
         <v>2578</v>
       </c>
@@ -13059,51 +13059,51 @@
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>514</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>515</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>516</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H114" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I114" s="4" t="s">
         <v>517</v>
       </c>
       <c r="J114" s="4" t="s">
         <v>517</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M114" s="4">
         <v>56</v>
       </c>
       <c r="N114" s="4">
         <v>28</v>
       </c>
       <c r="O114" s="4">
         <v>162</v>
       </c>
@@ -13120,51 +13120,51 @@
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>201</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H115" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I115" s="4" t="s">
         <v>204</v>
       </c>
       <c r="J115" s="4" t="s">
         <v>518</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M115" s="4">
         <v>84</v>
       </c>
       <c r="N115" s="4">
         <v>1589</v>
       </c>
       <c r="O115" s="4">
         <v>226</v>
       </c>
@@ -13974,51 +13974,51 @@
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>575</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>576</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>577</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H129" s="4" t="s">
         <v>405</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>578</v>
       </c>
       <c r="J129" s="4" t="s">
         <v>579</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M129" s="4">
         <v>2</v>
       </c>
       <c r="N129" s="4">
         <v>0</v>
       </c>
       <c r="O129" s="4">
         <v>0</v>
       </c>
@@ -14035,51 +14035,51 @@
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>580</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>581</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>582</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H130" s="4" t="s">
         <v>170</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>583</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>583</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M130" s="4">
         <v>49</v>
       </c>
       <c r="N130" s="4">
         <v>11174</v>
       </c>
       <c r="O130" s="4">
         <v>4168</v>
       </c>
@@ -14157,51 +14157,51 @@
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>589</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>590</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H132" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I132" s="4" t="s">
         <v>592</v>
       </c>
       <c r="J132" s="4" t="s">
         <v>592</v>
       </c>
       <c r="K132" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M132" s="4">
         <v>46</v>
       </c>
       <c r="N132" s="4">
         <v>1</v>
       </c>
       <c r="O132" s="4">
         <v>322</v>
       </c>
@@ -14462,51 +14462,51 @@
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
         <v>606</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>607</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>608</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H137" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I137" s="4" t="s">
         <v>609</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>610</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M137" s="4">
         <v>3</v>
       </c>
       <c r="N137" s="4">
         <v>0</v>
       </c>
       <c r="O137" s="4">
         <v>0</v>
       </c>
@@ -14950,51 +14950,51 @@
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
         <v>641</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>642</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>643</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H145" s="4" t="s">
         <v>170</v>
       </c>
       <c r="I145" s="4" t="s">
         <v>331</v>
       </c>
       <c r="J145" s="4" t="s">
         <v>331</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M145" s="4">
         <v>25</v>
       </c>
       <c r="N145" s="4">
         <v>14614</v>
       </c>
       <c r="O145" s="4">
         <v>2521</v>
       </c>
@@ -15072,51 +15072,51 @@
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>649</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>650</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>651</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H147" s="4" t="s">
         <v>405</v>
       </c>
       <c r="I147" s="4" t="s">
         <v>652</v>
       </c>
       <c r="J147" s="4" t="s">
         <v>652</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M147" s="4">
         <v>49</v>
       </c>
       <c r="N147" s="4">
         <v>0</v>
       </c>
       <c r="O147" s="4">
         <v>0</v>
       </c>
@@ -16109,51 +16109,51 @@
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C164" s="8" t="s">
         <v>714</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>715</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>716</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H164" s="4" t="s">
         <v>107</v>
       </c>
       <c r="I164" s="4" t="s">
         <v>717</v>
       </c>
       <c r="J164" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L164" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M164" s="4">
         <v>141</v>
       </c>
       <c r="N164" s="4">
         <v>1234</v>
       </c>
       <c r="O164" s="4">
         <v>1152</v>
       </c>
@@ -17268,51 +17268,51 @@
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C183" s="8" t="s">
         <v>201</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H183" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I183" s="4" t="s">
         <v>204</v>
       </c>
       <c r="J183" s="4" t="s">
         <v>518</v>
       </c>
       <c r="K183" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M183" s="4">
         <v>84</v>
       </c>
       <c r="N183" s="4">
         <v>0</v>
       </c>
       <c r="O183" s="4">
         <v>0</v>
       </c>
@@ -18305,51 +18305,51 @@
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C200" s="8" t="s">
         <v>854</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>855</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>856</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H200" s="4" t="s">
         <v>276</v>
       </c>
       <c r="I200" s="4" t="s">
         <v>857</v>
       </c>
       <c r="J200" s="4" t="s">
         <v>857</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M200" s="4">
         <v>104</v>
       </c>
       <c r="N200" s="4">
         <v>10327</v>
       </c>
       <c r="O200" s="4">
         <v>10867</v>
       </c>
@@ -19220,51 +19220,51 @@
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C215" s="8" t="s">
         <v>904</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>905</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>906</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H215" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I215" s="4" t="s">
         <v>907</v>
       </c>
       <c r="J215" s="4" t="s">
         <v>908</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L215" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M215" s="4">
         <v>70</v>
       </c>
       <c r="N215" s="4">
         <v>586</v>
       </c>
       <c r="O215" s="4">
         <v>111</v>
       </c>
@@ -20013,51 +20013,51 @@
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C228" s="8" t="s">
         <v>510</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>511</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>512</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H228" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I228" s="4" t="s">
         <v>513</v>
       </c>
       <c r="J228" s="4" t="s">
         <v>513</v>
       </c>
       <c r="K228" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L228" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M228" s="4">
         <v>91</v>
       </c>
       <c r="N228" s="4">
         <v>1226</v>
       </c>
       <c r="O228" s="4">
         <v>779</v>
       </c>
@@ -20867,51 +20867,51 @@
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C242" s="8" t="s">
         <v>992</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>993</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>994</v>
       </c>
       <c r="F242" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H242" s="4" t="s">
         <v>50</v>
       </c>
       <c r="I242" s="4" t="s">
         <v>995</v>
       </c>
       <c r="J242" s="4" t="s">
         <v>995</v>
       </c>
       <c r="K242" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L242" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M242" s="4">
         <v>85</v>
       </c>
       <c r="N242" s="4">
         <v>9628</v>
       </c>
       <c r="O242" s="4">
         <v>26</v>
       </c>
@@ -21477,51 +21477,51 @@
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C252" s="8" t="s">
         <v>1019</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="F252" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H252" s="4" t="s">
         <v>170</v>
       </c>
       <c r="I252" s="4" t="s">
         <v>1022</v>
       </c>
       <c r="J252" s="4" t="s">
         <v>1022</v>
       </c>
       <c r="K252" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L252" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M252" s="4">
         <v>77</v>
       </c>
       <c r="N252" s="4">
         <v>8045</v>
       </c>
       <c r="O252" s="4">
         <v>1210</v>
       </c>
@@ -23795,51 +23795,51 @@
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C290" s="8" t="s">
         <v>1144</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>1146</v>
       </c>
       <c r="F290" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H290" s="4" t="s">
         <v>405</v>
       </c>
       <c r="I290" s="4" t="s">
         <v>405</v>
       </c>
       <c r="J290" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K290" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L290" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M290" s="4">
         <v>80</v>
       </c>
       <c r="N290" s="4">
         <v>1258</v>
       </c>
       <c r="O290" s="4">
         <v>254</v>
       </c>
@@ -24222,51 +24222,51 @@
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C297" s="8" t="s">
         <v>1170</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="F297" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H297" s="4" t="s">
         <v>50</v>
       </c>
       <c r="I297" s="4" t="s">
         <v>995</v>
       </c>
       <c r="J297" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K297" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L297" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M297" s="4">
         <v>85</v>
       </c>
       <c r="N297" s="4">
         <v>1458</v>
       </c>
       <c r="O297" s="4">
         <v>325</v>
       </c>
@@ -24832,51 +24832,51 @@
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C307" s="8" t="s">
         <v>1203</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>1204</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="F307" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H307" s="4" t="s">
         <v>405</v>
       </c>
       <c r="I307" s="4" t="s">
         <v>1206</v>
       </c>
       <c r="J307" s="4" t="s">
         <v>1206</v>
       </c>
       <c r="K307" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L307" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M307" s="4">
         <v>97</v>
       </c>
       <c r="N307" s="4">
         <v>0</v>
       </c>
       <c r="O307" s="4">
         <v>0</v>
       </c>
@@ -25564,51 +25564,51 @@
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C319" s="8" t="s">
         <v>1249</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>1250</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>1251</v>
       </c>
       <c r="F319" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H319" s="4" t="s">
         <v>60</v>
       </c>
       <c r="I319" s="4" t="s">
         <v>1252</v>
       </c>
       <c r="J319" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K319" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L319" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M319" s="4">
         <v>1</v>
       </c>
       <c r="N319" s="4">
         <v>1478</v>
       </c>
       <c r="O319" s="4">
         <v>128</v>
       </c>
@@ -26052,51 +26052,51 @@
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C327" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F327" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H327" s="4" t="s">
         <v>112</v>
       </c>
       <c r="I327" s="4" t="s">
         <v>302</v>
       </c>
       <c r="J327" s="4" t="s">
         <v>302</v>
       </c>
       <c r="K327" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L327" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M327" s="4">
         <v>5</v>
       </c>
       <c r="N327" s="4">
         <v>28293</v>
       </c>
       <c r="O327" s="4">
         <v>8391</v>
       </c>
@@ -26540,51 +26540,51 @@
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C335" s="8" t="s">
         <v>1285</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="F335" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H335" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I335" s="4" t="s">
         <v>499</v>
       </c>
       <c r="J335" s="4" t="s">
         <v>500</v>
       </c>
       <c r="K335" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L335" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M335" s="4">
         <v>0</v>
       </c>
       <c r="N335" s="4">
         <v>3179</v>
       </c>
       <c r="O335" s="4">
         <v>4204</v>
       </c>
@@ -26601,51 +26601,51 @@
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C336" s="8" t="s">
         <v>1288</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="F336" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H336" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I336" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="J336" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="K336" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L336" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M336" s="4">
         <v>15</v>
       </c>
       <c r="N336" s="4">
         <v>0</v>
       </c>
       <c r="O336" s="4">
         <v>0</v>
       </c>
@@ -26662,51 +26662,51 @@
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C337" s="8" t="s">
         <v>1292</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="F337" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H337" s="4" t="s">
         <v>122</v>
       </c>
       <c r="I337" s="4" t="s">
         <v>1295</v>
       </c>
       <c r="J337" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K337" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L337" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M337" s="4">
         <v>55</v>
       </c>
       <c r="N337" s="4">
         <v>1234</v>
       </c>
       <c r="O337" s="4">
         <v>590</v>
       </c>
@@ -26845,51 +26845,51 @@
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C340" s="8" t="s">
         <v>476</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>477</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>478</v>
       </c>
       <c r="F340" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H340" s="4" t="s">
         <v>50</v>
       </c>
       <c r="I340" s="4" t="s">
         <v>479</v>
       </c>
       <c r="J340" s="4" t="s">
         <v>479</v>
       </c>
       <c r="K340" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L340" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M340" s="4">
         <v>21</v>
       </c>
       <c r="N340" s="4">
         <v>0</v>
       </c>
       <c r="O340" s="4">
         <v>0</v>
       </c>
@@ -26906,51 +26906,51 @@
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C341" s="8" t="s">
         <v>140</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>141</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F341" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H341" s="4" t="s">
         <v>107</v>
       </c>
       <c r="I341" s="4" t="s">
         <v>143</v>
       </c>
       <c r="J341" s="4" t="s">
         <v>143</v>
       </c>
       <c r="K341" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L341" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M341" s="4">
         <v>150</v>
       </c>
       <c r="N341" s="4">
         <v>0</v>
       </c>
       <c r="O341" s="4">
         <v>0</v>
       </c>
@@ -27394,51 +27394,51 @@
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C349" s="8" t="s">
         <v>1327</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>1328</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="F349" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H349" s="4" t="s">
         <v>238</v>
       </c>
       <c r="I349" s="4" t="s">
         <v>1330</v>
       </c>
       <c r="J349" s="4" t="s">
         <v>1331</v>
       </c>
       <c r="K349" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L349" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M349" s="4">
         <v>40</v>
       </c>
       <c r="N349" s="4">
         <v>3179</v>
       </c>
       <c r="O349" s="4">
         <v>1045</v>
       </c>
@@ -30139,51 +30139,51 @@
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C394" s="8" t="s">
         <v>1463</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>1464</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>1465</v>
       </c>
       <c r="F394" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H394" s="4" t="s">
         <v>160</v>
       </c>
       <c r="I394" s="4" t="s">
         <v>1466</v>
       </c>
       <c r="J394" s="4" t="s">
         <v>1466</v>
       </c>
       <c r="K394" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L394" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M394" s="4">
         <v>137</v>
       </c>
       <c r="N394" s="4">
         <v>0</v>
       </c>
       <c r="O394" s="4">
         <v>0</v>
       </c>
@@ -31115,51 +31115,51 @@
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C410" s="8" t="s">
         <v>1494</v>
       </c>
       <c r="D410" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="E410" s="3" t="s">
         <v>1496</v>
       </c>
       <c r="F410" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H410" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I410" s="4" t="s">
         <v>840</v>
       </c>
       <c r="J410" s="4" t="s">
         <v>1497</v>
       </c>
       <c r="K410" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L410" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M410" s="4">
         <v>85</v>
       </c>
       <c r="N410" s="4">
         <v>2394</v>
       </c>
       <c r="O410" s="4">
         <v>659</v>
       </c>
@@ -31725,51 +31725,51 @@
       <c r="T419" s="1"/>
       <c r="U419" s="1"/>
       <c r="V419" s="1"/>
       <c r="W419" s="1"/>
     </row>
     <row r="420" spans="1:23">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C420" s="8" t="s">
         <v>641</v>
       </c>
       <c r="D420" s="3" t="s">
         <v>642</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>643</v>
       </c>
       <c r="F420" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H420" s="4" t="s">
         <v>170</v>
       </c>
       <c r="I420" s="4" t="s">
         <v>331</v>
       </c>
       <c r="J420" s="4" t="s">
         <v>331</v>
       </c>
       <c r="K420" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L420" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M420" s="4">
         <v>25</v>
       </c>
       <c r="N420" s="4">
         <v>12795</v>
       </c>
       <c r="O420" s="4">
         <v>2533</v>
       </c>
@@ -33128,51 +33128,51 @@
       <c r="T442" s="1"/>
       <c r="U442" s="1"/>
       <c r="V442" s="1"/>
       <c r="W442" s="1"/>
     </row>
     <row r="443" spans="1:23">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C443" s="8" t="s">
         <v>1581</v>
       </c>
       <c r="D443" s="3" t="s">
         <v>1582</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>1583</v>
       </c>
       <c r="F443" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H443" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I443" s="4" t="s">
         <v>1202</v>
       </c>
       <c r="J443" s="4" t="s">
         <v>1202</v>
       </c>
       <c r="K443" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L443" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M443" s="4">
         <v>89</v>
       </c>
       <c r="N443" s="4">
         <v>25029</v>
       </c>
       <c r="O443" s="4">
         <v>4506</v>
       </c>
@@ -33250,51 +33250,51 @@
       <c r="T444" s="1"/>
       <c r="U444" s="1"/>
       <c r="V444" s="1"/>
       <c r="W444" s="1"/>
     </row>
     <row r="445" spans="1:23">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C445" s="8" t="s">
         <v>1589</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>1590</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>1591</v>
       </c>
       <c r="F445" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H445" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I445" s="4" t="s">
         <v>1592</v>
       </c>
       <c r="J445" s="4" t="s">
         <v>1592</v>
       </c>
       <c r="K445" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L445" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M445" s="4">
         <v>52</v>
       </c>
       <c r="N445" s="4">
         <v>0</v>
       </c>
       <c r="O445" s="4">
         <v>0</v>
       </c>
@@ -34348,51 +34348,51 @@
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
     </row>
     <row r="463" spans="1:23">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C463" s="8" t="s">
         <v>606</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>607</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>608</v>
       </c>
       <c r="F463" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H463" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I463" s="4" t="s">
         <v>609</v>
       </c>
       <c r="J463" s="4" t="s">
         <v>1639</v>
       </c>
       <c r="K463" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L463" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M463" s="4">
         <v>3</v>
       </c>
       <c r="N463" s="4">
         <v>0</v>
       </c>
       <c r="O463" s="4">
         <v>0</v>
       </c>
@@ -34897,51 +34897,51 @@
       <c r="T471" s="1"/>
       <c r="U471" s="1"/>
       <c r="V471" s="1"/>
       <c r="W471" s="1"/>
     </row>
     <row r="472" spans="1:23">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C472" s="8" t="s">
         <v>1661</v>
       </c>
       <c r="D472" s="3" t="s">
         <v>1662</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>1663</v>
       </c>
       <c r="F472" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H472" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I472" s="4" t="s">
         <v>1664</v>
       </c>
       <c r="J472" s="4" t="s">
         <v>1665</v>
       </c>
       <c r="K472" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L472" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M472" s="4">
         <v>0</v>
       </c>
       <c r="N472" s="4">
         <v>8822</v>
       </c>
       <c r="O472" s="4">
         <v>143</v>
       </c>
@@ -35080,51 +35080,51 @@
       <c r="T474" s="1"/>
       <c r="U474" s="1"/>
       <c r="V474" s="1"/>
       <c r="W474" s="1"/>
     </row>
     <row r="475" spans="1:23">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C475" s="8" t="s">
         <v>1677</v>
       </c>
       <c r="D475" s="3" t="s">
         <v>1678</v>
       </c>
       <c r="E475" s="3" t="s">
         <v>1679</v>
       </c>
       <c r="F475" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H475" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I475" s="4" t="s">
         <v>1680</v>
       </c>
       <c r="J475" s="4" t="s">
         <v>1681</v>
       </c>
       <c r="K475" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L475" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M475" s="4">
         <v>81</v>
       </c>
       <c r="N475" s="4">
         <v>8832</v>
       </c>
       <c r="O475" s="4">
         <v>456</v>
       </c>
@@ -35324,51 +35324,51 @@
       <c r="T478" s="1"/>
       <c r="U478" s="1"/>
       <c r="V478" s="1"/>
       <c r="W478" s="1"/>
     </row>
     <row r="479" spans="1:23">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C479" s="8" t="s">
         <v>1288</v>
       </c>
       <c r="D479" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="E479" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="F479" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H479" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I479" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="J479" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="K479" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L479" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M479" s="4">
         <v>15</v>
       </c>
       <c r="N479" s="4">
         <v>0</v>
       </c>
       <c r="O479" s="4">
         <v>0</v>
       </c>
@@ -35385,51 +35385,51 @@
       <c r="T479" s="1"/>
       <c r="U479" s="1"/>
       <c r="V479" s="1"/>
       <c r="W479" s="1"/>
     </row>
     <row r="480" spans="1:23">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C480" s="8" t="s">
         <v>1691</v>
       </c>
       <c r="D480" s="3" t="s">
         <v>1692</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>1693</v>
       </c>
       <c r="F480" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H480" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I480" s="4" t="s">
         <v>1694</v>
       </c>
       <c r="J480" s="4" t="s">
         <v>1695</v>
       </c>
       <c r="K480" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L480" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M480" s="4">
         <v>51</v>
       </c>
       <c r="N480" s="4">
         <v>2189</v>
       </c>
       <c r="O480" s="4">
         <v>226</v>
       </c>
@@ -35568,51 +35568,51 @@
       <c r="T482" s="1"/>
       <c r="U482" s="1"/>
       <c r="V482" s="1"/>
       <c r="W482" s="1"/>
     </row>
     <row r="483" spans="1:23">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C483" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D483" s="3" t="s">
         <v>133</v>
       </c>
       <c r="E483" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F483" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H483" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I483" s="4" t="s">
         <v>135</v>
       </c>
       <c r="J483" s="4" t="s">
         <v>135</v>
       </c>
       <c r="K483" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L483" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M483" s="4">
         <v>14</v>
       </c>
       <c r="N483" s="4">
         <v>4109</v>
       </c>
       <c r="O483" s="4">
         <v>658</v>
       </c>
@@ -35873,51 +35873,51 @@
       <c r="T487" s="1"/>
       <c r="U487" s="1"/>
       <c r="V487" s="1"/>
       <c r="W487" s="1"/>
     </row>
     <row r="488" spans="1:23">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C488" s="8" t="s">
         <v>1710</v>
       </c>
       <c r="D488" s="3" t="s">
         <v>1711</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>1712</v>
       </c>
       <c r="F488" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H488" s="4" t="s">
         <v>405</v>
       </c>
       <c r="I488" s="4" t="s">
         <v>1713</v>
       </c>
       <c r="J488" s="4" t="s">
         <v>1713</v>
       </c>
       <c r="K488" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L488" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M488" s="4">
         <v>98</v>
       </c>
       <c r="N488" s="4">
         <v>0</v>
       </c>
       <c r="O488" s="4">
         <v>0</v>
       </c>
@@ -36422,51 +36422,51 @@
       <c r="T496" s="1"/>
       <c r="U496" s="1"/>
       <c r="V496" s="1"/>
       <c r="W496" s="1"/>
     </row>
     <row r="497" spans="1:23">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C497" s="8" t="s">
         <v>1736</v>
       </c>
       <c r="D497" s="3" t="s">
         <v>1737</v>
       </c>
       <c r="E497" s="3" t="s">
         <v>1738</v>
       </c>
       <c r="F497" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H497" s="4" t="s">
         <v>160</v>
       </c>
       <c r="I497" s="4" t="s">
         <v>1739</v>
       </c>
       <c r="J497" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K497" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L497" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M497" s="4">
         <v>129</v>
       </c>
       <c r="N497" s="4">
         <v>1971</v>
       </c>
       <c r="O497" s="4">
         <v>1822</v>
       </c>
@@ -37825,51 +37825,51 @@
       <c r="T519" s="1"/>
       <c r="U519" s="1"/>
       <c r="V519" s="1"/>
       <c r="W519" s="1"/>
     </row>
     <row r="520" spans="1:23">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C520" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D520" s="3" t="s">
         <v>300</v>
       </c>
       <c r="E520" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F520" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G520" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H520" s="4" t="s">
         <v>112</v>
       </c>
       <c r="I520" s="4" t="s">
         <v>302</v>
       </c>
       <c r="J520" s="4" t="s">
         <v>302</v>
       </c>
       <c r="K520" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L520" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M520" s="4">
         <v>5</v>
       </c>
       <c r="N520" s="4">
         <v>2478</v>
       </c>
       <c r="O520" s="4">
         <v>3738</v>
       </c>
@@ -38252,51 +38252,51 @@
       <c r="T526" s="1"/>
       <c r="U526" s="1"/>
       <c r="V526" s="1"/>
       <c r="W526" s="1"/>
     </row>
     <row r="527" spans="1:23">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C527" s="8" t="s">
         <v>1810</v>
       </c>
       <c r="D527" s="3" t="s">
         <v>1811</v>
       </c>
       <c r="E527" s="3" t="s">
         <v>1812</v>
       </c>
       <c r="F527" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G527" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H527" s="4" t="s">
         <v>92</v>
       </c>
       <c r="I527" s="4" t="s">
         <v>195</v>
       </c>
       <c r="J527" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K527" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L527" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M527" s="4">
         <v>66</v>
       </c>
       <c r="N527" s="4">
         <v>1254</v>
       </c>
       <c r="O527" s="4">
         <v>68</v>
       </c>
@@ -39350,51 +39350,51 @@
       <c r="T544" s="1"/>
       <c r="U544" s="1"/>
       <c r="V544" s="1"/>
       <c r="W544" s="1"/>
     </row>
     <row r="545" spans="1:23">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C545" s="8" t="s">
         <v>1589</v>
       </c>
       <c r="D545" s="3" t="s">
         <v>1590</v>
       </c>
       <c r="E545" s="3" t="s">
         <v>1591</v>
       </c>
       <c r="F545" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G545" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H545" s="4" t="s">
         <v>36</v>
       </c>
       <c r="I545" s="4" t="s">
         <v>1592</v>
       </c>
       <c r="J545" s="4" t="s">
         <v>1858</v>
       </c>
       <c r="K545" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L545" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M545" s="4">
         <v>52</v>
       </c>
       <c r="N545" s="4">
         <v>0</v>
       </c>
       <c r="O545" s="4">
         <v>0</v>
       </c>
@@ -39411,51 +39411,51 @@
       <c r="T545" s="1"/>
       <c r="U545" s="1"/>
       <c r="V545" s="1"/>
       <c r="W545" s="1"/>
     </row>
     <row r="546" spans="1:23">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C546" s="8" t="s">
         <v>1859</v>
       </c>
       <c r="D546" s="3" t="s">
         <v>1860</v>
       </c>
       <c r="E546" s="3" t="s">
         <v>1861</v>
       </c>
       <c r="F546" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H546" s="4" t="s">
         <v>958</v>
       </c>
       <c r="I546" s="4" t="s">
         <v>1862</v>
       </c>
       <c r="J546" s="4" t="s">
         <v>1863</v>
       </c>
       <c r="K546" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L546" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M546" s="4">
         <v>0</v>
       </c>
       <c r="N546" s="4">
         <v>124</v>
       </c>
       <c r="O546" s="4">
         <v>652</v>
       </c>
@@ -39594,51 +39594,51 @@
       <c r="T548" s="1"/>
       <c r="U548" s="1"/>
       <c r="V548" s="1"/>
       <c r="W548" s="1"/>
     </row>
     <row r="549" spans="1:23">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C549" s="8" t="s">
         <v>1867</v>
       </c>
       <c r="D549" s="3" t="s">
         <v>1868</v>
       </c>
       <c r="E549" s="3" t="s">
         <v>1869</v>
       </c>
       <c r="F549" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H549" s="4" t="s">
         <v>44</v>
       </c>
       <c r="I549" s="4" t="s">
         <v>1870</v>
       </c>
       <c r="J549" s="4" t="s">
         <v>1871</v>
       </c>
       <c r="K549" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L549" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M549" s="4">
         <v>22</v>
       </c>
       <c r="N549" s="4">
         <v>4487</v>
       </c>
       <c r="O549" s="4">
         <v>332</v>
       </c>
@@ -39655,51 +39655,51 @@
       <c r="T549" s="1"/>
       <c r="U549" s="1"/>
       <c r="V549" s="1"/>
       <c r="W549" s="1"/>
     </row>
     <row r="550" spans="1:23">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C550" s="8" t="s">
         <v>1859</v>
       </c>
       <c r="D550" s="3" t="s">
         <v>1860</v>
       </c>
       <c r="E550" s="3" t="s">
         <v>1861</v>
       </c>
       <c r="F550" s="3" t="s">
         <v>34</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H550" s="4" t="s">
         <v>958</v>
       </c>
       <c r="I550" s="4" t="s">
         <v>1862</v>
       </c>
       <c r="J550" s="4" t="s">
         <v>1872</v>
       </c>
       <c r="K550" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L550" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M550" s="4">
         <v>0</v>
       </c>
       <c r="N550" s="4">
         <v>1</v>
       </c>
       <c r="O550" s="4">
         <v>595</v>
       </c>