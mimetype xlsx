--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -6217,51 +6217,51 @@
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>313</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>115</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>315</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="4">
         <v>179</v>
       </c>
       <c r="N61" s="4">
         <v>0</v>
       </c>
       <c r="O61" s="4">
         <v>924</v>
       </c>
@@ -6339,51 +6339,51 @@
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>326</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="4">
         <v>145</v>
       </c>
       <c r="N63" s="4">
         <v>3232</v>
       </c>
       <c r="O63" s="4">
         <v>360</v>
       </c>
@@ -6400,51 +6400,51 @@
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H64" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>327</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="4">
         <v>145</v>
       </c>
       <c r="N64" s="4">
         <v>2849</v>
       </c>
       <c r="O64" s="4">
         <v>163</v>
       </c>
@@ -7315,51 +7315,51 @@
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J79" s="4" t="s">
         <v>385</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="4">
         <v>145</v>
       </c>
       <c r="N79" s="4">
         <v>3618</v>
       </c>
       <c r="O79" s="4">
         <v>135</v>
       </c>
@@ -7498,51 +7498,51 @@
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>395</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>396</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H82" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>398</v>
       </c>
       <c r="J82" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M82" s="4">
         <v>13</v>
       </c>
       <c r="N82" s="4">
         <v>1</v>
       </c>
       <c r="O82" s="4">
         <v>115</v>
       </c>
@@ -8047,51 +8047,51 @@
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>436</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>437</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H91" s="4" t="s">
         <v>115</v>
       </c>
       <c r="I91" s="4" t="s">
         <v>155</v>
       </c>
       <c r="J91" s="4" t="s">
         <v>439</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="4">
         <v>159</v>
       </c>
       <c r="N91" s="4">
         <v>7215</v>
       </c>
       <c r="O91" s="4">
         <v>246</v>
       </c>
@@ -8718,51 +8718,51 @@
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>480</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>481</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>482</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H102" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I102" s="4" t="s">
         <v>255</v>
       </c>
       <c r="J102" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M102" s="4">
         <v>17</v>
       </c>
       <c r="N102" s="4">
         <v>2144</v>
       </c>
       <c r="O102" s="4">
         <v>1282</v>
       </c>
@@ -9145,51 +9145,51 @@
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>513</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H109" s="4" t="s">
         <v>125</v>
       </c>
       <c r="I109" s="4" t="s">
         <v>516</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M109" s="4">
         <v>76</v>
       </c>
       <c r="N109" s="4">
         <v>0</v>
       </c>
       <c r="O109" s="4">
         <v>433</v>
       </c>
@@ -9389,51 +9389,51 @@
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>526</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>527</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>528</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H113" s="4" t="s">
         <v>150</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>259</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M113" s="4">
         <v>30</v>
       </c>
       <c r="N113" s="4">
         <v>6423</v>
       </c>
       <c r="O113" s="4">
         <v>3809</v>
       </c>
@@ -9511,51 +9511,51 @@
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>535</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>536</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>537</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H115" s="4" t="s">
         <v>115</v>
       </c>
       <c r="I115" s="4" t="s">
         <v>538</v>
       </c>
       <c r="J115" s="4" t="s">
         <v>539</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M115" s="4">
         <v>140</v>
       </c>
       <c r="N115" s="4">
         <v>775</v>
       </c>
       <c r="O115" s="4">
         <v>145</v>
       </c>
@@ -10426,51 +10426,51 @@
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>593</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>594</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H130" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>596</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>597</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="4">
         <v>289</v>
       </c>
       <c r="N130" s="4">
         <v>1349</v>
       </c>
       <c r="O130" s="4">
         <v>816</v>
       </c>
@@ -10731,51 +10731,51 @@
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>609</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>610</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I135" s="4" t="s">
         <v>612</v>
       </c>
       <c r="J135" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K135" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M135" s="4">
         <v>36</v>
       </c>
       <c r="N135" s="4">
         <v>1758</v>
       </c>
       <c r="O135" s="4">
         <v>902</v>
       </c>
@@ -11463,51 +11463,51 @@
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>650</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>651</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>652</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H147" s="4" t="s">
         <v>150</v>
       </c>
       <c r="I147" s="4" t="s">
         <v>653</v>
       </c>
       <c r="J147" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M147" s="4">
         <v>3</v>
       </c>
       <c r="N147" s="4">
         <v>3190</v>
       </c>
       <c r="O147" s="4">
         <v>2689</v>
       </c>
@@ -12317,51 +12317,51 @@
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>703</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>704</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>705</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H161" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I161" s="4" t="s">
         <v>706</v>
       </c>
       <c r="J161" s="4" t="s">
         <v>707</v>
       </c>
       <c r="K161" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M161" s="4">
         <v>0</v>
       </c>
       <c r="N161" s="4">
         <v>4414</v>
       </c>
       <c r="O161" s="4">
         <v>1160</v>
       </c>