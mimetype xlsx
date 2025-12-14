--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -309,50 +309,53 @@
   <si>
     <t>Ratua Zone-I Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/011269,SM/14098)</t>
   </si>
   <si>
     <t>TSM/011269</t>
   </si>
   <si>
     <t>SM/14098</t>
   </si>
   <si>
     <t>Ratua-I</t>
   </si>
   <si>
     <t>Talparanpur</t>
   </si>
   <si>
     <t>BANGRUA PWSS(TSM/013018,SM/12193)</t>
   </si>
   <si>
     <t>TSM/013018</t>
   </si>
   <si>
     <t>SM/12193</t>
   </si>
   <si>
+    <t>SVS</t>
+  </si>
+  <si>
     <t>Harischandrapur-I</t>
   </si>
   <si>
     <t>Bangrua</t>
   </si>
   <si>
     <t>Source Augmentation of Rajarampur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/012802,SM/12305)</t>
   </si>
   <si>
     <t>TSM/012802</t>
   </si>
   <si>
     <t>SM/12305</t>
   </si>
   <si>
     <t>Khochakandar</t>
   </si>
   <si>
     <t>Sub Surface Water based Piped Water Supply Scheme from Tangon &amp; Punarbhaba River for Fluoride affected areas of Bamangola Block(TSM/017908,SM/18685)</t>
   </si>
   <si>
     <t>TSM/017908</t>
   </si>
   <si>
     <t>SM/18685</t>
@@ -838,53 +841,50 @@
     <t>Pema</t>
   </si>
   <si>
     <t>Choupaldanga pipe water Supply Scheme(TSM/011833,SM/12076)</t>
   </si>
   <si>
     <t>TSM/011833</t>
   </si>
   <si>
     <t>SM/12076</t>
   </si>
   <si>
     <t>Parashtola</t>
   </si>
   <si>
     <t>Mouja-Paroshtola,JL No- 42, Plot No: 219/373 , (0.24), kahtian no.- 892</t>
   </si>
   <si>
     <t>RAJARAM CHAK PIPED WATER SUPPLY SCHEME(TSM/013552,SM/14461)</t>
   </si>
   <si>
     <t>TSM/013552</t>
   </si>
   <si>
     <t>SM/14461</t>
-  </si>
-[...1 lines deleted...]
-    <t>SVS</t>
   </si>
   <si>
     <t>Rajaram Chak</t>
   </si>
   <si>
     <t>rajaramchak</t>
   </si>
   <si>
     <t>Alal Zone-I Piped Water Supply Scheme(TSM/011887,SM/12075)</t>
   </si>
   <si>
     <t>TSM/011887</t>
   </si>
   <si>
     <t>SM/12075</t>
   </si>
   <si>
     <t>Pahari Bhita</t>
   </si>
   <si>
     <t>pahari bhita</t>
   </si>
   <si>
     <t>Source Augmentation of Nemua Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016470,SM/15102)</t>
   </si>
@@ -3411,2308 +3411,2308 @@
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>95</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I15" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="4">
         <v>112</v>
       </c>
       <c r="N15" s="4">
         <v>0</v>
       </c>
       <c r="O15" s="4">
         <v>404</v>
       </c>
       <c r="P15" s="4">
         <v>3</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R15" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I16" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="4">
         <v>19</v>
       </c>
       <c r="N16" s="4">
         <v>2888</v>
       </c>
       <c r="O16" s="4">
         <v>632</v>
       </c>
       <c r="P16" s="4">
         <v>3</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R16" s="10" t="s">
         <v>83</v>
       </c>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I17" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J17" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="4">
         <v>31</v>
       </c>
       <c r="N17" s="4">
         <v>703</v>
       </c>
       <c r="O17" s="4">
         <v>269</v>
       </c>
       <c r="P17" s="4">
         <v>100</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R17" s="10" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I18" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M18" s="4">
         <v>118</v>
       </c>
       <c r="N18" s="4">
         <v>0</v>
       </c>
       <c r="O18" s="4">
         <v>6</v>
       </c>
       <c r="P18" s="4">
         <v>33</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R18" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M19" s="4">
         <v>172</v>
       </c>
       <c r="N19" s="4">
         <v>1</v>
       </c>
       <c r="O19" s="4">
         <v>973</v>
       </c>
       <c r="P19" s="4">
         <v>33</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R19" s="10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I20" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J20" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M20" s="4">
         <v>103</v>
       </c>
       <c r="N20" s="4">
         <v>5844</v>
       </c>
       <c r="O20" s="4">
         <v>835</v>
       </c>
       <c r="P20" s="4">
         <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R20" s="10" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I21" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="4">
         <v>30</v>
       </c>
       <c r="N21" s="4">
         <v>654</v>
       </c>
       <c r="O21" s="4">
         <v>283</v>
       </c>
       <c r="P21" s="4">
         <v>3</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R21" s="10" t="s">
         <v>83</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J22" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M22" s="4">
         <v>94</v>
       </c>
       <c r="N22" s="4">
         <v>423</v>
       </c>
       <c r="O22" s="4">
         <v>403</v>
       </c>
       <c r="P22" s="4">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R22" s="10" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I23" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J23" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="4">
         <v>72</v>
       </c>
       <c r="N23" s="4">
         <v>1420</v>
       </c>
       <c r="O23" s="4">
         <v>236</v>
       </c>
       <c r="P23" s="4">
         <v>35</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R23" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I24" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="4">
         <v>66</v>
       </c>
       <c r="N24" s="4">
         <v>0</v>
       </c>
       <c r="O24" s="4">
         <v>391</v>
       </c>
       <c r="P24" s="4">
         <v>3</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R24" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H25" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I25" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="4">
         <v>5</v>
       </c>
       <c r="N25" s="4">
         <v>10224</v>
       </c>
       <c r="O25" s="4">
         <v>3270</v>
       </c>
       <c r="P25" s="4">
         <v>35</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R25" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I26" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="4">
         <v>159</v>
       </c>
       <c r="N26" s="4">
         <v>0</v>
       </c>
       <c r="O26" s="4">
         <v>1377</v>
       </c>
       <c r="P26" s="4">
         <v>32</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R26" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I27" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="4">
         <v>155</v>
       </c>
       <c r="N27" s="4">
         <v>703</v>
       </c>
       <c r="O27" s="4">
         <v>271</v>
       </c>
       <c r="P27" s="4">
         <v>3</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R27" s="10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I28" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J28" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="4">
         <v>109</v>
       </c>
       <c r="N28" s="4">
         <v>5837</v>
       </c>
       <c r="O28" s="4">
         <v>2117</v>
       </c>
       <c r="P28" s="4">
         <v>8</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R28" s="10" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I29" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="4">
         <v>14</v>
       </c>
       <c r="N29" s="4">
         <v>733</v>
       </c>
       <c r="O29" s="4">
         <v>144</v>
       </c>
       <c r="P29" s="4">
         <v>3</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R29" s="10" t="s">
         <v>83</v>
       </c>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I30" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J30" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="4">
         <v>126</v>
       </c>
       <c r="N30" s="4">
         <v>1920</v>
       </c>
       <c r="O30" s="4">
         <v>2124</v>
       </c>
       <c r="P30" s="4">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R30" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I31" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J31" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="4">
         <v>124</v>
       </c>
       <c r="N31" s="4">
         <v>19862</v>
       </c>
       <c r="O31" s="4">
         <v>791</v>
       </c>
       <c r="P31" s="4">
         <v>10</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R31" s="10" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I32" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J32" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M32" s="4">
         <v>124</v>
       </c>
       <c r="N32" s="4">
         <v>1</v>
       </c>
       <c r="O32" s="4">
         <v>34</v>
       </c>
       <c r="P32" s="4">
         <v>21</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R32" s="10" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I33" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J33" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="4">
         <v>20</v>
       </c>
       <c r="N33" s="4">
         <v>1132</v>
       </c>
       <c r="O33" s="4">
         <v>327</v>
       </c>
       <c r="P33" s="4">
         <v>37</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R33" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I34" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J34" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="4">
         <v>287</v>
       </c>
       <c r="N34" s="4">
         <v>1379</v>
       </c>
       <c r="O34" s="4">
         <v>41</v>
       </c>
       <c r="P34" s="4">
         <v>8</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R34" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M35" s="4">
         <v>38</v>
       </c>
       <c r="N35" s="4">
         <v>1</v>
       </c>
       <c r="O35" s="4">
         <v>346</v>
       </c>
       <c r="P35" s="4">
         <v>30</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R35" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I36" s="4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J36" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="4">
         <v>12</v>
       </c>
       <c r="N36" s="4">
         <v>3485</v>
       </c>
       <c r="O36" s="4">
         <v>352</v>
       </c>
       <c r="P36" s="4">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R36" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I37" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="4">
         <v>88</v>
       </c>
       <c r="N37" s="4">
         <v>81</v>
       </c>
       <c r="O37" s="4">
         <v>246</v>
       </c>
       <c r="P37" s="4">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R37" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I38" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J38" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="4">
         <v>36</v>
       </c>
       <c r="N38" s="4">
         <v>1296</v>
       </c>
       <c r="O38" s="4">
         <v>230</v>
       </c>
       <c r="P38" s="4">
         <v>3</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R38" s="10" t="s">
         <v>89</v>
       </c>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>93</v>
       </c>
       <c r="I39" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K39" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="4">
         <v>13</v>
       </c>
       <c r="N39" s="4">
         <v>366</v>
       </c>
       <c r="O39" s="4">
         <v>2099</v>
       </c>
       <c r="P39" s="4">
         <v>5</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R39" s="10" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I40" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J40" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M40" s="4">
         <v>58</v>
       </c>
       <c r="N40" s="4">
         <v>1</v>
       </c>
       <c r="O40" s="4">
         <v>0</v>
       </c>
       <c r="P40" s="4">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R40" s="10" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I41" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J41" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="4">
         <v>11</v>
       </c>
       <c r="N41" s="4">
         <v>1875</v>
       </c>
       <c r="O41" s="4">
         <v>175</v>
       </c>
       <c r="P41" s="4">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R41" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H42" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I42" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J42" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M42" s="4">
         <v>138</v>
       </c>
       <c r="N42" s="4">
         <v>3093</v>
       </c>
       <c r="O42" s="4">
         <v>139</v>
       </c>
       <c r="P42" s="4">
         <v>26</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R42" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I43" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J43" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="4">
         <v>155</v>
       </c>
       <c r="N43" s="4">
         <v>5587</v>
       </c>
       <c r="O43" s="4">
         <v>901</v>
       </c>
       <c r="P43" s="4">
         <v>30</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R43" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I44" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="4">
         <v>101</v>
       </c>
       <c r="N44" s="4">
         <v>1419</v>
       </c>
       <c r="O44" s="4">
         <v>822</v>
       </c>
       <c r="P44" s="4">
         <v>3</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R44" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>93</v>
       </c>
       <c r="I45" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M45" s="4">
         <v>60</v>
       </c>
       <c r="N45" s="4">
         <v>1</v>
       </c>
       <c r="O45" s="4">
         <v>119</v>
       </c>
       <c r="P45" s="4">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R45" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I46" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J46" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="4">
         <v>55</v>
       </c>
       <c r="N46" s="4">
         <v>0</v>
       </c>
       <c r="O46" s="4">
         <v>556</v>
       </c>
       <c r="P46" s="4">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R46" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I47" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M47" s="4">
         <v>223</v>
       </c>
       <c r="N47" s="4">
         <v>1</v>
       </c>
       <c r="O47" s="4">
         <v>16</v>
       </c>
       <c r="P47" s="4">
         <v>30</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R47" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H48" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I48" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="4">
         <v>30</v>
       </c>
       <c r="N48" s="4">
         <v>5033</v>
       </c>
       <c r="O48" s="4">
         <v>4582</v>
       </c>
       <c r="P48" s="4">
         <v>33</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R48" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I49" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J49" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="4">
         <v>33</v>
       </c>
       <c r="N49" s="4">
         <v>0</v>
       </c>
       <c r="O49" s="4">
         <v>87</v>
       </c>
       <c r="P49" s="4">
         <v>3</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R49" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I50" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J50" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="4">
         <v>29</v>
       </c>
       <c r="N50" s="4">
         <v>0</v>
       </c>
       <c r="O50" s="4">
         <v>282</v>
       </c>
       <c r="P50" s="4">
         <v>3</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R50" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I51" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J51" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="4">
         <v>42</v>
       </c>
       <c r="N51" s="4">
         <v>892</v>
       </c>
       <c r="O51" s="4">
         <v>219</v>
       </c>
       <c r="P51" s="4">
         <v>24</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R51" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>276</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>277</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="4">
         <v>10</v>
       </c>
       <c r="N52" s="4">
         <v>2157</v>
       </c>
       <c r="O52" s="4">
         <v>535</v>
       </c>
@@ -5799,51 +5799,51 @@
       <c r="B54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>283</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>286</v>
       </c>
       <c r="J54" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="4">
         <v>122</v>
       </c>
       <c r="N54" s="4">
         <v>3111</v>
       </c>
       <c r="O54" s="4">
         <v>626</v>
       </c>
       <c r="P54" s="4">
         <v>8</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R54" s="10" t="s">
         <v>67</v>
       </c>
@@ -5854,51 +5854,51 @@
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>288</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>289</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>290</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="4">
         <v>122</v>
       </c>
       <c r="N55" s="4">
         <v>0</v>
       </c>
       <c r="O55" s="4">
         <v>1062</v>
       </c>
       <c r="P55" s="4">
         <v>5</v>
       </c>
@@ -6217,54 +6217,54 @@
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>313</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H61" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>315</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="4">
         <v>179</v>
       </c>
       <c r="N61" s="4">
         <v>0</v>
       </c>
       <c r="O61" s="4">
         <v>924</v>
       </c>
       <c r="P61" s="4">
         <v>0</v>
       </c>
@@ -6339,145 +6339,145 @@
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>326</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="4">
         <v>145</v>
       </c>
       <c r="N63" s="4">
         <v>3232</v>
       </c>
       <c r="O63" s="4">
         <v>360</v>
       </c>
       <c r="P63" s="4">
         <v>3</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R63" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H64" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>327</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="4">
         <v>145</v>
       </c>
       <c r="N64" s="4">
         <v>2849</v>
       </c>
       <c r="O64" s="4">
         <v>163</v>
       </c>
       <c r="P64" s="4">
         <v>33</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R64" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>329</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>62</v>
@@ -6494,51 +6494,51 @@
       <c r="J65" s="4" t="s">
         <v>332</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="4">
         <v>57</v>
       </c>
       <c r="N65" s="4">
         <v>63</v>
       </c>
       <c r="O65" s="4">
         <v>30</v>
       </c>
       <c r="P65" s="4">
         <v>3</v>
       </c>
       <c r="Q65" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R65" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>334</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>62</v>
@@ -6644,51 +6644,51 @@
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>340</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>342</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>343</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="4">
         <v>39</v>
       </c>
       <c r="N68" s="4">
         <v>5575</v>
       </c>
       <c r="O68" s="4">
         <v>2548</v>
       </c>
@@ -6705,145 +6705,145 @@
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>345</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>347</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>348</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M69" s="4">
         <v>22</v>
       </c>
       <c r="N69" s="4">
         <v>502</v>
       </c>
       <c r="O69" s="4">
         <v>206</v>
       </c>
       <c r="P69" s="4">
         <v>30</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R69" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I70" s="4" t="s">
         <v>349</v>
       </c>
       <c r="J70" s="4" t="s">
         <v>350</v>
       </c>
       <c r="K70" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="4">
         <v>65</v>
       </c>
       <c r="N70" s="4">
         <v>13</v>
       </c>
       <c r="O70" s="4">
         <v>91</v>
       </c>
       <c r="P70" s="4">
         <v>100</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R70" s="10" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>84</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>85</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6921,82 +6921,82 @@
       <c r="J72" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="4">
         <v>47</v>
       </c>
       <c r="N72" s="4">
         <v>0</v>
       </c>
       <c r="O72" s="4">
         <v>308</v>
       </c>
       <c r="P72" s="4">
         <v>31</v>
       </c>
       <c r="Q72" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R72" s="10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>358</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H73" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I73" s="4" t="s">
         <v>360</v>
       </c>
       <c r="J73" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M73" s="4">
         <v>101</v>
       </c>
       <c r="N73" s="4">
         <v>0</v>
       </c>
       <c r="O73" s="4">
         <v>721</v>
       </c>
       <c r="P73" s="4">
         <v>4</v>
       </c>
@@ -7013,51 +7013,51 @@
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>362</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>363</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I74" s="4" t="s">
         <v>364</v>
       </c>
       <c r="J74" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M74" s="4">
         <v>69</v>
       </c>
       <c r="N74" s="4">
         <v>1</v>
       </c>
       <c r="O74" s="4">
         <v>103</v>
       </c>
       <c r="P74" s="4">
         <v>3</v>
       </c>
@@ -7074,51 +7074,51 @@
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>366</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>368</v>
       </c>
       <c r="J75" s="4" t="s">
         <v>369</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M75" s="4">
         <v>151</v>
       </c>
       <c r="N75" s="4">
         <v>1532</v>
       </c>
       <c r="O75" s="4">
         <v>237</v>
       </c>
       <c r="P75" s="4">
         <v>5</v>
       </c>
@@ -7226,51 +7226,51 @@
       <c r="J77" s="4" t="s">
         <v>380</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="4">
         <v>42</v>
       </c>
       <c r="N77" s="4">
         <v>2069</v>
       </c>
       <c r="O77" s="4">
         <v>1158</v>
       </c>
       <c r="P77" s="4">
         <v>5</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R77" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>382</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>383</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -7315,84 +7315,84 @@
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J79" s="4" t="s">
         <v>385</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="4">
         <v>145</v>
       </c>
       <c r="N79" s="4">
         <v>3618</v>
       </c>
       <c r="O79" s="4">
         <v>135</v>
       </c>
       <c r="P79" s="4">
         <v>3</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R79" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8" t="s">
         <v>386</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>387</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>388</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -7440,51 +7440,51 @@
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>391</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>392</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>393</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I81" s="4" t="s">
         <v>394</v>
       </c>
       <c r="J81" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M81" s="4">
         <v>56</v>
       </c>
       <c r="N81" s="4">
         <v>0</v>
       </c>
       <c r="O81" s="4">
         <v>557</v>
       </c>
       <c r="P81" s="4">
         <v>3</v>
       </c>
@@ -7498,51 +7498,51 @@
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>395</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>396</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H82" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>398</v>
       </c>
       <c r="J82" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M82" s="4">
         <v>13</v>
       </c>
       <c r="N82" s="4">
         <v>1</v>
       </c>
       <c r="O82" s="4">
         <v>115</v>
       </c>
@@ -8047,106 +8047,106 @@
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>436</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>437</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I91" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J91" s="4" t="s">
         <v>439</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="4">
         <v>159</v>
       </c>
       <c r="N91" s="4">
         <v>7215</v>
       </c>
       <c r="O91" s="4">
         <v>246</v>
       </c>
       <c r="P91" s="4">
         <v>3</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R91" s="10" t="s">
         <v>89</v>
       </c>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I92" s="4" t="s">
         <v>440</v>
       </c>
       <c r="J92" s="4" t="s">
         <v>441</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="4">
         <v>142</v>
       </c>
@@ -8157,57 +8157,57 @@
         <v>1365</v>
       </c>
       <c r="P92" s="4">
         <v>17</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R92" s="10" t="s">
         <v>442</v>
       </c>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I93" s="4" t="s">
         <v>443</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>444</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M93" s="4">
         <v>27</v>
       </c>
@@ -8218,57 +8218,57 @@
         <v>248</v>
       </c>
       <c r="P93" s="4">
         <v>33</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R93" s="10" t="s">
         <v>445</v>
       </c>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I94" s="4" t="s">
         <v>446</v>
       </c>
       <c r="J94" s="4" t="s">
         <v>447</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M94" s="4">
         <v>71</v>
       </c>
@@ -8294,51 +8294,51 @@
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>449</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I95" s="4" t="s">
         <v>452</v>
       </c>
       <c r="J95" s="4" t="s">
         <v>453</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M95" s="4">
         <v>115</v>
       </c>
       <c r="N95" s="4">
         <v>1584</v>
       </c>
       <c r="O95" s="4">
         <v>116</v>
       </c>
       <c r="P95" s="4">
         <v>36</v>
       </c>
@@ -8474,115 +8474,115 @@
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>464</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>465</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>466</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H98" s="4" t="s">
         <v>324</v>
       </c>
       <c r="I98" s="4" t="s">
         <v>467</v>
       </c>
       <c r="J98" s="4" t="s">
         <v>468</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="4">
         <v>144</v>
       </c>
       <c r="N98" s="4">
         <v>14142</v>
       </c>
       <c r="O98" s="4">
         <v>1120</v>
       </c>
       <c r="P98" s="4">
         <v>3</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R98" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
         <v>469</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>470</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>471</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I99" s="4" t="s">
         <v>472</v>
       </c>
       <c r="J99" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M99" s="4">
         <v>132</v>
       </c>
       <c r="N99" s="4">
         <v>0</v>
       </c>
       <c r="O99" s="4">
         <v>132</v>
       </c>
       <c r="P99" s="4">
         <v>33</v>
       </c>
@@ -8596,51 +8596,51 @@
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
         <v>473</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>474</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>475</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H100" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I100" s="4" t="s">
         <v>342</v>
       </c>
       <c r="J100" s="4" t="s">
         <v>343</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="4">
         <v>39</v>
       </c>
       <c r="N100" s="4">
         <v>5464</v>
       </c>
       <c r="O100" s="4">
         <v>1162</v>
       </c>
@@ -8718,57 +8718,57 @@
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>480</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>481</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>482</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H102" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I102" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J102" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M102" s="4">
         <v>17</v>
       </c>
       <c r="N102" s="4">
         <v>2144</v>
       </c>
       <c r="O102" s="4">
         <v>1282</v>
       </c>
       <c r="P102" s="4">
         <v>3</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>38</v>
       </c>
@@ -8782,51 +8782,51 @@
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>484</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>485</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H103" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I103" s="4" t="s">
         <v>487</v>
       </c>
       <c r="J103" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M103" s="4">
         <v>145</v>
       </c>
       <c r="N103" s="4">
         <v>0</v>
       </c>
       <c r="O103" s="4">
         <v>345</v>
       </c>
       <c r="P103" s="4">
         <v>33</v>
       </c>
@@ -8843,51 +8843,51 @@
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>488</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>489</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>490</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I104" s="4" t="s">
         <v>491</v>
       </c>
       <c r="J104" s="4" t="s">
         <v>492</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M104" s="4">
         <v>51</v>
       </c>
       <c r="N104" s="4">
         <v>2150</v>
       </c>
       <c r="O104" s="4">
         <v>525</v>
       </c>
       <c r="P104" s="4">
         <v>17</v>
       </c>
@@ -8901,54 +8901,54 @@
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>493</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>494</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>495</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H105" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I105" s="4" t="s">
         <v>496</v>
       </c>
       <c r="J105" s="4" t="s">
         <v>497</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M105" s="4">
         <v>76</v>
       </c>
       <c r="N105" s="4">
         <v>2892</v>
       </c>
       <c r="O105" s="4">
         <v>476</v>
       </c>
       <c r="P105" s="4">
         <v>33</v>
       </c>
@@ -8962,51 +8962,51 @@
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>498</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>500</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H106" s="4" t="s">
         <v>93</v>
       </c>
       <c r="I106" s="4" t="s">
         <v>501</v>
       </c>
       <c r="J106" s="4" t="s">
         <v>502</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M106" s="4">
         <v>50</v>
       </c>
       <c r="N106" s="4">
         <v>1203</v>
       </c>
       <c r="O106" s="4">
         <v>1</v>
       </c>
@@ -9026,51 +9026,51 @@
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>503</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H107" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I107" s="4" t="s">
         <v>506</v>
       </c>
       <c r="J107" s="4" t="s">
         <v>507</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M107" s="4">
         <v>22</v>
       </c>
       <c r="N107" s="4">
         <v>1797</v>
       </c>
       <c r="O107" s="4">
         <v>709</v>
       </c>
       <c r="P107" s="4">
         <v>33</v>
       </c>
@@ -9145,54 +9145,54 @@
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>513</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H109" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I109" s="4" t="s">
         <v>516</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M109" s="4">
         <v>76</v>
       </c>
       <c r="N109" s="4">
         <v>0</v>
       </c>
       <c r="O109" s="4">
         <v>433</v>
       </c>
       <c r="P109" s="4">
         <v>5</v>
       </c>
@@ -9209,51 +9209,51 @@
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
         <v>503</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I110" s="4" t="s">
         <v>517</v>
       </c>
       <c r="J110" s="4" t="s">
         <v>518</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M110" s="4">
         <v>23</v>
       </c>
       <c r="N110" s="4">
         <v>604</v>
       </c>
       <c r="O110" s="4">
         <v>196</v>
       </c>
       <c r="P110" s="4">
         <v>3</v>
       </c>
@@ -9267,106 +9267,106 @@
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
         <v>519</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>520</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>521</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H111" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I111" s="4" t="s">
         <v>522</v>
       </c>
       <c r="J111" s="4" t="s">
         <v>523</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M111" s="4">
         <v>121</v>
       </c>
       <c r="N111" s="4">
         <v>580</v>
       </c>
       <c r="O111" s="4">
         <v>155</v>
       </c>
       <c r="P111" s="4">
         <v>25</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R111" s="10" t="s">
         <v>39</v>
       </c>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I112" s="4" t="s">
         <v>524</v>
       </c>
       <c r="J112" s="4" t="s">
         <v>525</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M112" s="4">
         <v>115</v>
       </c>
@@ -9389,57 +9389,57 @@
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>526</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>527</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>528</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I113" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M113" s="4">
         <v>30</v>
       </c>
       <c r="N113" s="4">
         <v>6423</v>
       </c>
       <c r="O113" s="4">
         <v>3809</v>
       </c>
       <c r="P113" s="4">
         <v>34</v>
       </c>
       <c r="Q113" s="4" t="s">
         <v>38</v>
       </c>
@@ -9511,54 +9511,54 @@
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>535</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>536</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>537</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H115" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I115" s="4" t="s">
         <v>538</v>
       </c>
       <c r="J115" s="4" t="s">
         <v>539</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M115" s="4">
         <v>140</v>
       </c>
       <c r="N115" s="4">
         <v>775</v>
       </c>
       <c r="O115" s="4">
         <v>145</v>
       </c>
       <c r="P115" s="4">
         <v>3</v>
       </c>
@@ -9636,54 +9636,54 @@
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="8" t="s">
         <v>544</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>545</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>546</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I117" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J117" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M117" s="4">
         <v>173</v>
       </c>
       <c r="N117" s="4">
         <v>0</v>
       </c>
       <c r="O117" s="4">
         <v>3923</v>
       </c>
       <c r="P117" s="4">
         <v>3</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>30</v>
       </c>
@@ -9697,81 +9697,81 @@
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="8" t="s">
         <v>547</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>548</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>549</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H118" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I118" s="4" t="s">
         <v>550</v>
       </c>
       <c r="J118" s="4" t="s">
         <v>551</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M118" s="4">
         <v>82</v>
       </c>
       <c r="N118" s="4">
         <v>5562</v>
       </c>
       <c r="O118" s="4">
         <v>1022</v>
       </c>
       <c r="P118" s="4">
         <v>33</v>
       </c>
       <c r="Q118" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R118" s="10" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
         <v>552</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>553</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>554</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>62</v>
@@ -10032,51 +10032,51 @@
       <c r="J123" s="4" t="s">
         <v>572</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M123" s="4">
         <v>119</v>
       </c>
       <c r="N123" s="4">
         <v>2840</v>
       </c>
       <c r="O123" s="4">
         <v>211</v>
       </c>
       <c r="P123" s="4">
         <v>35</v>
       </c>
       <c r="Q123" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R123" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>317</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
@@ -10124,51 +10124,51 @@
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>358</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I125" s="4" t="s">
         <v>360</v>
       </c>
       <c r="J125" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M125" s="4">
         <v>101</v>
       </c>
       <c r="N125" s="4">
         <v>0</v>
       </c>
       <c r="O125" s="4">
         <v>721</v>
       </c>
       <c r="P125" s="4">
         <v>4</v>
       </c>
@@ -10182,84 +10182,84 @@
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>576</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>577</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="H126" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I126" s="4" t="s">
         <v>579</v>
       </c>
       <c r="J126" s="4" t="s">
         <v>580</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M126" s="4">
         <v>165</v>
       </c>
       <c r="N126" s="4">
         <v>9895</v>
       </c>
       <c r="O126" s="4">
         <v>2654</v>
       </c>
       <c r="P126" s="4">
         <v>5</v>
       </c>
       <c r="Q126" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R126" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="8" t="s">
         <v>529</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>530</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>531</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>62</v>
@@ -10304,84 +10304,84 @@
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>583</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>584</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>585</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H128" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I128" s="4" t="s">
         <v>586</v>
       </c>
       <c r="J128" s="4" t="s">
         <v>587</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M128" s="4">
         <v>105</v>
       </c>
       <c r="N128" s="4">
         <v>3402</v>
       </c>
       <c r="O128" s="4">
         <v>912</v>
       </c>
       <c r="P128" s="4">
         <v>21</v>
       </c>
       <c r="Q128" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R128" s="10" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>588</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>589</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>590</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>62</v>
@@ -10398,79 +10398,79 @@
       <c r="J129" s="4" t="s">
         <v>592</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M129" s="4">
         <v>133</v>
       </c>
       <c r="N129" s="4">
         <v>1488</v>
       </c>
       <c r="O129" s="4">
         <v>562</v>
       </c>
       <c r="P129" s="4">
         <v>8</v>
       </c>
       <c r="Q129" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R129" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>593</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>594</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H130" s="4" t="s">
         <v>35</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>596</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>597</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="4">
         <v>289</v>
       </c>
       <c r="N130" s="4">
         <v>1349</v>
       </c>
       <c r="O130" s="4">
         <v>816</v>
       </c>
@@ -10597,57 +10597,57 @@
         <v>168</v>
       </c>
       <c r="P132" s="4">
         <v>33</v>
       </c>
       <c r="Q132" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R132" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I133" s="4" t="s">
         <v>602</v>
       </c>
       <c r="J133" s="4" t="s">
         <v>603</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M133" s="4">
         <v>30</v>
       </c>
@@ -10731,51 +10731,51 @@
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>609</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>610</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I135" s="4" t="s">
         <v>612</v>
       </c>
       <c r="J135" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K135" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M135" s="4">
         <v>36</v>
       </c>
       <c r="N135" s="4">
         <v>1758</v>
       </c>
       <c r="O135" s="4">
         <v>902</v>
       </c>
@@ -10841,127 +10841,127 @@
         <v>660</v>
       </c>
       <c r="P136" s="4">
         <v>3</v>
       </c>
       <c r="Q136" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R136" s="10" t="s">
         <v>617</v>
       </c>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I137" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>618</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M137" s="4">
         <v>58</v>
       </c>
       <c r="N137" s="4">
         <v>1</v>
       </c>
       <c r="O137" s="4">
         <v>699</v>
       </c>
       <c r="P137" s="4">
         <v>3</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R137" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
         <v>619</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>620</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>621</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I138" s="4" t="s">
         <v>622</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>623</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M138" s="4">
         <v>125</v>
       </c>
       <c r="N138" s="4">
         <v>1516</v>
       </c>
       <c r="O138" s="4">
         <v>117</v>
       </c>
       <c r="P138" s="4">
         <v>3</v>
       </c>
@@ -11100,81 +11100,81 @@
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="8" t="s">
         <v>547</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>548</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>549</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I141" s="4" t="s">
         <v>550</v>
       </c>
       <c r="J141" s="4" t="s">
         <v>632</v>
       </c>
       <c r="K141" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M141" s="4">
         <v>82</v>
       </c>
       <c r="N141" s="4">
         <v>5788</v>
       </c>
       <c r="O141" s="4">
         <v>2258</v>
       </c>
       <c r="P141" s="4">
         <v>3</v>
       </c>
       <c r="Q141" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R141" s="10" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>633</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>634</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>635</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
@@ -11344,51 +11344,51 @@
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
         <v>644</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>645</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>646</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H145" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I145" s="4" t="s">
         <v>647</v>
       </c>
       <c r="J145" s="4" t="s">
         <v>648</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M145" s="4">
         <v>166</v>
       </c>
       <c r="N145" s="4">
         <v>1757</v>
       </c>
       <c r="O145" s="4">
         <v>168</v>
       </c>
       <c r="P145" s="4">
         <v>5</v>
       </c>
@@ -11405,51 +11405,51 @@
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>449</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I146" s="4" t="s">
         <v>452</v>
       </c>
       <c r="J146" s="4" t="s">
         <v>649</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M146" s="4">
         <v>115</v>
       </c>
       <c r="N146" s="4">
         <v>1584</v>
       </c>
       <c r="O146" s="4">
         <v>503</v>
       </c>
       <c r="P146" s="4">
         <v>3</v>
       </c>
@@ -11463,54 +11463,54 @@
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>650</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>651</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>652</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H147" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I147" s="4" t="s">
         <v>653</v>
       </c>
       <c r="J147" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M147" s="4">
         <v>3</v>
       </c>
       <c r="N147" s="4">
         <v>3190</v>
       </c>
       <c r="O147" s="4">
         <v>2689</v>
       </c>
       <c r="P147" s="4">
         <v>33</v>
       </c>
@@ -11527,103 +11527,103 @@
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>654</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>655</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>656</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I148" s="4" t="s">
         <v>657</v>
       </c>
       <c r="J148" s="4" t="s">
         <v>658</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M148" s="4">
         <v>134</v>
       </c>
       <c r="N148" s="4">
         <v>98</v>
       </c>
       <c r="O148" s="4">
         <v>286</v>
       </c>
       <c r="P148" s="4">
         <v>17</v>
       </c>
       <c r="Q148" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R148" s="10" t="s">
         <v>598</v>
       </c>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C149" s="8" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="4" t="s">
         <v>93</v>
       </c>
       <c r="I149" s="4" t="s">
         <v>659</v>
       </c>
       <c r="J149" s="4" t="s">
         <v>660</v>
       </c>
       <c r="K149" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M149" s="4">
         <v>66</v>
       </c>
@@ -11649,51 +11649,51 @@
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C150" s="8" t="s">
         <v>619</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>620</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>621</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I150" s="4" t="s">
         <v>622</v>
       </c>
       <c r="J150" s="4" t="s">
         <v>661</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M150" s="4">
         <v>125</v>
       </c>
       <c r="N150" s="4">
         <v>1608</v>
       </c>
       <c r="O150" s="4">
         <v>76</v>
       </c>
       <c r="P150" s="4">
         <v>33</v>
       </c>
@@ -11740,51 +11740,51 @@
       <c r="J151" s="4" t="s">
         <v>666</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M151" s="4">
         <v>263</v>
       </c>
       <c r="N151" s="4">
         <v>0</v>
       </c>
       <c r="O151" s="4">
         <v>570</v>
       </c>
       <c r="P151" s="4">
         <v>33</v>
       </c>
       <c r="Q151" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R151" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C152" s="8" t="s">
         <v>667</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>668</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>669</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
@@ -11829,115 +11829,115 @@
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C153" s="8" t="s">
         <v>672</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>673</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>674</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="H153" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I153" s="4" t="s">
         <v>675</v>
       </c>
       <c r="J153" s="4" t="s">
         <v>676</v>
       </c>
       <c r="K153" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M153" s="4">
         <v>91</v>
       </c>
       <c r="N153" s="4">
         <v>101</v>
       </c>
       <c r="O153" s="4">
         <v>743</v>
       </c>
       <c r="P153" s="4">
         <v>4</v>
       </c>
       <c r="Q153" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R153" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="8" t="s">
         <v>677</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I154" s="4" t="s">
         <v>680</v>
       </c>
       <c r="J154" s="4" t="s">
         <v>39</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M154" s="4">
         <v>6</v>
       </c>
       <c r="N154" s="4">
         <v>2953</v>
       </c>
       <c r="O154" s="4">
         <v>1259</v>
       </c>
       <c r="P154" s="4">
         <v>36</v>
       </c>
@@ -12289,112 +12289,112 @@
       <c r="J160" s="4" t="s">
         <v>702</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M160" s="4">
         <v>35</v>
       </c>
       <c r="N160" s="4">
         <v>2138</v>
       </c>
       <c r="O160" s="4">
         <v>912</v>
       </c>
       <c r="P160" s="4">
         <v>8</v>
       </c>
       <c r="Q160" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R160" s="10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>703</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>704</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>705</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="H161" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I161" s="4" t="s">
         <v>706</v>
       </c>
       <c r="J161" s="4" t="s">
         <v>707</v>
       </c>
       <c r="K161" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M161" s="4">
         <v>0</v>
       </c>
       <c r="N161" s="4">
         <v>4414</v>
       </c>
       <c r="O161" s="4">
         <v>1160</v>
       </c>
       <c r="P161" s="4">
         <v>33</v>
       </c>
       <c r="Q161" s="4" t="s">
         <v>38</v>
       </c>
       <c r="R161" s="10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>