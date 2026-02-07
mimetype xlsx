--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -75,2112 +75,2112 @@
     <t>Type</t>
   </si>
   <si>
     <t>J.L. No.</t>
   </si>
   <si>
     <t>Khatian No.</t>
   </si>
   <si>
     <t>Plot No.</t>
   </si>
   <si>
     <t>Area
 (in decimal)</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>MALDAH</t>
   </si>
   <si>
+    <t>RAHIMPUR Piped Water Supply Scheme(TSM/015255,SM/14174)</t>
+  </si>
+  <si>
+    <t>TSM/015255</t>
+  </si>
+  <si>
+    <t>SM/14174</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>MVS</t>
+  </si>
+  <si>
+    <t>Gazole</t>
+  </si>
+  <si>
+    <t>Rahimpur</t>
+  </si>
+  <si>
+    <t>rahimpur</t>
+  </si>
+  <si>
+    <t>OHR</t>
+  </si>
+  <si>
+    <t>Private</t>
+  </si>
+  <si>
+    <t>Possessed</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>PARAHAR PWSS(TSM/014116,SM/18432)</t>
+  </si>
+  <si>
+    <t>TSM/014116</t>
+  </si>
+  <si>
+    <t>SM/18432</t>
+  </si>
+  <si>
+    <t>Bansbari</t>
+  </si>
+  <si>
+    <t>Vested</t>
+  </si>
+  <si>
+    <t>Identified</t>
+  </si>
+  <si>
+    <t>OLTARA PIPED WATER SUPPLY SCHEME.(TSM/013242,SM/13718)</t>
+  </si>
+  <si>
+    <t>TSM/013242</t>
+  </si>
+  <si>
+    <t>SM/13718</t>
+  </si>
+  <si>
+    <t>Habibpur</t>
+  </si>
+  <si>
+    <t>Tambutana</t>
+  </si>
+  <si>
+    <t>KANTHALANPUR PWSS at Habibpur in Malda Division P.H.E.Dte(TSM/013454,SM/12304)</t>
+  </si>
+  <si>
+    <t>TSM/013454</t>
+  </si>
+  <si>
+    <t>SM/12304</t>
+  </si>
+  <si>
+    <t>Haripur</t>
+  </si>
+  <si>
+    <t>CHAKSUKUR PIPED WATER SUPPLY SCHEME.(TSM/013215,SM/13719)</t>
+  </si>
+  <si>
+    <t>TSM/013215</t>
+  </si>
+  <si>
+    <t>SM/13719</t>
+  </si>
+  <si>
+    <t>Raghabpur Gujia</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Saiyadpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/012800,SM/12311)</t>
+  </si>
+  <si>
+    <t>TSM/012800</t>
+  </si>
+  <si>
+    <t>SM/12311</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Maldah (Old)</t>
+  </si>
+  <si>
+    <t>Dhalsana</t>
+  </si>
+  <si>
+    <t>tubewell no 3</t>
+  </si>
+  <si>
+    <t>Pump House</t>
+  </si>
+  <si>
+    <t>registration and mutation completed</t>
+  </si>
+  <si>
+    <t>EMAMNAGAR PIPED WATER SUPPLY SCHEME.(TSM/014505,SM/13720)</t>
+  </si>
+  <si>
+    <t>TSM/014505</t>
+  </si>
+  <si>
+    <t>SM/13720</t>
+  </si>
+  <si>
+    <t>Purbba Anantapur</t>
+  </si>
+  <si>
+    <t>Donated</t>
+  </si>
+  <si>
+    <t>hw site</t>
+  </si>
+  <si>
+    <t>Augmentation of Mirzapur Piped Water Supply Scheme(TSM/009757,SM/10317)</t>
+  </si>
+  <si>
+    <t>TSM/009757</t>
+  </si>
+  <si>
+    <t>SM/10317</t>
+  </si>
+  <si>
+    <t>Bamangola</t>
+  </si>
+  <si>
+    <t>Jaitan</t>
+  </si>
+  <si>
+    <t>TW 3</t>
+  </si>
+  <si>
+    <t>SWARUPGANJ Piped Water Supply Scheme(TSM/013249,SM/12185)</t>
+  </si>
+  <si>
+    <t>TSM/013249</t>
+  </si>
+  <si>
+    <t>SM/12185</t>
+  </si>
+  <si>
+    <t>Chanchal-I</t>
+  </si>
+  <si>
+    <t>Nonator</t>
+  </si>
+  <si>
+    <t>Mouza- Nonator, JL-2, Plot No.1074 , (0.03), KH NO. - 1688.</t>
+  </si>
+  <si>
+    <t>REGISTRATION DONE</t>
+  </si>
+  <si>
+    <t>BANGRUA PWSS(TSM/013018,SM/12193)</t>
+  </si>
+  <si>
+    <t>TSM/013018</t>
+  </si>
+  <si>
+    <t>SM/12193</t>
+  </si>
+  <si>
+    <t>SVS</t>
+  </si>
+  <si>
+    <t>Harischandrapur-I</t>
+  </si>
+  <si>
+    <t>Bangrua</t>
+  </si>
+  <si>
+    <t>Ratua Zone-I Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/011269,SM/14098)</t>
+  </si>
+  <si>
+    <t>TSM/011269</t>
+  </si>
+  <si>
+    <t>SM/14098</t>
+  </si>
+  <si>
+    <t>Ratua-I</t>
+  </si>
+  <si>
+    <t>Talparanpur</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Rajarampur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/012802,SM/12305)</t>
+  </si>
+  <si>
+    <t>TSM/012802</t>
+  </si>
+  <si>
+    <t>SM/12305</t>
+  </si>
+  <si>
+    <t>Khochakandar</t>
+  </si>
+  <si>
+    <t>Sub Surface Water based Piped Water Supply Scheme from Tangon &amp; Punarbhaba River for Fluoride affected areas of Bamangola Block(TSM/017908,SM/18685)</t>
+  </si>
+  <si>
+    <t>TSM/017908</t>
+  </si>
+  <si>
+    <t>SM/18685</t>
+  </si>
+  <si>
+    <t>Dakshin Naopara</t>
+  </si>
+  <si>
+    <t>punarbhaba eastern sector WTP</t>
+  </si>
+  <si>
+    <t>WTP</t>
+  </si>
+  <si>
+    <t>Registration and mutation pending</t>
+  </si>
+  <si>
+    <t>Sharanpur Piped Water Supply Scheme(TSM/013210,SM/12631)</t>
+  </si>
+  <si>
+    <t>TSM/013210</t>
+  </si>
+  <si>
+    <t>SM/12631</t>
+  </si>
+  <si>
+    <t>Harischandrapur-II</t>
+  </si>
+  <si>
+    <t>Bildaha</t>
+  </si>
+  <si>
+    <t>Augmentation of Deotala Water Supply Scheme(TSM/005108,SM/09986)</t>
+  </si>
+  <si>
+    <t>TSM/005108</t>
+  </si>
+  <si>
+    <t>SM/09986</t>
+  </si>
+  <si>
+    <t>Deotala</t>
+  </si>
+  <si>
+    <t>HW SITE</t>
+  </si>
+  <si>
+    <t>SAIDPUR Piped Water Supply Scheme(TSM/014263,SM/12766)</t>
+  </si>
+  <si>
+    <t>TSM/014263</t>
+  </si>
+  <si>
+    <t>SM/12766</t>
+  </si>
+  <si>
+    <t>Shilnagara</t>
+  </si>
+  <si>
+    <t>shil nagar</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Sankail Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/014344,SM/12323)</t>
+  </si>
+  <si>
+    <t>TSM/014344</t>
+  </si>
+  <si>
+    <t>SM/12323</t>
+  </si>
+  <si>
+    <t>Khujipur</t>
+  </si>
+  <si>
+    <t>Ground Water Based for Kandaran Zone-I &amp; II Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/011258,SM/15223)</t>
+  </si>
+  <si>
+    <t>TSM/011258</t>
+  </si>
+  <si>
+    <t>SM/15223</t>
+  </si>
+  <si>
+    <t>Chanchal-II</t>
+  </si>
+  <si>
+    <t>Shripur</t>
+  </si>
+  <si>
+    <t>Mouza- Sripur, JL - 103 , Khatian - 5844, Plot no - 835 , (0.33)</t>
+  </si>
+  <si>
+    <t>IDT done</t>
+  </si>
+  <si>
+    <t>FATEPUR Piped Water Supply Scheme(TSM/015785,SM/14173)</t>
+  </si>
+  <si>
+    <t>TSM/015785</t>
+  </si>
+  <si>
+    <t>SM/14173</t>
+  </si>
+  <si>
+    <t>Fatepur</t>
+  </si>
+  <si>
+    <t>total 4 plot containing total area</t>
+  </si>
+  <si>
+    <t>Augmentation of Uttar Chandipur Zone- IV A Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/019389,SM/15308)</t>
+  </si>
+  <si>
+    <t>TSM/019389</t>
+  </si>
+  <si>
+    <t>SM/15308</t>
+  </si>
+  <si>
+    <t>Manikchak</t>
+  </si>
+  <si>
+    <t>Paschim Chandipur</t>
+  </si>
+  <si>
+    <t>DAKSHIN BHAKURIA Piped Water Supply Scheme(TSM/013248,SM/12186)</t>
+  </si>
+  <si>
+    <t>TSM/013248</t>
+  </si>
+  <si>
+    <t>SM/12186</t>
+  </si>
+  <si>
+    <t>Uttar Bhakuria</t>
+  </si>
+  <si>
+    <t>MABARAKPUR PWSS(TSM/012922,SM/12197)</t>
+  </si>
+  <si>
+    <t>TSM/012922</t>
+  </si>
+  <si>
+    <t>SM/12197</t>
+  </si>
+  <si>
+    <t>Niar</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Kadirpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016285,SM/15111)</t>
+  </si>
+  <si>
+    <t>TSM/016285</t>
+  </si>
+  <si>
+    <t>SM/15111</t>
+  </si>
+  <si>
+    <t>Kanturka</t>
+  </si>
+  <si>
+    <t>TW-4</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Dakshin Mahendrapur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/017129,SM/15090)</t>
+  </si>
+  <si>
+    <t>TSM/017129</t>
+  </si>
+  <si>
+    <t>SM/15090</t>
+  </si>
+  <si>
+    <t>Dakshin Mahendrapur</t>
+  </si>
+  <si>
+    <t>Dakshin Mahendrapur, JL-109, Kahtian - 5837, Plot No- 2117</t>
+  </si>
+  <si>
+    <t>registration pending</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Mekpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/014459,SM/12763)</t>
+  </si>
+  <si>
+    <t>TSM/014459</t>
+  </si>
+  <si>
+    <t>SM/12763</t>
+  </si>
+  <si>
+    <t>Gotpara</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Mabrakpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016719,SM/15080)</t>
+  </si>
+  <si>
+    <t>TSM/016719</t>
+  </si>
+  <si>
+    <t>SM/15080</t>
+  </si>
+  <si>
+    <t>Muchia</t>
+  </si>
+  <si>
+    <t>pump house no 3</t>
+  </si>
+  <si>
+    <t>registration and mutation completed out of 10 decimal 1.68 decimal road</t>
+  </si>
+  <si>
+    <t>Datulipara</t>
+  </si>
+  <si>
+    <t>sub surface zone 1</t>
+  </si>
+  <si>
+    <t>IDT PROPOSAL approved but write of possession is pending</t>
+  </si>
+  <si>
+    <t>Uttar Mahinagar Piped Water Supply Scheme(TSM/014266,SM/12765)</t>
+  </si>
+  <si>
+    <t>TSM/014266</t>
+  </si>
+  <si>
+    <t>SM/12765</t>
+  </si>
+  <si>
+    <t>Uttar Mahinagar</t>
+  </si>
+  <si>
+    <t>uttar mahinagar</t>
+  </si>
+  <si>
+    <t>JIGIN Piped Water Supply Scheme(TSM/015837,SM/13430)</t>
+  </si>
+  <si>
+    <t>TSM/015837</t>
+  </si>
+  <si>
+    <t>SM/13430</t>
+  </si>
+  <si>
+    <t>Jigin</t>
+  </si>
+  <si>
+    <t>jigin</t>
+  </si>
+  <si>
+    <t>Augmentation of Alal Zone-III Piped Water Supply Scheme(TSM/011885,SM/15951)</t>
+  </si>
+  <si>
+    <t>TSM/011885</t>
+  </si>
+  <si>
+    <t>SM/15951</t>
+  </si>
+  <si>
+    <t>Muriya Kunda</t>
+  </si>
+  <si>
+    <t>muriya kunda</t>
+  </si>
+  <si>
+    <t>SERBABAR BALARAMPUR Piped Water Supply Scheme(TSM/013253,SM/12184)</t>
+  </si>
+  <si>
+    <t>TSM/013253</t>
+  </si>
+  <si>
+    <t>SM/12184</t>
+  </si>
+  <si>
+    <t>Purbba Bhagabanpur</t>
+  </si>
+  <si>
+    <t>Mouza- Purba Bhagabanpur, JL-36, Plot No.230/572 (0.03), KH NO. - 1296</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Dakshin Brindabanbati Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/015613,SM/15201)</t>
+  </si>
+  <si>
+    <t>TSM/015613</t>
+  </si>
+  <si>
+    <t>SM/15201</t>
+  </si>
+  <si>
+    <t>Khasharipur</t>
+  </si>
+  <si>
+    <t>Mouza- Dakshin Brinabanbati, Khatian - 1379, Plot No - 41</t>
+  </si>
+  <si>
+    <t>identified</t>
+  </si>
+  <si>
+    <t>PERAPUR PWSS(TSM/015903,SM/18420)</t>
+  </si>
+  <si>
+    <t>TSM/015903</t>
+  </si>
+  <si>
+    <t>SM/18420</t>
+  </si>
+  <si>
+    <t>Kendudanga</t>
+  </si>
+  <si>
+    <t>KALUARI PWSS(TSM/018421,SM/18427)</t>
+  </si>
+  <si>
+    <t>TSM/018421</t>
+  </si>
+  <si>
+    <t>SM/18427</t>
+  </si>
+  <si>
+    <t>Kamancha</t>
+  </si>
+  <si>
+    <t>SURFACE WATER BASED PIPED WATER SUPPLY SCHEME FOR CHANCHAL-II, RATUA-I &amp; RATUA-II BLOCK OF MALDA DISTRICT(TSM/018373,SM/18686)</t>
+  </si>
+  <si>
+    <t>TSM/018373</t>
+  </si>
+  <si>
+    <t>SM/18686</t>
+  </si>
+  <si>
+    <t>Balupur</t>
+  </si>
+  <si>
+    <t>1 OF 155 LAND</t>
+  </si>
+  <si>
+    <t>PARO PWSS(TSM/012960,SM/12195)</t>
+  </si>
+  <si>
+    <t>TSM/012960</t>
+  </si>
+  <si>
+    <t>SM/12195</t>
+  </si>
+  <si>
+    <t>Paro</t>
+  </si>
+  <si>
+    <t>Mouza- Paro, JL- 58</t>
+  </si>
+  <si>
+    <t>IDT pending</t>
+  </si>
+  <si>
+    <t>GOCHIYA PWSS , Harischandrapur_I Block in Malda Division.(TSM/012594,SM/12267)</t>
+  </si>
+  <si>
+    <t>TSM/012594</t>
+  </si>
+  <si>
+    <t>SM/12267</t>
+  </si>
+  <si>
+    <t>Bhatol</t>
+  </si>
+  <si>
+    <t>Mouja-Bhatol,JL No-11, Plot No- 175 (0.33), Kahtian No.- 1875.</t>
+  </si>
+  <si>
+    <t>IDT DONE</t>
+  </si>
+  <si>
+    <t>SAHAPUR Piped Water Supply Scheme(TSM/013245,SM/12187)</t>
+  </si>
+  <si>
+    <t>TSM/013245</t>
+  </si>
+  <si>
+    <t>SM/12187</t>
+  </si>
+  <si>
+    <t>Sahapur</t>
+  </si>
+  <si>
+    <t>Sahapur,jl no- 138,plot no-139/472,181,182, khatian no-3093</t>
+  </si>
+  <si>
+    <t>MATIHARPUR Piped Water Supply Scheme(TSM/013447,SM/12769)</t>
+  </si>
+  <si>
+    <t>TSM/013447</t>
+  </si>
+  <si>
+    <t>SM/12769</t>
+  </si>
+  <si>
+    <t>Matiharpur</t>
+  </si>
+  <si>
+    <t>Motiharpur, JL-155, plot no : 901 (0.28), 903 (0.02) , KHATIAN - 5587</t>
+  </si>
+  <si>
+    <t>Augmentation of Samsi PWSS.(TSM/008164,SM/18447)</t>
+  </si>
+  <si>
+    <t>TSM/008164</t>
+  </si>
+  <si>
+    <t>SM/18447</t>
+  </si>
+  <si>
+    <t>Matiganj</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Bhabuk Water Supply Scheme of Habibpur Block under Malda Division P.H.E Dte. Malda (TSM/014864,SM/12762)</t>
+  </si>
+  <si>
+    <t>TSM/014864</t>
+  </si>
+  <si>
+    <t>SM/12762</t>
+  </si>
+  <si>
+    <t>Kathal Banpur</t>
+  </si>
+  <si>
+    <t>Ground Water Based for Tulshihatta Zone-I Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/011266,SM/11590)</t>
+  </si>
+  <si>
+    <t>TSM/011266</t>
+  </si>
+  <si>
+    <t>SM/11590</t>
+  </si>
+  <si>
+    <t>Tulsihata</t>
+  </si>
+  <si>
+    <t>HORGOA Piped Water Supply Scheme(TSM/015215,SM/13432)</t>
+  </si>
+  <si>
+    <t>TSM/015215</t>
+  </si>
+  <si>
+    <t>SM/13432</t>
+  </si>
+  <si>
+    <t>Akalpur</t>
+  </si>
+  <si>
+    <t>Augmentation of Uttar Chandipur Zone- II Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/019387,SM/16382)</t>
+  </si>
+  <si>
+    <t>TSM/019387</t>
+  </si>
+  <si>
+    <t>SM/16382</t>
+  </si>
+  <si>
+    <t>Chandipur</t>
+  </si>
+  <si>
+    <t>BISHANPUR PIPED WATER SUPPLY SCHEME(TSM/014466,SM/13507)</t>
+  </si>
+  <si>
+    <t>TSM/014466</t>
+  </si>
+  <si>
+    <t>SM/13507</t>
+  </si>
+  <si>
+    <t>Pema</t>
+  </si>
+  <si>
+    <t>Choupaldanga pipe water Supply Scheme(TSM/011833,SM/12076)</t>
+  </si>
+  <si>
+    <t>TSM/011833</t>
+  </si>
+  <si>
+    <t>SM/12076</t>
+  </si>
+  <si>
+    <t>Parashtola</t>
+  </si>
+  <si>
+    <t>Mouja-Paroshtola,JL No- 42, Plot No: 219/373 , (0.24), kahtian no.- 892</t>
+  </si>
+  <si>
+    <t>Augmentation of Khusida Piped Water Supply Scheme(TSM/008174,SM/10397)</t>
+  </si>
+  <si>
+    <t>TSM/008174</t>
+  </si>
+  <si>
+    <t>SM/10397</t>
+  </si>
+  <si>
+    <t>Daula</t>
+  </si>
+  <si>
+    <t>RAJARAM CHAK PIPED WATER SUPPLY SCHEME(TSM/013552,SM/14461)</t>
+  </si>
+  <si>
+    <t>TSM/013552</t>
+  </si>
+  <si>
+    <t>SM/14461</t>
+  </si>
+  <si>
+    <t>Rajaram Chak</t>
+  </si>
+  <si>
+    <t>rajaramchak</t>
+  </si>
+  <si>
+    <t>Alal Zone-I Piped Water Supply Scheme(TSM/011887,SM/12075)</t>
+  </si>
+  <si>
+    <t>TSM/011887</t>
+  </si>
+  <si>
+    <t>SM/12075</t>
+  </si>
+  <si>
+    <t>Pahari Bhita</t>
+  </si>
+  <si>
+    <t>pahari bhita</t>
+  </si>
+  <si>
+    <t>Hatinda Piped Water Supply Scheme.(TSM/011729,SM/12078)</t>
+  </si>
+  <si>
+    <t>TSM/011729</t>
+  </si>
+  <si>
+    <t>SM/12078</t>
+  </si>
+  <si>
+    <t>Hatinda</t>
+  </si>
+  <si>
+    <t>Mouza- Hatinda, JL No - 65, Plot No - 15, (0.03)KHATIYAN NO-5328</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based GAZOLE (Zone-I, II, III &amp; IV) Piped Water Supply Scheme under Malda Division, PHE Dte. (TSM/017388,SM/18558)</t>
+  </si>
+  <si>
+    <t>TSM/017388</t>
+  </si>
+  <si>
+    <t>SM/18558</t>
+  </si>
+  <si>
+    <t>Durgapur</t>
+  </si>
+  <si>
+    <t>durgapur</t>
+  </si>
+  <si>
+    <t>Ground Water Based for Kariali Zone-II Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/011264,SM/11589)</t>
+  </si>
+  <si>
+    <t>TSM/011264</t>
+  </si>
+  <si>
+    <t>SM/11589</t>
+  </si>
+  <si>
+    <t>Mohanpur</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of GOBINDAPUR Water Supply Scheme(TSM/005689,SM/06860)</t>
+  </si>
+  <si>
+    <t>TSM/005689</t>
+  </si>
+  <si>
+    <t>SM/06860</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>Musadanga</t>
+  </si>
+  <si>
+    <t>1st tw site</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Nemua Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016470,SM/15102)</t>
+  </si>
+  <si>
+    <t>TSM/016470</t>
+  </si>
+  <si>
+    <t>SM/15102</t>
+  </si>
+  <si>
+    <t>Memua</t>
+  </si>
+  <si>
+    <t>Hatinda, 65, PLOT NO- 200,, KHATIYAN NO-5009</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Dahara Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016549,SM/15105)</t>
+  </si>
+  <si>
+    <t>TSM/016549</t>
+  </si>
+  <si>
+    <t>SM/15105</t>
+  </si>
+  <si>
+    <t>Chaksatan</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Kendua Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016529,SM/15106)</t>
+  </si>
+  <si>
+    <t>TSM/016529</t>
+  </si>
+  <si>
+    <t>SM/15106</t>
+  </si>
+  <si>
+    <t>Kendua</t>
+  </si>
+  <si>
+    <t>Augmentation of Nasipur Piped Water Supply Scheme(TSM/011880,SM/15952)</t>
+  </si>
+  <si>
+    <t>TSM/011880</t>
+  </si>
+  <si>
+    <t>SM/15952</t>
+  </si>
+  <si>
+    <t>Ratua-II</t>
+  </si>
+  <si>
+    <t>Nasipur</t>
+  </si>
+  <si>
+    <t>Mouza - Nashipur , JL- 145, Khatian - 3232, , Plot No - 360,</t>
+  </si>
+  <si>
+    <t>Mouza - Nashipur , JL- 145, Khatian - 2849, Plot No - 163/1994,</t>
+  </si>
+  <si>
+    <t>MORGRAM PWSS(TSM/018419,SM/18557)</t>
+  </si>
+  <si>
+    <t>TSM/018419</t>
+  </si>
+  <si>
+    <t>SM/18557</t>
+  </si>
+  <si>
+    <t>Sakarmma</t>
+  </si>
+  <si>
+    <t>IDT done, possession certificate handed over and mutation done</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Dalla Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016720,SM/15079)</t>
+  </si>
+  <si>
+    <t>TSM/016720</t>
+  </si>
+  <si>
+    <t>SM/15079</t>
+  </si>
+  <si>
+    <t>Aragachhi</t>
+  </si>
+  <si>
+    <t>Mouza- Arraggacchi JL-57 , Khatian-63 , Plot - 30</t>
+  </si>
+  <si>
+    <t>Basudebpur</t>
+  </si>
+  <si>
+    <t>tubewell no 4</t>
+  </si>
+  <si>
+    <t>Augmentation of Bamongram piped water supply scheme.(TSM/008160,SM/10138)</t>
+  </si>
+  <si>
+    <t>TSM/008160</t>
+  </si>
+  <si>
+    <t>SM/10138</t>
+  </si>
+  <si>
+    <t>Bengnapara</t>
+  </si>
+  <si>
+    <t>JIBJALSAR Piped Water Supply Scheme(TSM/013490,SM/12182)</t>
+  </si>
+  <si>
+    <t>TSM/013490</t>
+  </si>
+  <si>
+    <t>SM/12182</t>
+  </si>
+  <si>
+    <t>Jibjalsar</t>
+  </si>
+  <si>
+    <t>jibjalsar</t>
+  </si>
+  <si>
+    <t>Swarupganj</t>
+  </si>
+  <si>
+    <t>Mouza- Swarupganj , JL-1, Plot No.1061 (0.16) &amp; 568 (0.15), KH NO.- 3302</t>
+  </si>
+  <si>
+    <t>Augmentation of Adina Zone-II Piped Water Supply Scheme(TSM/011890,SM/15956)</t>
+  </si>
+  <si>
+    <t>TSM/011890</t>
+  </si>
+  <si>
+    <t>SM/15956</t>
+  </si>
+  <si>
+    <t>Adina</t>
+  </si>
+  <si>
+    <t>adina</t>
+  </si>
+  <si>
+    <t>KISMAT BAROL Piped Water Supply Scheme(TSM/013044,SM/12190)</t>
+  </si>
+  <si>
+    <t>TSM/013044</t>
+  </si>
+  <si>
+    <t>SM/12190</t>
+  </si>
+  <si>
+    <t>Bashatpur</t>
+  </si>
+  <si>
+    <t>Sikail</t>
+  </si>
+  <si>
+    <t>Tangon western sector WTP</t>
+  </si>
+  <si>
+    <t>Augmentation of Uttar Harishandropur piped water supply scheme.(TSM/008163,SM/10291)</t>
+  </si>
+  <si>
+    <t>TSM/008163</t>
+  </si>
+  <si>
+    <t>SM/10291</t>
+  </si>
+  <si>
+    <t>Dakshin Harishchandrapur</t>
+  </si>
+  <si>
+    <t>PARAIL PWSS(TSM/014391,SM/18431)</t>
+  </si>
+  <si>
+    <t>TSM/014391</t>
+  </si>
+  <si>
+    <t>SM/18431</t>
+  </si>
+  <si>
+    <t>Salbana</t>
+  </si>
+  <si>
+    <t>salbana</t>
+  </si>
+  <si>
+    <t>KHARBA PIPED WATER SUPPLY SCHEME.(TSM/011882,SM/13793)</t>
+  </si>
+  <si>
+    <t>TSM/011882</t>
+  </si>
+  <si>
+    <t>SM/13793</t>
+  </si>
+  <si>
+    <t>Kobaia</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Uttar Kumedpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/017125,SM/15091)</t>
+  </si>
+  <si>
+    <t>TSM/017125</t>
+  </si>
+  <si>
+    <t>SM/15091</t>
+  </si>
+  <si>
+    <t>Surjyapura Tengurpura</t>
+  </si>
+  <si>
+    <t>Mouza- Hikatoni English, Khatian - 1532, Plot No- 237</t>
+  </si>
+  <si>
+    <t>registration done</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Bihari Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016679,SM/15083)</t>
+  </si>
+  <si>
+    <t>TSM/016679</t>
+  </si>
+  <si>
+    <t>SM/15083</t>
+  </si>
+  <si>
+    <t>Bihari</t>
+  </si>
+  <si>
+    <t>Mouza- Bahirkup, JL- 45, Khatian - 2069 , Plot no- 1158</t>
+  </si>
+  <si>
+    <t>Ratua Zone-II Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/011274,SM/14097)</t>
+  </si>
+  <si>
+    <t>TSM/011274</t>
+  </si>
+  <si>
+    <t>SM/14097</t>
+  </si>
+  <si>
+    <t>Naokaram</t>
+  </si>
+  <si>
+    <t>Alal Zone-II Piped Water Supply Scheme(TSM/011886,SM/12877)</t>
+  </si>
+  <si>
+    <t>TSM/011886</t>
+  </si>
+  <si>
+    <t>SM/12877</t>
+  </si>
+  <si>
+    <t>Mahakal Bona</t>
+  </si>
+  <si>
+    <t>mahakal bona</t>
+  </si>
+  <si>
+    <t>Aihorani Ground Water Based Mini Piped Water Supply Scheme (Maximum 100 house hold) of Old Malda Block of Malda District under Malda Division, PHE Dte.(TSM/017385,SM/15960)</t>
+  </si>
+  <si>
+    <t>TSM/017385</t>
+  </si>
+  <si>
+    <t>SM/15960</t>
+  </si>
+  <si>
+    <t>Aihorani</t>
+  </si>
+  <si>
+    <t>Mouza - Nashipur , JL- 145, Khatian - 3618, Plot No - 135</t>
+  </si>
+  <si>
+    <t>Ground Water Based for Tulshihatta Zone-II Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/011277,SM/11587)</t>
+  </si>
+  <si>
+    <t>TSM/011277</t>
+  </si>
+  <si>
+    <t>SM/11587</t>
+  </si>
+  <si>
+    <t>Salalpur</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Altor Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/012799,SM/12312)</t>
+  </si>
+  <si>
+    <t>TSM/012799</t>
+  </si>
+  <si>
+    <t>SM/12312</t>
+  </si>
+  <si>
+    <t>Altor</t>
+  </si>
+  <si>
+    <t>TW3</t>
+  </si>
+  <si>
+    <t>TALPUKUR Piped Water Supply Scheme(TSM/013199,SM/12189)</t>
+  </si>
+  <si>
+    <t>TSM/013199</t>
+  </si>
+  <si>
+    <t>SM/12189</t>
+  </si>
+  <si>
+    <t>Dolmalpur</t>
+  </si>
+  <si>
+    <t>NABAGRAM Piped Water Supply Scheme(TSM/013452,SM/12767)</t>
+  </si>
+  <si>
+    <t>TSM/013452</t>
+  </si>
+  <si>
+    <t>SM/12767</t>
+  </si>
+  <si>
+    <t>Nabagram</t>
+  </si>
+  <si>
+    <t>JL-60, Plot No. 571 (0.03), KHATIYAN NO-6654</t>
+  </si>
+  <si>
+    <t>Mirzapur</t>
+  </si>
+  <si>
+    <t>TW 4</t>
+  </si>
+  <si>
+    <t>SUJAPUR PIPED WATER SUPPLY SCHEME(TSM/018437,SM/15962)</t>
+  </si>
+  <si>
+    <t>TSM/018437</t>
+  </si>
+  <si>
+    <t>SM/15962</t>
+  </si>
+  <si>
+    <t>Mandilpur</t>
+  </si>
+  <si>
+    <t>GAURIA Piped Water Supply Scheme.(TSM/011717,SM/12079)</t>
+  </si>
+  <si>
+    <t>TSM/011717</t>
+  </si>
+  <si>
+    <t>SM/12079</t>
+  </si>
+  <si>
+    <t>Pirozabad</t>
+  </si>
+  <si>
+    <t>Pirojabad,18, PLOT NO- 527, KHATIYAN NO-2659</t>
+  </si>
+  <si>
+    <t>Augmentation of Maheshpur piped water supply scheme(TSM/005106,SM/12362)</t>
+  </si>
+  <si>
+    <t>TSM/005106</t>
+  </si>
+  <si>
+    <t>SM/12362</t>
+  </si>
+  <si>
+    <t>English Bazar</t>
+  </si>
+  <si>
+    <t>Nischintapur</t>
+  </si>
+  <si>
+    <t>near Sericulture farm</t>
+  </si>
+  <si>
+    <t>IDT &amp; Mutation completed</t>
+  </si>
+  <si>
+    <t>PASCHIM BHAGABANPUR Piped Water Supply Scheme(TSM/013216,SM/12188)</t>
+  </si>
+  <si>
+    <t>TSM/013216</t>
+  </si>
+  <si>
+    <t>SM/12188</t>
+  </si>
+  <si>
+    <t>Paschim Bhagabanpur</t>
+  </si>
+  <si>
+    <t>Mouza- paschm Bhaganpur, JL-7, Plot - 205 (0.33),KH NO. - 5470</t>
+  </si>
+  <si>
+    <t>UTTAR BHAKURIA Piped Water Supply Scheme.(TSM/013230,SM/12881)</t>
+  </si>
+  <si>
+    <t>TSM/013230</t>
+  </si>
+  <si>
+    <t>SM/12881</t>
+  </si>
+  <si>
+    <t>PLOT NO - 246, JL - 159, KHATIAN - 7215, AREA- 0.04</t>
+  </si>
+  <si>
+    <t>Chandrail</t>
+  </si>
+  <si>
+    <t>sub surface zone 3</t>
+  </si>
+  <si>
+    <t>IDT AND MUTATION IS COMPLITED</t>
+  </si>
+  <si>
+    <t>CHHATRAK PWSS at Harishchandrapur-II of Malda Division PHE Dte.(TSM/012833,SM/12632)</t>
+  </si>
+  <si>
+    <t>TSM/012833</t>
+  </si>
+  <si>
+    <t>SM/12632</t>
+  </si>
+  <si>
+    <t>Chhatrak</t>
+  </si>
+  <si>
+    <t>Chhatrak, 115, khatian no.- 1584, plot no- 116</t>
+  </si>
+  <si>
+    <t>Khutadaha</t>
+  </si>
+  <si>
+    <t>sub surface zone 5</t>
+  </si>
+  <si>
+    <t>Registration done but mutation pending</t>
+  </si>
+  <si>
+    <t>Paikpara</t>
+  </si>
+  <si>
+    <t>sub surface zone 2</t>
+  </si>
+  <si>
+    <t>IDT &amp; Mutation done</t>
+  </si>
+  <si>
+    <t>ARAZI JALSA PIPED WATER SUPPLY SCHEME.(TSM/013468,SM/13734)</t>
+  </si>
+  <si>
+    <t>TSM/013468</t>
+  </si>
+  <si>
+    <t>SM/13734</t>
+  </si>
+  <si>
+    <t>Purba Mallikpur</t>
+  </si>
+  <si>
+    <t>purba mallikpur</t>
+  </si>
+  <si>
+    <t>MALIOR PWSS(TSM/013022,SM/12192)</t>
+  </si>
+  <si>
+    <t>TSM/013022</t>
+  </si>
+  <si>
+    <t>SM/12192</t>
+  </si>
+  <si>
+    <t>Samukha</t>
+  </si>
+  <si>
+    <t>Augmentation of Baharal Zone-I &amp; II Piped Water Supply Scheme(TSM/011899,SM/14099)</t>
+  </si>
+  <si>
+    <t>TSM/011899</t>
+  </si>
+  <si>
+    <t>SM/14099</t>
+  </si>
+  <si>
+    <t>Baharal</t>
+  </si>
+  <si>
+    <t>Baharal, JL- 117, Khatian - 1864, 1890, Plot no - 217</t>
+  </si>
+  <si>
+    <t>Pukuria Piped Water Supply Scheme(TSM/011879,SM/14100)</t>
+  </si>
+  <si>
+    <t>TSM/011879</t>
+  </si>
+  <si>
+    <t>SM/14100</t>
+  </si>
+  <si>
+    <t>Pukhuria</t>
+  </si>
+  <si>
+    <t>Pukuria, JL- 144, Khatian - 14142, Plot No - 1120</t>
+  </si>
+  <si>
+    <t>Ground Water Based Augmentation of Chanchal Piped Water Supply Scheme(TSM/011884,SM/13792)</t>
+  </si>
+  <si>
+    <t>TSM/011884</t>
+  </si>
+  <si>
+    <t>SM/13792</t>
+  </si>
+  <si>
+    <t>Sihipur</t>
+  </si>
+  <si>
+    <t>Augmentation of Adina Zone-I Piped Water Supply Scheme(TSM/011889,SM/15958)</t>
+  </si>
+  <si>
+    <t>TSM/011889</t>
+  </si>
+  <si>
+    <t>SM/15958</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Akalpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/012797,SM/12314)</t>
+  </si>
+  <si>
+    <t>TSM/012797</t>
+  </si>
+  <si>
+    <t>SM/12314</t>
+  </si>
+  <si>
+    <t>TW #3</t>
+  </si>
+  <si>
+    <t>SRI CHANDRAPUR Piped Water Supply Scheme(TSM/014411,SM/12764)</t>
+  </si>
+  <si>
+    <t>TSM/014411</t>
+  </si>
+  <si>
+    <t>SM/12764</t>
+  </si>
+  <si>
+    <t>Saldaha</t>
+  </si>
+  <si>
+    <t>Mouja-Saldah,JL No-51, plot no, - 525, kahtian no. - 2150</t>
+  </si>
+  <si>
+    <t>BETAHAL Piped Water Supply Scheme(TSM/013024,SM/12191)</t>
+  </si>
+  <si>
+    <t>TSM/013024</t>
+  </si>
+  <si>
+    <t>SM/12191</t>
+  </si>
+  <si>
+    <t>Betahal</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BHINGOL PIPED WATER SUPPLY SCHEME(TSM/017675,SM/15948)</t>
+  </si>
+  <si>
+    <t>TSM/017675</t>
+  </si>
+  <si>
+    <t>SM/15948</t>
+  </si>
+  <si>
+    <t>Bhingol</t>
+  </si>
+  <si>
+    <t>Mouja-Bhingole ,JL No-76 ,Plot No-476, KHATIYAN NO-2892</t>
+  </si>
+  <si>
+    <t>WARI Piped Water Supply Scheme(TSM/011955,SM/12077)</t>
+  </si>
+  <si>
+    <t>TSM/011955</t>
+  </si>
+  <si>
+    <t>SM/12077</t>
+  </si>
+  <si>
+    <t>Lakshmipur</t>
+  </si>
+  <si>
+    <t>Mouja-Lakshmipur,JL No- 22 , plot no - 709 (0.33),Kahtian no.-1797</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Kankot Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/017203,SM/15057)</t>
+  </si>
+  <si>
+    <t>TSM/017203</t>
+  </si>
+  <si>
+    <t>SM/15057</t>
+  </si>
+  <si>
+    <t>Kankot</t>
+  </si>
+  <si>
+    <t>Mouza- Kankot, JL- 50, Khatian - 1203 , Plot no- 1</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Purba Binodpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/012798,SM/12313)</t>
+  </si>
+  <si>
+    <t>TSM/012798</t>
+  </si>
+  <si>
+    <t>SM/12313</t>
+  </si>
+  <si>
+    <t>Barijpur</t>
+  </si>
+  <si>
+    <t>TW-3</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Rampur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016552,SM/15062)</t>
+  </si>
+  <si>
+    <t>TSM/016552</t>
+  </si>
+  <si>
+    <t>SM/15062</t>
+  </si>
+  <si>
+    <t>Gorakhpur</t>
+  </si>
+  <si>
+    <t>Kapaichandi</t>
+  </si>
+  <si>
+    <t>Mouja-Kapaichandi,JL No-23, Plot N0-196 (0.033), KHATIYAN NO-604</t>
+  </si>
+  <si>
+    <t>DILALBATI Piped Water Supply Scheme.(TSM/014129,SM/15903)</t>
+  </si>
+  <si>
+    <t>TSM/014129</t>
+  </si>
+  <si>
+    <t>SM/15903</t>
+  </si>
+  <si>
+    <t>Dilalbati</t>
+  </si>
+  <si>
+    <t>dilalbati</t>
+  </si>
+  <si>
+    <t>Jalakar Bithan</t>
+  </si>
+  <si>
+    <t>pump house no 4</t>
+  </si>
+  <si>
+    <t>Augmentation of Uttar Chandipur Zone- I Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/019385,SM/16053)</t>
+  </si>
+  <si>
+    <t>TSM/019385</t>
+  </si>
+  <si>
+    <t>SM/16053</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF JOTGOPAL Piped Water Supply Scheme(TSM/008179,SM/14190)</t>
+  </si>
+  <si>
+    <t>TSM/008179</t>
+  </si>
+  <si>
+    <t>SM/14190</t>
+  </si>
+  <si>
+    <t>Jot Gopal</t>
+  </si>
+  <si>
+    <t>OHR ROAD</t>
+  </si>
+  <si>
+    <t>registration and mutation complited</t>
+  </si>
+  <si>
+    <t>Augmentation of Bhaluka Fatepur Piped water supply scheme(TSM/009046,SM/10137)</t>
+  </si>
+  <si>
+    <t>TSM/009046</t>
+  </si>
+  <si>
+    <t>SM/10137</t>
+  </si>
+  <si>
+    <t>JAMALPUR Piped Water Supply Scheme.(TSM/013493,SM/12879)</t>
+  </si>
+  <si>
+    <t>TSM/013493</t>
+  </si>
+  <si>
+    <t>SM/12879</t>
+  </si>
+  <si>
+    <t>Rangamati</t>
+  </si>
+  <si>
+    <t>PUTIA PWSS(TSM/013011,SM/12194)</t>
+  </si>
+  <si>
+    <t>TSM/013011</t>
+  </si>
+  <si>
+    <t>SM/12194</t>
+  </si>
+  <si>
+    <t>Putia</t>
+  </si>
+  <si>
+    <t>Putia, 140, khatian no- 775, plot no- 145</t>
+  </si>
+  <si>
+    <t>BAIRAT Piped Water Supply Scheme(TSM/014439,SM/12743)</t>
+  </si>
+  <si>
+    <t>TSM/014439</t>
+  </si>
+  <si>
+    <t>SM/12743</t>
+  </si>
+  <si>
+    <t>Bairat</t>
+  </si>
+  <si>
+    <t>Mouja-Bairat,JL No-82,Plot No- 1022 (0.33) KHAITAN- 5562</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Sailpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016471,SM/15108)</t>
+  </si>
+  <si>
+    <t>TSM/016471</t>
+  </si>
+  <si>
+    <t>SM/15108</t>
+  </si>
+  <si>
+    <t>Malihat</t>
+  </si>
+  <si>
+    <t>Mouza- Jote Basanta, JL - 47, Khatian - 8225 , Plot - 1853</t>
+  </si>
+  <si>
+    <t>MATHURAPUR PIPED WATER SUPPLY SCHEME(TSM/013453,SM/15248)</t>
+  </si>
+  <si>
+    <t>TSM/013453</t>
+  </si>
+  <si>
+    <t>SM/15248</t>
+  </si>
+  <si>
+    <t>Bakipur</t>
+  </si>
+  <si>
+    <t>Mouza- Bakipur, JL No.- 176,Plot - 419 (0.033) , KHATIAN - 1620.</t>
+  </si>
+  <si>
+    <t>Baikunthapur</t>
+  </si>
+  <si>
+    <t>Mahil Piped Water Supply Scheme(TSM/014388,SM/13733)</t>
+  </si>
+  <si>
+    <t>TSM/014388</t>
+  </si>
+  <si>
+    <t>SM/13733</t>
+  </si>
+  <si>
+    <t>Karkach</t>
+  </si>
+  <si>
+    <t>karkach</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Moyna Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016347,SM/15093)</t>
+  </si>
+  <si>
+    <t>TSM/016347</t>
+  </si>
+  <si>
+    <t>SM/15093</t>
+  </si>
+  <si>
+    <t>Mayna</t>
+  </si>
+  <si>
+    <t>moyna</t>
+  </si>
+  <si>
+    <t>Santipur</t>
+  </si>
+  <si>
+    <t>tubewell 2</t>
+  </si>
+  <si>
+    <t>IDT PROPOSAL SENT</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Talsur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016724,SM/15065)</t>
+  </si>
+  <si>
+    <t>TSM/016724</t>
+  </si>
+  <si>
+    <t>SM/15065</t>
+  </si>
+  <si>
+    <t>Talashur</t>
+  </si>
+  <si>
+    <t>Talsur, jl no- 165,Khatian- 9895, plot no -2654.</t>
+  </si>
+  <si>
+    <t>OHR LAND</t>
+  </si>
+  <si>
+    <t>registration done but IDT and mutation PENDING</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Parameswarpur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016354,SM/15110)</t>
+  </si>
+  <si>
+    <t>TSM/016354</t>
+  </si>
+  <si>
+    <t>SM/15110</t>
+  </si>
+  <si>
+    <t>Chhatia</t>
+  </si>
+  <si>
+    <t>Mouza- Chatia, JL- 133, Khatian - 1488 , Plot - 562</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Adhna Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016220,SM/15063)</t>
+  </si>
+  <si>
+    <t>TSM/016220</t>
+  </si>
+  <si>
+    <t>SM/15063</t>
+  </si>
+  <si>
+    <t>Raniganj</t>
+  </si>
+  <si>
+    <t>raniganj</t>
+  </si>
+  <si>
+    <t>IDENTIFIED</t>
+  </si>
+  <si>
+    <t>KHARANGAPUR JABRA Piped Water Supply Scheme(TSM/013445,SM/12183)</t>
+  </si>
+  <si>
+    <t>TSM/013445</t>
+  </si>
+  <si>
+    <t>SM/12183</t>
+  </si>
+  <si>
+    <t>Kharangapur Jabra</t>
+  </si>
+  <si>
+    <t>Mouja-Khrangapur Jabra,JL No- 105 ,Plot No-912 (0.2145)</t>
+  </si>
+  <si>
+    <t>DAHIL Piped Water Supply Scheme.(TSM/015609,SM/18461)</t>
+  </si>
+  <si>
+    <t>TSM/015609</t>
+  </si>
+  <si>
+    <t>SM/18461</t>
+  </si>
+  <si>
+    <t>Jagadishpur</t>
+  </si>
+  <si>
+    <t>jagdishpur</t>
+  </si>
+  <si>
+    <t>Serpur</t>
+  </si>
+  <si>
+    <t>Mouza- paschm Bhaganpur, JL-10, Plot - 454 (0.03), KH NO -3903.</t>
+  </si>
+  <si>
+    <t>Sayestabad</t>
+  </si>
+  <si>
+    <t>sub surface zone 4</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Khatil Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/015034,SM/14420)</t>
+  </si>
+  <si>
+    <t>TSM/015034</t>
+  </si>
+  <si>
+    <t>SM/14420</t>
+  </si>
+  <si>
+    <t>Dhamair</t>
+  </si>
+  <si>
+    <t>MEHERPUR PIPED WATER SUPPLY SCHEME(TSM/011828,SM/15222)</t>
+  </si>
+  <si>
+    <t>TSM/011828</t>
+  </si>
+  <si>
+    <t>SM/15222</t>
+  </si>
+  <si>
+    <t>Chaita</t>
+  </si>
+  <si>
+    <t>TW SITE</t>
+  </si>
+  <si>
+    <t>JL- 174 ( Rahimpur ) KH No.- 686, Plot No- 168/236 (0.33)</t>
+  </si>
+  <si>
+    <t>Mouza- Paro, JL- 58, plot no - 699</t>
+  </si>
+  <si>
+    <t>SULTANNAGAR PWSS(TSM/012936,SM/12196)</t>
+  </si>
+  <si>
+    <t>TSM/012936</t>
+  </si>
+  <si>
+    <t>SM/12196</t>
+  </si>
+  <si>
+    <t>Darol</t>
+  </si>
+  <si>
+    <t>Darol, 125, khatian no- 1516,plot no- 117.</t>
+  </si>
+  <si>
+    <t>KRISHNAPUR PIPED WATER SUPPLY SCHEME.(TSM/013458,SM/13746)</t>
+  </si>
+  <si>
+    <t>TSM/013458</t>
+  </si>
+  <si>
+    <t>SM/13746</t>
+  </si>
+  <si>
+    <t>Dhumpur</t>
+  </si>
+  <si>
+    <t>Mouja-Bairat,JL No-82,Plot No-2258</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Mianagar Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/014342,SM/12316)</t>
+  </si>
+  <si>
+    <t>TSM/014342</t>
+  </si>
+  <si>
+    <t>SM/12316</t>
+  </si>
+  <si>
+    <t>Banpur</t>
+  </si>
+  <si>
+    <t>OHR &amp; Tubewell no 1</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Dakshin Gouripur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016694,SM/15073)</t>
+  </si>
+  <si>
+    <t>TSM/016694</t>
+  </si>
+  <si>
+    <t>SM/15073</t>
+  </si>
+  <si>
+    <t>Jalalpur</t>
+  </si>
+  <si>
+    <t>Mouza- Jalalpur, jl- 166, Khatian - 1757, plot -168</t>
+  </si>
+  <si>
+    <t>DUBA KHOSKOAN PIPED WATER SUPPLY SCHEME.(TSM/014431,SM/13721)</t>
+  </si>
+  <si>
+    <t>TSM/014431</t>
+  </si>
+  <si>
+    <t>SM/13721</t>
+  </si>
+  <si>
+    <t>Mudafat Habinagar</t>
+  </si>
+  <si>
+    <t>mudafat habinagar</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Arjuna Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016722,SM/15074)</t>
+  </si>
+  <si>
+    <t>TSM/016722</t>
+  </si>
+  <si>
+    <t>SM/15074</t>
+  </si>
+  <si>
+    <t>Tetia</t>
+  </si>
+  <si>
+    <t>Tetiya,jl no-134, plot no- 286,288,96,97, khatian no-98.</t>
+  </si>
+  <si>
+    <t>Samshi</t>
+  </si>
+  <si>
+    <t>SAMSI Z-I</t>
+  </si>
+  <si>
+    <t>BABUPUR PWSS(TSM/014434,SM/18433)</t>
+  </si>
+  <si>
+    <t>TSM/014434</t>
+  </si>
+  <si>
+    <t>SM/18433</t>
+  </si>
+  <si>
+    <t>Babupur</t>
+  </si>
+  <si>
+    <t>babupur</t>
+  </si>
+  <si>
+    <t>Augmentation of Uttar Chandipur Zone- III Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/019388,SM/15149)</t>
+  </si>
+  <si>
+    <t>TSM/019388</t>
+  </si>
+  <si>
+    <t>SM/15149</t>
+  </si>
+  <si>
+    <t>Uttar Chandipur</t>
+  </si>
+  <si>
+    <t>Chhatrak, 115, khatian no.- 1584, plot no- 503</t>
+  </si>
+  <si>
+    <t>HATNAGAR PIPED WATER SUPPLY SCHEME(TSM/020336,SM/18496)</t>
+  </si>
+  <si>
+    <t>TSM/020336</t>
+  </si>
+  <si>
+    <t>SM/18496</t>
+  </si>
+  <si>
+    <t>Hatnagar</t>
+  </si>
+  <si>
+    <t>hatnagar</t>
+  </si>
+  <si>
+    <t>Darol, jl no- 125, plot no -76,77, khatian no-1608</t>
+  </si>
+  <si>
+    <t>BHADAR Piped Water Supply Scheme(TSM/014278,SM/12768)</t>
+  </si>
+  <si>
+    <t>TSM/014278</t>
+  </si>
+  <si>
+    <t>SM/12768</t>
+  </si>
+  <si>
+    <t>Bhadar</t>
+  </si>
+  <si>
+    <t>bhadar</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Malipakar Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/016606,SM/15190)</t>
+  </si>
+  <si>
+    <t>TSM/016606</t>
+  </si>
+  <si>
+    <t>SM/15190</t>
+  </si>
+  <si>
+    <t>Mali Pakar</t>
+  </si>
+  <si>
+    <t>Malipakar , jl no- 91, Plot no - 743/2092, khatian no- 101,11273</t>
+  </si>
+  <si>
+    <t>Augmentation of Uttar Chandipur Zone- IV B Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/019390,SM/15193)</t>
+  </si>
+  <si>
+    <t>TSM/019390</t>
+  </si>
+  <si>
+    <t>SM/15193</t>
+  </si>
+  <si>
+    <t>Harachandapur</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Bahirgachi Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/015614,SM/15113)</t>
+  </si>
+  <si>
+    <t>TSM/015614</t>
+  </si>
+  <si>
+    <t>SM/15113</t>
+  </si>
+  <si>
+    <t>Raykhandighi</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Gun Sankrul Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/014744,SM/12761)</t>
+  </si>
+  <si>
+    <t>TSM/014744</t>
+  </si>
+  <si>
+    <t>SM/12761</t>
+  </si>
+  <si>
+    <t>Mahajib Nagar</t>
+  </si>
+  <si>
+    <t>Mouza- nabagram, JL-60, Plot -154 ,155,571 , KHATIAN - 6654</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Pannapur Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/012801,SM/12315)</t>
+  </si>
+  <si>
+    <t>TSM/012801</t>
+  </si>
+  <si>
+    <t>SM/12315</t>
+  </si>
+  <si>
+    <t>Nimnail</t>
+  </si>
+  <si>
+    <t>Sanjail PWSS in Old Malda Block in District Malda(TSM/011706,SM/12337)</t>
+  </si>
+  <si>
+    <t>TSM/011706</t>
+  </si>
+  <si>
+    <t>SM/12337</t>
+  </si>
+  <si>
+    <t>Sanjail</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Kutub Sahar Piped Water Supply Scheme under Malda Division, PHE Dte.(TSM/014339,SM/12317)</t>
+  </si>
+  <si>
+    <t>TSM/014339</t>
+  </si>
+  <si>
+    <t>SM/12317</t>
+  </si>
+  <si>
+    <t>Khord Babupur</t>
+  </si>
+  <si>
+    <t>Mouza- Kharda Babupur, JL - 35, Khatian - 2138, Plot - 912</t>
+  </si>
+  <si>
+    <t>AUMENTATION OF AIHO ZONE-II PIPED WATER SUPPLY SCHEME(TSM/017677,SM/15188)</t>
+  </si>
+  <si>
+    <t>TSM/017677</t>
+  </si>
+  <si>
+    <t>SM/15188</t>
+  </si>
+  <si>
+    <t>Aiho (CT)</t>
+  </si>
+  <si>
+    <t>GOURAMARI , JL - 250</t>
+  </si>
+  <si>
+    <t>ALINAGAR Piped Water Supply Scheme(TSM/015847,SM/13431)</t>
+  </si>
+  <si>
+    <t>TSM/015847</t>
+  </si>
+  <si>
+    <t>SM/13431</t>
+  </si>
+  <si>
+    <t>Alinagar</t>
+  </si>
+  <si>
+    <t>alinagar</t>
+  </si>
+  <si>
     <t>Daudpur Piped water supply scheme in Chanchal-I Block, Dist-Malda(TSM/011680,SM/12338)</t>
   </si>
   <si>
     <t>TSM/011680</t>
   </si>
   <si>
     <t>SM/12338</t>
   </si>
   <si>
-    <t>New</t>
-[...7 lines deleted...]
-  <si>
     <t>Bagchara</t>
   </si>
   <si>
     <t>Mouza- BAGCHARA, JL-152, Plot - 33 (0.33) , KHATIYAN NO-3117</t>
-  </si>
-[...2038 lines deleted...]
-    <t>GOURAMARI , JL - 250</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2697,9704 +2697,9704 @@
       <c r="E3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4">
-        <v>152</v>
+        <v>241</v>
       </c>
       <c r="N3" s="4">
-        <v>3117</v>
+        <v>0</v>
       </c>
       <c r="O3" s="4">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="P3" s="4">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R3" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M4" s="4">
-        <v>26</v>
+        <v>280</v>
       </c>
       <c r="N4" s="4">
-        <v>1509</v>
+        <v>491</v>
       </c>
       <c r="O4" s="4">
-        <v>803</v>
+        <v>121</v>
       </c>
       <c r="P4" s="4">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="Q4" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R4" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I5" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J5" s="4" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M5" s="4">
-        <v>241</v>
+        <v>185</v>
       </c>
       <c r="N5" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O5" s="4">
-        <v>184</v>
+        <v>365</v>
       </c>
       <c r="P5" s="4">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="Q5" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R5" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="J6" s="4" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M6" s="4">
-        <v>280</v>
+        <v>102</v>
       </c>
       <c r="N6" s="4">
-        <v>491</v>
+        <v>1</v>
       </c>
       <c r="O6" s="4">
-        <v>121</v>
+        <v>279</v>
       </c>
       <c r="P6" s="4">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R6" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="4" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="I7" s="4" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J7" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M7" s="4">
-        <v>102</v>
+        <v>162</v>
       </c>
       <c r="N7" s="4">
         <v>1</v>
       </c>
       <c r="O7" s="4">
-        <v>279</v>
+        <v>68</v>
       </c>
       <c r="P7" s="4">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="Q7" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R7" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="D8" s="3" t="s">
+      <c r="I8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="E8" s="3" t="s">
+      <c r="J8" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I8" s="4" t="s">
+      <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="J8" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L8" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M8" s="4">
         <v>49</v>
       </c>
-      <c r="M8" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="N8" s="4">
-        <v>1</v>
+        <v>1106</v>
       </c>
       <c r="O8" s="4">
-        <v>365</v>
+        <v>828</v>
       </c>
       <c r="P8" s="4">
+        <v>8</v>
+      </c>
+      <c r="Q8" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="Q8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R8" s="10" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I9" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="I9" s="4" t="s">
+      <c r="J9" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="J9" s="4" t="s">
+      <c r="M9" s="4">
+        <v>221</v>
+      </c>
+      <c r="N9" s="4">
+        <v>323</v>
+      </c>
+      <c r="O9" s="4">
+        <v>361</v>
+      </c>
+      <c r="P9" s="4">
+        <v>32</v>
+      </c>
+      <c r="Q9" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="R9" s="10" t="s">
         <v>65</v>
-      </c>
-[...22 lines deleted...]
-        <v>67</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="D10" s="3" t="s">
+      <c r="F10" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="E10" s="3" t="s">
+      <c r="I10" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="F10" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I10" s="4" t="s">
+      <c r="J10" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M10" s="4">
+        <v>103</v>
+      </c>
+      <c r="N10" s="4">
+        <v>2718</v>
+      </c>
+      <c r="O10" s="4">
+        <v>249</v>
+      </c>
+      <c r="P10" s="4">
+        <v>3</v>
+      </c>
+      <c r="Q10" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="R10" s="10" t="s">
         <v>71</v>
-      </c>
-[...25 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>72</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J11" s="4" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="M11" s="4">
-        <v>221</v>
+        <v>2</v>
       </c>
       <c r="N11" s="4">
-        <v>323</v>
+        <v>1688</v>
       </c>
       <c r="O11" s="4">
-        <v>361</v>
+        <v>1074</v>
       </c>
       <c r="P11" s="4">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="Q11" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R11" s="10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H12" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I12" s="4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J12" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="4">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="N12" s="4">
-        <v>2718</v>
+        <v>0</v>
       </c>
       <c r="O12" s="4">
-        <v>249</v>
+        <v>404</v>
       </c>
       <c r="P12" s="4">
         <v>3</v>
       </c>
       <c r="Q12" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R12" s="10" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="4" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="I13" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="J13" s="4" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="4">
-        <v>2</v>
+        <v>101</v>
       </c>
       <c r="N13" s="4">
-        <v>1688</v>
+        <v>6368</v>
       </c>
       <c r="O13" s="4">
-        <v>1074</v>
+        <v>103</v>
       </c>
       <c r="P13" s="4">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="Q13" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R13" s="10" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>90</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I14" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="I14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="4">
-        <v>101</v>
+        <v>19</v>
       </c>
       <c r="N14" s="4">
-        <v>6368</v>
+        <v>2888</v>
       </c>
       <c r="O14" s="4">
-        <v>103</v>
+        <v>632</v>
       </c>
       <c r="P14" s="4">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R14" s="10" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D15" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="D15" s="3" t="s">
+      <c r="E15" s="3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="I15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="J15" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="H15" s="4" t="s">
+      <c r="K15" s="4" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="4">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="N15" s="4">
-        <v>0</v>
+        <v>703</v>
       </c>
       <c r="O15" s="4">
-        <v>404</v>
+        <v>269</v>
       </c>
       <c r="P15" s="4">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="Q15" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R15" s="10" t="s">
-        <v>39</v>
+        <v>100</v>
       </c>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>101</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>102</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="I16" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J16" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M16" s="4">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="N16" s="4">
-        <v>2888</v>
+        <v>0</v>
       </c>
       <c r="O16" s="4">
-        <v>632</v>
+        <v>6</v>
       </c>
       <c r="P16" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q16" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R16" s="10" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="4" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="I17" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J17" s="4" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>110</v>
+        <v>28</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M17" s="4">
-        <v>31</v>
+        <v>172</v>
       </c>
       <c r="N17" s="4">
-        <v>703</v>
+        <v>1</v>
       </c>
       <c r="O17" s="4">
-        <v>269</v>
+        <v>973</v>
       </c>
       <c r="P17" s="4">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R17" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="D18" s="3" t="s">
+      <c r="E18" s="3" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I18" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="J18" s="4" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M18" s="4">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="N18" s="4">
-        <v>0</v>
+        <v>1420</v>
       </c>
       <c r="O18" s="4">
-        <v>6</v>
+        <v>236</v>
       </c>
       <c r="P18" s="4">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R18" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="D19" s="3" t="s">
+      <c r="E19" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="E19" s="3" t="s">
+      <c r="F19" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H19" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I19" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="F19" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J19" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M19" s="4">
-        <v>172</v>
+        <v>30</v>
       </c>
       <c r="N19" s="4">
-        <v>1</v>
+        <v>654</v>
       </c>
       <c r="O19" s="4">
-        <v>973</v>
+        <v>283</v>
       </c>
       <c r="P19" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q19" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R19" s="10" t="s">
-        <v>121</v>
+        <v>71</v>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="I20" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="J20" s="4" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M20" s="4">
         <v>103</v>
       </c>
       <c r="N20" s="4">
         <v>5844</v>
       </c>
       <c r="O20" s="4">
         <v>835</v>
       </c>
       <c r="P20" s="4">
         <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R20" s="10" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="D21" s="3" t="s">
+      <c r="F21" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I21" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="E21" s="3" t="s">
+      <c r="J21" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="M21" s="4">
+        <v>94</v>
+      </c>
+      <c r="N21" s="4">
+        <v>423</v>
+      </c>
+      <c r="O21" s="4">
+        <v>403</v>
+      </c>
+      <c r="P21" s="4">
+        <v>33</v>
+      </c>
+      <c r="Q21" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="R21" s="10" t="s">
         <v>131</v>
-      </c>
-[...37 lines deleted...]
-        <v>83</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D22" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="D22" s="3" t="s">
+      <c r="E22" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H22" s="4" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>136</v>
       </c>
       <c r="J22" s="4" t="s">
-        <v>136</v>
+        <v>31</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="M22" s="4">
-        <v>94</v>
+        <v>5</v>
       </c>
       <c r="N22" s="4">
-        <v>423</v>
+        <v>10224</v>
       </c>
       <c r="O22" s="4">
-        <v>403</v>
+        <v>3270</v>
       </c>
       <c r="P22" s="4">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q22" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R22" s="10" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D23" s="3" t="s">
+      <c r="E23" s="3" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="4" t="s">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="I23" s="4" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J23" s="4" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="4">
-        <v>72</v>
+        <v>159</v>
       </c>
       <c r="N23" s="4">
-        <v>1420</v>
+        <v>0</v>
       </c>
       <c r="O23" s="4">
-        <v>236</v>
+        <v>1377</v>
       </c>
       <c r="P23" s="4">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="Q23" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R23" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="4" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="I24" s="4" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J24" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K24" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="4">
         <v>66</v>
       </c>
       <c r="N24" s="4">
         <v>0</v>
       </c>
       <c r="O24" s="4">
         <v>391</v>
       </c>
       <c r="P24" s="4">
         <v>3</v>
       </c>
       <c r="Q24" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R24" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="D25" s="3" t="s">
+      <c r="F25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I25" s="4" t="s">
         <v>148</v>
       </c>
-      <c r="E25" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J25" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="4">
-        <v>5</v>
+        <v>155</v>
       </c>
       <c r="N25" s="4">
-        <v>10224</v>
+        <v>703</v>
       </c>
       <c r="O25" s="4">
-        <v>3270</v>
+        <v>271</v>
       </c>
       <c r="P25" s="4">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="Q25" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R25" s="10" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="D26" s="3" t="s">
+      <c r="F26" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H26" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I26" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="E26" s="3" t="s">
+      <c r="J26" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K26" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="4">
-        <v>159</v>
+        <v>109</v>
       </c>
       <c r="N26" s="4">
-        <v>0</v>
+        <v>5837</v>
       </c>
       <c r="O26" s="4">
-        <v>1377</v>
+        <v>2117</v>
       </c>
       <c r="P26" s="4">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="Q26" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R26" s="10" t="s">
-        <v>39</v>
+        <v>155</v>
       </c>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>156</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>159</v>
       </c>
       <c r="J27" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="4">
-        <v>155</v>
+        <v>14</v>
       </c>
       <c r="N27" s="4">
-        <v>703</v>
+        <v>733</v>
       </c>
       <c r="O27" s="4">
-        <v>271</v>
+        <v>144</v>
       </c>
       <c r="P27" s="4">
         <v>3</v>
       </c>
       <c r="Q27" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R27" s="10" t="s">
-        <v>160</v>
+        <v>71</v>
       </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="D28" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="D28" s="3" t="s">
+      <c r="E28" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H28" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I28" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I28" s="4" t="s">
+      <c r="J28" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="J28" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K28" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="4">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="N28" s="4">
-        <v>5837</v>
+        <v>19862</v>
       </c>
       <c r="O28" s="4">
-        <v>2117</v>
+        <v>791</v>
       </c>
       <c r="P28" s="4">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R28" s="10" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="I29" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="J29" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="D29" s="3" t="s">
+      <c r="K29" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M29" s="4">
+        <v>124</v>
+      </c>
+      <c r="N29" s="4">
+        <v>1</v>
+      </c>
+      <c r="O29" s="4">
+        <v>34</v>
+      </c>
+      <c r="P29" s="4">
+        <v>21</v>
+      </c>
+      <c r="Q29" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="R29" s="10" t="s">
         <v>168</v>
-      </c>
-[...40 lines deleted...]
-        <v>83</v>
       </c>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I30" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J30" s="4" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="4">
         <v>126</v>
       </c>
       <c r="N30" s="4">
         <v>1920</v>
       </c>
       <c r="O30" s="4">
         <v>2124</v>
       </c>
       <c r="P30" s="4">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R30" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="D31" s="3" t="s">
+      <c r="F31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I31" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="E31" s="3" t="s">
+      <c r="J31" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K31" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="4">
-        <v>124</v>
+        <v>20</v>
       </c>
       <c r="N31" s="4">
-        <v>19862</v>
+        <v>1132</v>
       </c>
       <c r="O31" s="4">
-        <v>791</v>
+        <v>327</v>
       </c>
       <c r="P31" s="4">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="Q31" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R31" s="10" t="s">
-        <v>181</v>
+        <v>31</v>
       </c>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>105</v>
+        <v>179</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>106</v>
+        <v>180</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>107</v>
+        <v>181</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="4" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>182</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>183</v>
       </c>
       <c r="K32" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M32" s="4">
-        <v>124</v>
+        <v>12</v>
       </c>
       <c r="N32" s="4">
-        <v>1</v>
+        <v>3485</v>
       </c>
       <c r="O32" s="4">
-        <v>34</v>
+        <v>352</v>
       </c>
       <c r="P32" s="4">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R32" s="10" t="s">
-        <v>184</v>
+        <v>31</v>
       </c>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D33" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="D33" s="3" t="s">
+      <c r="E33" s="3" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H33" s="4" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="I33" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="J33" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="J33" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K33" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="4">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="N33" s="4">
-        <v>1132</v>
+        <v>1296</v>
       </c>
       <c r="O33" s="4">
-        <v>327</v>
+        <v>230</v>
       </c>
       <c r="P33" s="4">
+        <v>3</v>
+      </c>
+      <c r="Q33" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="Q33" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R33" s="10" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="D34" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="D34" s="3" t="s">
+      <c r="E34" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H34" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I34" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I34" s="4" t="s">
+      <c r="J34" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="J34" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K34" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="4">
         <v>287</v>
       </c>
       <c r="N34" s="4">
         <v>1379</v>
       </c>
       <c r="O34" s="4">
         <v>41</v>
       </c>
       <c r="P34" s="4">
         <v>8</v>
       </c>
       <c r="Q34" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R34" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="D35" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="D35" s="3" t="s">
+      <c r="E35" s="3" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M35" s="4">
         <v>38</v>
       </c>
       <c r="N35" s="4">
         <v>1</v>
       </c>
       <c r="O35" s="4">
         <v>346</v>
       </c>
       <c r="P35" s="4">
         <v>30</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R35" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="D36" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="D36" s="3" t="s">
+      <c r="E36" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="E36" s="3" t="s">
+      <c r="F36" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H36" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I36" s="4" t="s">
         <v>202</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J36" s="4" t="s">
-        <v>204</v>
+        <v>31</v>
       </c>
       <c r="K36" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="4">
-        <v>12</v>
+        <v>88</v>
       </c>
       <c r="N36" s="4">
-        <v>3485</v>
+        <v>81</v>
       </c>
       <c r="O36" s="4">
-        <v>352</v>
+        <v>246</v>
       </c>
       <c r="P36" s="4">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R36" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="4" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="I37" s="4" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="J37" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K37" s="4" t="s">
-        <v>28</v>
+        <v>99</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="4">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="N37" s="4">
-        <v>81</v>
+        <v>366</v>
       </c>
       <c r="O37" s="4">
-        <v>246</v>
+        <v>2099</v>
       </c>
       <c r="P37" s="4">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="Q37" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R37" s="10" t="s">
-        <v>39</v>
+        <v>207</v>
       </c>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="D38" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="D38" s="3" t="s">
+      <c r="E38" s="3" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="I38" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="J38" s="4" t="s">
         <v>212</v>
       </c>
-      <c r="J38" s="4" t="s">
+      <c r="K38" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L38" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M38" s="4">
+        <v>58</v>
+      </c>
+      <c r="N38" s="4">
+        <v>1</v>
+      </c>
+      <c r="O38" s="4">
+        <v>0</v>
+      </c>
+      <c r="P38" s="4">
+        <v>33</v>
+      </c>
+      <c r="Q38" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="R38" s="10" t="s">
         <v>213</v>
-      </c>
-[...22 lines deleted...]
-        <v>89</v>
       </c>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>214</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>215</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>216</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="4" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>217</v>
       </c>
       <c r="J39" s="4" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="K39" s="4" t="s">
-        <v>110</v>
+        <v>28</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="4">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="N39" s="4">
-        <v>366</v>
+        <v>1875</v>
       </c>
       <c r="O39" s="4">
-        <v>2099</v>
+        <v>175</v>
       </c>
       <c r="P39" s="4">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R39" s="10" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H40" s="4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I40" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J40" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M40" s="4">
-        <v>58</v>
+        <v>138</v>
       </c>
       <c r="N40" s="4">
-        <v>1</v>
+        <v>3093</v>
       </c>
       <c r="O40" s="4">
-        <v>0</v>
+        <v>139</v>
       </c>
       <c r="P40" s="4">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="Q40" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R40" s="10" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>225</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>228</v>
       </c>
       <c r="J41" s="4" t="s">
         <v>229</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="4">
-        <v>11</v>
+        <v>155</v>
       </c>
       <c r="N41" s="4">
-        <v>1875</v>
+        <v>5587</v>
       </c>
       <c r="O41" s="4">
-        <v>175</v>
+        <v>901</v>
       </c>
       <c r="P41" s="4">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R41" s="10" t="s">
-        <v>31</v>
+        <v>219</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>230</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>231</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H42" s="4" t="s">
-        <v>115</v>
+        <v>88</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>233</v>
       </c>
       <c r="J42" s="4" t="s">
-        <v>234</v>
+        <v>31</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M42" s="4">
-        <v>138</v>
+        <v>60</v>
       </c>
       <c r="N42" s="4">
-        <v>3093</v>
+        <v>1</v>
       </c>
       <c r="O42" s="4">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="P42" s="4">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R42" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="D43" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="D43" s="3" t="s">
+      <c r="E43" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="E43" s="3" t="s">
+      <c r="F43" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I43" s="4" t="s">
         <v>237</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J43" s="4" t="s">
-        <v>239</v>
+        <v>31</v>
       </c>
       <c r="K43" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="4">
-        <v>155</v>
+        <v>101</v>
       </c>
       <c r="N43" s="4">
-        <v>5587</v>
+        <v>1419</v>
       </c>
       <c r="O43" s="4">
-        <v>901</v>
+        <v>822</v>
       </c>
       <c r="P43" s="4">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="Q43" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R43" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="D44" s="3" t="s">
+      <c r="F44" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H44" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I44" s="4" t="s">
         <v>241</v>
       </c>
-      <c r="E44" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J44" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K44" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="4">
-        <v>101</v>
+        <v>55</v>
       </c>
       <c r="N44" s="4">
-        <v>1419</v>
+        <v>0</v>
       </c>
       <c r="O44" s="4">
-        <v>822</v>
+        <v>556</v>
       </c>
       <c r="P44" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R44" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="D45" s="3" t="s">
+      <c r="F45" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I45" s="4" t="s">
         <v>245</v>
       </c>
-      <c r="E45" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J45" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M45" s="4">
-        <v>60</v>
+        <v>223</v>
       </c>
       <c r="N45" s="4">
         <v>1</v>
       </c>
       <c r="O45" s="4">
-        <v>119</v>
+        <v>16</v>
       </c>
       <c r="P45" s="4">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R45" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="8" t="s">
+        <v>246</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="D46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H46" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="I46" s="4" t="s">
         <v>249</v>
       </c>
-      <c r="E46" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J46" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="4">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="N46" s="4">
-        <v>0</v>
+        <v>5033</v>
       </c>
       <c r="O46" s="4">
-        <v>556</v>
+        <v>4582</v>
       </c>
       <c r="P46" s="4">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R46" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="I47" s="4" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="J47" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M47" s="4">
-        <v>223</v>
+        <v>29</v>
       </c>
       <c r="N47" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O47" s="4">
-        <v>16</v>
+        <v>282</v>
       </c>
       <c r="P47" s="4">
+        <v>3</v>
+      </c>
+      <c r="Q47" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="Q47" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R47" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
+        <v>254</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="D48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I48" s="4" t="s">
         <v>257</v>
       </c>
-      <c r="E48" s="3" t="s">
+      <c r="J48" s="4" t="s">
         <v>258</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="4">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="N48" s="4">
-        <v>5033</v>
+        <v>892</v>
       </c>
       <c r="O48" s="4">
-        <v>4582</v>
+        <v>219</v>
       </c>
       <c r="P48" s="4">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="Q48" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R48" s="10" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
+        <v>259</v>
+      </c>
+      <c r="D49" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="D49" s="3" t="s">
+      <c r="E49" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I49" s="4" t="s">
         <v>262</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J49" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="4">
         <v>33</v>
       </c>
       <c r="N49" s="4">
         <v>0</v>
       </c>
       <c r="O49" s="4">
         <v>87</v>
       </c>
       <c r="P49" s="4">
         <v>3</v>
       </c>
       <c r="Q49" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R49" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="D50" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="D50" s="3" t="s">
+      <c r="E50" s="3" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="I50" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="J50" s="4" t="s">
         <v>267</v>
       </c>
-      <c r="J50" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K50" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="4">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="N50" s="4">
-        <v>0</v>
+        <v>2157</v>
       </c>
       <c r="O50" s="4">
-        <v>282</v>
+        <v>535</v>
       </c>
       <c r="P50" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R50" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>268</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>269</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>271</v>
       </c>
       <c r="J51" s="4" t="s">
         <v>272</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="4">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="N51" s="4">
-        <v>892</v>
+        <v>686</v>
       </c>
       <c r="O51" s="4">
-        <v>219</v>
+        <v>476</v>
       </c>
       <c r="P51" s="4">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R51" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>273</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>274</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>275</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H52" s="4" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>276</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>277</v>
       </c>
       <c r="K52" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L52" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M52" s="4">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="N52" s="4">
-        <v>2157</v>
+        <v>5328</v>
       </c>
       <c r="O52" s="4">
-        <v>535</v>
+        <v>15</v>
       </c>
       <c r="P52" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q52" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R52" s="10" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>278</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>279</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>280</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>281</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>282</v>
       </c>
       <c r="K53" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="4">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="N53" s="4">
-        <v>686</v>
+        <v>0</v>
       </c>
       <c r="O53" s="4">
-        <v>476</v>
+        <v>70</v>
       </c>
       <c r="P53" s="4">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R53" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>283</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H54" s="4" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>286</v>
       </c>
       <c r="J54" s="4" t="s">
-        <v>180</v>
+        <v>31</v>
       </c>
       <c r="K54" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="4">
-        <v>122</v>
+        <v>179</v>
       </c>
       <c r="N54" s="4">
-        <v>3111</v>
+        <v>0</v>
       </c>
       <c r="O54" s="4">
-        <v>626</v>
+        <v>924</v>
       </c>
       <c r="P54" s="4">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="Q54" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R54" s="10" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>288</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>289</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>62</v>
+        <v>290</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="4" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="I55" s="4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J55" s="4" t="s">
-        <v>39</v>
+        <v>291</v>
       </c>
       <c r="K55" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L55" s="4" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="M55" s="4">
-        <v>122</v>
+        <v>160</v>
       </c>
       <c r="N55" s="4">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="O55" s="4">
-        <v>1062</v>
+        <v>237</v>
       </c>
       <c r="P55" s="4">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R55" s="10" t="s">
-        <v>39</v>
+        <v>292</v>
       </c>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="4" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I56" s="4" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J56" s="4" t="s">
-        <v>295</v>
+        <v>164</v>
       </c>
       <c r="K56" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L56" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M56" s="4">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="N56" s="4">
-        <v>5328</v>
+        <v>3111</v>
       </c>
       <c r="O56" s="4">
-        <v>15</v>
+        <v>626</v>
       </c>
       <c r="P56" s="4">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R56" s="10" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>296</v>
+        <v>273</v>
       </c>
       <c r="D57" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H57" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I57" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="J57" s="4" t="s">
         <v>297</v>
       </c>
-      <c r="E57" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K57" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L57" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M57" s="4">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="N57" s="4">
-        <v>0</v>
+        <v>5009</v>
       </c>
       <c r="O57" s="4">
-        <v>1365</v>
+        <v>200</v>
       </c>
       <c r="P57" s="4">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="Q57" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R57" s="10" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="4" t="s">
-        <v>25</v>
+        <v>104</v>
       </c>
       <c r="I58" s="4" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="J58" s="4" t="s">
-        <v>300</v>
+        <v>31</v>
       </c>
       <c r="K58" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L58" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M58" s="4">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="N58" s="4">
-        <v>5009</v>
+        <v>0</v>
       </c>
       <c r="O58" s="4">
-        <v>200</v>
+        <v>1062</v>
       </c>
       <c r="P58" s="4">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="Q58" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R58" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="4" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="I59" s="4" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J59" s="4" t="s">
-        <v>305</v>
+        <v>31</v>
       </c>
       <c r="K59" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="4">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="N59" s="4">
         <v>0</v>
       </c>
       <c r="O59" s="4">
-        <v>70</v>
+        <v>1365</v>
       </c>
       <c r="P59" s="4">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="Q59" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R59" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>307</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>308</v>
       </c>
       <c r="F60" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H60" s="4" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>310</v>
       </c>
       <c r="J60" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="K60" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L60" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="M60" s="4">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="N60" s="4">
+        <v>3232</v>
+      </c>
+      <c r="O60" s="4">
         <v>360</v>
       </c>
-      <c r="O60" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="P60" s="4">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="Q60" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R60" s="10" t="s">
-        <v>311</v>
+        <v>194</v>
       </c>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="I61" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="J61" s="4" t="s">
         <v>312</v>
       </c>
-      <c r="D61" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K61" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="4">
-        <v>179</v>
+        <v>145</v>
       </c>
       <c r="N61" s="4">
-        <v>0</v>
+        <v>2849</v>
       </c>
       <c r="O61" s="4">
-        <v>924</v>
+        <v>163</v>
       </c>
       <c r="P61" s="4">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="Q61" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R61" s="10" t="s">
-        <v>39</v>
+        <v>194</v>
       </c>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="I62" s="4" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="J62" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="K62" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L62" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M62" s="4">
         <v>118</v>
       </c>
       <c r="N62" s="4">
         <v>2336</v>
       </c>
       <c r="O62" s="4">
         <v>177</v>
       </c>
       <c r="P62" s="4">
         <v>3</v>
       </c>
       <c r="Q62" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R62" s="10" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I63" s="4" t="s">
         <v>321</v>
       </c>
-      <c r="D63" s="3" t="s">
+      <c r="J63" s="4" t="s">
         <v>322</v>
       </c>
-      <c r="E63" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K63" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="4">
-        <v>145</v>
+        <v>57</v>
       </c>
       <c r="N63" s="4">
-        <v>3232</v>
+        <v>63</v>
       </c>
       <c r="O63" s="4">
-        <v>360</v>
+        <v>30</v>
       </c>
       <c r="P63" s="4">
         <v>3</v>
       </c>
       <c r="Q63" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R63" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>321</v>
+        <v>51</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>322</v>
+        <v>52</v>
       </c>
       <c r="E64" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H64" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I64" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H64" s="4" t="s">
+      <c r="J64" s="4" t="s">
         <v>324</v>
       </c>
-      <c r="I64" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K64" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="4">
-        <v>145</v>
+        <v>80</v>
       </c>
       <c r="N64" s="4">
-        <v>2849</v>
+        <v>643</v>
       </c>
       <c r="O64" s="4">
-        <v>163</v>
+        <v>424</v>
       </c>
       <c r="P64" s="4">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R64" s="10" t="s">
-        <v>195</v>
+        <v>59</v>
       </c>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="I65" s="4" t="s">
         <v>328</v>
       </c>
-      <c r="D65" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J65" s="4" t="s">
-        <v>332</v>
+        <v>31</v>
       </c>
       <c r="K65" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="4">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="N65" s="4">
-        <v>63</v>
+        <v>554</v>
       </c>
       <c r="O65" s="4">
-        <v>30</v>
+        <v>295</v>
       </c>
       <c r="P65" s="4">
         <v>3</v>
       </c>
       <c r="Q65" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R65" s="10" t="s">
-        <v>195</v>
+        <v>71</v>
       </c>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H66" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I66" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="J66" s="4" t="s">
         <v>333</v>
       </c>
-      <c r="D66" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K66" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L66" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M66" s="4">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="N66" s="4">
-        <v>554</v>
+        <v>502</v>
       </c>
       <c r="O66" s="4">
-        <v>295</v>
+        <v>206</v>
       </c>
       <c r="P66" s="4">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="Q66" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R66" s="10" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="I67" s="4" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="J67" s="4" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="K67" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M67" s="4">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="N67" s="4">
-        <v>643</v>
+        <v>3302</v>
       </c>
       <c r="O67" s="4">
-        <v>424</v>
+        <v>1061</v>
       </c>
       <c r="P67" s="4">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="Q67" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R67" s="10" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H68" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I68" s="4" t="s">
         <v>339</v>
       </c>
-      <c r="D68" s="3" t="s">
+      <c r="J68" s="4" t="s">
         <v>340</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="4">
         <v>39</v>
       </c>
       <c r="N68" s="4">
         <v>5575</v>
       </c>
       <c r="O68" s="4">
         <v>2548</v>
       </c>
       <c r="P68" s="4">
         <v>33</v>
       </c>
       <c r="Q68" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R68" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H69" s="4" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="I69" s="4" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="J69" s="4" t="s">
-        <v>348</v>
+        <v>31</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M69" s="4">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="N69" s="4">
-        <v>502</v>
+        <v>1</v>
       </c>
       <c r="O69" s="4">
-        <v>206</v>
+        <v>103</v>
       </c>
       <c r="P69" s="4">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="Q69" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R69" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="4" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="I70" s="4" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="J70" s="4" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="K70" s="4" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="4">
         <v>65</v>
       </c>
       <c r="N70" s="4">
         <v>13</v>
       </c>
       <c r="O70" s="4">
         <v>91</v>
       </c>
       <c r="P70" s="4">
         <v>100</v>
       </c>
       <c r="Q70" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R70" s="10" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>84</v>
+        <v>347</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>85</v>
+        <v>348</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>86</v>
+        <v>349</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="I71" s="4" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="J71" s="4" t="s">
-        <v>352</v>
+        <v>31</v>
       </c>
       <c r="K71" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="4">
-        <v>1</v>
+        <v>101</v>
       </c>
       <c r="N71" s="4">
-        <v>3302</v>
+        <v>0</v>
       </c>
       <c r="O71" s="4">
-        <v>1061</v>
+        <v>721</v>
       </c>
       <c r="P71" s="4">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="Q71" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R71" s="10" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I72" s="4" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J72" s="4" t="s">
-        <v>39</v>
+        <v>355</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="4">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="N72" s="4">
-        <v>0</v>
+        <v>1151</v>
       </c>
       <c r="O72" s="4">
-        <v>308</v>
+        <v>437</v>
       </c>
       <c r="P72" s="4">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="Q72" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R72" s="10" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="D73" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="D73" s="3" t="s">
+      <c r="E73" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="E73" s="3" t="s">
+      <c r="F73" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I73" s="4" t="s">
         <v>359</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J73" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K73" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M73" s="4">
-        <v>101</v>
+        <v>47</v>
       </c>
       <c r="N73" s="4">
         <v>0</v>
       </c>
       <c r="O73" s="4">
-        <v>721</v>
+        <v>308</v>
       </c>
       <c r="P73" s="4">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R73" s="10" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="D74" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="D74" s="3" t="s">
+      <c r="E74" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I74" s="4" t="s">
         <v>363</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I74" s="4" t="s">
+      <c r="J74" s="4" t="s">
         <v>364</v>
       </c>
-      <c r="J74" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K74" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L74" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M74" s="4">
-        <v>69</v>
+        <v>151</v>
       </c>
       <c r="N74" s="4">
-        <v>1</v>
+        <v>1532</v>
       </c>
       <c r="O74" s="4">
-        <v>103</v>
+        <v>237</v>
       </c>
       <c r="P74" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q74" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R74" s="10" t="s">
-        <v>39</v>
+        <v>365</v>
       </c>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>115</v>
+        <v>88</v>
       </c>
       <c r="I75" s="4" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J75" s="4" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="K75" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M75" s="4">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="N75" s="4">
-        <v>1532</v>
+        <v>2069</v>
       </c>
       <c r="O75" s="4">
-        <v>237</v>
+        <v>1158</v>
       </c>
       <c r="P75" s="4">
         <v>5</v>
       </c>
       <c r="Q75" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R75" s="10" t="s">
-        <v>370</v>
+        <v>194</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>371</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>372</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>373</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="4" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>374</v>
       </c>
       <c r="J76" s="4" t="s">
-        <v>375</v>
+        <v>31</v>
       </c>
       <c r="K76" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L76" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M76" s="4">
-        <v>87</v>
+        <v>53</v>
       </c>
       <c r="N76" s="4">
-        <v>1151</v>
+        <v>1</v>
       </c>
       <c r="O76" s="4">
-        <v>437</v>
+        <v>49</v>
       </c>
       <c r="P76" s="4">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="Q76" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R76" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="D77" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="D77" s="3" t="s">
+      <c r="E77" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="E77" s="3" t="s">
+      <c r="F77" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H77" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I77" s="4" t="s">
         <v>378</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I77" s="4" t="s">
+      <c r="J77" s="4" t="s">
         <v>379</v>
       </c>
-      <c r="J77" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K77" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="4">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="N77" s="4">
-        <v>2069</v>
+        <v>2167</v>
       </c>
       <c r="O77" s="4">
-        <v>1158</v>
+        <v>629</v>
       </c>
       <c r="P77" s="4">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R77" s="10" t="s">
-        <v>195</v>
+        <v>31</v>
       </c>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="D78" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="D78" s="3" t="s">
+      <c r="E78" s="3" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H78" s="4" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="I78" s="4" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="J78" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K78" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L78" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M78" s="4">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="N78" s="4">
         <v>1</v>
       </c>
       <c r="O78" s="4">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="P78" s="4">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="Q78" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R78" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>321</v>
+        <v>306</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>322</v>
+        <v>307</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>323</v>
+        <v>308</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="H79" s="4" t="s">
-        <v>324</v>
+        <v>309</v>
       </c>
       <c r="I79" s="4" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="J79" s="4" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="K79" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="4">
         <v>145</v>
       </c>
       <c r="N79" s="4">
         <v>3618</v>
       </c>
       <c r="O79" s="4">
         <v>135</v>
       </c>
       <c r="P79" s="4">
         <v>3</v>
       </c>
       <c r="Q79" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R79" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8" t="s">
+        <v>385</v>
+      </c>
+      <c r="D80" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="D80" s="3" t="s">
+      <c r="E80" s="3" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="4" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="I80" s="4" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="J80" s="4" t="s">
-        <v>390</v>
+        <v>31</v>
       </c>
       <c r="K80" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M80" s="4">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="N80" s="4">
-        <v>2167</v>
+        <v>0</v>
       </c>
       <c r="O80" s="4">
-        <v>629</v>
+        <v>557</v>
       </c>
       <c r="P80" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q80" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R80" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
+        <v>389</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="D81" s="3" t="s">
+      <c r="F81" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H81" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I81" s="4" t="s">
         <v>392</v>
       </c>
-      <c r="E81" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J81" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M81" s="4">
-        <v>56</v>
+        <v>267</v>
       </c>
       <c r="N81" s="4">
-        <v>0</v>
+        <v>1118</v>
       </c>
       <c r="O81" s="4">
-        <v>557</v>
+        <v>295</v>
       </c>
       <c r="P81" s="4">
         <v>3</v>
       </c>
       <c r="Q81" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R81" s="10" t="s">
-        <v>39</v>
+        <v>393</v>
       </c>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="D82" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="D82" s="3" t="s">
+      <c r="E82" s="3" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H82" s="4" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="I82" s="4" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J82" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K82" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L82" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M82" s="4">
-        <v>13</v>
+        <v>208</v>
       </c>
       <c r="N82" s="4">
         <v>1</v>
       </c>
       <c r="O82" s="4">
-        <v>115</v>
+        <v>429</v>
       </c>
       <c r="P82" s="4">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R82" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D83" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="D83" s="3" t="s">
+      <c r="E83" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="E83" s="3" t="s">
+      <c r="F83" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H83" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I83" s="4" t="s">
         <v>401</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I83" s="4" t="s">
+      <c r="J83" s="4" t="s">
         <v>402</v>
       </c>
-      <c r="J83" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K83" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="4">
-        <v>267</v>
+        <v>60</v>
       </c>
       <c r="N83" s="4">
-        <v>1118</v>
+        <v>6654</v>
       </c>
       <c r="O83" s="4">
-        <v>295</v>
+        <v>571</v>
       </c>
       <c r="P83" s="4">
         <v>3</v>
       </c>
       <c r="Q83" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R83" s="10" t="s">
-        <v>403</v>
+        <v>78</v>
       </c>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="I84" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="J84" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="K84" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="L84" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M84" s="4">
+        <v>104</v>
+      </c>
+      <c r="N84" s="4">
+        <v>1887</v>
+      </c>
+      <c r="O84" s="4">
+        <v>9</v>
+      </c>
+      <c r="P84" s="4">
+        <v>3</v>
+      </c>
+      <c r="Q84" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="R84" s="10" t="s">
         <v>404</v>
-      </c>
-[...43 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>78</v>
+        <v>405</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>79</v>
+        <v>406</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>80</v>
+        <v>407</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="4" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="I85" s="4" t="s">
         <v>408</v>
       </c>
       <c r="J85" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K85" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L85" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M85" s="4">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="N85" s="4">
-        <v>1887</v>
+        <v>1</v>
       </c>
       <c r="O85" s="4">
-        <v>9</v>
+        <v>700</v>
       </c>
       <c r="P85" s="4">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="Q85" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R85" s="10" t="s">
-        <v>409</v>
+        <v>31</v>
       </c>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
+        <v>409</v>
+      </c>
+      <c r="D86" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D86" s="3" t="s">
+      <c r="E86" s="3" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="4" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="I86" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="J86" s="4" t="s">
         <v>413</v>
       </c>
-      <c r="J86" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K86" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L86" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M86" s="4">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="N86" s="4">
-        <v>6654</v>
+        <v>2659</v>
       </c>
       <c r="O86" s="4">
-        <v>571</v>
+        <v>527</v>
       </c>
       <c r="P86" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q86" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R86" s="10" t="s">
-        <v>89</v>
+        <v>219</v>
       </c>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="D87" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="D87" s="3" t="s">
+      <c r="E87" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H87" s="4" t="s">
         <v>417</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I87" s="4" t="s">
         <v>418</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>419</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M87" s="4">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="N87" s="4">
-        <v>2659</v>
+        <v>2515</v>
       </c>
       <c r="O87" s="4">
-        <v>527</v>
+        <v>814</v>
       </c>
       <c r="P87" s="4">
         <v>33</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R87" s="10" t="s">
-        <v>31</v>
+        <v>420</v>
       </c>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="4" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="I88" s="4" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J88" s="4" t="s">
-        <v>39</v>
+        <v>425</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M88" s="4">
-        <v>93</v>
+        <v>7</v>
       </c>
       <c r="N88" s="4">
-        <v>1</v>
+        <v>5470</v>
       </c>
       <c r="O88" s="4">
-        <v>700</v>
+        <v>205</v>
       </c>
       <c r="P88" s="4">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="Q88" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R88" s="10" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H89" s="4" t="s">
-        <v>427</v>
+        <v>104</v>
       </c>
       <c r="I89" s="4" t="s">
-        <v>428</v>
+        <v>140</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>429</v>
       </c>
       <c r="K89" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L89" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M89" s="4">
-        <v>94</v>
+        <v>159</v>
       </c>
       <c r="N89" s="4">
-        <v>2515</v>
+        <v>7215</v>
       </c>
       <c r="O89" s="4">
-        <v>814</v>
+        <v>246</v>
       </c>
       <c r="P89" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q89" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R89" s="10" t="s">
-        <v>430</v>
+        <v>78</v>
       </c>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>431</v>
+        <v>94</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>432</v>
+        <v>95</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>433</v>
+        <v>96</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="I90" s="4" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="J90" s="4" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M90" s="4">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="N90" s="4">
-        <v>5470</v>
+        <v>412</v>
       </c>
       <c r="O90" s="4">
-        <v>205</v>
+        <v>248</v>
       </c>
       <c r="P90" s="4">
         <v>33</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R90" s="10" t="s">
-        <v>89</v>
+        <v>432</v>
       </c>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H91" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I91" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="J91" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="K91" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L91" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M91" s="4">
         <v>115</v>
       </c>
-      <c r="I91" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N91" s="4">
-        <v>7215</v>
+        <v>1584</v>
       </c>
       <c r="O91" s="4">
-        <v>246</v>
+        <v>116</v>
       </c>
       <c r="P91" s="4">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="Q91" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R91" s="10" t="s">
-        <v>89</v>
+        <v>219</v>
       </c>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="I92" s="4" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="J92" s="4" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="4">
         <v>142</v>
       </c>
       <c r="N92" s="4">
         <v>436</v>
       </c>
       <c r="O92" s="4">
         <v>1365</v>
       </c>
       <c r="P92" s="4">
         <v>17</v>
       </c>
       <c r="Q92" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R92" s="10" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="I93" s="4" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="J93" s="4" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M93" s="4">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="N93" s="4">
-        <v>412</v>
+        <v>837</v>
       </c>
       <c r="O93" s="4">
-        <v>248</v>
+        <v>62</v>
       </c>
       <c r="P93" s="4">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="Q93" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R93" s="10" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>105</v>
+        <v>444</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>106</v>
+        <v>445</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>107</v>
+        <v>446</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="I94" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J94" s="4" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M94" s="4">
-        <v>71</v>
+        <v>292</v>
       </c>
       <c r="N94" s="4">
-        <v>837</v>
+        <v>872</v>
       </c>
       <c r="O94" s="4">
-        <v>62</v>
+        <v>557</v>
       </c>
       <c r="P94" s="4">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="Q94" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R94" s="10" t="s">
-        <v>448</v>
+        <v>31</v>
       </c>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>449</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="I95" s="4" t="s">
         <v>452</v>
       </c>
       <c r="J95" s="4" t="s">
-        <v>453</v>
+        <v>31</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M95" s="4">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="N95" s="4">
-        <v>1584</v>
+        <v>0</v>
       </c>
       <c r="O95" s="4">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="P95" s="4">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="Q95" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R95" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D96" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="D96" s="3" t="s">
+      <c r="E96" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H96" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I96" s="4" t="s">
         <v>456</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I96" s="4" t="s">
+      <c r="J96" s="4" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M96" s="4">
-        <v>292</v>
+        <v>117</v>
       </c>
       <c r="N96" s="4">
-        <v>872</v>
+        <v>1864</v>
       </c>
       <c r="O96" s="4">
-        <v>557</v>
+        <v>217</v>
       </c>
       <c r="P96" s="4">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="Q96" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R96" s="10" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="D97" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="D97" s="3" t="s">
+      <c r="E97" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="E97" s="3" t="s">
+      <c r="F97" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="I97" s="4" t="s">
         <v>461</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I97" s="4" t="s">
+      <c r="J97" s="4" t="s">
         <v>462</v>
       </c>
-      <c r="J97" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K97" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="4">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="N97" s="4">
-        <v>1864</v>
+        <v>14142</v>
       </c>
       <c r="O97" s="4">
-        <v>217</v>
+        <v>1120</v>
       </c>
       <c r="P97" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q97" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R97" s="10" t="s">
-        <v>30</v>
+        <v>194</v>
       </c>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="D98" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="D98" s="3" t="s">
+      <c r="E98" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H98" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I98" s="4" t="s">
         <v>466</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J98" s="4" t="s">
-        <v>468</v>
+        <v>31</v>
       </c>
       <c r="K98" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="4">
-        <v>144</v>
+        <v>66</v>
       </c>
       <c r="N98" s="4">
-        <v>14142</v>
+        <v>0</v>
       </c>
       <c r="O98" s="4">
-        <v>1120</v>
+        <v>418</v>
       </c>
       <c r="P98" s="4">
         <v>3</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R98" s="10" t="s">
-        <v>195</v>
+        <v>31</v>
       </c>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="D99" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F99" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H99" s="4" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="I99" s="4" t="s">
-        <v>472</v>
+        <v>339</v>
       </c>
       <c r="J99" s="4" t="s">
-        <v>39</v>
+        <v>340</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M99" s="4">
-        <v>132</v>
+        <v>39</v>
       </c>
       <c r="N99" s="4">
-        <v>0</v>
+        <v>5464</v>
       </c>
       <c r="O99" s="4">
-        <v>132</v>
+        <v>1162</v>
       </c>
       <c r="P99" s="4">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R99" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="H100" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I100" s="4" t="s">
-        <v>342</v>
+        <v>245</v>
       </c>
       <c r="J100" s="4" t="s">
-        <v>343</v>
+        <v>31</v>
       </c>
       <c r="K100" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="4">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="N100" s="4">
-        <v>5464</v>
+        <v>2144</v>
       </c>
       <c r="O100" s="4">
-        <v>1162</v>
+        <v>1282</v>
       </c>
       <c r="P100" s="4">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="Q100" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R100" s="10" t="s">
-        <v>39</v>
+        <v>473</v>
       </c>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="D101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I101" s="4" t="s">
         <v>477</v>
       </c>
-      <c r="E101" s="3" t="s">
+      <c r="J101" s="4" t="s">
         <v>478</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K101" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M101" s="4">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="N101" s="4">
-        <v>0</v>
+        <v>2150</v>
       </c>
       <c r="O101" s="4">
-        <v>418</v>
+        <v>525</v>
       </c>
       <c r="P101" s="4">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="Q101" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R101" s="10" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
+        <v>479</v>
+      </c>
+      <c r="D102" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="D102" s="3" t="s">
+      <c r="E102" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H102" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I102" s="4" t="s">
         <v>482</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J102" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K102" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L102" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M102" s="4">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="N102" s="4">
-        <v>2144</v>
+        <v>0</v>
       </c>
       <c r="O102" s="4">
-        <v>1282</v>
+        <v>345</v>
       </c>
       <c r="P102" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q102" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R102" s="10" t="s">
-        <v>483</v>
+        <v>31</v>
       </c>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="D103" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="D103" s="3" t="s">
+      <c r="E103" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="E103" s="3" t="s">
+      <c r="F103" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H103" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I103" s="4" t="s">
         <v>486</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I103" s="4" t="s">
+      <c r="J103" s="4" t="s">
         <v>487</v>
       </c>
-      <c r="J103" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K103" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L103" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M103" s="4">
-        <v>145</v>
+        <v>76</v>
       </c>
       <c r="N103" s="4">
-        <v>0</v>
+        <v>2892</v>
       </c>
       <c r="O103" s="4">
-        <v>345</v>
+        <v>476</v>
       </c>
       <c r="P103" s="4">
         <v>33</v>
       </c>
       <c r="Q103" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R103" s="10" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>488</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>489</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>490</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="4" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="I104" s="4" t="s">
         <v>491</v>
       </c>
       <c r="J104" s="4" t="s">
         <v>492</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M104" s="4">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="N104" s="4">
-        <v>2150</v>
+        <v>1797</v>
       </c>
       <c r="O104" s="4">
-        <v>525</v>
+        <v>709</v>
       </c>
       <c r="P104" s="4">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="Q104" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R104" s="10" t="s">
-        <v>31</v>
+        <v>219</v>
       </c>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>493</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>494</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>495</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="H105" s="4" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="I105" s="4" t="s">
         <v>496</v>
       </c>
       <c r="J105" s="4" t="s">
         <v>497</v>
       </c>
       <c r="K105" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L105" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M105" s="4">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="N105" s="4">
-        <v>2892</v>
+        <v>1203</v>
       </c>
       <c r="O105" s="4">
-        <v>476</v>
+        <v>1</v>
       </c>
       <c r="P105" s="4">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="Q105" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R105" s="10" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>498</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>500</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H106" s="4" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="I106" s="4" t="s">
         <v>501</v>
       </c>
       <c r="J106" s="4" t="s">
-        <v>502</v>
+        <v>31</v>
       </c>
       <c r="K106" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M106" s="4">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="N106" s="4">
-        <v>1203</v>
+        <v>3093</v>
       </c>
       <c r="O106" s="4">
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="P106" s="4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q106" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R106" s="10" t="s">
-        <v>30</v>
+        <v>502</v>
       </c>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>503</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H107" s="4" t="s">
-        <v>99</v>
+        <v>123</v>
       </c>
       <c r="I107" s="4" t="s">
         <v>506</v>
       </c>
       <c r="J107" s="4" t="s">
-        <v>507</v>
+        <v>31</v>
       </c>
       <c r="K107" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L107" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M107" s="4">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="N107" s="4">
-        <v>1797</v>
+        <v>0</v>
       </c>
       <c r="O107" s="4">
-        <v>709</v>
+        <v>433</v>
       </c>
       <c r="P107" s="4">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="Q107" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R107" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H108" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I108" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="J108" s="4" t="s">
         <v>508</v>
       </c>
-      <c r="D108" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K108" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M108" s="4">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="N108" s="4">
-        <v>3093</v>
+        <v>604</v>
       </c>
       <c r="O108" s="4">
-        <v>108</v>
+        <v>196</v>
       </c>
       <c r="P108" s="4">
         <v>3</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R108" s="10" t="s">
-        <v>512</v>
+        <v>78</v>
       </c>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
+        <v>509</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H109" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I109" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="J109" s="4" t="s">
         <v>513</v>
       </c>
-      <c r="D109" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K109" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L109" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M109" s="4">
-        <v>76</v>
+        <v>121</v>
       </c>
       <c r="N109" s="4">
-        <v>0</v>
+        <v>580</v>
       </c>
       <c r="O109" s="4">
-        <v>433</v>
+        <v>155</v>
       </c>
       <c r="P109" s="4">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R109" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
-        <v>503</v>
+        <v>160</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>504</v>
+        <v>161</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>505</v>
+        <v>162</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="4" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="I110" s="4" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="J110" s="4" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="K110" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M110" s="4">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="N110" s="4">
-        <v>604</v>
+        <v>5839</v>
       </c>
       <c r="O110" s="4">
-        <v>196</v>
+        <v>3793</v>
       </c>
       <c r="P110" s="4">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q110" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R110" s="10" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="H111" s="4" t="s">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="I111" s="4" t="s">
-        <v>522</v>
+        <v>249</v>
       </c>
       <c r="J111" s="4" t="s">
-        <v>523</v>
+        <v>31</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M111" s="4">
-        <v>121</v>
+        <v>30</v>
       </c>
       <c r="N111" s="4">
-        <v>580</v>
+        <v>6423</v>
       </c>
       <c r="O111" s="4">
-        <v>155</v>
+        <v>3809</v>
       </c>
       <c r="P111" s="4">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="Q111" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R111" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
-        <v>176</v>
+        <v>519</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>177</v>
+        <v>520</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>178</v>
+        <v>521</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="4" t="s">
-        <v>63</v>
+        <v>417</v>
       </c>
       <c r="I112" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="J112" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="K112" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L112" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="M112" s="4">
+        <v>49</v>
+      </c>
+      <c r="N112" s="4">
+        <v>3098</v>
+      </c>
+      <c r="O112" s="4">
+        <v>913</v>
+      </c>
+      <c r="P112" s="4">
+        <v>5</v>
+      </c>
+      <c r="Q112" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="R112" s="10" t="s">
         <v>524</v>
-      </c>
-[...25 lines deleted...]
-        <v>67</v>
       </c>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
+        <v>525</v>
+      </c>
+      <c r="D113" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="D113" s="3" t="s">
+      <c r="E113" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="E113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>150</v>
+        <v>104</v>
       </c>
       <c r="I113" s="4" t="s">
-        <v>259</v>
+        <v>130</v>
       </c>
       <c r="J113" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K113" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M113" s="4">
-        <v>30</v>
+        <v>173</v>
       </c>
       <c r="N113" s="4">
-        <v>6423</v>
+        <v>0</v>
       </c>
       <c r="O113" s="4">
-        <v>3809</v>
+        <v>3923</v>
       </c>
       <c r="P113" s="4">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="Q113" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R113" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
+        <v>528</v>
+      </c>
+      <c r="D114" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="D114" s="3" t="s">
+      <c r="E114" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="E114" s="3" t="s">
+      <c r="F114" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H114" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I114" s="4" t="s">
         <v>531</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J114" s="4" t="s">
-        <v>533</v>
+        <v>31</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="M114" s="4">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="N114" s="4">
-        <v>3098</v>
+        <v>733</v>
       </c>
       <c r="O114" s="4">
-        <v>913</v>
+        <v>314</v>
       </c>
       <c r="P114" s="4">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="Q114" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R114" s="10" t="s">
-        <v>534</v>
+        <v>31</v>
       </c>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="H115" s="4" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="I115" s="4" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="J115" s="4" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="K115" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M115" s="4">
         <v>140</v>
       </c>
       <c r="N115" s="4">
         <v>775</v>
       </c>
       <c r="O115" s="4">
         <v>145</v>
       </c>
       <c r="P115" s="4">
         <v>3</v>
       </c>
       <c r="Q115" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R115" s="10" t="s">
-        <v>31</v>
+        <v>219</v>
       </c>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="8" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="4" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="I116" s="4" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="J116" s="4" t="s">
-        <v>39</v>
+        <v>541</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M116" s="4">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="N116" s="4">
-        <v>733</v>
+        <v>5562</v>
       </c>
       <c r="O116" s="4">
-        <v>314</v>
+        <v>1022</v>
       </c>
       <c r="P116" s="4">
         <v>33</v>
       </c>
       <c r="Q116" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R116" s="10" t="s">
-        <v>39</v>
+        <v>126</v>
       </c>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="8" t="s">
+        <v>542</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="D117" s="3" t="s">
+      <c r="F117" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H117" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="I117" s="4" t="s">
         <v>545</v>
       </c>
-      <c r="E117" s="3" t="s">
+      <c r="J117" s="4" t="s">
         <v>546</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K117" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M117" s="4">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="N117" s="4">
-        <v>0</v>
+        <v>8225</v>
       </c>
       <c r="O117" s="4">
-        <v>3923</v>
+        <v>1853</v>
       </c>
       <c r="P117" s="4">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R117" s="10" t="s">
-        <v>39</v>
+        <v>524</v>
       </c>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="8" t="s">
         <v>547</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>548</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>549</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H118" s="4" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="I118" s="4" t="s">
         <v>550</v>
       </c>
       <c r="J118" s="4" t="s">
         <v>551</v>
       </c>
       <c r="K118" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L118" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M118" s="4">
-        <v>82</v>
+        <v>176</v>
       </c>
       <c r="N118" s="4">
-        <v>5562</v>
+        <v>1620</v>
       </c>
       <c r="O118" s="4">
-        <v>1022</v>
+        <v>419</v>
       </c>
       <c r="P118" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q118" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R118" s="10" t="s">
-        <v>128</v>
+        <v>219</v>
       </c>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="D119" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H119" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I119" s="4" t="s">
         <v>552</v>
       </c>
-      <c r="D119" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J119" s="4" t="s">
-        <v>556</v>
+        <v>31</v>
       </c>
       <c r="K119" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L119" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M119" s="4">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="N119" s="4">
-        <v>8225</v>
+        <v>356</v>
       </c>
       <c r="O119" s="4">
-        <v>1853</v>
+        <v>361</v>
       </c>
       <c r="P119" s="4">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="Q119" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R119" s="10" t="s">
-        <v>534</v>
+        <v>31</v>
       </c>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
-        <v>381</v>
+        <v>553</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>382</v>
+        <v>554</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>383</v>
+        <v>555</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="4" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="I120" s="4" t="s">
+        <v>556</v>
+      </c>
+      <c r="J120" s="4" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M120" s="4">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="N120" s="4">
-        <v>356</v>
+        <v>3168</v>
       </c>
       <c r="O120" s="4">
-        <v>361</v>
+        <v>227</v>
       </c>
       <c r="P120" s="4">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q120" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R120" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>558</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>559</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>560</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I121" s="4" t="s">
         <v>561</v>
       </c>
       <c r="J121" s="4" t="s">
         <v>562</v>
       </c>
       <c r="K121" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M121" s="4">
-        <v>176</v>
+        <v>119</v>
       </c>
       <c r="N121" s="4">
-        <v>1620</v>
+        <v>2840</v>
       </c>
       <c r="O121" s="4">
-        <v>419</v>
+        <v>211</v>
       </c>
       <c r="P121" s="4">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="Q121" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R121" s="10" t="s">
-        <v>31</v>
+        <v>194</v>
       </c>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="8" t="s">
-        <v>563</v>
+        <v>313</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>564</v>
+        <v>314</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>565</v>
+        <v>315</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H122" s="4" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="I122" s="4" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="J122" s="4" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="K122" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L122" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M122" s="4">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="N122" s="4">
-        <v>3168</v>
+        <v>1</v>
       </c>
       <c r="O122" s="4">
-        <v>227</v>
+        <v>135</v>
       </c>
       <c r="P122" s="4">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="Q122" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R122" s="10" t="s">
-        <v>39</v>
+        <v>565</v>
       </c>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="D123" s="3" t="s">
+      <c r="F123" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H123" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I123" s="4" t="s">
         <v>569</v>
       </c>
-      <c r="E123" s="3" t="s">
+      <c r="J123" s="4" t="s">
         <v>570</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K123" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M123" s="4">
-        <v>119</v>
+        <v>165</v>
       </c>
       <c r="N123" s="4">
-        <v>2840</v>
+        <v>9895</v>
       </c>
       <c r="O123" s="4">
-        <v>211</v>
+        <v>2654</v>
       </c>
       <c r="P123" s="4">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="Q123" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R123" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
-        <v>316</v>
+        <v>347</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>317</v>
+        <v>348</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>318</v>
+        <v>349</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H124" s="4" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I124" s="4" t="s">
-        <v>573</v>
+        <v>350</v>
       </c>
       <c r="J124" s="4" t="s">
-        <v>574</v>
+        <v>31</v>
       </c>
       <c r="K124" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L124" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M124" s="4">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="N124" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O124" s="4">
-        <v>135</v>
+        <v>721</v>
       </c>
       <c r="P124" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q124" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R124" s="10" t="s">
-        <v>575</v>
+        <v>31</v>
       </c>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>357</v>
+        <v>519</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>358</v>
+        <v>520</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>359</v>
+        <v>521</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="4" t="s">
-        <v>99</v>
+        <v>417</v>
       </c>
       <c r="I125" s="4" t="s">
-        <v>360</v>
+        <v>522</v>
       </c>
       <c r="J125" s="4" t="s">
-        <v>39</v>
+        <v>571</v>
       </c>
       <c r="K125" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L125" s="4" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="M125" s="4">
-        <v>101</v>
+        <v>49</v>
       </c>
       <c r="N125" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O125" s="4">
-        <v>721</v>
+        <v>913</v>
       </c>
       <c r="P125" s="4">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="Q125" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R125" s="10" t="s">
-        <v>39</v>
+        <v>572</v>
       </c>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
+        <v>573</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H126" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="I126" s="4" t="s">
         <v>576</v>
       </c>
-      <c r="D126" s="3" t="s">
+      <c r="J126" s="4" t="s">
         <v>577</v>
       </c>
-      <c r="E126" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K126" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M126" s="4">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="N126" s="4">
-        <v>9895</v>
+        <v>1488</v>
       </c>
       <c r="O126" s="4">
-        <v>2654</v>
+        <v>562</v>
       </c>
       <c r="P126" s="4">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="Q126" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R126" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>529</v>
+        <v>578</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>530</v>
+        <v>579</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>531</v>
+        <v>580</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H127" s="4" t="s">
-        <v>427</v>
+        <v>25</v>
       </c>
       <c r="I127" s="4" t="s">
-        <v>532</v>
+        <v>581</v>
       </c>
       <c r="J127" s="4" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="K127" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L127" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="M127" s="4">
-        <v>49</v>
+        <v>289</v>
       </c>
       <c r="N127" s="4">
-        <v>1</v>
+        <v>1349</v>
       </c>
       <c r="O127" s="4">
-        <v>913</v>
+        <v>816</v>
       </c>
       <c r="P127" s="4">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="Q127" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R127" s="10" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D128" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="H128" s="4" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="I128" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J128" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M128" s="4">
         <v>105</v>
       </c>
       <c r="N128" s="4">
         <v>3402</v>
       </c>
       <c r="O128" s="4">
         <v>912</v>
       </c>
       <c r="P128" s="4">
         <v>21</v>
       </c>
       <c r="Q128" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R128" s="10" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="4" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="I129" s="4" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="J129" s="4" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="K129" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L129" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M129" s="4">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="N129" s="4">
-        <v>1488</v>
+        <v>0</v>
       </c>
       <c r="O129" s="4">
-        <v>562</v>
+        <v>206</v>
       </c>
       <c r="P129" s="4">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="Q129" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R129" s="10" t="s">
-        <v>195</v>
+        <v>31</v>
       </c>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
-        <v>593</v>
+        <v>421</v>
       </c>
       <c r="D130" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H130" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I130" s="4" t="s">
         <v>594</v>
       </c>
-      <c r="E130" s="3" t="s">
+      <c r="J130" s="4" t="s">
         <v>595</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K130" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="4">
-        <v>289</v>
+        <v>10</v>
       </c>
       <c r="N130" s="4">
-        <v>1349</v>
+        <v>3903</v>
       </c>
       <c r="O130" s="4">
-        <v>816</v>
+        <v>454</v>
       </c>
       <c r="P130" s="4">
         <v>3</v>
       </c>
       <c r="Q130" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R130" s="10" t="s">
-        <v>598</v>
+        <v>78</v>
       </c>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>431</v>
+        <v>94</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>432</v>
+        <v>95</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>433</v>
+        <v>96</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="4" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="I131" s="4" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="J131" s="4" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="K131" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M131" s="4">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="N131" s="4">
-        <v>3903</v>
+        <v>909</v>
       </c>
       <c r="O131" s="4">
-        <v>454</v>
+        <v>68</v>
       </c>
       <c r="P131" s="4">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="Q131" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R131" s="10" t="s">
-        <v>89</v>
+        <v>440</v>
       </c>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
-        <v>558</v>
+        <v>598</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>559</v>
+        <v>599</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>560</v>
+        <v>600</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H132" s="4" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="I132" s="4" t="s">
-        <v>43</v>
+        <v>601</v>
       </c>
       <c r="J132" s="4" t="s">
-        <v>601</v>
+        <v>31</v>
       </c>
       <c r="K132" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M132" s="4">
-        <v>174</v>
+        <v>36</v>
       </c>
       <c r="N132" s="4">
-        <v>686</v>
+        <v>1758</v>
       </c>
       <c r="O132" s="4">
-        <v>168</v>
+        <v>902</v>
       </c>
       <c r="P132" s="4">
         <v>33</v>
       </c>
       <c r="Q132" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R132" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>105</v>
+        <v>602</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>106</v>
+        <v>603</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>107</v>
+        <v>604</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="4" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="I133" s="4" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="J133" s="4" t="s">
-        <v>603</v>
+        <v>31</v>
       </c>
       <c r="K133" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M133" s="4">
+        <v>70</v>
+      </c>
+      <c r="N133" s="4">
+        <v>634</v>
+      </c>
+      <c r="O133" s="4">
+        <v>660</v>
+      </c>
+      <c r="P133" s="4">
+        <v>3</v>
+      </c>
+      <c r="Q133" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="N133" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="R133" s="10" t="s">
-        <v>442</v>
+        <v>606</v>
       </c>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="8" t="s">
-        <v>604</v>
+        <v>547</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>605</v>
+        <v>548</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>606</v>
+        <v>549</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H134" s="4" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="I134" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J134" s="4" t="s">
         <v>607</v>
       </c>
-      <c r="J134" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K134" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L134" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M134" s="4">
-        <v>142</v>
+        <v>174</v>
       </c>
       <c r="N134" s="4">
-        <v>0</v>
+        <v>686</v>
       </c>
       <c r="O134" s="4">
-        <v>206</v>
+        <v>168</v>
       </c>
       <c r="P134" s="4">
         <v>33</v>
       </c>
       <c r="Q134" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R134" s="10" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>609</v>
+        <v>208</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>610</v>
+        <v>209</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>611</v>
+        <v>210</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H135" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I135" s="4" t="s">
-        <v>612</v>
+        <v>211</v>
       </c>
       <c r="J135" s="4" t="s">
-        <v>39</v>
+        <v>608</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L135" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M135" s="4">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="N135" s="4">
-        <v>1758</v>
+        <v>1</v>
       </c>
       <c r="O135" s="4">
-        <v>902</v>
+        <v>699</v>
       </c>
       <c r="P135" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q135" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R135" s="10" t="s">
-        <v>39</v>
+        <v>194</v>
       </c>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C136" s="8" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H136" s="4" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="I136" s="4" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="J136" s="4" t="s">
-        <v>39</v>
+        <v>613</v>
       </c>
       <c r="K136" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M136" s="4">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="N136" s="4">
-        <v>634</v>
+        <v>1516</v>
       </c>
       <c r="O136" s="4">
-        <v>660</v>
+        <v>117</v>
       </c>
       <c r="P136" s="4">
         <v>3</v>
       </c>
       <c r="Q136" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R136" s="10" t="s">
-        <v>617</v>
+        <v>219</v>
       </c>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
-        <v>219</v>
+        <v>614</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>220</v>
+        <v>615</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>221</v>
+        <v>616</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="4" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="I137" s="4" t="s">
-        <v>222</v>
+        <v>617</v>
       </c>
       <c r="J137" s="4" t="s">
-        <v>618</v>
+        <v>31</v>
       </c>
       <c r="K137" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L137" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M137" s="4">
-        <v>58</v>
+        <v>236</v>
       </c>
       <c r="N137" s="4">
-        <v>1</v>
+        <v>453</v>
       </c>
       <c r="O137" s="4">
-        <v>699</v>
+        <v>15</v>
       </c>
       <c r="P137" s="4">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R137" s="10" t="s">
-        <v>195</v>
+        <v>31</v>
       </c>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
-        <v>619</v>
+        <v>537</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>620</v>
+        <v>538</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>621</v>
+        <v>539</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="I138" s="4" t="s">
-        <v>622</v>
+        <v>540</v>
       </c>
       <c r="J138" s="4" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="K138" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L138" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M138" s="4">
-        <v>125</v>
+        <v>82</v>
       </c>
       <c r="N138" s="4">
-        <v>1516</v>
+        <v>5788</v>
       </c>
       <c r="O138" s="4">
-        <v>117</v>
+        <v>2258</v>
       </c>
       <c r="P138" s="4">
         <v>3</v>
       </c>
       <c r="Q138" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R138" s="10" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="4" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="I139" s="4" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="J139" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K139" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M139" s="4">
-        <v>236</v>
+        <v>272</v>
       </c>
       <c r="N139" s="4">
-        <v>453</v>
+        <v>266</v>
       </c>
       <c r="O139" s="4">
-        <v>15</v>
+        <v>160</v>
       </c>
       <c r="P139" s="4">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="Q139" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R139" s="10" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="8" t="s">
-        <v>628</v>
+        <v>313</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>629</v>
+        <v>314</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>630</v>
+        <v>315</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I140" s="4" t="s">
-        <v>631</v>
+        <v>316</v>
       </c>
       <c r="J140" s="4" t="s">
-        <v>39</v>
+        <v>623</v>
       </c>
       <c r="K140" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L140" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M140" s="4">
-        <v>272</v>
+        <v>118</v>
       </c>
       <c r="N140" s="4">
-        <v>266</v>
+        <v>1</v>
       </c>
       <c r="O140" s="4">
-        <v>160</v>
+        <v>889</v>
       </c>
       <c r="P140" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q140" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R140" s="10" t="s">
-        <v>83</v>
+        <v>565</v>
       </c>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>547</v>
+        <v>624</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>548</v>
+        <v>625</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>549</v>
+        <v>626</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I141" s="4" t="s">
-        <v>550</v>
+        <v>627</v>
       </c>
       <c r="J141" s="4" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="K141" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L141" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M141" s="4">
-        <v>82</v>
+        <v>166</v>
       </c>
       <c r="N141" s="4">
-        <v>5788</v>
+        <v>1757</v>
       </c>
       <c r="O141" s="4">
-        <v>2258</v>
+        <v>168</v>
       </c>
       <c r="P141" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q141" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R141" s="10" t="s">
-        <v>128</v>
+        <v>365</v>
       </c>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I142" s="4" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="J142" s="4" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="K142" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L142" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M142" s="4">
         <v>196</v>
       </c>
       <c r="N142" s="4">
         <v>2764</v>
       </c>
       <c r="O142" s="4">
         <v>1009</v>
       </c>
       <c r="P142" s="4">
         <v>35</v>
       </c>
       <c r="Q142" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R142" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
+        <v>634</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H143" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I143" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="J143" s="4" t="s">
         <v>638</v>
       </c>
-      <c r="D143" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K143" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L143" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="M143" s="4">
-        <v>177</v>
+        <v>134</v>
       </c>
       <c r="N143" s="4">
-        <v>4048</v>
+        <v>98</v>
       </c>
       <c r="O143" s="4">
-        <v>651</v>
+        <v>286</v>
       </c>
       <c r="P143" s="4">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="Q143" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R143" s="10" t="s">
-        <v>39</v>
+        <v>583</v>
       </c>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
-        <v>316</v>
+        <v>230</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>317</v>
+        <v>231</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>318</v>
+        <v>232</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="4" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="I144" s="4" t="s">
-        <v>319</v>
+        <v>639</v>
       </c>
       <c r="J144" s="4" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="K144" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L144" s="4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="M144" s="4">
-        <v>118</v>
+        <v>66</v>
       </c>
       <c r="N144" s="4">
         <v>1</v>
       </c>
       <c r="O144" s="4">
-        <v>889</v>
+        <v>172</v>
       </c>
       <c r="P144" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="Q144" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R144" s="10" t="s">
-        <v>575</v>
+        <v>31</v>
       </c>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H145" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I145" s="4" t="s">
         <v>644</v>
       </c>
-      <c r="D145" s="3" t="s">
+      <c r="J145" s="4" t="s">
         <v>645</v>
       </c>
-      <c r="E145" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K145" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L145" s="4" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="M145" s="4">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="N145" s="4">
-        <v>1757</v>
+        <v>4048</v>
       </c>
       <c r="O145" s="4">
-        <v>168</v>
+        <v>651</v>
       </c>
       <c r="P145" s="4">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="Q145" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R145" s="10" t="s">
-        <v>370</v>
+        <v>31</v>
       </c>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
-        <v>449</v>
+        <v>646</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>450</v>
+        <v>647</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>451</v>
+        <v>648</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H146" s="4" t="s">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="I146" s="4" t="s">
-        <v>452</v>
+        <v>649</v>
       </c>
       <c r="J146" s="4" t="s">
-        <v>649</v>
+        <v>31</v>
       </c>
       <c r="K146" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L146" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M146" s="4">
-        <v>115</v>
+        <v>3</v>
       </c>
       <c r="N146" s="4">
-        <v>1584</v>
+        <v>3190</v>
       </c>
       <c r="O146" s="4">
-        <v>503</v>
+        <v>2689</v>
       </c>
       <c r="P146" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q146" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R146" s="10" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H147" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I147" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="J147" s="4" t="s">
         <v>650</v>
       </c>
-      <c r="D147" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K147" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L147" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="M147" s="4">
+        <v>115</v>
+      </c>
+      <c r="N147" s="4">
+        <v>1584</v>
+      </c>
+      <c r="O147" s="4">
+        <v>503</v>
+      </c>
+      <c r="P147" s="4">
         <v>3</v>
       </c>
-      <c r="N147" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="Q147" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R147" s="10" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="8" t="s">
+        <v>651</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H148" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I148" s="4" t="s">
         <v>654</v>
       </c>
-      <c r="D148" s="3" t="s">
+      <c r="J148" s="4" t="s">
         <v>655</v>
       </c>
-      <c r="E148" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K148" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M148" s="4">
-        <v>134</v>
+        <v>263</v>
       </c>
       <c r="N148" s="4">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="O148" s="4">
-        <v>286</v>
+        <v>570</v>
       </c>
       <c r="P148" s="4">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="Q148" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R148" s="10" t="s">
-        <v>598</v>
+        <v>194</v>
       </c>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C149" s="8" t="s">
-        <v>244</v>
+        <v>609</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>245</v>
+        <v>610</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>246</v>
+        <v>611</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="4" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="I149" s="4" t="s">
-        <v>659</v>
+        <v>612</v>
       </c>
       <c r="J149" s="4" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="K149" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L149" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M149" s="4">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="N149" s="4">
-        <v>1</v>
+        <v>1608</v>
       </c>
       <c r="O149" s="4">
-        <v>172</v>
+        <v>76</v>
       </c>
       <c r="P149" s="4">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="Q149" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R149" s="10" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C150" s="8" t="s">
-        <v>619</v>
+        <v>657</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>620</v>
+        <v>658</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>621</v>
+        <v>659</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="4" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="I150" s="4" t="s">
-        <v>622</v>
+        <v>660</v>
       </c>
       <c r="J150" s="4" t="s">
         <v>661</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M150" s="4">
-        <v>125</v>
+        <v>230</v>
       </c>
       <c r="N150" s="4">
-        <v>1608</v>
+        <v>887</v>
       </c>
       <c r="O150" s="4">
-        <v>76</v>
+        <v>354</v>
       </c>
       <c r="P150" s="4">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="Q150" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R150" s="10" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C151" s="8" t="s">
         <v>662</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>663</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>664</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H151" s="4" t="s">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="I151" s="4" t="s">
         <v>665</v>
       </c>
       <c r="J151" s="4" t="s">
         <v>666</v>
       </c>
       <c r="K151" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M151" s="4">
-        <v>263</v>
+        <v>91</v>
       </c>
       <c r="N151" s="4">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="O151" s="4">
-        <v>570</v>
+        <v>743</v>
       </c>
       <c r="P151" s="4">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="Q151" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R151" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C152" s="8" t="s">
         <v>667</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>668</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>669</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="4" t="s">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="I152" s="4" t="s">
         <v>670</v>
       </c>
       <c r="J152" s="4" t="s">
-        <v>671</v>
+        <v>31</v>
       </c>
       <c r="K152" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M152" s="4">
-        <v>230</v>
+        <v>6</v>
       </c>
       <c r="N152" s="4">
-        <v>887</v>
+        <v>2953</v>
       </c>
       <c r="O152" s="4">
-        <v>354</v>
+        <v>1259</v>
       </c>
       <c r="P152" s="4">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="Q152" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R152" s="10" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C153" s="8" t="s">
+        <v>671</v>
+      </c>
+      <c r="D153" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="D153" s="3" t="s">
+      <c r="E153" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="E153" s="3" t="s">
+      <c r="F153" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H153" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I153" s="4" t="s">
         <v>674</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J153" s="4" t="s">
-        <v>676</v>
+        <v>31</v>
       </c>
       <c r="K153" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M153" s="4">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="N153" s="4">
-        <v>101</v>
+        <v>3945</v>
       </c>
       <c r="O153" s="4">
-        <v>743</v>
+        <v>480</v>
       </c>
       <c r="P153" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q153" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R153" s="10" t="s">
-        <v>195</v>
+        <v>502</v>
       </c>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="8" t="s">
+        <v>675</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="D154" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H154" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I154" s="4" t="s">
         <v>678</v>
       </c>
-      <c r="E154" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J154" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K154" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M154" s="4">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="N154" s="4">
-        <v>2953</v>
+        <v>1250</v>
       </c>
       <c r="O154" s="4">
-        <v>1259</v>
+        <v>1648</v>
       </c>
       <c r="P154" s="4">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="Q154" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R154" s="10" t="s">
-        <v>39</v>
+        <v>502</v>
       </c>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C155" s="8" t="s">
-        <v>681</v>
+        <v>398</v>
       </c>
       <c r="D155" s="3" t="s">
-        <v>682</v>
+        <v>399</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>683</v>
+        <v>400</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="4" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="I155" s="4" t="s">
-        <v>684</v>
+        <v>401</v>
       </c>
       <c r="J155" s="4" t="s">
-        <v>39</v>
+        <v>679</v>
       </c>
       <c r="K155" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M155" s="4">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="N155" s="4">
-        <v>3945</v>
+        <v>6654</v>
       </c>
       <c r="O155" s="4">
-        <v>480</v>
+        <v>154</v>
       </c>
       <c r="P155" s="4">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="Q155" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R155" s="10" t="s">
-        <v>512</v>
+        <v>78</v>
       </c>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C156" s="8" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H156" s="4" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="I156" s="4" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="J156" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K156" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="L156" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M156" s="4">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="N156" s="4">
-        <v>1250</v>
+        <v>1705</v>
       </c>
       <c r="O156" s="4">
-        <v>1648</v>
+        <v>154</v>
       </c>
       <c r="P156" s="4">
         <v>3</v>
       </c>
       <c r="Q156" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R156" s="10" t="s">
-        <v>512</v>
+        <v>606</v>
       </c>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H157" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I157" s="4" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="J157" s="4" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K157" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M157" s="4">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="N157" s="4">
-        <v>1705</v>
+        <v>889</v>
       </c>
       <c r="O157" s="4">
-        <v>154</v>
+        <v>267</v>
       </c>
       <c r="P157" s="4">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="Q157" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R157" s="10" t="s">
-        <v>617</v>
+        <v>31</v>
       </c>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C158" s="8" t="s">
-        <v>410</v>
+        <v>688</v>
       </c>
       <c r="D158" s="3" t="s">
-        <v>411</v>
+        <v>689</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>412</v>
+        <v>690</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H158" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I158" s="4" t="s">
-        <v>413</v>
+        <v>691</v>
       </c>
       <c r="J158" s="4" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="K158" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L158" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M158" s="4">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="N158" s="4">
-        <v>6654</v>
+        <v>2138</v>
       </c>
       <c r="O158" s="4">
-        <v>154</v>
+        <v>912</v>
       </c>
       <c r="P158" s="4">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="Q158" s="4" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="R158" s="10" t="s">
-        <v>89</v>
+        <v>194</v>
       </c>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C159" s="8" t="s">
+        <v>693</v>
+      </c>
+      <c r="D159" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="D159" s="3" t="s">
+      <c r="E159" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="E159" s="3" t="s">
+      <c r="F159" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H159" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I159" s="4" t="s">
         <v>696</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I159" s="4" t="s">
+      <c r="J159" s="4" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="K159" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L159" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M159" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N159" s="4">
-        <v>889</v>
+        <v>4414</v>
       </c>
       <c r="O159" s="4">
-        <v>267</v>
+        <v>1160</v>
       </c>
       <c r="P159" s="4">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="Q159" s="4" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="R159" s="10" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C160" s="8" t="s">
         <v>698</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>700</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H160" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I160" s="4" t="s">
         <v>701</v>
       </c>
       <c r="J160" s="4" t="s">
         <v>702</v>
       </c>
       <c r="K160" s="4" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M160" s="4">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N160" s="4">
-        <v>2138</v>
+        <v>1509</v>
       </c>
       <c r="O160" s="4">
-        <v>912</v>
+        <v>803</v>
       </c>
       <c r="P160" s="4">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="Q160" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R160" s="10" t="s">
-        <v>195</v>
+        <v>31</v>
       </c>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>703</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>704</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>705</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="H161" s="4" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="I161" s="4" t="s">
         <v>706</v>
       </c>
       <c r="J161" s="4" t="s">
         <v>707</v>
       </c>
       <c r="K161" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M161" s="4">
-        <v>0</v>
+        <v>152</v>
       </c>
       <c r="N161" s="4">
-        <v>4414</v>
+        <v>3117</v>
       </c>
       <c r="O161" s="4">
-        <v>1160</v>
+        <v>33</v>
       </c>
       <c r="P161" s="4">
         <v>33</v>
       </c>
       <c r="Q161" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R161" s="10" t="s">
-        <v>121</v>
+        <v>219</v>
       </c>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>