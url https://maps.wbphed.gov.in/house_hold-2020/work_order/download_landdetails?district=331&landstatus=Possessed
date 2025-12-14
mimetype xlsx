--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -117,105 +117,105 @@
   <si>
     <t>Dharail</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>Pump House</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
     <t>Identified</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Paharpur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012775,SM/12472)</t>
   </si>
   <si>
     <t>TSM/012775</t>
   </si>
   <si>
     <t>SM/12472</t>
   </si>
   <si>
+    <t>Bansihari</t>
+  </si>
+  <si>
+    <t>Paharpur</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Biralipara Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012779,SM/12476)</t>
+  </si>
+  <si>
+    <t>TSM/012779</t>
+  </si>
+  <si>
+    <t>SM/12476</t>
+  </si>
+  <si>
+    <t>Biralipara</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chaurapara Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012689,SM/12600)</t>
+  </si>
+  <si>
+    <t>TSM/012689</t>
+  </si>
+  <si>
+    <t>SM/12600</t>
+  </si>
+  <si>
+    <t>Chaurapara</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bodra Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012927,SM/12853)</t>
+  </si>
+  <si>
+    <t>TSM/012927</t>
+  </si>
+  <si>
+    <t>SM/12853</t>
+  </si>
+  <si>
+    <t>Kumarganj</t>
+  </si>
+  <si>
+    <t>Bodra</t>
+  </si>
+  <si>
+    <t>AMAI PIPED WATER SUPPLY SCHEME(TSM/011883,SM/11963)</t>
+  </si>
+  <si>
+    <t>TSM/011883</t>
+  </si>
+  <si>
+    <t>SM/11963</t>
+  </si>
+  <si>
     <t>MVS</t>
-  </si>
-[...52 lines deleted...]
-    <t>SM/11963</t>
   </si>
   <si>
     <t>Amai</t>
   </si>
   <si>
     <t>OHR</t>
   </si>
   <si>
     <t>Donated</t>
   </si>
   <si>
     <t>Possessed</t>
   </si>
   <si>
     <t>Baragram PWSS in Banshihari Block in Dakshin Dinajpur(TSM/011705,SM/11670)</t>
   </si>
   <si>
     <t>TSM/011705</t>
   </si>
   <si>
     <t>SM/11670</t>
   </si>
   <si>
     <t>Baragram</t>
   </si>
@@ -3331,298 +3331,298 @@
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="I4" s="4" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M4" s="4">
         <v>167</v>
       </c>
       <c r="N4" s="4">
         <v>213</v>
       </c>
       <c r="O4" s="4">
         <v>223</v>
       </c>
       <c r="P4" s="4">
         <v>2</v>
       </c>
       <c r="Q4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R4" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" s="4" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="4">
         <v>154</v>
       </c>
       <c r="N5" s="4">
         <v>495</v>
       </c>
       <c r="O5" s="4">
         <v>554</v>
       </c>
       <c r="P5" s="4">
         <v>2</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R5" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="E6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="4">
         <v>168</v>
       </c>
       <c r="N6" s="4">
         <v>113</v>
       </c>
       <c r="O6" s="4">
         <v>105</v>
       </c>
       <c r="P6" s="4">
         <v>2</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H7" s="4" t="s">
+      <c r="I7" s="4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="4">
         <v>123</v>
       </c>
       <c r="N7" s="4">
         <v>23</v>
       </c>
       <c r="O7" s="4">
         <v>228</v>
       </c>
       <c r="P7" s="4">
         <v>2</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R7" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D8" s="3" t="s">
+      <c r="E8" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="E8" s="3" t="s">
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="3" t="s">
+      <c r="H8" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4">
         <v>265</v>
       </c>
       <c r="N8" s="4">
         <v>615</v>
       </c>
       <c r="O8" s="4">
         <v>514</v>
       </c>
       <c r="P8" s="4">
         <v>31</v>
       </c>
@@ -3636,54 +3636,54 @@
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4">
         <v>129</v>
       </c>
       <c r="N9" s="4">
         <v>1</v>
       </c>
       <c r="O9" s="4">
         <v>2069</v>
       </c>
       <c r="P9" s="4">
         <v>33</v>
       </c>
@@ -3697,51 +3697,51 @@
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M10" s="4">
         <v>61</v>
       </c>
       <c r="N10" s="4">
         <v>293</v>
       </c>
       <c r="O10" s="4">
         <v>96</v>
       </c>
@@ -3758,51 +3758,51 @@
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M11" s="4">
         <v>15</v>
       </c>
       <c r="N11" s="4">
         <v>246</v>
       </c>
       <c r="O11" s="4">
         <v>244</v>
       </c>
@@ -3819,54 +3819,54 @@
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>74</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="4">
         <v>131</v>
       </c>
       <c r="N12" s="4">
         <v>114</v>
       </c>
       <c r="O12" s="4">
         <v>198</v>
       </c>
       <c r="P12" s="4">
         <v>2</v>
       </c>
@@ -3880,51 +3880,51 @@
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>78</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="4">
         <v>17</v>
       </c>
       <c r="N13" s="4">
         <v>102</v>
       </c>
       <c r="O13" s="4">
         <v>17</v>
       </c>
@@ -3941,51 +3941,51 @@
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>83</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M14" s="4">
         <v>75</v>
       </c>
       <c r="N14" s="4">
         <v>246</v>
       </c>
       <c r="O14" s="4">
         <v>383</v>
       </c>
@@ -4002,54 +4002,54 @@
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="4">
         <v>31</v>
       </c>
       <c r="N15" s="4">
         <v>82</v>
       </c>
       <c r="O15" s="4">
         <v>129</v>
       </c>
       <c r="P15" s="4">
         <v>2</v>
       </c>
@@ -4063,51 +4063,51 @@
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>91</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="4">
         <v>42</v>
       </c>
       <c r="N16" s="4">
         <v>883</v>
       </c>
       <c r="O16" s="4">
         <v>69</v>
       </c>
@@ -4124,54 +4124,54 @@
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>95</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H17" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M17" s="4">
         <v>186</v>
       </c>
       <c r="N17" s="4">
         <v>94</v>
       </c>
       <c r="O17" s="4">
         <v>18</v>
       </c>
       <c r="P17" s="4">
         <v>31</v>
       </c>
@@ -4185,51 +4185,51 @@
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>100</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>101</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>102</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="4">
         <v>172</v>
       </c>
       <c r="N18" s="4">
         <v>122</v>
       </c>
       <c r="O18" s="4">
         <v>353</v>
       </c>
@@ -4246,51 +4246,51 @@
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>104</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>105</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M19" s="4">
         <v>281</v>
       </c>
       <c r="N19" s="4">
         <v>1</v>
       </c>
       <c r="O19" s="4">
         <v>765</v>
       </c>
@@ -4368,51 +4368,51 @@
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>114</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>115</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M21" s="4">
         <v>254</v>
       </c>
       <c r="N21" s="4">
         <v>145</v>
       </c>
       <c r="O21" s="4">
         <v>67</v>
       </c>
@@ -4429,51 +4429,51 @@
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>118</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>119</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>120</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>67</v>
       </c>
       <c r="J22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="4">
         <v>212</v>
       </c>
       <c r="N22" s="4">
         <v>274</v>
       </c>
       <c r="O22" s="4">
         <v>102</v>
       </c>
@@ -4551,51 +4551,51 @@
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>125</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>126</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M24" s="4">
         <v>37</v>
       </c>
       <c r="N24" s="4">
         <v>2174</v>
       </c>
       <c r="O24" s="4">
         <v>2102</v>
       </c>
@@ -4673,54 +4673,54 @@
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H26" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="4">
         <v>201</v>
       </c>
       <c r="N26" s="4">
         <v>48</v>
       </c>
       <c r="O26" s="4">
         <v>1</v>
       </c>
       <c r="P26" s="4">
         <v>2</v>
       </c>
@@ -4734,54 +4734,54 @@
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H27" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>140</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M27" s="4">
         <v>120</v>
       </c>
       <c r="N27" s="4">
         <v>120</v>
       </c>
       <c r="O27" s="4">
         <v>473</v>
       </c>
       <c r="P27" s="4">
         <v>34</v>
       </c>
@@ -4795,51 +4795,51 @@
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>141</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>142</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>144</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="4">
         <v>46</v>
       </c>
       <c r="N28" s="4">
         <v>359</v>
       </c>
       <c r="O28" s="4">
         <v>379</v>
       </c>
@@ -4856,51 +4856,51 @@
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>145</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>149</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M29" s="4">
         <v>54</v>
       </c>
       <c r="N29" s="4">
         <v>1</v>
       </c>
       <c r="O29" s="4">
         <v>118</v>
       </c>
@@ -4917,54 +4917,54 @@
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>150</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>151</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H30" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I30" s="4" t="s">
         <v>153</v>
       </c>
       <c r="J30" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="4">
         <v>129</v>
       </c>
       <c r="N30" s="4">
         <v>98</v>
       </c>
       <c r="O30" s="4">
         <v>165</v>
       </c>
       <c r="P30" s="4">
         <v>2</v>
       </c>
@@ -4978,51 +4978,51 @@
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>154</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>155</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>157</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="4">
         <v>52</v>
       </c>
       <c r="N31" s="4">
         <v>186</v>
       </c>
       <c r="O31" s="4">
         <v>29</v>
       </c>
@@ -5039,51 +5039,51 @@
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>158</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>159</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>160</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>161</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="4">
         <v>241</v>
       </c>
       <c r="N32" s="4">
         <v>256</v>
       </c>
       <c r="O32" s="4">
         <v>248</v>
       </c>
@@ -5100,51 +5100,51 @@
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>162</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>163</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>165</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="4">
         <v>19</v>
       </c>
       <c r="N33" s="4">
         <v>68</v>
       </c>
       <c r="O33" s="4">
         <v>665</v>
       </c>
@@ -5161,51 +5161,51 @@
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>166</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>167</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>169</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M34" s="4">
         <v>29</v>
       </c>
       <c r="N34" s="4">
         <v>269</v>
       </c>
       <c r="O34" s="4">
         <v>32</v>
       </c>
@@ -5222,51 +5222,51 @@
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>170</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>171</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>173</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="4">
         <v>189</v>
       </c>
       <c r="N35" s="4">
         <v>182</v>
       </c>
       <c r="O35" s="4">
         <v>635</v>
       </c>
@@ -5283,51 +5283,51 @@
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>174</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>175</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>177</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="4">
         <v>283</v>
       </c>
       <c r="N36" s="4">
         <v>97</v>
       </c>
       <c r="O36" s="4">
         <v>236</v>
       </c>
@@ -5344,54 +5344,54 @@
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>178</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>179</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H37" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>181</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="4">
         <v>160</v>
       </c>
       <c r="N37" s="4">
         <v>154</v>
       </c>
       <c r="O37" s="4">
         <v>167</v>
       </c>
       <c r="P37" s="4">
         <v>2</v>
       </c>
@@ -5405,51 +5405,51 @@
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>182</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>183</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>185</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="4">
         <v>55</v>
       </c>
       <c r="N38" s="4">
         <v>60</v>
       </c>
       <c r="O38" s="4">
         <v>73</v>
       </c>
@@ -5466,51 +5466,51 @@
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>186</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>187</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>189</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M39" s="4">
         <v>59</v>
       </c>
       <c r="N39" s="4">
         <v>458</v>
       </c>
       <c r="O39" s="4">
         <v>657</v>
       </c>
@@ -5527,54 +5527,54 @@
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>190</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>191</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H40" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>193</v>
       </c>
       <c r="J40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="4">
         <v>122</v>
       </c>
       <c r="N40" s="4">
         <v>267</v>
       </c>
       <c r="O40" s="4">
         <v>405</v>
       </c>
       <c r="P40" s="4">
         <v>2</v>
       </c>
@@ -5588,51 +5588,51 @@
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>194</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>197</v>
       </c>
       <c r="J41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="4">
         <v>247</v>
       </c>
       <c r="N41" s="4">
         <v>145</v>
       </c>
       <c r="O41" s="4">
         <v>245</v>
       </c>
@@ -5649,51 +5649,51 @@
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>198</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>199</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>201</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="4">
         <v>6</v>
       </c>
       <c r="N42" s="4">
         <v>225</v>
       </c>
       <c r="O42" s="4">
         <v>253</v>
       </c>
@@ -5710,51 +5710,51 @@
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>202</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>203</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>205</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="4">
         <v>101</v>
       </c>
       <c r="N43" s="4">
         <v>350</v>
       </c>
       <c r="O43" s="4">
         <v>234</v>
       </c>
@@ -5771,51 +5771,51 @@
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>206</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>207</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>208</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>209</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M44" s="4">
         <v>257</v>
       </c>
       <c r="N44" s="4">
         <v>345</v>
       </c>
       <c r="O44" s="4">
         <v>98</v>
       </c>
@@ -5832,51 +5832,51 @@
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>210</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>211</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>117</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M45" s="4">
         <v>254</v>
       </c>
       <c r="N45" s="4">
         <v>1</v>
       </c>
       <c r="O45" s="4">
         <v>192</v>
       </c>
@@ -5893,51 +5893,51 @@
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>213</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>216</v>
       </c>
       <c r="J46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="4">
         <v>245</v>
       </c>
       <c r="N46" s="4">
         <v>3</v>
       </c>
       <c r="O46" s="4">
         <v>59</v>
       </c>
@@ -5954,54 +5954,54 @@
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>95</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>217</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M47" s="4">
         <v>113</v>
       </c>
       <c r="N47" s="4">
         <v>74</v>
       </c>
       <c r="O47" s="4">
         <v>49</v>
       </c>
       <c r="P47" s="4">
         <v>33</v>
       </c>
@@ -6015,51 +6015,51 @@
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>218</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>219</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>221</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="4">
         <v>159</v>
       </c>
       <c r="N48" s="4">
         <v>217</v>
       </c>
       <c r="O48" s="4">
         <v>19</v>
       </c>
@@ -6076,54 +6076,54 @@
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>95</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H49" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>222</v>
       </c>
       <c r="J49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M49" s="4">
         <v>105</v>
       </c>
       <c r="N49" s="4">
         <v>144</v>
       </c>
       <c r="O49" s="4">
         <v>138</v>
       </c>
       <c r="P49" s="4">
         <v>33</v>
       </c>
@@ -6137,54 +6137,54 @@
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>223</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>224</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G50" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H50" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>226</v>
       </c>
       <c r="J50" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M50" s="4">
         <v>247</v>
       </c>
       <c r="N50" s="4">
         <v>67</v>
       </c>
       <c r="O50" s="4">
         <v>95</v>
       </c>
       <c r="P50" s="4">
         <v>16</v>
       </c>
@@ -6198,51 +6198,51 @@
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>227</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>228</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>230</v>
       </c>
       <c r="J51" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M51" s="4">
         <v>86</v>
       </c>
       <c r="N51" s="4">
         <v>1</v>
       </c>
       <c r="O51" s="4">
         <v>110</v>
       </c>
@@ -6259,51 +6259,51 @@
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>231</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>234</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="4">
         <v>70</v>
       </c>
       <c r="N52" s="4">
         <v>48</v>
       </c>
       <c r="O52" s="4">
         <v>82</v>
       </c>
@@ -6320,51 +6320,51 @@
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>235</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>236</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>237</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>238</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M53" s="4">
         <v>32</v>
       </c>
       <c r="N53" s="4">
         <v>186</v>
       </c>
       <c r="O53" s="4">
         <v>169</v>
       </c>
@@ -6381,54 +6381,54 @@
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>239</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>241</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H54" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>242</v>
       </c>
       <c r="J54" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="4">
         <v>141</v>
       </c>
       <c r="N54" s="4">
         <v>131</v>
       </c>
       <c r="O54" s="4">
         <v>127</v>
       </c>
       <c r="P54" s="4">
         <v>2</v>
       </c>
@@ -6442,51 +6442,51 @@
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>243</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>246</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M55" s="4">
         <v>200</v>
       </c>
       <c r="N55" s="4">
         <v>407</v>
       </c>
       <c r="O55" s="4">
         <v>443</v>
       </c>
@@ -6503,51 +6503,51 @@
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>247</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H56" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I56" s="4" t="s">
         <v>250</v>
       </c>
       <c r="J56" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M56" s="4">
         <v>99</v>
       </c>
       <c r="N56" s="4">
         <v>272</v>
       </c>
       <c r="O56" s="4">
         <v>271</v>
       </c>
@@ -6564,51 +6564,51 @@
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>251</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H57" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>254</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M57" s="4">
         <v>144</v>
       </c>
       <c r="N57" s="4">
         <v>1</v>
       </c>
       <c r="O57" s="4">
         <v>76</v>
       </c>
@@ -6625,51 +6625,51 @@
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>255</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>257</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>258</v>
       </c>
       <c r="J58" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M58" s="4">
         <v>194</v>
       </c>
       <c r="N58" s="4">
         <v>231</v>
       </c>
       <c r="O58" s="4">
         <v>1116</v>
       </c>
@@ -6686,51 +6686,51 @@
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>259</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>262</v>
       </c>
       <c r="J59" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M59" s="4">
         <v>2</v>
       </c>
       <c r="N59" s="4">
         <v>1</v>
       </c>
       <c r="O59" s="4">
         <v>145</v>
       </c>
@@ -6747,51 +6747,51 @@
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>263</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>266</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>267</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M60" s="4">
         <v>152</v>
       </c>
       <c r="N60" s="4">
         <v>1</v>
       </c>
       <c r="O60" s="4">
         <v>416</v>
       </c>
@@ -6808,54 +6808,54 @@
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>268</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>269</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H61" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>271</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="4">
         <v>153</v>
       </c>
       <c r="N61" s="4">
         <v>121</v>
       </c>
       <c r="O61" s="4">
         <v>256</v>
       </c>
       <c r="P61" s="4">
         <v>2</v>
       </c>
@@ -6869,51 +6869,51 @@
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>272</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>273</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>274</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H62" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>275</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="4">
         <v>171</v>
       </c>
       <c r="N62" s="4">
         <v>199</v>
       </c>
       <c r="O62" s="4">
         <v>231</v>
       </c>
@@ -6930,51 +6930,51 @@
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>277</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>278</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>279</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="4">
         <v>216</v>
       </c>
       <c r="N63" s="4">
         <v>240</v>
       </c>
       <c r="O63" s="4">
         <v>49</v>
       </c>
@@ -6991,54 +6991,54 @@
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>281</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H64" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>283</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M64" s="4">
         <v>269</v>
       </c>
       <c r="N64" s="4">
         <v>185</v>
       </c>
       <c r="O64" s="4">
         <v>142</v>
       </c>
       <c r="P64" s="4">
         <v>64</v>
       </c>
@@ -7052,51 +7052,51 @@
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>285</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>286</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>287</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="4">
         <v>143</v>
       </c>
       <c r="N65" s="4">
         <v>148</v>
       </c>
       <c r="O65" s="4">
         <v>256</v>
       </c>
@@ -7113,51 +7113,51 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I66" s="4" t="s">
         <v>292</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M66" s="4">
         <v>254</v>
       </c>
       <c r="N66" s="4">
         <v>1</v>
       </c>
       <c r="O66" s="4">
         <v>487</v>
       </c>
@@ -7174,51 +7174,51 @@
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>294</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>295</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>296</v>
       </c>
       <c r="J67" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M67" s="4">
         <v>102</v>
       </c>
       <c r="N67" s="4">
         <v>1</v>
       </c>
       <c r="O67" s="4">
         <v>141</v>
       </c>
@@ -7235,54 +7235,54 @@
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>298</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>299</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H68" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>300</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="4">
         <v>190</v>
       </c>
       <c r="N68" s="4">
         <v>112</v>
       </c>
       <c r="O68" s="4">
         <v>218</v>
       </c>
       <c r="P68" s="4">
         <v>2</v>
       </c>
@@ -7296,51 +7296,51 @@
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>302</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>304</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M69" s="4">
         <v>104</v>
       </c>
       <c r="N69" s="4">
         <v>96</v>
       </c>
       <c r="O69" s="4">
         <v>104</v>
       </c>
@@ -7357,51 +7357,51 @@
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>306</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H70" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I70" s="4" t="s">
         <v>308</v>
       </c>
       <c r="J70" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="4">
         <v>2</v>
       </c>
       <c r="N70" s="4">
         <v>141</v>
       </c>
       <c r="O70" s="4">
         <v>108</v>
       </c>
@@ -7418,54 +7418,54 @@
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>310</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H71" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>312</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="4">
         <v>130</v>
       </c>
       <c r="N71" s="4">
         <v>338</v>
       </c>
       <c r="O71" s="4">
         <v>550</v>
       </c>
       <c r="P71" s="4">
         <v>2</v>
       </c>
@@ -7479,54 +7479,54 @@
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>314</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>315</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H72" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I72" s="4" t="s">
         <v>316</v>
       </c>
       <c r="J72" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="4">
         <v>176</v>
       </c>
       <c r="N72" s="4">
         <v>121</v>
       </c>
       <c r="O72" s="4">
         <v>456</v>
       </c>
       <c r="P72" s="4">
         <v>2</v>
       </c>
@@ -7540,51 +7540,51 @@
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>319</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H73" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I73" s="4" t="s">
         <v>320</v>
       </c>
       <c r="J73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M73" s="4">
         <v>255</v>
       </c>
       <c r="N73" s="4">
         <v>1</v>
       </c>
       <c r="O73" s="4">
         <v>71</v>
       </c>
@@ -7601,51 +7601,51 @@
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H74" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I74" s="4" t="s">
         <v>324</v>
       </c>
       <c r="J74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M74" s="4">
         <v>34</v>
       </c>
       <c r="N74" s="4">
         <v>455</v>
       </c>
       <c r="O74" s="4">
         <v>10</v>
       </c>
@@ -7662,54 +7662,54 @@
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>95</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J75" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M75" s="4">
         <v>4</v>
       </c>
       <c r="N75" s="4">
         <v>192</v>
       </c>
       <c r="O75" s="4">
         <v>9</v>
       </c>
       <c r="P75" s="4">
         <v>33</v>
       </c>
@@ -7723,51 +7723,51 @@
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>327</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>328</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H76" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>329</v>
       </c>
       <c r="J76" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M76" s="4">
         <v>218</v>
       </c>
       <c r="N76" s="4">
         <v>1</v>
       </c>
       <c r="O76" s="4">
         <v>225</v>
       </c>
@@ -7784,54 +7784,54 @@
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>331</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>332</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H77" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I77" s="4" t="s">
         <v>333</v>
       </c>
       <c r="J77" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="4">
         <v>243</v>
       </c>
       <c r="N77" s="4">
         <v>477</v>
       </c>
       <c r="O77" s="4">
         <v>117</v>
       </c>
       <c r="P77" s="4">
         <v>2</v>
       </c>
@@ -7845,51 +7845,51 @@
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>335</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>336</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H78" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I78" s="4" t="s">
         <v>337</v>
       </c>
       <c r="J78" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="4">
         <v>26</v>
       </c>
       <c r="N78" s="4">
         <v>234</v>
       </c>
       <c r="O78" s="4">
         <v>139</v>
       </c>
@@ -7906,51 +7906,51 @@
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>339</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>340</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>341</v>
       </c>
       <c r="J79" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="4">
         <v>110</v>
       </c>
       <c r="N79" s="4">
         <v>221</v>
       </c>
       <c r="O79" s="4">
         <v>247</v>
       </c>
@@ -7967,51 +7967,51 @@
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>343</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>344</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H80" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I80" s="4" t="s">
         <v>345</v>
       </c>
       <c r="J80" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M80" s="4">
         <v>33</v>
       </c>
       <c r="N80" s="4">
         <v>32</v>
       </c>
       <c r="O80" s="4">
         <v>284</v>
       </c>
@@ -8028,51 +8028,51 @@
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>347</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H81" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I81" s="4" t="s">
         <v>349</v>
       </c>
       <c r="J81" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M81" s="4">
         <v>200</v>
       </c>
       <c r="N81" s="4">
         <v>198</v>
       </c>
       <c r="O81" s="4">
         <v>631</v>
       </c>
@@ -8089,51 +8089,51 @@
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>351</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H82" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>353</v>
       </c>
       <c r="J82" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M82" s="4">
         <v>7</v>
       </c>
       <c r="N82" s="4">
         <v>5</v>
       </c>
       <c r="O82" s="4">
         <v>160</v>
       </c>
@@ -8150,51 +8150,51 @@
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>355</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H83" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I83" s="4" t="s">
         <v>357</v>
       </c>
       <c r="J83" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="4">
         <v>94</v>
       </c>
       <c r="N83" s="4">
         <v>645</v>
       </c>
       <c r="O83" s="4">
         <v>65</v>
       </c>
@@ -8211,54 +8211,54 @@
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="8" t="s">
         <v>358</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>359</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H84" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I84" s="4" t="s">
         <v>217</v>
       </c>
       <c r="J84" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M84" s="4">
         <v>113</v>
       </c>
       <c r="N84" s="4">
         <v>123</v>
       </c>
       <c r="O84" s="4">
         <v>1478</v>
       </c>
       <c r="P84" s="4">
         <v>2</v>
       </c>
@@ -8272,54 +8272,54 @@
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>362</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>363</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H85" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I85" s="4" t="s">
         <v>364</v>
       </c>
       <c r="J85" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M85" s="4">
         <v>232</v>
       </c>
       <c r="N85" s="4">
         <v>546</v>
       </c>
       <c r="O85" s="4">
         <v>115</v>
       </c>
       <c r="P85" s="4">
         <v>2</v>
       </c>
@@ -8333,51 +8333,51 @@
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>366</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H86" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I86" s="4" t="s">
         <v>368</v>
       </c>
       <c r="J86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M86" s="4">
         <v>58</v>
       </c>
       <c r="N86" s="4">
         <v>269</v>
       </c>
       <c r="O86" s="4">
         <v>32</v>
       </c>
@@ -8394,51 +8394,51 @@
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>369</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>370</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>371</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H87" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I87" s="4" t="s">
         <v>372</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M87" s="4">
         <v>19</v>
       </c>
       <c r="N87" s="4">
         <v>176</v>
       </c>
       <c r="O87" s="4">
         <v>103</v>
       </c>
@@ -8455,54 +8455,54 @@
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>374</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>375</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H88" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I88" s="4" t="s">
         <v>376</v>
       </c>
       <c r="J88" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M88" s="4">
         <v>142</v>
       </c>
       <c r="N88" s="4">
         <v>132</v>
       </c>
       <c r="O88" s="4">
         <v>336</v>
       </c>
       <c r="P88" s="4">
         <v>2</v>
       </c>
@@ -8516,51 +8516,51 @@
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>377</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>378</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H89" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I89" s="4" t="s">
         <v>380</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M89" s="4">
         <v>67</v>
       </c>
       <c r="N89" s="4">
         <v>415</v>
       </c>
       <c r="O89" s="4">
         <v>37</v>
       </c>
@@ -8577,54 +8577,54 @@
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>382</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>383</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I90" s="4" t="s">
         <v>384</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M90" s="4">
         <v>145</v>
       </c>
       <c r="N90" s="4">
         <v>444</v>
       </c>
       <c r="O90" s="4">
         <v>17</v>
       </c>
       <c r="P90" s="4">
         <v>2</v>
       </c>
@@ -8638,54 +8638,54 @@
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>385</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>386</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>387</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I91" s="4" t="s">
         <v>388</v>
       </c>
       <c r="J91" s="4" t="s">
         <v>389</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M91" s="4">
         <v>144</v>
       </c>
       <c r="N91" s="4">
         <v>1</v>
       </c>
       <c r="O91" s="4">
         <v>1234</v>
       </c>
       <c r="P91" s="4">
         <v>2</v>
       </c>
@@ -8699,54 +8699,54 @@
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>390</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>391</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>392</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I92" s="4" t="s">
         <v>393</v>
       </c>
       <c r="J92" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="4">
         <v>185</v>
       </c>
       <c r="N92" s="4">
         <v>114</v>
       </c>
       <c r="O92" s="4">
         <v>208</v>
       </c>
       <c r="P92" s="4">
         <v>2</v>
       </c>
@@ -8760,54 +8760,54 @@
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>394</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>395</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>396</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I93" s="4" t="s">
         <v>397</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="4">
         <v>191</v>
       </c>
       <c r="N93" s="4">
         <v>425</v>
       </c>
       <c r="O93" s="4">
         <v>485</v>
       </c>
       <c r="P93" s="4">
         <v>2</v>
       </c>
@@ -8821,54 +8821,54 @@
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>398</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>399</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>400</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I94" s="4" t="s">
         <v>401</v>
       </c>
       <c r="J94" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="4">
         <v>140</v>
       </c>
       <c r="N94" s="4">
         <v>267</v>
       </c>
       <c r="O94" s="4">
         <v>79</v>
       </c>
       <c r="P94" s="4">
         <v>2</v>
       </c>
@@ -8882,54 +8882,54 @@
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>402</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>403</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I95" s="4" t="s">
         <v>405</v>
       </c>
       <c r="J95" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M95" s="4">
         <v>74</v>
       </c>
       <c r="N95" s="4">
         <v>306</v>
       </c>
       <c r="O95" s="4">
         <v>192</v>
       </c>
       <c r="P95" s="4">
         <v>2</v>
       </c>
@@ -8943,54 +8943,54 @@
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="8" t="s">
         <v>406</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>407</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>408</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I96" s="4" t="s">
         <v>409</v>
       </c>
       <c r="J96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M96" s="4">
         <v>9</v>
       </c>
       <c r="N96" s="4">
         <v>6</v>
       </c>
       <c r="O96" s="4">
         <v>122</v>
       </c>
       <c r="P96" s="4">
         <v>2</v>
       </c>
@@ -9004,51 +9004,51 @@
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>410</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>411</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>412</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H97" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I97" s="4" t="s">
         <v>413</v>
       </c>
       <c r="J97" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="4">
         <v>3</v>
       </c>
       <c r="N97" s="4">
         <v>352</v>
       </c>
       <c r="O97" s="4">
         <v>18</v>
       </c>
@@ -9068,51 +9068,51 @@
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>414</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>415</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>416</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H98" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I98" s="4" t="s">
         <v>417</v>
       </c>
       <c r="J98" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="4">
         <v>213</v>
       </c>
       <c r="N98" s="4">
         <v>156</v>
       </c>
       <c r="O98" s="4">
         <v>651</v>
       </c>
       <c r="P98" s="4">
         <v>2</v>
       </c>
@@ -9126,51 +9126,51 @@
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
         <v>418</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>419</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H99" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I99" s="4" t="s">
         <v>421</v>
       </c>
       <c r="J99" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M99" s="4">
         <v>82</v>
       </c>
       <c r="N99" s="4">
         <v>737</v>
       </c>
       <c r="O99" s="4">
         <v>601</v>
       </c>
@@ -9187,51 +9187,51 @@
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
         <v>422</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>423</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>424</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H100" s="4" t="s">
         <v>425</v>
       </c>
       <c r="I100" s="4" t="s">
         <v>426</v>
       </c>
       <c r="J100" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="4">
         <v>58</v>
       </c>
       <c r="N100" s="4">
         <v>56</v>
       </c>
       <c r="O100" s="4">
         <v>914</v>
       </c>
@@ -9248,51 +9248,51 @@
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>427</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>428</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>429</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H101" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I101" s="4" t="s">
         <v>430</v>
       </c>
       <c r="J101" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M101" s="4">
         <v>169</v>
       </c>
       <c r="N101" s="4">
         <v>162</v>
       </c>
       <c r="O101" s="4">
         <v>149</v>
       </c>
@@ -9309,54 +9309,54 @@
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>431</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>432</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>433</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H102" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I102" s="4" t="s">
         <v>434</v>
       </c>
       <c r="J102" s="4" t="s">
         <v>435</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M102" s="4">
         <v>165</v>
       </c>
       <c r="N102" s="4">
         <v>598</v>
       </c>
       <c r="O102" s="4">
         <v>97</v>
       </c>
       <c r="P102" s="4">
         <v>2</v>
       </c>
@@ -9370,51 +9370,51 @@
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H103" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I103" s="4" t="s">
         <v>436</v>
       </c>
       <c r="J103" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M103" s="4">
         <v>263</v>
       </c>
       <c r="N103" s="4">
         <v>1</v>
       </c>
       <c r="O103" s="4">
         <v>254</v>
       </c>
@@ -9431,51 +9431,51 @@
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>437</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>438</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H104" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I104" s="4" t="s">
         <v>440</v>
       </c>
       <c r="J104" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M104" s="4">
         <v>104</v>
       </c>
       <c r="N104" s="4">
         <v>221</v>
       </c>
       <c r="O104" s="4">
         <v>359</v>
       </c>
@@ -9492,51 +9492,51 @@
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>441</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>442</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H105" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I105" s="4" t="s">
         <v>444</v>
       </c>
       <c r="J105" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M105" s="4">
         <v>115</v>
       </c>
       <c r="N105" s="4">
         <v>1268</v>
       </c>
       <c r="O105" s="4">
         <v>718</v>
       </c>
@@ -9614,54 +9614,54 @@
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>449</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H107" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I107" s="4" t="s">
         <v>452</v>
       </c>
       <c r="J107" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M107" s="4">
         <v>128</v>
       </c>
       <c r="N107" s="4">
         <v>146</v>
       </c>
       <c r="O107" s="4">
         <v>14</v>
       </c>
       <c r="P107" s="4">
         <v>2</v>
       </c>
@@ -9675,51 +9675,51 @@
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>453</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>454</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>455</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H108" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I108" s="4" t="s">
         <v>456</v>
       </c>
       <c r="J108" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M108" s="4">
         <v>282</v>
       </c>
       <c r="N108" s="4">
         <v>241</v>
       </c>
       <c r="O108" s="4">
         <v>142</v>
       </c>
@@ -9736,51 +9736,51 @@
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>457</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>458</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>459</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H109" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I109" s="4" t="s">
         <v>460</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M109" s="4">
         <v>98</v>
       </c>
       <c r="N109" s="4">
         <v>163</v>
       </c>
       <c r="O109" s="4">
         <v>795</v>
       </c>
@@ -9797,51 +9797,51 @@
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
         <v>461</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H110" s="4" t="s">
         <v>464</v>
       </c>
       <c r="I110" s="4" t="s">
         <v>465</v>
       </c>
       <c r="J110" s="4" t="s">
         <v>466</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M110" s="4">
         <v>194</v>
       </c>
       <c r="N110" s="4">
         <v>1</v>
       </c>
       <c r="O110" s="4">
         <v>120</v>
       </c>
@@ -9858,51 +9858,51 @@
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
         <v>467</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>468</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>469</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H111" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I111" s="4" t="s">
         <v>470</v>
       </c>
       <c r="J111" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M111" s="4">
         <v>40</v>
       </c>
       <c r="N111" s="4">
         <v>235</v>
       </c>
       <c r="O111" s="4">
         <v>89</v>
       </c>
@@ -9922,51 +9922,51 @@
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
         <v>471</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>472</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>473</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I112" s="4" t="s">
         <v>474</v>
       </c>
       <c r="J112" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M112" s="4">
         <v>204</v>
       </c>
       <c r="N112" s="4">
         <v>318</v>
       </c>
       <c r="O112" s="4">
         <v>141</v>
       </c>
       <c r="P112" s="4">
         <v>2</v>
       </c>
@@ -9980,54 +9980,54 @@
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>475</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>476</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>477</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G113" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H113" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>478</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M113" s="4">
         <v>220</v>
       </c>
       <c r="N113" s="4">
         <v>456</v>
       </c>
       <c r="O113" s="4">
         <v>765</v>
       </c>
       <c r="P113" s="4">
         <v>2</v>
       </c>
@@ -10041,51 +10041,51 @@
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>479</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>480</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H114" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I114" s="4" t="s">
         <v>482</v>
       </c>
       <c r="J114" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M114" s="4">
         <v>182</v>
       </c>
       <c r="N114" s="4">
         <v>304</v>
       </c>
       <c r="O114" s="4">
         <v>294</v>
       </c>
@@ -10102,51 +10102,51 @@
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>483</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>484</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H115" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I115" s="4" t="s">
         <v>486</v>
       </c>
       <c r="J115" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M115" s="4">
         <v>251</v>
       </c>
       <c r="N115" s="4">
         <v>1</v>
       </c>
       <c r="O115" s="4">
         <v>244</v>
       </c>
@@ -10166,51 +10166,51 @@
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>487</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>488</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>489</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I116" s="4" t="s">
         <v>490</v>
       </c>
       <c r="J116" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M116" s="4">
         <v>158</v>
       </c>
       <c r="N116" s="4">
         <v>55</v>
       </c>
       <c r="O116" s="4">
         <v>151</v>
       </c>
       <c r="P116" s="4">
         <v>2</v>
       </c>
@@ -10224,51 +10224,51 @@
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="8" t="s">
         <v>491</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>492</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>493</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H117" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I117" s="4" t="s">
         <v>494</v>
       </c>
       <c r="J117" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M117" s="4">
         <v>259</v>
       </c>
       <c r="N117" s="4">
         <v>9</v>
       </c>
       <c r="O117" s="4">
         <v>176</v>
       </c>
@@ -10285,51 +10285,51 @@
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="8" t="s">
         <v>495</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>496</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>497</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H118" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I118" s="4" t="s">
         <v>498</v>
       </c>
       <c r="J118" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M118" s="4">
         <v>250</v>
       </c>
       <c r="N118" s="4">
         <v>1</v>
       </c>
       <c r="O118" s="4">
         <v>274</v>
       </c>
@@ -10346,51 +10346,51 @@
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
         <v>499</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>500</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>501</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H119" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I119" s="4" t="s">
         <v>502</v>
       </c>
       <c r="J119" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M119" s="4">
         <v>66</v>
       </c>
       <c r="N119" s="4">
         <v>122</v>
       </c>
       <c r="O119" s="4">
         <v>188</v>
       </c>
@@ -10468,51 +10468,51 @@
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>507</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>508</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>509</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H121" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I121" s="4" t="s">
         <v>510</v>
       </c>
       <c r="J121" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M121" s="4">
         <v>76</v>
       </c>
       <c r="N121" s="4">
         <v>6</v>
       </c>
       <c r="O121" s="4">
         <v>625</v>
       </c>
@@ -10529,51 +10529,51 @@
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H122" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I122" s="4" t="s">
         <v>511</v>
       </c>
       <c r="J122" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M122" s="4">
         <v>249</v>
       </c>
       <c r="N122" s="4">
         <v>1</v>
       </c>
       <c r="O122" s="4">
         <v>565</v>
       </c>
@@ -10590,51 +10590,51 @@
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H123" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I123" s="4" t="s">
         <v>512</v>
       </c>
       <c r="J123" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M123" s="4">
         <v>261</v>
       </c>
       <c r="N123" s="4">
         <v>1</v>
       </c>
       <c r="O123" s="4">
         <v>216</v>
       </c>
@@ -10651,54 +10651,54 @@
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>513</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G124" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H124" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I124" s="4" t="s">
         <v>516</v>
       </c>
       <c r="J124" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M124" s="4">
         <v>183</v>
       </c>
       <c r="N124" s="4">
         <v>318</v>
       </c>
       <c r="O124" s="4">
         <v>92</v>
       </c>
       <c r="P124" s="4">
         <v>2</v>
       </c>
@@ -10715,51 +10715,51 @@
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="8" t="s">
         <v>517</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>518</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I125" s="4" t="s">
         <v>520</v>
       </c>
       <c r="J125" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M125" s="4">
         <v>187</v>
       </c>
       <c r="N125" s="4">
         <v>172</v>
       </c>
       <c r="O125" s="4">
         <v>129</v>
       </c>
       <c r="P125" s="4">
         <v>2</v>
       </c>
@@ -10773,51 +10773,51 @@
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>521</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>522</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>523</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H126" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I126" s="4" t="s">
         <v>524</v>
       </c>
       <c r="J126" s="4" t="s">
         <v>525</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M126" s="4">
         <v>187</v>
       </c>
       <c r="N126" s="4">
         <v>256</v>
       </c>
       <c r="O126" s="4">
         <v>43</v>
       </c>
@@ -10834,51 +10834,51 @@
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="8" t="s">
         <v>526</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>527</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>528</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H127" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I127" s="4" t="s">
         <v>529</v>
       </c>
       <c r="J127" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M127" s="4">
         <v>298</v>
       </c>
       <c r="N127" s="4">
         <v>75</v>
       </c>
       <c r="O127" s="4">
         <v>937</v>
       </c>
@@ -10895,54 +10895,54 @@
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>530</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>531</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H128" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I128" s="4" t="s">
         <v>533</v>
       </c>
       <c r="J128" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M128" s="4">
         <v>268</v>
       </c>
       <c r="N128" s="4">
         <v>292</v>
       </c>
       <c r="O128" s="4">
         <v>88</v>
       </c>
       <c r="P128" s="4">
         <v>2</v>
       </c>
@@ -10956,51 +10956,51 @@
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>534</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>535</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>536</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H129" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>537</v>
       </c>
       <c r="J129" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M129" s="4">
         <v>195</v>
       </c>
       <c r="N129" s="4">
         <v>348</v>
       </c>
       <c r="O129" s="4">
         <v>316</v>
       </c>
@@ -11020,51 +11020,51 @@
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>538</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>539</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>540</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>541</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="4">
         <v>234</v>
       </c>
       <c r="N130" s="4">
         <v>257</v>
       </c>
       <c r="O130" s="4">
         <v>141</v>
       </c>
       <c r="P130" s="4">
         <v>2</v>
       </c>
@@ -11078,54 +11078,54 @@
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>542</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>543</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>544</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G131" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H131" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I131" s="4" t="s">
         <v>545</v>
       </c>
       <c r="J131" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M131" s="4">
         <v>169</v>
       </c>
       <c r="N131" s="4">
         <v>291</v>
       </c>
       <c r="O131" s="4">
         <v>0</v>
       </c>
       <c r="P131" s="4">
         <v>2</v>
       </c>
@@ -11139,54 +11139,54 @@
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>546</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>547</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>548</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H132" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I132" s="4" t="s">
         <v>549</v>
       </c>
       <c r="J132" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K132" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M132" s="4">
         <v>3</v>
       </c>
       <c r="N132" s="4">
         <v>141</v>
       </c>
       <c r="O132" s="4">
         <v>235</v>
       </c>
       <c r="P132" s="4">
         <v>2</v>
       </c>
@@ -11261,51 +11261,51 @@
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>554</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>555</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>556</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H134" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I134" s="4" t="s">
         <v>557</v>
       </c>
       <c r="J134" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K134" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M134" s="4">
         <v>28</v>
       </c>
       <c r="N134" s="4">
         <v>1</v>
       </c>
       <c r="O134" s="4">
         <v>378</v>
       </c>
@@ -11322,51 +11322,51 @@
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>558</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>559</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>560</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I135" s="4" t="s">
         <v>561</v>
       </c>
       <c r="J135" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K135" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M135" s="4">
         <v>25</v>
       </c>
       <c r="N135" s="4">
         <v>1076</v>
       </c>
       <c r="O135" s="4">
         <v>435</v>
       </c>
@@ -11383,54 +11383,54 @@
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C136" s="8" t="s">
         <v>562</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>563</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H136" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I136" s="4" t="s">
         <v>565</v>
       </c>
       <c r="J136" s="4" t="s">
         <v>566</v>
       </c>
       <c r="K136" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M136" s="4">
         <v>238</v>
       </c>
       <c r="N136" s="4">
         <v>1</v>
       </c>
       <c r="O136" s="4">
         <v>211</v>
       </c>
       <c r="P136" s="4">
         <v>32</v>
       </c>
@@ -11444,51 +11444,51 @@
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
         <v>568</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>569</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>570</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H137" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I137" s="4" t="s">
         <v>571</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M137" s="4">
         <v>103</v>
       </c>
       <c r="N137" s="4">
         <v>47</v>
       </c>
       <c r="O137" s="4">
         <v>562</v>
       </c>
@@ -11505,54 +11505,54 @@
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
         <v>572</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>573</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I138" s="4" t="s">
         <v>575</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M138" s="4">
         <v>218</v>
       </c>
       <c r="N138" s="4">
         <v>64</v>
       </c>
       <c r="O138" s="4">
         <v>101</v>
       </c>
       <c r="P138" s="4">
         <v>2</v>
       </c>
@@ -11566,51 +11566,51 @@
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="8" t="s">
         <v>576</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>577</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H139" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I139" s="4" t="s">
         <v>579</v>
       </c>
       <c r="J139" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K139" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M139" s="4">
         <v>6</v>
       </c>
       <c r="N139" s="4">
         <v>73</v>
       </c>
       <c r="O139" s="4">
         <v>155</v>
       </c>
@@ -11627,51 +11627,51 @@
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="8" t="s">
         <v>580</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>581</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>582</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H140" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I140" s="4" t="s">
         <v>583</v>
       </c>
       <c r="J140" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K140" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M140" s="4">
         <v>36</v>
       </c>
       <c r="N140" s="4">
         <v>38</v>
       </c>
       <c r="O140" s="4">
         <v>136</v>
       </c>
@@ -11749,54 +11749,54 @@
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>95</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H142" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I142" s="4" t="s">
         <v>588</v>
       </c>
       <c r="J142" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K142" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M142" s="4">
         <v>174</v>
       </c>
       <c r="N142" s="4">
         <v>499</v>
       </c>
       <c r="O142" s="4">
         <v>246</v>
       </c>
       <c r="P142" s="4">
         <v>33</v>
       </c>
@@ -11810,51 +11810,51 @@
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>589</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>590</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H143" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I143" s="4" t="s">
         <v>592</v>
       </c>
       <c r="J143" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M143" s="4">
         <v>45</v>
       </c>
       <c r="N143" s="4">
         <v>55</v>
       </c>
       <c r="O143" s="4">
         <v>884</v>
       </c>
@@ -11871,51 +11871,51 @@
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>593</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>594</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H144" s="4" t="s">
         <v>425</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>596</v>
       </c>
       <c r="J144" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M144" s="4">
         <v>3</v>
       </c>
       <c r="N144" s="4">
         <v>876</v>
       </c>
       <c r="O144" s="4">
         <v>345</v>
       </c>
@@ -11932,51 +11932,51 @@
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
         <v>597</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>598</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>599</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H145" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I145" s="4" t="s">
         <v>600</v>
       </c>
       <c r="J145" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M145" s="4">
         <v>21</v>
       </c>
       <c r="N145" s="4">
         <v>350</v>
       </c>
       <c r="O145" s="4">
         <v>169</v>
       </c>
@@ -11993,51 +11993,51 @@
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>601</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>602</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>603</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H146" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I146" s="4" t="s">
         <v>604</v>
       </c>
       <c r="J146" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M146" s="4">
         <v>233</v>
       </c>
       <c r="N146" s="4">
         <v>1</v>
       </c>
       <c r="O146" s="4">
         <v>172</v>
       </c>
@@ -12054,51 +12054,51 @@
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>605</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>606</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>607</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H147" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I147" s="4" t="s">
         <v>608</v>
       </c>
       <c r="J147" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M147" s="4">
         <v>24</v>
       </c>
       <c r="N147" s="4">
         <v>26</v>
       </c>
       <c r="O147" s="4">
         <v>213</v>
       </c>
@@ -12115,51 +12115,51 @@
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>327</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>328</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H148" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I148" s="4" t="s">
         <v>329</v>
       </c>
       <c r="J148" s="4" t="s">
         <v>609</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M148" s="4">
         <v>218</v>
       </c>
       <c r="N148" s="4">
         <v>1</v>
       </c>
       <c r="O148" s="4">
         <v>511</v>
       </c>
@@ -12176,51 +12176,51 @@
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C149" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H149" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I149" s="4" t="s">
         <v>610</v>
       </c>
       <c r="J149" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K149" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M149" s="4">
         <v>127</v>
       </c>
       <c r="N149" s="4">
         <v>1</v>
       </c>
       <c r="O149" s="4">
         <v>325</v>
       </c>
@@ -12237,51 +12237,51 @@
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C150" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H150" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I150" s="4" t="s">
         <v>611</v>
       </c>
       <c r="J150" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M150" s="4">
         <v>121</v>
       </c>
       <c r="N150" s="4">
         <v>90</v>
       </c>
       <c r="O150" s="4">
         <v>213</v>
       </c>
@@ -12359,51 +12359,51 @@
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C152" s="8" t="s">
         <v>616</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>617</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>618</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H152" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I152" s="4" t="s">
         <v>619</v>
       </c>
       <c r="J152" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K152" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M152" s="4">
         <v>184</v>
       </c>
       <c r="N152" s="4">
         <v>82</v>
       </c>
       <c r="O152" s="4">
         <v>181</v>
       </c>
@@ -12420,51 +12420,51 @@
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C153" s="8" t="s">
         <v>620</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>621</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>622</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H153" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I153" s="4" t="s">
         <v>623</v>
       </c>
       <c r="J153" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K153" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M153" s="4">
         <v>204</v>
       </c>
       <c r="N153" s="4">
         <v>215</v>
       </c>
       <c r="O153" s="4">
         <v>30</v>
       </c>
@@ -12481,51 +12481,51 @@
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="8" t="s">
         <v>263</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H154" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I154" s="4" t="s">
         <v>624</v>
       </c>
       <c r="J154" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M154" s="4">
         <v>153</v>
       </c>
       <c r="N154" s="4">
         <v>43</v>
       </c>
       <c r="O154" s="4">
         <v>14</v>
       </c>
@@ -12542,51 +12542,51 @@
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C155" s="8" t="s">
         <v>625</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>626</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>627</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H155" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I155" s="4" t="s">
         <v>628</v>
       </c>
       <c r="J155" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M155" s="4">
         <v>161</v>
       </c>
       <c r="N155" s="4">
         <v>238</v>
       </c>
       <c r="O155" s="4">
         <v>145</v>
       </c>
@@ -12603,51 +12603,51 @@
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C156" s="8" t="s">
         <v>629</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>630</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>631</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H156" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I156" s="4" t="s">
         <v>632</v>
       </c>
       <c r="J156" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K156" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L156" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M156" s="4">
         <v>149</v>
       </c>
       <c r="N156" s="4">
         <v>936</v>
       </c>
       <c r="O156" s="4">
         <v>103</v>
       </c>
@@ -12664,51 +12664,51 @@
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C157" s="8" t="s">
         <v>633</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>634</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>635</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H157" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I157" s="4" t="s">
         <v>636</v>
       </c>
       <c r="J157" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M157" s="4">
         <v>147</v>
       </c>
       <c r="N157" s="4">
         <v>35</v>
       </c>
       <c r="O157" s="4">
         <v>197</v>
       </c>
@@ -12786,54 +12786,54 @@
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C159" s="8" t="s">
         <v>641</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>642</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>643</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H159" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I159" s="4" t="s">
         <v>644</v>
       </c>
       <c r="J159" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K159" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L159" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M159" s="4">
         <v>83</v>
       </c>
       <c r="N159" s="4">
         <v>47</v>
       </c>
       <c r="O159" s="4">
         <v>828</v>
       </c>
       <c r="P159" s="4">
         <v>2</v>
       </c>
@@ -12908,51 +12908,51 @@
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>649</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>650</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>651</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H161" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I161" s="4" t="s">
         <v>652</v>
       </c>
       <c r="J161" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K161" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M161" s="4">
         <v>22</v>
       </c>
       <c r="N161" s="4">
         <v>487</v>
       </c>
       <c r="O161" s="4">
         <v>88</v>
       </c>
@@ -12969,51 +12969,51 @@
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C162" s="8" t="s">
         <v>653</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>654</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>655</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H162" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I162" s="4" t="s">
         <v>656</v>
       </c>
       <c r="J162" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M162" s="4">
         <v>50</v>
       </c>
       <c r="N162" s="4">
         <v>175</v>
       </c>
       <c r="O162" s="4">
         <v>276</v>
       </c>
@@ -13030,51 +13030,51 @@
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C163" s="8" t="s">
         <v>657</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>658</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>659</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H163" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I163" s="4" t="s">
         <v>660</v>
       </c>
       <c r="J163" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K163" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L163" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M163" s="4">
         <v>208</v>
       </c>
       <c r="N163" s="4">
         <v>108</v>
       </c>
       <c r="O163" s="4">
         <v>194</v>
       </c>
@@ -13091,54 +13091,54 @@
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C164" s="8" t="s">
         <v>661</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>663</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H164" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I164" s="4" t="s">
         <v>664</v>
       </c>
       <c r="J164" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L164" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M164" s="4">
         <v>87</v>
       </c>
       <c r="N164" s="4">
         <v>85</v>
       </c>
       <c r="O164" s="4">
         <v>324</v>
       </c>
       <c r="P164" s="4">
         <v>2</v>
       </c>
@@ -13152,54 +13152,54 @@
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C165" s="8" t="s">
         <v>665</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>666</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>667</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G165" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H165" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I165" s="4" t="s">
         <v>668</v>
       </c>
       <c r="J165" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M165" s="4">
         <v>171</v>
       </c>
       <c r="N165" s="4">
         <v>135</v>
       </c>
       <c r="O165" s="4">
         <v>548</v>
       </c>
       <c r="P165" s="4">
         <v>2</v>
       </c>
@@ -13213,51 +13213,51 @@
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C166" s="8" t="s">
         <v>669</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>670</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>671</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H166" s="4" t="s">
         <v>425</v>
       </c>
       <c r="I166" s="4" t="s">
         <v>672</v>
       </c>
       <c r="J166" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K166" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L166" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M166" s="4">
         <v>76</v>
       </c>
       <c r="N166" s="4">
         <v>1</v>
       </c>
       <c r="O166" s="4">
         <v>225</v>
       </c>
@@ -13335,51 +13335,51 @@
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C168" s="8" t="s">
         <v>677</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>678</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H168" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I168" s="4" t="s">
         <v>222</v>
       </c>
       <c r="J168" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K168" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L168" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M168" s="4">
         <v>174</v>
       </c>
       <c r="N168" s="4">
         <v>2512</v>
       </c>
       <c r="O168" s="4">
         <v>439</v>
       </c>
@@ -13396,51 +13396,51 @@
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C169" s="8" t="s">
         <v>680</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>681</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>682</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H169" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I169" s="4" t="s">
         <v>683</v>
       </c>
       <c r="J169" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K169" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L169" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M169" s="4">
         <v>185</v>
       </c>
       <c r="N169" s="4">
         <v>203</v>
       </c>
       <c r="O169" s="4">
         <v>308</v>
       </c>
@@ -13460,51 +13460,51 @@
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C170" s="8" t="s">
         <v>684</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>685</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>686</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H170" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I170" s="4" t="s">
         <v>687</v>
       </c>
       <c r="J170" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K170" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L170" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M170" s="4">
         <v>246</v>
       </c>
       <c r="N170" s="4">
         <v>135</v>
       </c>
       <c r="O170" s="4">
         <v>123</v>
       </c>
       <c r="P170" s="4">
         <v>2</v>
       </c>
@@ -13518,54 +13518,54 @@
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C171" s="8" t="s">
         <v>688</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>689</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>690</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G171" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H171" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I171" s="4" t="s">
         <v>691</v>
       </c>
       <c r="J171" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K171" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M171" s="4">
         <v>237</v>
       </c>
       <c r="N171" s="4">
         <v>257</v>
       </c>
       <c r="O171" s="4">
         <v>141</v>
       </c>
       <c r="P171" s="4">
         <v>2</v>
       </c>
@@ -13640,51 +13640,51 @@
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C173" s="8" t="s">
         <v>696</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>697</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>698</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H173" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I173" s="4" t="s">
         <v>699</v>
       </c>
       <c r="J173" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K173" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L173" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M173" s="4">
         <v>63</v>
       </c>
       <c r="N173" s="4">
         <v>12</v>
       </c>
       <c r="O173" s="4">
         <v>27</v>
       </c>
@@ -13701,51 +13701,51 @@
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C174" s="8" t="s">
         <v>700</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>701</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>702</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H174" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I174" s="4" t="s">
         <v>703</v>
       </c>
       <c r="J174" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L174" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M174" s="4">
         <v>203</v>
       </c>
       <c r="N174" s="4">
         <v>198</v>
       </c>
       <c r="O174" s="4">
         <v>186</v>
       </c>
@@ -13762,51 +13762,51 @@
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C175" s="8" t="s">
         <v>704</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>705</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>706</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H175" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I175" s="4" t="s">
         <v>707</v>
       </c>
       <c r="J175" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L175" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M175" s="4">
         <v>78</v>
       </c>
       <c r="N175" s="4">
         <v>15</v>
       </c>
       <c r="O175" s="4">
         <v>143</v>
       </c>
@@ -13823,51 +13823,51 @@
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C176" s="8" t="s">
         <v>708</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>709</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>710</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H176" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I176" s="4" t="s">
         <v>711</v>
       </c>
       <c r="J176" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L176" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M176" s="4">
         <v>51</v>
       </c>
       <c r="N176" s="4">
         <v>529</v>
       </c>
       <c r="O176" s="4">
         <v>407</v>
       </c>
@@ -13884,54 +13884,54 @@
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C177" s="8" t="s">
         <v>712</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>713</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>714</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H177" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I177" s="4" t="s">
         <v>715</v>
       </c>
       <c r="J177" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K177" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L177" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M177" s="4">
         <v>89</v>
       </c>
       <c r="N177" s="4">
         <v>1027</v>
       </c>
       <c r="O177" s="4">
         <v>194</v>
       </c>
       <c r="P177" s="4">
         <v>2</v>
       </c>
@@ -13945,51 +13945,51 @@
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C178" s="8" t="s">
         <v>716</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>717</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>718</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H178" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I178" s="4" t="s">
         <v>719</v>
       </c>
       <c r="J178" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M178" s="4">
         <v>183</v>
       </c>
       <c r="N178" s="4">
         <v>257</v>
       </c>
       <c r="O178" s="4">
         <v>82</v>
       </c>
@@ -14006,54 +14006,54 @@
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="8" t="s">
         <v>720</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>721</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>722</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H179" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I179" s="4" t="s">
         <v>723</v>
       </c>
       <c r="J179" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M179" s="4">
         <v>76</v>
       </c>
       <c r="N179" s="4">
         <v>547</v>
       </c>
       <c r="O179" s="4">
         <v>49</v>
       </c>
       <c r="P179" s="4">
         <v>2</v>
       </c>
@@ -14067,54 +14067,54 @@
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C180" s="8" t="s">
         <v>724</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>725</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>726</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G180" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H180" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I180" s="4" t="s">
         <v>727</v>
       </c>
       <c r="J180" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M180" s="4">
         <v>260</v>
       </c>
       <c r="N180" s="4">
         <v>222</v>
       </c>
       <c r="O180" s="4">
         <v>258</v>
       </c>
       <c r="P180" s="4">
         <v>2</v>
       </c>
@@ -14128,54 +14128,54 @@
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C181" s="8" t="s">
         <v>728</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>729</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>730</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H181" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I181" s="4" t="s">
         <v>731</v>
       </c>
       <c r="J181" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M181" s="4">
         <v>23</v>
       </c>
       <c r="N181" s="4">
         <v>36</v>
       </c>
       <c r="O181" s="4">
         <v>323</v>
       </c>
       <c r="P181" s="4">
         <v>2</v>
       </c>
@@ -14189,54 +14189,54 @@
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="8" t="s">
         <v>732</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>733</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>734</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I182" s="4" t="s">
         <v>735</v>
       </c>
       <c r="J182" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K182" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M182" s="4">
         <v>52</v>
       </c>
       <c r="N182" s="4">
         <v>359</v>
       </c>
       <c r="O182" s="4">
         <v>73</v>
       </c>
       <c r="P182" s="4">
         <v>16</v>
       </c>
@@ -14250,51 +14250,51 @@
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C183" s="8" t="s">
         <v>736</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>737</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H183" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I183" s="4" t="s">
         <v>739</v>
       </c>
       <c r="J183" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K183" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M183" s="4">
         <v>86</v>
       </c>
       <c r="N183" s="4">
         <v>81</v>
       </c>
       <c r="O183" s="4">
         <v>16</v>
       </c>
@@ -14311,54 +14311,54 @@
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C184" s="8" t="s">
         <v>740</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>741</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>742</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G184" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H184" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I184" s="4" t="s">
         <v>743</v>
       </c>
       <c r="J184" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L184" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M184" s="4">
         <v>195</v>
       </c>
       <c r="N184" s="4">
         <v>225</v>
       </c>
       <c r="O184" s="4">
         <v>852</v>
       </c>
       <c r="P184" s="4">
         <v>33</v>
       </c>
@@ -14372,51 +14372,51 @@
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C185" s="8" t="s">
         <v>744</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>745</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>746</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H185" s="4" t="s">
         <v>425</v>
       </c>
       <c r="I185" s="4" t="s">
         <v>747</v>
       </c>
       <c r="J185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M185" s="4">
         <v>37</v>
       </c>
       <c r="N185" s="4">
         <v>1146</v>
       </c>
       <c r="O185" s="4">
         <v>84</v>
       </c>
@@ -14433,54 +14433,54 @@
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C186" s="8" t="s">
         <v>748</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>749</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>750</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G186" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H186" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I186" s="4" t="s">
         <v>751</v>
       </c>
       <c r="J186" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K186" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L186" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M186" s="4">
         <v>230</v>
       </c>
       <c r="N186" s="4">
         <v>477</v>
       </c>
       <c r="O186" s="4">
         <v>117</v>
       </c>
       <c r="P186" s="4">
         <v>2</v>
       </c>
@@ -14494,51 +14494,51 @@
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C187" s="8" t="s">
         <v>752</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>754</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H187" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I187" s="4" t="s">
         <v>755</v>
       </c>
       <c r="J187" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K187" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L187" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M187" s="4">
         <v>83</v>
       </c>
       <c r="N187" s="4">
         <v>594</v>
       </c>
       <c r="O187" s="4">
         <v>419</v>
       </c>
@@ -14555,51 +14555,51 @@
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C188" s="8" t="s">
         <v>756</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>757</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>758</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H188" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I188" s="4" t="s">
         <v>759</v>
       </c>
       <c r="J188" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K188" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L188" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M188" s="4">
         <v>46</v>
       </c>
       <c r="N188" s="4">
         <v>300</v>
       </c>
       <c r="O188" s="4">
         <v>97</v>
       </c>
@@ -14616,51 +14616,51 @@
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C189" s="8" t="s">
         <v>166</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>167</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H189" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I189" s="4" t="s">
         <v>760</v>
       </c>
       <c r="J189" s="4" t="s">
         <v>761</v>
       </c>
       <c r="K189" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L189" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M189" s="4">
         <v>32</v>
       </c>
       <c r="N189" s="4">
         <v>1</v>
       </c>
       <c r="O189" s="4">
         <v>1144</v>
       </c>
@@ -14680,51 +14680,51 @@
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C190" s="8" t="s">
         <v>762</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>763</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>764</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H190" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I190" s="4" t="s">
         <v>765</v>
       </c>
       <c r="J190" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K190" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L190" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M190" s="4">
         <v>39</v>
       </c>
       <c r="N190" s="4">
         <v>122</v>
       </c>
       <c r="O190" s="4">
         <v>254</v>
       </c>
       <c r="P190" s="4">
         <v>2</v>
       </c>
@@ -14738,54 +14738,54 @@
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C191" s="8" t="s">
         <v>766</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>767</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>768</v>
       </c>
       <c r="F191" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H191" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I191" s="4" t="s">
         <v>769</v>
       </c>
       <c r="J191" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K191" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L191" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M191" s="4">
         <v>205</v>
       </c>
       <c r="N191" s="4">
         <v>194</v>
       </c>
       <c r="O191" s="4">
         <v>93</v>
       </c>
       <c r="P191" s="4">
         <v>2</v>
       </c>
@@ -14799,51 +14799,51 @@
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C192" s="8" t="s">
         <v>770</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>771</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>772</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H192" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I192" s="4" t="s">
         <v>773</v>
       </c>
       <c r="J192" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K192" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L192" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M192" s="4">
         <v>103</v>
       </c>
       <c r="N192" s="4">
         <v>89</v>
       </c>
       <c r="O192" s="4">
         <v>754</v>
       </c>
@@ -14921,54 +14921,54 @@
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C194" s="8" t="s">
         <v>778</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>779</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>780</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G194" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H194" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I194" s="4" t="s">
         <v>781</v>
       </c>
       <c r="J194" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M194" s="4">
         <v>159</v>
       </c>
       <c r="N194" s="4">
         <v>157</v>
       </c>
       <c r="O194" s="4">
         <v>90</v>
       </c>
       <c r="P194" s="4">
         <v>2</v>
       </c>
@@ -14982,51 +14982,51 @@
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C195" s="8" t="s">
         <v>625</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>626</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>627</v>
       </c>
       <c r="F195" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H195" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I195" s="4" t="s">
         <v>782</v>
       </c>
       <c r="J195" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K195" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L195" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M195" s="4">
         <v>160</v>
       </c>
       <c r="N195" s="4">
         <v>178</v>
       </c>
       <c r="O195" s="4">
         <v>675</v>
       </c>
@@ -15043,54 +15043,54 @@
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C196" s="8" t="s">
         <v>783</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>784</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>785</v>
       </c>
       <c r="F196" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H196" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I196" s="4" t="s">
         <v>786</v>
       </c>
       <c r="J196" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K196" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L196" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M196" s="4">
         <v>49</v>
       </c>
       <c r="N196" s="4">
         <v>111</v>
       </c>
       <c r="O196" s="4">
         <v>125</v>
       </c>
       <c r="P196" s="4">
         <v>2</v>
       </c>
@@ -15104,51 +15104,51 @@
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C197" s="8" t="s">
         <v>787</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>788</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>789</v>
       </c>
       <c r="F197" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H197" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I197" s="4" t="s">
         <v>790</v>
       </c>
       <c r="J197" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K197" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L197" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M197" s="4">
         <v>97</v>
       </c>
       <c r="N197" s="4">
         <v>82</v>
       </c>
       <c r="O197" s="4">
         <v>882</v>
       </c>
@@ -15165,51 +15165,51 @@
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C198" s="8" t="s">
         <v>791</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>792</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>793</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H198" s="4" t="s">
         <v>425</v>
       </c>
       <c r="I198" s="4" t="s">
         <v>794</v>
       </c>
       <c r="J198" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K198" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L198" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M198" s="4">
         <v>72</v>
       </c>
       <c r="N198" s="4">
         <v>629</v>
       </c>
       <c r="O198" s="4">
         <v>276</v>
       </c>
@@ -15226,51 +15226,51 @@
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C199" s="8" t="s">
         <v>461</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H199" s="4" t="s">
         <v>464</v>
       </c>
       <c r="I199" s="4" t="s">
         <v>795</v>
       </c>
       <c r="J199" s="4" t="s">
         <v>796</v>
       </c>
       <c r="K199" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L199" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M199" s="4">
         <v>141</v>
       </c>
       <c r="N199" s="4">
         <v>1</v>
       </c>
       <c r="O199" s="4">
         <v>1116</v>
       </c>
@@ -15287,54 +15287,54 @@
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C200" s="8" t="s">
         <v>798</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>799</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>800</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G200" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H200" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I200" s="4" t="s">
         <v>801</v>
       </c>
       <c r="J200" s="4" t="s">
         <v>802</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M200" s="4">
         <v>281</v>
       </c>
       <c r="N200" s="4">
         <v>1</v>
       </c>
       <c r="O200" s="4">
         <v>2346</v>
       </c>
       <c r="P200" s="4">
         <v>7</v>
       </c>
@@ -15348,51 +15348,51 @@
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C201" s="8" t="s">
         <v>803</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>804</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>805</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H201" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I201" s="4" t="s">
         <v>806</v>
       </c>
       <c r="J201" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K201" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L201" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M201" s="4">
         <v>114</v>
       </c>
       <c r="N201" s="4">
         <v>129</v>
       </c>
       <c r="O201" s="4">
         <v>97</v>
       </c>
@@ -15412,51 +15412,51 @@
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C202" s="8" t="s">
         <v>807</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>808</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>809</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H202" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I202" s="4" t="s">
         <v>810</v>
       </c>
       <c r="J202" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M202" s="4">
         <v>132</v>
       </c>
       <c r="N202" s="4">
         <v>321</v>
       </c>
       <c r="O202" s="4">
         <v>718</v>
       </c>
       <c r="P202" s="4">
         <v>2</v>
       </c>
@@ -15470,54 +15470,54 @@
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C203" s="8" t="s">
         <v>811</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>812</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>813</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H203" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I203" s="4" t="s">
         <v>814</v>
       </c>
       <c r="J203" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K203" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L203" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M203" s="4">
         <v>206</v>
       </c>
       <c r="N203" s="4">
         <v>131</v>
       </c>
       <c r="O203" s="4">
         <v>127</v>
       </c>
       <c r="P203" s="4">
         <v>2</v>
       </c>
@@ -15531,51 +15531,51 @@
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C204" s="8" t="s">
         <v>815</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>816</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>817</v>
       </c>
       <c r="F204" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H204" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I204" s="4" t="s">
         <v>818</v>
       </c>
       <c r="J204" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L204" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M204" s="4">
         <v>264</v>
       </c>
       <c r="N204" s="4">
         <v>278</v>
       </c>
       <c r="O204" s="4">
         <v>64</v>
       </c>
@@ -15653,51 +15653,51 @@
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C206" s="8" t="s">
         <v>823</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>824</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>825</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H206" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I206" s="4" t="s">
         <v>826</v>
       </c>
       <c r="J206" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K206" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L206" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M206" s="4">
         <v>244</v>
       </c>
       <c r="N206" s="4">
         <v>43</v>
       </c>
       <c r="O206" s="4">
         <v>210</v>
       </c>
@@ -15775,51 +15775,51 @@
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C208" s="8" t="s">
         <v>831</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>832</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>833</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H208" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I208" s="4" t="s">
         <v>668</v>
       </c>
       <c r="J208" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M208" s="4">
         <v>5</v>
       </c>
       <c r="N208" s="4">
         <v>404</v>
       </c>
       <c r="O208" s="4">
         <v>244</v>
       </c>
@@ -15836,51 +15836,51 @@
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C209" s="8" t="s">
         <v>834</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>835</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>836</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H209" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I209" s="4" t="s">
         <v>837</v>
       </c>
       <c r="J209" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L209" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M209" s="4">
         <v>178</v>
       </c>
       <c r="N209" s="4">
         <v>474</v>
       </c>
       <c r="O209" s="4">
         <v>87</v>
       </c>
@@ -15897,51 +15897,51 @@
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C210" s="8" t="s">
         <v>838</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>839</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>840</v>
       </c>
       <c r="F210" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H210" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I210" s="4" t="s">
         <v>841</v>
       </c>
       <c r="J210" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K210" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L210" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M210" s="4">
         <v>49</v>
       </c>
       <c r="N210" s="4">
         <v>75</v>
       </c>
       <c r="O210" s="4">
         <v>157</v>
       </c>
@@ -15958,51 +15958,51 @@
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C211" s="8" t="s">
         <v>791</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>792</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>793</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H211" s="4" t="s">
         <v>425</v>
       </c>
       <c r="I211" s="4" t="s">
         <v>794</v>
       </c>
       <c r="J211" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L211" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M211" s="4">
         <v>72</v>
       </c>
       <c r="N211" s="4">
         <v>834</v>
       </c>
       <c r="O211" s="4">
         <v>778</v>
       </c>
@@ -16019,51 +16019,51 @@
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C212" s="8" t="s">
         <v>842</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>843</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>844</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H212" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I212" s="4" t="s">
         <v>845</v>
       </c>
       <c r="J212" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K212" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L212" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M212" s="4">
         <v>64</v>
       </c>
       <c r="N212" s="4">
         <v>402</v>
       </c>
       <c r="O212" s="4">
         <v>188</v>
       </c>
@@ -16080,51 +16080,51 @@
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C213" s="8" t="s">
         <v>846</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>847</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>848</v>
       </c>
       <c r="F213" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H213" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I213" s="4" t="s">
         <v>849</v>
       </c>
       <c r="J213" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L213" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M213" s="4">
         <v>150</v>
       </c>
       <c r="N213" s="4">
         <v>250</v>
       </c>
       <c r="O213" s="4">
         <v>227</v>
       </c>
@@ -16141,54 +16141,54 @@
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C214" s="8" t="s">
         <v>850</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>851</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>852</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H214" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I214" s="4" t="s">
         <v>853</v>
       </c>
       <c r="J214" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L214" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M214" s="4">
         <v>134</v>
       </c>
       <c r="N214" s="4">
         <v>267</v>
       </c>
       <c r="O214" s="4">
         <v>12</v>
       </c>
       <c r="P214" s="4">
         <v>2</v>
       </c>
@@ -16202,54 +16202,54 @@
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C215" s="8" t="s">
         <v>854</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>855</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>856</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G215" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H215" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I215" s="4" t="s">
         <v>857</v>
       </c>
       <c r="J215" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L215" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M215" s="4">
         <v>271</v>
       </c>
       <c r="N215" s="4">
         <v>249</v>
       </c>
       <c r="O215" s="4">
         <v>167</v>
       </c>
       <c r="P215" s="4">
         <v>2</v>
       </c>
@@ -16263,51 +16263,51 @@
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C216" s="8" t="s">
         <v>858</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>859</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>860</v>
       </c>
       <c r="F216" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H216" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I216" s="4" t="s">
         <v>640</v>
       </c>
       <c r="J216" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K216" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L216" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M216" s="4">
         <v>146</v>
       </c>
       <c r="N216" s="4">
         <v>1</v>
       </c>
       <c r="O216" s="4">
         <v>66</v>
       </c>
@@ -16327,51 +16327,51 @@
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C217" s="8" t="s">
         <v>861</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>862</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>863</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H217" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I217" s="4" t="s">
         <v>864</v>
       </c>
       <c r="J217" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L217" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M217" s="4">
         <v>185</v>
       </c>
       <c r="N217" s="4">
         <v>79</v>
       </c>
       <c r="O217" s="4">
         <v>785</v>
       </c>
       <c r="P217" s="4">
         <v>2</v>
       </c>
@@ -16385,54 +16385,54 @@
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C218" s="8" t="s">
         <v>865</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>866</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>867</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G218" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H218" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I218" s="4" t="s">
         <v>868</v>
       </c>
       <c r="J218" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K218" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L218" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M218" s="4">
         <v>126</v>
       </c>
       <c r="N218" s="4">
         <v>126</v>
       </c>
       <c r="O218" s="4">
         <v>200</v>
       </c>
       <c r="P218" s="4">
         <v>31</v>
       </c>
@@ -16446,51 +16446,51 @@
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C219" s="8" t="s">
         <v>869</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>870</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>871</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H219" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I219" s="4" t="s">
         <v>872</v>
       </c>
       <c r="J219" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M219" s="4">
         <v>207</v>
       </c>
       <c r="N219" s="4">
         <v>520</v>
       </c>
       <c r="O219" s="4">
         <v>268</v>
       </c>
@@ -16507,51 +16507,51 @@
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C220" s="8" t="s">
         <v>869</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>870</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>871</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H220" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I220" s="4" t="s">
         <v>604</v>
       </c>
       <c r="J220" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M220" s="4">
         <v>233</v>
       </c>
       <c r="N220" s="4">
         <v>240</v>
       </c>
       <c r="O220" s="4">
         <v>49</v>
       </c>
@@ -16568,51 +16568,51 @@
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C221" s="8" t="s">
         <v>873</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H221" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I221" s="4" t="s">
         <v>876</v>
       </c>
       <c r="J221" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L221" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M221" s="4">
         <v>191</v>
       </c>
       <c r="N221" s="4">
         <v>158</v>
       </c>
       <c r="O221" s="4">
         <v>167</v>
       </c>
@@ -16629,51 +16629,51 @@
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C222" s="8" t="s">
         <v>877</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>878</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H222" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I222" s="4" t="s">
         <v>880</v>
       </c>
       <c r="J222" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K222" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M222" s="4">
         <v>95</v>
       </c>
       <c r="N222" s="4">
         <v>1639</v>
       </c>
       <c r="O222" s="4">
         <v>171</v>
       </c>
@@ -16690,51 +16690,51 @@
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C223" s="8" t="s">
         <v>881</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>882</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>883</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H223" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I223" s="4" t="s">
         <v>884</v>
       </c>
       <c r="J223" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K223" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L223" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M223" s="4">
         <v>42</v>
       </c>
       <c r="N223" s="4">
         <v>16</v>
       </c>
       <c r="O223" s="4">
         <v>146</v>
       </c>
@@ -16751,51 +16751,51 @@
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C224" s="8" t="s">
         <v>885</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>886</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>887</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H224" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I224" s="4" t="s">
         <v>888</v>
       </c>
       <c r="J224" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K224" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L224" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M224" s="4">
         <v>276</v>
       </c>
       <c r="N224" s="4">
         <v>1</v>
       </c>
       <c r="O224" s="4">
         <v>274</v>
       </c>
@@ -16812,51 +16812,51 @@
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C225" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H225" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I225" s="4" t="s">
         <v>889</v>
       </c>
       <c r="J225" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K225" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L225" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M225" s="4">
         <v>270</v>
       </c>
       <c r="N225" s="4">
         <v>254</v>
       </c>
       <c r="O225" s="4">
         <v>389</v>
       </c>
@@ -16876,51 +16876,51 @@
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C226" s="8" t="s">
         <v>890</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>891</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>892</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H226" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I226" s="4" t="s">
         <v>893</v>
       </c>
       <c r="J226" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K226" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L226" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M226" s="4">
         <v>133</v>
       </c>
       <c r="N226" s="4">
         <v>17</v>
       </c>
       <c r="O226" s="4">
         <v>19</v>
       </c>
       <c r="P226" s="4">
         <v>2</v>
       </c>
@@ -16934,51 +16934,51 @@
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C227" s="8" t="s">
         <v>894</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>895</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>896</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H227" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I227" s="4" t="s">
         <v>897</v>
       </c>
       <c r="J227" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K227" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L227" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M227" s="4">
         <v>30</v>
       </c>
       <c r="N227" s="4">
         <v>1</v>
       </c>
       <c r="O227" s="4">
         <v>143</v>
       </c>
@@ -16995,51 +16995,51 @@
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C228" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H228" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I228" s="4" t="s">
         <v>898</v>
       </c>
       <c r="J228" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K228" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L228" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M228" s="4">
         <v>118</v>
       </c>
       <c r="N228" s="4">
         <v>148</v>
       </c>
       <c r="O228" s="4">
         <v>167</v>
       </c>
@@ -17056,51 +17056,51 @@
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C229" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H229" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I229" s="4" t="s">
         <v>899</v>
       </c>
       <c r="J229" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K229" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L229" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M229" s="4">
         <v>272</v>
       </c>
       <c r="N229" s="4">
         <v>1</v>
       </c>
       <c r="O229" s="4">
         <v>265</v>
       </c>
@@ -17117,51 +17117,51 @@
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C230" s="8" t="s">
         <v>900</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>901</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>902</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H230" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I230" s="4" t="s">
         <v>903</v>
       </c>
       <c r="J230" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K230" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L230" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M230" s="4">
         <v>41</v>
       </c>
       <c r="N230" s="4">
         <v>593</v>
       </c>
       <c r="O230" s="4">
         <v>126</v>
       </c>
@@ -17178,51 +17178,51 @@
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C231" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H231" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I231" s="4" t="s">
         <v>904</v>
       </c>
       <c r="J231" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K231" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L231" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M231" s="4">
         <v>151</v>
       </c>
       <c r="N231" s="4">
         <v>106</v>
       </c>
       <c r="O231" s="4">
         <v>116</v>
       </c>