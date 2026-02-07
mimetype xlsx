--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -117,566 +117,566 @@
   <si>
     <t>Dharail</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>Pump House</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
     <t>Identified</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Paharpur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012775,SM/12472)</t>
   </si>
   <si>
     <t>TSM/012775</t>
   </si>
   <si>
     <t>SM/12472</t>
   </si>
   <si>
+    <t>Bansihari</t>
+  </si>
+  <si>
+    <t>Paharpur</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chaurapara Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012689,SM/12600)</t>
+  </si>
+  <si>
+    <t>TSM/012689</t>
+  </si>
+  <si>
+    <t>SM/12600</t>
+  </si>
+  <si>
+    <t>Chaurapara</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Biralipara Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012779,SM/12476)</t>
+  </si>
+  <si>
+    <t>TSM/012779</t>
+  </si>
+  <si>
+    <t>SM/12476</t>
+  </si>
+  <si>
+    <t>Biralipara</t>
+  </si>
+  <si>
+    <t>AMAI PIPED WATER SUPPLY SCHEME(TSM/011883,SM/11963)</t>
+  </si>
+  <si>
+    <t>TSM/011883</t>
+  </si>
+  <si>
+    <t>SM/11963</t>
+  </si>
+  <si>
     <t>MVS</t>
   </si>
   <si>
-    <t>Bansihari</t>
-[...26 lines deleted...]
-    <t>Chaurapara</t>
+    <t>Amai</t>
+  </si>
+  <si>
+    <t>OHR</t>
+  </si>
+  <si>
+    <t>Donated</t>
+  </si>
+  <si>
+    <t>Possessed</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bodra Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012927,SM/12853)</t>
   </si>
   <si>
     <t>TSM/012927</t>
   </si>
   <si>
     <t>SM/12853</t>
   </si>
   <si>
     <t>Kumarganj</t>
   </si>
   <si>
     <t>Bodra</t>
   </si>
   <si>
-    <t>AMAI PIPED WATER SUPPLY SCHEME(TSM/011883,SM/11963)</t>
-[...19 lines deleted...]
-  <si>
     <t>Baragram PWSS in Banshihari Block in Dakshin Dinajpur(TSM/011705,SM/11670)</t>
   </si>
   <si>
     <t>TSM/011705</t>
   </si>
   <si>
     <t>SM/11670</t>
   </si>
   <si>
     <t>Baragram</t>
   </si>
   <si>
     <t>near Baragram</t>
   </si>
   <si>
     <t>Vested</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Ranabindul Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012760,SM/12462)</t>
+  </si>
+  <si>
+    <t>TSM/012760</t>
+  </si>
+  <si>
+    <t>SM/12462</t>
+  </si>
+  <si>
+    <t>Ranabindul</t>
+  </si>
+  <si>
+    <t>MANIKOR Piped Water Supply Scheme at Khusmundi Block under Balurghat Division P.H.E. Dte. in the District of Dakshin Dinajpur.(TSM/013190,SM/14104)</t>
+  </si>
+  <si>
+    <t>TSM/013190</t>
+  </si>
+  <si>
+    <t>SM/14104</t>
+  </si>
+  <si>
+    <t>Kushmundi</t>
+  </si>
+  <si>
+    <t>Titihi</t>
+  </si>
+  <si>
     <t>Source Augmentation of Dangram Piped Water Supply Scheme under Balurghat Division, PHE Dte.(TSM/016072,SM/16562)</t>
   </si>
   <si>
     <t>TSM/016072</t>
   </si>
   <si>
     <t>SM/16562</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Harirampur</t>
   </si>
   <si>
     <t>Bora</t>
   </si>
   <si>
-    <t>MANIKOR Piped Water Supply Scheme at Khusmundi Block under Balurghat Division P.H.E. Dte. in the District of Dakshin Dinajpur.(TSM/013190,SM/14104)</t>
-[...25 lines deleted...]
-  <si>
     <t>Providing Functional House Hold Tap Connection Under Jal Swapna Programme for Bagichapur Piped Water Supply Scheme at Harirampur Block(TSM/005981,SM/07089)</t>
   </si>
   <si>
     <t>TSM/005981</t>
   </si>
   <si>
     <t>SM/07089</t>
   </si>
   <si>
     <t>Retrofitting</t>
   </si>
   <si>
     <t>Bagichapur</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Panitara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012949,SM/12872)</t>
+  </si>
+  <si>
+    <t>TSM/012949</t>
+  </si>
+  <si>
+    <t>SM/12872</t>
+  </si>
+  <si>
+    <t>Panitara</t>
+  </si>
+  <si>
     <t>TRIKUL Piped Water Supply Scheme(TSM/014305,SM/12817)</t>
   </si>
   <si>
     <t>TSM/014305</t>
   </si>
   <si>
     <t>SM/12817</t>
   </si>
   <si>
     <t>Trikul</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Panitara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012949,SM/12872)</t>
-[...8 lines deleted...]
-    <t>Panitara</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Maulai Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012856,SM/12941)</t>
+  </si>
+  <si>
+    <t>TSM/012856</t>
+  </si>
+  <si>
+    <t>SM/12941</t>
+  </si>
+  <si>
+    <t>Maulai</t>
+  </si>
+  <si>
+    <t>MAHADIPUR Piped Water Supply Scheme(TSM/014998,SM/16251)</t>
+  </si>
+  <si>
+    <t>TSM/014998</t>
+  </si>
+  <si>
+    <t>SM/16251</t>
+  </si>
+  <si>
+    <t>Mahadipur</t>
+  </si>
+  <si>
+    <t>Near Chingishpur Bridge</t>
+  </si>
+  <si>
+    <t>For Head work site of PWSS</t>
   </si>
   <si>
     <t>Ground Water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Ranipur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/013380,SM/12926)</t>
   </si>
   <si>
     <t>TSM/013380</t>
   </si>
   <si>
     <t>SM/12926</t>
   </si>
   <si>
     <t>Ranipur</t>
   </si>
   <si>
+    <t>Augmentation of Ground Water Based Kamarpara Piped Water Supply Scheme(TSM/014570,SM/18631)</t>
+  </si>
+  <si>
+    <t>TSM/014570</t>
+  </si>
+  <si>
+    <t>SM/18631</t>
+  </si>
+  <si>
+    <t>Kutubpur</t>
+  </si>
+  <si>
     <t>KUMARGANJ SUB-SURFACE WATER BASED PIPED WATER SUPPLY SCHEME(TSM/017436,SM/18434)</t>
   </si>
   <si>
     <t>TSM/017436</t>
   </si>
   <si>
     <t>SM/18434</t>
   </si>
   <si>
     <t>Tazpur</t>
   </si>
   <si>
     <t>Registration of land in favour of PHED yet to do after start of work as requested by concern landowner. NOC has taken from the land owner approved by VWSC and Block administration.</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Maulai Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012856,SM/12941)</t>
-[...26 lines deleted...]
-    <t>For Head work site of PWSS</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Harirampur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012717,SM/12612)</t>
+  </si>
+  <si>
+    <t>TSM/012717</t>
+  </si>
+  <si>
+    <t>SM/12612</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Itakhor Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012899,SM/12944)</t>
   </si>
   <si>
     <t>TSM/012899</t>
   </si>
   <si>
     <t>SM/12944</t>
   </si>
   <si>
     <t>Itakhor</t>
   </si>
   <si>
-    <t>Augmentation of Ground Water Based Kamarpara Piped Water Supply Scheme(TSM/014570,SM/18631)</t>
-[...19 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bamnahar Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012706,SM/12609)</t>
   </si>
   <si>
     <t>TSM/012706</t>
   </si>
   <si>
     <t>SM/12609</t>
   </si>
   <si>
     <t>Bamnahar</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Cherapara Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012880,SM/12920)</t>
+  </si>
+  <si>
+    <t>TSM/012880</t>
+  </si>
+  <si>
+    <t>SM/12920</t>
+  </si>
+  <si>
+    <t>Cherapara</t>
+  </si>
+  <si>
     <t>BAGBARI PWSS at Harirampur Block, under Balurghat Division, P.H.E. Dte., in the District of Dakshin Dinajpur.(TSM/012004,SM/11950)</t>
   </si>
   <si>
     <t>TSM/012004</t>
   </si>
   <si>
     <t>SM/11950</t>
   </si>
   <si>
     <t>Bagbari</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Cherapara Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012880,SM/12920)</t>
-[...8 lines deleted...]
-    <t>Cherapara</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kashimpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012891,SM/12923)</t>
+  </si>
+  <si>
+    <t>TSM/012891</t>
+  </si>
+  <si>
+    <t>SM/12923</t>
+  </si>
+  <si>
+    <t>Kashimpur</t>
+  </si>
+  <si>
+    <t>KHAKAR PWSS at Bansihari Block, under Balurghat Division, P.H.E. Dte., in the District of Dakshin Dinajpur.(TSM/011751,SM/11951)</t>
+  </si>
+  <si>
+    <t>TSM/011751</t>
+  </si>
+  <si>
+    <t>SM/11951</t>
+  </si>
+  <si>
+    <t>Kelna</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Pasoya Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013104,SM/12973)</t>
   </si>
   <si>
     <t>TSM/013104</t>
   </si>
   <si>
     <t>SM/12973</t>
   </si>
   <si>
     <t>Pasoya</t>
   </si>
   <si>
-    <t>KHAKAR PWSS at Bansihari Block, under Balurghat Division, P.H.E. Dte., in the District of Dakshin Dinajpur.(TSM/011751,SM/11951)</t>
-[...20 lines deleted...]
-    <t>Kashimpur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Radhakrishnapur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013107,SM/12974)</t>
+  </si>
+  <si>
+    <t>TSM/013107</t>
+  </si>
+  <si>
+    <t>SM/12974</t>
+  </si>
+  <si>
+    <t>Radhakrishnpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Uttar Mulahati Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/013026,SM/12962)</t>
   </si>
   <si>
     <t>TSM/013026</t>
   </si>
   <si>
     <t>SM/12962</t>
   </si>
   <si>
     <t>Uttar Mulahati</t>
   </si>
   <si>
     <t>near Uttar Mulahati</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Radhakrishnapur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013107,SM/12974)</t>
-[...10 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Baghna Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012879,SM/12919)</t>
   </si>
   <si>
     <t>TSM/012879</t>
   </si>
   <si>
     <t>SM/12919</t>
   </si>
   <si>
     <t>Baghna</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Taksail Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012672,SM/12553)</t>
+  </si>
+  <si>
+    <t>TSM/012672</t>
+  </si>
+  <si>
+    <t>SM/12553</t>
+  </si>
+  <si>
+    <t>Taksail</t>
+  </si>
+  <si>
     <t>MARGRAM Piped Water Supply Scheme(TSM/015069,SM/16269)</t>
   </si>
   <si>
     <t>TSM/015069</t>
   </si>
   <si>
     <t>SM/16269</t>
   </si>
   <si>
     <t>Chhiail</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Taksail Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012672,SM/12553)</t>
-[...10 lines deleted...]
-  <si>
     <t>DHULATAIR Piped Water Supply Scheme(TSM/014386,SM/12819)</t>
   </si>
   <si>
     <t>TSM/014386</t>
   </si>
   <si>
     <t>SM/12819</t>
   </si>
   <si>
     <t>Dhulatair</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chakismail Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012686,SM/12559)</t>
+  </si>
+  <si>
+    <t>TSM/012686</t>
+  </si>
+  <si>
+    <t>SM/12559</t>
+  </si>
+  <si>
+    <t>Chakismail</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Uddhabpur (I) Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012910,SM/12952)</t>
   </si>
   <si>
     <t>TSM/012910</t>
   </si>
   <si>
     <t>SM/12952</t>
   </si>
   <si>
     <t>Uddhabpur (I)</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chakismail Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012686,SM/12559)</t>
-[...8 lines deleted...]
-    <t>Chakismail</t>
+    <t>Ground Water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Barail Mouza of Kushmandii Block in the District of Dakshin Dinajpur.(TSM/013384,SM/12929)</t>
+  </si>
+  <si>
+    <t>TSM/013384</t>
+  </si>
+  <si>
+    <t>SM/12929</t>
+  </si>
+  <si>
+    <t>Barail</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Dhadarang Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012894,SM/12931)</t>
+  </si>
+  <si>
+    <t>TSM/012894</t>
+  </si>
+  <si>
+    <t>SM/12931</t>
+  </si>
+  <si>
+    <t>Dhadarang</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Sankarpur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012777,SM/12474)</t>
   </si>
   <si>
     <t>TSM/012777</t>
   </si>
   <si>
     <t>SM/12474</t>
   </si>
   <si>
     <t>Sankarpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Dhadarang Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012894,SM/12931)</t>
-[...22 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Dahuakuri Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012756,SM/12460)</t>
   </si>
   <si>
     <t>TSM/012756</t>
   </si>
   <si>
     <t>SM/12460</t>
   </si>
   <si>
     <t>Dahuakuri</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bhikanpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012832,SM/13192)</t>
+  </si>
+  <si>
+    <t>TSM/012832</t>
+  </si>
+  <si>
+    <t>SM/13192</t>
+  </si>
+  <si>
+    <t>Bhikanpur</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Tursail Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012721,SM/12614)</t>
   </si>
   <si>
     <t>TSM/012721</t>
   </si>
   <si>
     <t>SM/12614</t>
   </si>
   <si>
     <t>Tursail</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jamirail Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012866,SM/12913)</t>
   </si>
   <si>
     <t>TSM/012866</t>
   </si>
   <si>
     <t>SM/12913</t>
   </si>
   <si>
     <t>Jamirail</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bhikanpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012832,SM/13192)</t>
-[...10 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Barakhail Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012616,SM/12537)</t>
   </si>
   <si>
     <t>TSM/012616</t>
   </si>
   <si>
     <t>SM/12537</t>
   </si>
   <si>
     <t>Barakhail</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kutubpur Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012640,SM/12540)</t>
   </si>
   <si>
     <t>TSM/012640</t>
   </si>
   <si>
     <t>SM/12540</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Satais Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012702,SM/12606)</t>
   </si>
   <si>
     <t>TSM/012702</t>
@@ -684,551 +684,551 @@
   <si>
     <t>SM/12606</t>
   </si>
   <si>
     <t>Satais</t>
   </si>
   <si>
     <t>Paik Jhara</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Satihar Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012703,SM/12607)</t>
   </si>
   <si>
     <t>TSM/012703</t>
   </si>
   <si>
     <t>SM/12607</t>
   </si>
   <si>
     <t>Satihar</t>
   </si>
   <si>
     <t>Udaypur</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Palashdanga Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012730,SM/12618)</t>
+  </si>
+  <si>
+    <t>TSM/012730</t>
+  </si>
+  <si>
+    <t>SM/12618</t>
+  </si>
+  <si>
+    <t>Palashdanga</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Matizapur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012932,SM/12858)</t>
+  </si>
+  <si>
+    <t>TSM/012932</t>
+  </si>
+  <si>
+    <t>SM/12858</t>
+  </si>
+  <si>
+    <t>Matizapur</t>
+  </si>
+  <si>
     <t>Augmentation of Dhiltail Piped Water Supply Scheme in Banshihari Block of Dakshin Dinajpur District.(TSM/015236,SM/13829)</t>
   </si>
   <si>
     <t>TSM/015236</t>
   </si>
   <si>
     <t>SM/13829</t>
   </si>
   <si>
     <t>Dhiltail</t>
   </si>
   <si>
+    <t>BERAIL Piped Water Supply Scheme at Khusmundi Block under Balurghat Division P.H.E. Dte. in the District of Dakshin Dinajpur.(TSM/013060,SM/14101)</t>
+  </si>
+  <si>
+    <t>TSM/013060</t>
+  </si>
+  <si>
+    <t>SM/14101</t>
+  </si>
+  <si>
+    <t>Kharikadighi</t>
+  </si>
+  <si>
+    <t>LOHAGANJA Piped Water Supply Scheme at Khusmundi Block under Balurghat Division P.H.E. Dte. in the District of Dakshin Dinajpur.(TSM/013122,SM/14102)</t>
+  </si>
+  <si>
+    <t>TSM/013122</t>
+  </si>
+  <si>
+    <t>SM/14102</t>
+  </si>
+  <si>
+    <t>Maligaon</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nikharpara Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012902,SM/12946)</t>
+  </si>
+  <si>
+    <t>TSM/012902</t>
+  </si>
+  <si>
+    <t>SM/12946</t>
+  </si>
+  <si>
+    <t>Nikharpara</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Krishna Charan Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012914,SM/12955)</t>
   </si>
   <si>
     <t>TSM/012914</t>
   </si>
   <si>
     <t>SM/12955</t>
   </si>
   <si>
     <t>Krishna Charan</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Palashdanga Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012730,SM/12618)</t>
-[...44 lines deleted...]
-    <t>Maligaon</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Baramahar Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012903,SM/12947)</t>
+  </si>
+  <si>
+    <t>TSM/012903</t>
+  </si>
+  <si>
+    <t>SM/12947</t>
+  </si>
+  <si>
+    <t>Baramahar</t>
   </si>
   <si>
     <t>GURKHAIR Piped Water Supply Scheme at Harirampur Block(TSM/012011,SM/12050)</t>
   </si>
   <si>
     <t>TSM/012011</t>
   </si>
   <si>
     <t>SM/12050</t>
   </si>
   <si>
     <t>Kakihar</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nikharpara Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012902,SM/12946)</t>
-[...10 lines deleted...]
-  <si>
     <t>DASUL Piped Water Supply Scheme(TSM/014362,SM/12810)</t>
   </si>
   <si>
     <t>TSM/014362</t>
   </si>
   <si>
     <t>SM/12810</t>
   </si>
   <si>
     <t>Dasul</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Baramahar Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012903,SM/12947)</t>
-[...8 lines deleted...]
-    <t>Baramahar</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Saiyadpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013177,SM/12978)</t>
+  </si>
+  <si>
+    <t>TSM/013177</t>
+  </si>
+  <si>
+    <t>SM/12978</t>
+  </si>
+  <si>
+    <t>Saiyadpur</t>
+  </si>
+  <si>
+    <t>DILKUNTHI Piped Water Supply Scheme at Bansihari Block(TSM/013332,SM/12063)</t>
+  </si>
+  <si>
+    <t>TSM/013332</t>
+  </si>
+  <si>
+    <t>SM/12063</t>
+  </si>
+  <si>
+    <t>Dilkhanthi</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Basudebpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012855,SM/12940)</t>
+  </si>
+  <si>
+    <t>TSM/012855</t>
+  </si>
+  <si>
+    <t>SM/12940</t>
+  </si>
+  <si>
+    <t>Basudebpur</t>
   </si>
   <si>
     <t>FARIDPUR Piped Water Supply Scheme at Balurghat Block, under Balughat Division PHE Dte. in the District of Dakshin Dinajpur.(TSM/014408,SM/12703)</t>
   </si>
   <si>
     <t>TSM/014408</t>
   </si>
   <si>
     <t>SM/12703</t>
   </si>
   <si>
     <t>Atair</t>
   </si>
   <si>
     <t>Near Atair</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Saiyadpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013177,SM/12978)</t>
-[...20 lines deleted...]
-    <t>Basudebpur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Mahabari Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012787,SM/12478)</t>
+  </si>
+  <si>
+    <t>TSM/012787</t>
+  </si>
+  <si>
+    <t>SM/12478</t>
+  </si>
+  <si>
+    <t>Mahabari</t>
   </si>
   <si>
     <t>BARAKALI Piped Water Supply Scheme at Balurghat Block, under Balughat Division PHE Dte. in the District of Dakshin Dinajpur.(TSM/014478,SM/12705)</t>
   </si>
   <si>
     <t>TSM/014478</t>
   </si>
   <si>
     <t>SM/12705</t>
   </si>
   <si>
     <t>Barakali</t>
   </si>
   <si>
-    <t>DILKUNTHI Piped Water Supply Scheme at Bansihari Block(TSM/013332,SM/12063)</t>
-[...8 lines deleted...]
-    <t>Dilkhanthi</t>
+    <t>Ground Water Based Mini Piped Water Supply Schemes (Maximum 50 Household) at Tapan Block in the District of Dakshin Dinajpur.(TSM/010108,SM/10645)</t>
+  </si>
+  <si>
+    <t>TSM/010108</t>
+  </si>
+  <si>
+    <t>SM/10645</t>
+  </si>
+  <si>
+    <t>Tapan</t>
+  </si>
+  <si>
+    <t>Kharika Dangi</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak Sirdhar Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012687,SM/12560)</t>
   </si>
   <si>
     <t>TSM/012687</t>
   </si>
   <si>
     <t>SM/12560</t>
   </si>
   <si>
     <t>Chak Sridhar</t>
   </si>
   <si>
-    <t>Ground Water Based Mini Piped Water Supply Schemes (Maximum 50 Household) at Tapan Block in the District of Dakshin Dinajpur.(TSM/010108,SM/10645)</t>
-[...13 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jotgora Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012900,SM/12945)</t>
   </si>
   <si>
     <t>TSM/012900</t>
   </si>
   <si>
     <t>SM/12945</t>
   </si>
   <si>
     <t>Jotgora</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Mahabari Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012787,SM/12478)</t>
-[...8 lines deleted...]
-    <t>Mahabari</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nij Raghunathpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012873,SM/12915)</t>
+  </si>
+  <si>
+    <t>TSM/012873</t>
+  </si>
+  <si>
+    <t>SM/12915</t>
+  </si>
+  <si>
+    <t>Nij Raghunathpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Charla Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012904,SM/12948)</t>
   </si>
   <si>
     <t>TSM/012904</t>
   </si>
   <si>
     <t>SM/12948</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nij Raghunathpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012873,SM/12915)</t>
-[...8 lines deleted...]
-    <t>Nij Raghunathpur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Tulsipur Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012643,SM/12542)</t>
+  </si>
+  <si>
+    <t>TSM/012643</t>
+  </si>
+  <si>
+    <t>SM/12542</t>
+  </si>
+  <si>
+    <t>Tulsipur</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nadipur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013185,SM/12981)</t>
+  </si>
+  <si>
+    <t>TSM/013185</t>
+  </si>
+  <si>
+    <t>SM/12981</t>
+  </si>
+  <si>
+    <t>Nadipur</t>
+  </si>
+  <si>
+    <t>Azadpur</t>
+  </si>
+  <si>
+    <t>PANCHHATA Piped Water Supply Scheme at Kushmundi Block(TSM/013076,SM/12055)</t>
+  </si>
+  <si>
+    <t>TSM/013076</t>
+  </si>
+  <si>
+    <t>SM/12055</t>
+  </si>
+  <si>
+    <t>Ramchandrapur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Sardarpur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012761,SM/12463)</t>
   </si>
   <si>
     <t>TSM/012761</t>
   </si>
   <si>
     <t>SM/12463</t>
   </si>
   <si>
     <t>Sardarpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nadipur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013185,SM/12981)</t>
-[...22 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jaherpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012885,SM/12921)</t>
   </si>
   <si>
     <t>TSM/012885</t>
   </si>
   <si>
     <t>SM/12921</t>
   </si>
   <si>
     <t>Jaherpur</t>
   </si>
   <si>
-    <t>Azadpur</t>
-[...11 lines deleted...]
-    <t>Ramchandrapur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Purbba Maheshpur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012670,SM/12552)</t>
+  </si>
+  <si>
+    <t>TSM/012670</t>
+  </si>
+  <si>
+    <t>SM/12552</t>
+  </si>
+  <si>
+    <t>Purbba Maheshpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Uttar Srirampur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012767,SM/12468)</t>
   </si>
   <si>
     <t>TSM/012767</t>
   </si>
   <si>
     <t>SM/12468</t>
   </si>
   <si>
     <t>Uttar Srirampur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kalancha Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012890,SM/12922)</t>
   </si>
   <si>
     <t>TSM/012890</t>
   </si>
   <si>
     <t>SM/12922</t>
   </si>
   <si>
     <t>Kalancha</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Raghunathpur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012835,SM/13194)</t>
   </si>
   <si>
     <t>TSM/012835</t>
   </si>
   <si>
     <t>SM/13194</t>
   </si>
   <si>
     <t>Raghunathpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Purbba Maheshpur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012670,SM/12552)</t>
-[...8 lines deleted...]
-    <t>Purbba Maheshpur</t>
+    <t>SARAIHAT BAJEDONOR Piped Water Supply Scheme at Kushmundi Block(TSM/013134,SM/12060)</t>
+  </si>
+  <si>
+    <t>TSM/013134</t>
+  </si>
+  <si>
+    <t>SM/12060</t>
+  </si>
+  <si>
+    <t>Saraihat Bajedonor</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Baje Chahatpur (I) Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012907,SM/12950)</t>
   </si>
   <si>
     <t>TSM/012907</t>
   </si>
   <si>
     <t>SM/12950</t>
   </si>
   <si>
     <t>Baje Chahatpur (I)</t>
   </si>
   <si>
-    <t>SARAIHAT BAJEDONOR Piped Water Supply Scheme at Kushmundi Block(TSM/013134,SM/12060)</t>
-[...8 lines deleted...]
-    <t>Saraihat Bajedonor</t>
+    <t>Ground Water Based Mini Piped Water Supply Schemes (Maximum 50 Household) at Kumarganj, Kushmandi &amp; Tapan Block in the District of Dakshin Dinajpur.(TSM/010107,SM/10646)</t>
+  </si>
+  <si>
+    <t>TSM/010107</t>
+  </si>
+  <si>
+    <t>SM/10646</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Asrafpur Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012911,SM/12953)</t>
   </si>
   <si>
     <t>TSM/012911</t>
   </si>
   <si>
     <t>SM/12953</t>
   </si>
   <si>
     <t>Asrafpur</t>
   </si>
   <si>
-    <t>Ground Water Based Mini Piped Water Supply Schemes (Maximum 50 Household) at Kumarganj, Kushmandi &amp; Tapan Block in the District of Dakshin Dinajpur.(TSM/010107,SM/10646)</t>
-[...7 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Ojantor Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012766,SM/12467)</t>
   </si>
   <si>
     <t>TSM/012766</t>
   </si>
   <si>
     <t>SM/12467</t>
   </si>
   <si>
     <t>Ojantor</t>
   </si>
   <si>
     <t>DURLLABHPUR PWSS AT BALURGHAT BLOCK, UNDER BALURGHAT DIVISION P.H.E.Dte. IN THE DIST. OF DAKSHIN DINAJPUR.(TSM/013547,SM/12241)</t>
   </si>
   <si>
     <t>TSM/013547</t>
   </si>
   <si>
     <t>SM/12241</t>
   </si>
   <si>
     <t>Durllabhpur</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bishnupur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012925,SM/12852)</t>
+  </si>
+  <si>
+    <t>TSM/012925</t>
+  </si>
+  <si>
+    <t>SM/12852</t>
+  </si>
+  <si>
+    <t>Bishnupur</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak Bhagaban Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012928,SM/12854)</t>
+  </si>
+  <si>
+    <t>TSM/012928</t>
+  </si>
+  <si>
+    <t>SM/12854</t>
+  </si>
+  <si>
+    <t>Chak Bhagaban</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gayespur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012930,SM/12856)</t>
+  </si>
+  <si>
+    <t>TSM/012930</t>
+  </si>
+  <si>
+    <t>SM/12856</t>
+  </si>
+  <si>
+    <t>Gayespur</t>
+  </si>
+  <si>
+    <t>gayeshpur ssk</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jugati Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012895,SM/12932)</t>
   </si>
   <si>
     <t>TSM/012895</t>
   </si>
   <si>
     <t>SM/12932</t>
   </si>
   <si>
     <t>Jugati</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bishnupur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012925,SM/12852)</t>
-[...10 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Langal Bhanga Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012896,SM/12933)</t>
   </si>
   <si>
     <t>TSM/012896</t>
   </si>
   <si>
     <t>SM/12933</t>
   </si>
   <si>
     <t>Langal Bhanga</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak Bhagaban Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012928,SM/12854)</t>
-[...25 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak-Behetair Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012929,SM/12855)</t>
   </si>
   <si>
     <t>TSM/012929</t>
   </si>
   <si>
     <t>SM/12855</t>
   </si>
   <si>
     <t>Chak-Behatair</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jagannathpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012931,SM/12857)</t>
   </si>
   <si>
     <t>TSM/012931</t>
   </si>
   <si>
     <t>SM/12857</t>
   </si>
   <si>
     <t>Jagannathpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Mominpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012933,SM/12859)</t>
@@ -1245,356 +1245,356 @@
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bayrapara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012938,SM/12862)</t>
   </si>
   <si>
     <t>TSM/012938</t>
   </si>
   <si>
     <t>SM/12862</t>
   </si>
   <si>
     <t>Bayrapara</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kamdebpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012945,SM/12868)</t>
   </si>
   <si>
     <t>TSM/012945</t>
   </si>
   <si>
     <t>SM/12868</t>
   </si>
   <si>
     <t>Kamdebpur</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nituttarpara Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012874,SM/12916)</t>
+  </si>
+  <si>
+    <t>TSM/012874</t>
+  </si>
+  <si>
+    <t>SM/12916</t>
+  </si>
+  <si>
+    <t>Nituttarpara</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Krishnagar Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013069,SM/12971)</t>
+  </si>
+  <si>
+    <t>TSM/013069</t>
+  </si>
+  <si>
+    <t>SM/12971</t>
+  </si>
+  <si>
+    <t>Krisnagar</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Sarenbari Mouza of Hili Block in the District of Dakshin Dinajpur.(TSM/013027,SM/12963)</t>
+  </si>
+  <si>
+    <t>TSM/013027</t>
+  </si>
+  <si>
+    <t>SM/12963</t>
+  </si>
+  <si>
+    <t>Hilli</t>
+  </si>
+  <si>
+    <t>Sarenbari</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Mastahar Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012872,SM/12914)</t>
   </si>
   <si>
     <t>TSM/012872</t>
   </si>
   <si>
     <t>SM/12914</t>
   </si>
   <si>
     <t>Mastahar</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Krishnagar Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013069,SM/12971)</t>
-[...37 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Debrabari Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012692,SM/12601)</t>
   </si>
   <si>
     <t>TSM/012692</t>
   </si>
   <si>
     <t>SM/12601</t>
   </si>
   <si>
     <t>Debrabari</t>
   </si>
   <si>
+    <t>Chenchoir</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chausha Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013183,SM/12980)</t>
   </si>
   <si>
     <t>TSM/013183</t>
   </si>
   <si>
     <t>SM/12980</t>
   </si>
   <si>
     <t>Chausha</t>
   </si>
   <si>
     <t>Near Chausha FP School</t>
   </si>
   <si>
-    <t>Chenchoir</t>
+    <t>NAHIT Piped Water Supply Scheme at Khusmundi Block under Balurghat Division P.H.E. Dte. in the District of Dakshin Dinajpur.(TSM/013113,SM/14103)</t>
+  </si>
+  <si>
+    <t>TSM/013113</t>
+  </si>
+  <si>
+    <t>SM/14103</t>
+  </si>
+  <si>
+    <t>Dhakdhol</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chandradaula Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012678,SM/12555)</t>
   </si>
   <si>
     <t>TSM/012678</t>
   </si>
   <si>
     <t>SM/12555</t>
   </si>
   <si>
     <t>Chandradaula</t>
   </si>
   <si>
-    <t>NAHIT Piped Water Supply Scheme at Khusmundi Block under Balurghat Division P.H.E. Dte. in the District of Dakshin Dinajpur.(TSM/013113,SM/14103)</t>
-[...8 lines deleted...]
-    <t>Dhakdhol</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Anarpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013043,SM/12964)</t>
+  </si>
+  <si>
+    <t>TSM/013043</t>
+  </si>
+  <si>
+    <t>SM/12964</t>
+  </si>
+  <si>
+    <t>Anarpur</t>
+  </si>
+  <si>
+    <t>BARTAKKIGRAM PIPED WATER SUPPLY SCHEME(TSM/012731,SM/15483)</t>
+  </si>
+  <si>
+    <t>TSM/012731</t>
+  </si>
+  <si>
+    <t>SM/15483</t>
+  </si>
+  <si>
+    <t>Baje Banagram (I)</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Piakhan Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012755,SM/12459)</t>
   </si>
   <si>
     <t>TSM/012755</t>
   </si>
   <si>
     <t>SM/12459</t>
   </si>
   <si>
     <t>Piakhan</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Anarpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013043,SM/12964)</t>
-[...10 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak Khetab Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012684,SM/12558)</t>
   </si>
   <si>
     <t>TSM/012684</t>
   </si>
   <si>
     <t>SM/12558</t>
   </si>
   <si>
     <t>Chak Khetab</t>
   </si>
   <si>
-    <t>BARTAKKIGRAM PIPED WATER SUPPLY SCHEME(TSM/012731,SM/15483)</t>
-[...10 lines deleted...]
-  <si>
     <t>Providing Functional House Hold Tap Connection by Retrofitting of 13 nos Zones under Gangarampur Sub Surface Based Piped Water Supply Project in the District of Dakshin Dinajpur (Phase I)(TSM/009226,SM/10024)</t>
   </si>
   <si>
     <t>TSM/009226</t>
   </si>
   <si>
     <t>SM/10024</t>
   </si>
   <si>
     <t>Gangarampur</t>
   </si>
   <si>
     <t>Durgaramchak</t>
   </si>
   <si>
     <t>Near Durgaram Chowk</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak-Bansi Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013048,SM/12966)</t>
+  </si>
+  <si>
+    <t>TSM/013048</t>
+  </si>
+  <si>
+    <t>SM/12966</t>
+  </si>
+  <si>
+    <t>Chak-Bansi</t>
+  </si>
+  <si>
+    <t>Restoration of Pipe Line in for Retrofitting of FHTC under Jaharpur Piped Water Supply Scheme at Banshihari Block in the District of Dakshin Dinajpur under Jal Jeevan Mission (JJM).(TSM/015879,SM/15202)</t>
+  </si>
+  <si>
+    <t>TSM/015879</t>
+  </si>
+  <si>
+    <t>SM/15202</t>
+  </si>
+  <si>
+    <t>Suripukur</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chandipur Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012645,SM/12543)</t>
   </si>
   <si>
     <t>TSM/012645</t>
   </si>
   <si>
     <t>SM/12543</t>
   </si>
   <si>
     <t>Chandipur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak-Bansi Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013048,SM/12966)</t>
-[...20 lines deleted...]
-    <t>Suripukur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chingra Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012634,SM/12539)</t>
+  </si>
+  <si>
+    <t>TSM/012634</t>
+  </si>
+  <si>
+    <t>SM/12539</t>
+  </si>
+  <si>
+    <t>Chingra</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Phulat (I) Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012908,SM/12951)</t>
   </si>
   <si>
     <t>TSM/012908</t>
   </si>
   <si>
     <t>SM/12951</t>
   </si>
   <si>
     <t>Phulat (I)</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chingra Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012634,SM/12539)</t>
-[...8 lines deleted...]
-    <t>Chingra</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kodla Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/013402,SM/12605)</t>
+  </si>
+  <si>
+    <t>TSM/013402</t>
+  </si>
+  <si>
+    <t>SM/12605</t>
+  </si>
+  <si>
+    <t>Kodla</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gunjarpur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012714,SM/12611)</t>
+  </si>
+  <si>
+    <t>TSM/012714</t>
+  </si>
+  <si>
+    <t>SM/12611</t>
+  </si>
+  <si>
+    <t>Gunjarpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Rankhanpara Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012776,SM/12473)</t>
   </si>
   <si>
     <t>TSM/012776</t>
   </si>
   <si>
     <t>SM/12473</t>
   </si>
   <si>
     <t>Rankhanpara</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kodla Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/013402,SM/12605)</t>
-[...20 lines deleted...]
-    <t>Gunjarpur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jotbasanta Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012912,SM/12954)</t>
+  </si>
+  <si>
+    <t>TSM/012912</t>
+  </si>
+  <si>
+    <t>SM/12954</t>
+  </si>
+  <si>
+    <t>Jotbasanta</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Birampur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012893,SM/12930)</t>
   </si>
   <si>
     <t>TSM/012893</t>
   </si>
   <si>
     <t>SM/12930</t>
   </si>
   <si>
     <t>Birampur</t>
   </si>
   <si>
+    <t>Kasitara</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nayapara Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012897,SM/12934)</t>
   </si>
   <si>
     <t>TSM/012897</t>
   </si>
   <si>
     <t>SM/12934</t>
   </si>
   <si>
     <t>Nayapara</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jotbasanta Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012912,SM/12954)</t>
-[...13 lines deleted...]
-  <si>
     <t>Chechrakuri</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chhota Faizullapur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012781,SM/12477)</t>
   </si>
   <si>
     <t>TSM/012781</t>
   </si>
   <si>
     <t>SM/12477</t>
   </si>
   <si>
     <t>Chhota Faizullapur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Samaspur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012788,SM/12479)</t>
   </si>
   <si>
     <t>TSM/012788</t>
   </si>
   <si>
     <t>SM/12479</t>
   </si>
   <si>
     <t>Samaspur</t>
@@ -1653,1125 +1653,1125 @@
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Barajhara Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012762,SM/12464)</t>
   </si>
   <si>
     <t>TSM/012762</t>
   </si>
   <si>
     <t>SM/12464</t>
   </si>
   <si>
     <t>Barajhara</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gerul Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012770,SM/12469)</t>
   </si>
   <si>
     <t>TSM/012770</t>
   </si>
   <si>
     <t>SM/12469</t>
   </si>
   <si>
     <t>Gerul</t>
   </si>
   <si>
+    <t>Uttar Daulatpur Piped Water Supply Scheme at Bansihari Block, Under Balurghat Division P.H.E. Dte. in the District of Dakshin Dinajpur.(TSM/011659,SM/11636)</t>
+  </si>
+  <si>
+    <t>TSM/011659</t>
+  </si>
+  <si>
+    <t>SM/11636</t>
+  </si>
+  <si>
+    <t>Naopara</t>
+  </si>
+  <si>
+    <t>near Naopara</t>
+  </si>
+  <si>
+    <t>For Head Work Site PWSS</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chakpara Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012661,SM/12548)</t>
+  </si>
+  <si>
+    <t>TSM/012661</t>
+  </si>
+  <si>
+    <t>SM/12548</t>
+  </si>
+  <si>
+    <t>Chakpara</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Shibpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012946,SM/12869)</t>
   </si>
   <si>
     <t>TSM/012946</t>
   </si>
   <si>
     <t>SM/12869</t>
   </si>
   <si>
     <t>Shibpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Uttar Shibrampur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012675,SM/12554)</t>
   </si>
   <si>
     <t>TSM/012675</t>
   </si>
   <si>
     <t>SM/12554</t>
   </si>
   <si>
     <t>Uttar Sibrampur</t>
   </si>
   <si>
     <t>Ground Water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Sindur Muchhi Mouza of Kushmandii Block in the District of Dakshin Dinajpur.(TSM/013383,SM/12928)</t>
   </si>
   <si>
     <t>TSM/013383</t>
   </si>
   <si>
     <t>SM/12928</t>
   </si>
   <si>
     <t>Sindur Muchhi</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chakpara Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012661,SM/12548)</t>
-[...26 lines deleted...]
-    <t>For Head Work Site PWSS</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chiknaikuri Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012664,SM/12549)</t>
+  </si>
+  <si>
+    <t>TSM/012664</t>
+  </si>
+  <si>
+    <t>SM/12549</t>
+  </si>
+  <si>
+    <t>Chiknaikuri</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kasthagar Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012668,SM/12551)</t>
+  </si>
+  <si>
+    <t>TSM/012668</t>
+  </si>
+  <si>
+    <t>SM/12551</t>
+  </si>
+  <si>
+    <t>Kashtagar</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Saidpur Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012651,SM/12546)</t>
+  </si>
+  <si>
+    <t>TSM/012651</t>
+  </si>
+  <si>
+    <t>SM/12546</t>
+  </si>
+  <si>
+    <t>Saidpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Dangapara Belua (I) Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/013017,SM/12959)</t>
   </si>
   <si>
     <t>TSM/013017</t>
   </si>
   <si>
     <t>SM/12959</t>
   </si>
   <si>
     <t>Dangapara Belua (I)</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bikuch Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012653,SM/12547)</t>
+  </si>
+  <si>
+    <t>TSM/012653</t>
+  </si>
+  <si>
+    <t>SM/12547</t>
+  </si>
+  <si>
+    <t>Bikuch</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gunsi Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013057,SM/12969)</t>
   </si>
   <si>
     <t>TSM/013057</t>
   </si>
   <si>
     <t>SM/12969</t>
   </si>
   <si>
     <t>Gunsi</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chiknaikuri Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012664,SM/12549)</t>
-[...20 lines deleted...]
-    <t>Kashtagar</t>
+    <t>Porajhar</t>
+  </si>
+  <si>
+    <t>Source Augmentation of Nawapara Piped Water Supply Scheme under Balurghat Division, PHE Dte.(TSM/016324,SM/16208)</t>
+  </si>
+  <si>
+    <t>TSM/016324</t>
+  </si>
+  <si>
+    <t>SM/16208</t>
+  </si>
+  <si>
+    <t>Purbba Krishnapur</t>
+  </si>
+  <si>
+    <t>near Ramchandrapur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Keotsar Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012699,SM/12604)</t>
   </si>
   <si>
     <t>TSM/012699</t>
   </si>
   <si>
     <t>SM/12604</t>
   </si>
   <si>
     <t>Keotsar</t>
   </si>
   <si>
-    <t>Porajhar</t>
-[...35 lines deleted...]
-    <t>Bikuch</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gorahar Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012667,SM/12550)</t>
+  </si>
+  <si>
+    <t>TSM/012667</t>
+  </si>
+  <si>
+    <t>SM/12550</t>
+  </si>
+  <si>
+    <t>Gorahar</t>
   </si>
   <si>
     <t>Ground Water Based Mini Piped Water Supply Schemes (Maximum 50 Household) at Balurghat &amp; Banshihari Block in the District of Dakshin Dinajpur.(TSM/010105,SM/10644)</t>
   </si>
   <si>
     <t>TSM/010105</t>
   </si>
   <si>
     <t>SM/10644</t>
   </si>
   <si>
     <t>Chak Daulat</t>
   </si>
   <si>
     <t>SUNDAIL PWSS at Harirampur Block, under Balurghat Division, P.H.E. Dte.(TSM/011985,SM/11929)</t>
   </si>
   <si>
     <t>TSM/011985</t>
   </si>
   <si>
     <t>SM/11929</t>
   </si>
   <si>
     <t>Sundail</t>
   </si>
   <si>
-    <t>near Ramchandrapur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kadmathail Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012736,SM/12620)</t>
+  </si>
+  <si>
+    <t>TSM/012736</t>
+  </si>
+  <si>
+    <t>SM/12620</t>
+  </si>
+  <si>
+    <t>Kadmathail</t>
   </si>
   <si>
     <t>Sadullapur</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kismat Jasahar Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012738,SM/12622)</t>
+  </si>
+  <si>
+    <t>TSM/012738</t>
+  </si>
+  <si>
+    <t>SM/12622</t>
+  </si>
+  <si>
+    <t>Kismat Jasahar</t>
+  </si>
+  <si>
+    <t>Krisnapur</t>
+  </si>
+  <si>
     <t>Bad Basudebpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gorahar Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012667,SM/12550)</t>
-[...37 lines deleted...]
-  <si>
     <t>JANTIGRAM Piped Water Supply Scheme at Balurghat Block, under Balughat Division PHE Dte. in the District of Dakshin Dinajpur.(TSM/014494,SM/12706)</t>
   </si>
   <si>
     <t>TSM/014494</t>
   </si>
   <si>
     <t>SM/12706</t>
   </si>
   <si>
     <t>Kamalpukur</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Darajpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013187,SM/12982)</t>
+  </si>
+  <si>
+    <t>TSM/013187</t>
+  </si>
+  <si>
+    <t>SM/12982</t>
+  </si>
+  <si>
+    <t>Darajpur</t>
+  </si>
+  <si>
     <t>Source Augmentation of Deulbari PWSS at Kushmandi Block in the District of Dakshin Dinajpur under Balurghat Division, PHE Dte.(TSM/016346,SM/16207)</t>
   </si>
   <si>
     <t>TSM/016346</t>
   </si>
   <si>
     <t>SM/16207</t>
   </si>
   <si>
     <t>Punat</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Hatisala Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012694,SM/12602)</t>
   </si>
   <si>
     <t>TSM/012694</t>
   </si>
   <si>
     <t>SM/12602</t>
   </si>
   <si>
     <t>Hatisala</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jangalpur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012696,SM/12603)</t>
   </si>
   <si>
     <t>TSM/012696</t>
   </si>
   <si>
     <t>SM/12603</t>
   </si>
   <si>
     <t>Jangalpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Darajpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013187,SM/12982)</t>
-[...10 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Manipur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012720,SM/12613)</t>
   </si>
   <si>
     <t>TSM/012720</t>
   </si>
   <si>
     <t>SM/12613</t>
   </si>
   <si>
     <t>Manipur</t>
   </si>
   <si>
     <t>BOLLA Piped Water Supply Scheme(TSM/014315,SM/12811)</t>
   </si>
   <si>
     <t>TSM/014315</t>
   </si>
   <si>
     <t>SM/12811</t>
   </si>
   <si>
     <t>Bolla</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Lakshmantara Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012827,SM/13188)</t>
   </si>
   <si>
     <t>TSM/012827</t>
   </si>
   <si>
     <t>SM/13188</t>
   </si>
   <si>
     <t>Lakshmantara</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Rajapur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012759,SM/12461)</t>
+  </si>
+  <si>
+    <t>TSM/012759</t>
+  </si>
+  <si>
+    <t>SM/12461</t>
+  </si>
+  <si>
+    <t>Rajapur</t>
+  </si>
+  <si>
+    <t>Ground Water Based Mini Piped Water Supply Schemes (Maximum 50 Household) at Banshihari, Gangarampur, Harirampur, Hili &amp; Kumarganj Block in the District of Dakshin Dinajpur.(TSM/010106,SM/10813)</t>
+  </si>
+  <si>
+    <t>TSM/010106</t>
+  </si>
+  <si>
+    <t>SM/10813</t>
+  </si>
+  <si>
+    <t>Chak Maniko</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Dasarai Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012708,SM/12610)</t>
   </si>
   <si>
     <t>TSM/012708</t>
   </si>
   <si>
     <t>SM/12610</t>
   </si>
   <si>
     <t>Dasarai</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Madanpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012920,SM/12849)</t>
   </si>
   <si>
     <t>TSM/012920</t>
   </si>
   <si>
     <t>SM/12849</t>
   </si>
   <si>
     <t>Madanpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Rajapur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012759,SM/12461)</t>
-[...20 lines deleted...]
-    <t>Chak Maniko</t>
+    <t>Chandipur piped Water Supply Scheme at Kusttmundi gtock, under Balurghat Division, P.H.E. Dte., in the District of Dakshin Dinajpur.(TSM/013174,SM/14106)</t>
+  </si>
+  <si>
+    <t>TSM/013174</t>
+  </si>
+  <si>
+    <t>SM/14106</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Madhyamkarai Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012834,SM/13193)</t>
   </si>
   <si>
     <t>TSM/012834</t>
   </si>
   <si>
     <t>SM/13193</t>
   </si>
   <si>
     <t>Madhyamkarai</t>
   </si>
   <si>
-    <t>Chandipur piped Water Supply Scheme at Kusttmundi gtock, under Balurghat Division, P.H.E. Dte., in the District of Dakshin Dinajpur.(TSM/013174,SM/14106)</t>
-[...5 lines deleted...]
-    <t>SM/14106</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bejebikair Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012763,SM/12465)</t>
+  </si>
+  <si>
+    <t>TSM/012763</t>
+  </si>
+  <si>
+    <t>SM/12465</t>
+  </si>
+  <si>
+    <t>Bejebikair</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Elankuri Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012765,SM/12466)</t>
+  </si>
+  <si>
+    <t>TSM/012765</t>
+  </si>
+  <si>
+    <t>SM/12466</t>
+  </si>
+  <si>
+    <t>Elankuri</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jiapur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012726,SM/12616)</t>
+  </si>
+  <si>
+    <t>TSM/012726</t>
+  </si>
+  <si>
+    <t>SM/12616</t>
+  </si>
+  <si>
+    <t>Jiapur</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Lakshmipur Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012915,SM/12956)</t>
+  </si>
+  <si>
+    <t>TSM/012915</t>
+  </si>
+  <si>
+    <t>SM/12956</t>
+  </si>
+  <si>
+    <t>Lakshmipur</t>
   </si>
   <si>
     <t>MUSAN Piped Water Supply Scheme at Harirampur Block(TSM/012014,SM/12052)</t>
   </si>
   <si>
     <t>TSM/012014</t>
   </si>
   <si>
     <t>SM/12052</t>
   </si>
   <si>
     <t>Jamuna (I)</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bejebikair Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012763,SM/12465)</t>
-[...46 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kasipur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012737,SM/12621)</t>
   </si>
   <si>
     <t>TSM/012737</t>
   </si>
   <si>
     <t>SM/12621</t>
   </si>
   <si>
     <t>Kasipur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Mahakhor Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012917,SM/12957)</t>
   </si>
   <si>
     <t>TSM/012917</t>
   </si>
   <si>
     <t>SM/12957</t>
   </si>
   <si>
     <t>Mahakhor</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gobarta Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012940,SM/12864)</t>
+  </si>
+  <si>
+    <t>TSM/012940</t>
+  </si>
+  <si>
+    <t>SM/12864</t>
+  </si>
+  <si>
+    <t>Gobarta</t>
+  </si>
+  <si>
     <t>JARAIL Piped Water Supply Scheme at Kushmundi Block(TSM/013052,SM/12056)</t>
   </si>
   <si>
     <t>TSM/013052</t>
   </si>
   <si>
     <t>SM/12056</t>
   </si>
   <si>
     <t>Tejihar</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gobarta Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012940,SM/12864)</t>
-[...8 lines deleted...]
-    <t>Gobarta</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Uchhana Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012943,SM/12866)</t>
+  </si>
+  <si>
+    <t>TSM/012943</t>
+  </si>
+  <si>
+    <t>SM/12866</t>
+  </si>
+  <si>
+    <t>Uchhana</t>
   </si>
   <si>
     <t>MAHIPALDIGHI Piped Water Supply Scheme at Kushmundi Block(TSM/013181,SM/12062)</t>
   </si>
   <si>
     <t>TSM/013181</t>
   </si>
   <si>
     <t>SM/12062</t>
   </si>
   <si>
     <t>Mahishakuri</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Uchhana Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012943,SM/12866)</t>
-[...8 lines deleted...]
-    <t>Uchhana</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Katnapara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012947,SM/12870)</t>
+  </si>
+  <si>
+    <t>TSM/012947</t>
+  </si>
+  <si>
+    <t>SM/12870</t>
+  </si>
+  <si>
+    <t>Katnapara</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jaydebpur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012794,SM/12481)</t>
   </si>
   <si>
     <t>TSM/012794</t>
   </si>
   <si>
     <t>SM/12481</t>
   </si>
   <si>
     <t>Jaydebpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Katnapara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012947,SM/12870)</t>
-[...10 lines deleted...]
-  <si>
     <t>Augmentation of Agachha Piped Water Supply Scheme in Kumarganj Block of Dakshin Dinajpur District.(TSM/009294,SM/09834)</t>
   </si>
   <si>
     <t>TSM/009294</t>
   </si>
   <si>
     <t>SM/09834</t>
   </si>
   <si>
     <t>Agachha</t>
   </si>
   <si>
+    <t>SHYAMPUR PIPED WATER SUPPLY SCHEME(TSM/011902,SM/11962)</t>
+  </si>
+  <si>
+    <t>TSM/011902</t>
+  </si>
+  <si>
+    <t>SM/11962</t>
+  </si>
+  <si>
+    <t>Sarai</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Porabagdol Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012875,SM/12917)</t>
   </si>
   <si>
     <t>TSM/012875</t>
   </si>
   <si>
     <t>SM/12917</t>
   </si>
   <si>
     <t>Porabagdol</t>
   </si>
   <si>
-    <t>SHYAMPUR PIPED WATER SUPPLY SCHEME(TSM/011902,SM/11962)</t>
-[...8 lines deleted...]
-    <t>Sarai</t>
+    <t>BRAHMANGAON PWSS at Harirampur Block, under Balurghat Division, P.H.E. Dte.(TSM/011983,SM/11930)</t>
+  </si>
+  <si>
+    <t>TSM/011983</t>
+  </si>
+  <si>
+    <t>SM/11930</t>
+  </si>
+  <si>
+    <t>Kokil</t>
+  </si>
+  <si>
+    <t>Revised Detailed Project Report for Pond Based Piped Water Supply Scheme using Nandan Bil for Elahabad Mouza.(TSM/009352,SM/10288)</t>
+  </si>
+  <si>
+    <t>TSM/009352</t>
+  </si>
+  <si>
+    <t>SM/10288</t>
+  </si>
+  <si>
+    <t>Elahabad</t>
   </si>
   <si>
     <t>Augmentation of Kismat Dapat Trimohini Piped Water Supply Scheme (Zone - I &amp; Zone - II)(TSM/011528,SM/13351)</t>
   </si>
   <si>
     <t>TSM/011528</t>
   </si>
   <si>
     <t>SM/13351</t>
   </si>
   <si>
     <t>Chapahat</t>
   </si>
   <si>
-    <t>Revised Detailed Project Report for Pond Based Piped Water Supply Scheme using Nandan Bil for Elahabad Mouza.(TSM/009352,SM/10288)</t>
-[...22 lines deleted...]
-  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kajialsi Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/013344,SM/12545)</t>
   </si>
   <si>
     <t>TSM/013344</t>
   </si>
   <si>
     <t>SM/12545</t>
   </si>
   <si>
     <t>Kajialsi</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Rajdhara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012923,SM/12850)</t>
+  </si>
+  <si>
+    <t>TSM/012923</t>
+  </si>
+  <si>
+    <t>SM/12850</t>
+  </si>
+  <si>
+    <t>Rajdhara</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chandmoua Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013049,SM/12967)</t>
+  </si>
+  <si>
+    <t>TSM/013049</t>
+  </si>
+  <si>
+    <t>SM/12967</t>
+  </si>
+  <si>
+    <t>Chandmoua</t>
+  </si>
+  <si>
     <t>Hariharpur</t>
   </si>
   <si>
     <t>near hariharpur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Rajdhara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012923,SM/12850)</t>
-[...20 lines deleted...]
-    <t>Chandmoua</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jadupur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012772,SM/12470)</t>
+  </si>
+  <si>
+    <t>TSM/012772</t>
+  </si>
+  <si>
+    <t>SM/12470</t>
+  </si>
+  <si>
+    <t>Jadupur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Dhaul Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012680,SM/12556)</t>
   </si>
   <si>
     <t>TSM/012680</t>
   </si>
   <si>
     <t>SM/12556</t>
   </si>
   <si>
     <t>Dhaul</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Par Sahazadpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012941,SM/12865)</t>
+  </si>
+  <si>
+    <t>TSM/012941</t>
+  </si>
+  <si>
+    <t>SM/12865</t>
+  </si>
+  <si>
+    <t>Par Sahazadpur</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chak Ramnarayan Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012732,SM/12619)</t>
   </si>
   <si>
     <t>TSM/012732</t>
   </si>
   <si>
     <t>SM/12619</t>
   </si>
   <si>
     <t>Chak Ramnarayan</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Jadupur Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012772,SM/12470)</t>
-[...10 lines deleted...]
-  <si>
     <t>Sonkair</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Par Sahazadpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/012941,SM/12865)</t>
-[...8 lines deleted...]
-    <t>Par Sahazadpur</t>
+    <t>PURBA MUSTAFAPUR PIPED WATER SUPPLY SCHEME(TSM/014637,SM/13091)</t>
+  </si>
+  <si>
+    <t>TSM/014637</t>
+  </si>
+  <si>
+    <t>SM/13091</t>
+  </si>
+  <si>
+    <t>Purbba Mustafapur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Paschim Mustafapur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012682,SM/12557)</t>
   </si>
   <si>
     <t>TSM/012682</t>
   </si>
   <si>
     <t>SM/12557</t>
   </si>
   <si>
     <t>Paschim Mustafapur</t>
   </si>
   <si>
-    <t>PURBA MUSTAFAPUR PIPED WATER SUPPLY SCHEME(TSM/014637,SM/13091)</t>
-[...8 lines deleted...]
-    <t>Purbba Mustafapur</t>
+    <t>CHAKLA Piped Water Supply Scheme at Harirampur Block(TSM/011982,SM/12049)</t>
+  </si>
+  <si>
+    <t>TSM/011982</t>
+  </si>
+  <si>
+    <t>SM/12049</t>
+  </si>
+  <si>
+    <t>Chakla</t>
   </si>
   <si>
     <t>Mathurapur</t>
   </si>
   <si>
     <t>Near mathurapur</t>
   </si>
   <si>
     <t>for Head work site Pwss</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Banshra Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013045,SM/12965)</t>
+  </si>
+  <si>
+    <t>TSM/013045</t>
+  </si>
+  <si>
+    <t>SM/12965</t>
+  </si>
+  <si>
+    <t>Banshra</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Gopalpur Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013056,SM/12968)</t>
+  </si>
+  <si>
+    <t>TSM/013056</t>
+  </si>
+  <si>
+    <t>SM/12968</t>
+  </si>
+  <si>
+    <t>Gopalpur</t>
+  </si>
+  <si>
     <t>Source Augmentation of Bagduar Piped Water Supply Scheme at Bansihari Block under Balurghat Division PHE Dte.(TSM/017106,SM/15558)</t>
   </si>
   <si>
     <t>TSM/017106</t>
   </si>
   <si>
     <t>SM/15558</t>
   </si>
   <si>
     <t>Bagduar</t>
   </si>
   <si>
     <t>Near Bagduar Football Ground</t>
   </si>
   <si>
-    <t>CHAKLA Piped Water Supply Scheme at Harirampur Block(TSM/011982,SM/12049)</t>
-[...32 lines deleted...]
-    <t>Gopalpur</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Majhina Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012729,SM/12617)</t>
+  </si>
+  <si>
+    <t>TSM/012729</t>
+  </si>
+  <si>
+    <t>SM/12617</t>
+  </si>
+  <si>
+    <t>Majhina</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Matra Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012739,SM/12623)</t>
+  </si>
+  <si>
+    <t>TSM/012739</t>
+  </si>
+  <si>
+    <t>SM/12623</t>
+  </si>
+  <si>
+    <t>Matra</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Rajapur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012876,SM/12918)</t>
+  </si>
+  <si>
+    <t>TSM/012876</t>
+  </si>
+  <si>
+    <t>SM/12918</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chhiashi Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012633,SM/12538)</t>
   </si>
   <si>
     <t>TSM/012633</t>
   </si>
   <si>
     <t>SM/12538</t>
   </si>
   <si>
     <t>Chhiashi</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Majhina Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012729,SM/12617)</t>
-[...8 lines deleted...]
-    <t>Majhina</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chapapara Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012823,SM/13185)</t>
+  </si>
+  <si>
+    <t>TSM/012823</t>
+  </si>
+  <si>
+    <t>SM/13185</t>
+  </si>
+  <si>
+    <t>Chapapara</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Uchhakapur Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012705,SM/12608)</t>
   </si>
   <si>
     <t>TSM/012705</t>
   </si>
   <si>
     <t>SM/12608</t>
   </si>
   <si>
     <t>Uchhakapur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Matra Mouza of Balurghat Block in the District of Dakshin Dinajpur.(TSM/012739,SM/12623)</t>
-[...17 lines deleted...]
-    <t>SM/12918</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Dhandail Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012824,SM/13186)</t>
+  </si>
+  <si>
+    <t>TSM/012824</t>
+  </si>
+  <si>
+    <t>SM/13186</t>
+  </si>
+  <si>
+    <t>Dhandail</t>
+  </si>
+  <si>
+    <t>BOALDER PWSS AT BALURGHAT BLOCK, UNDER BALURGHAT DIVISION P.H.E.Dte. IN THE DIST. OF DAKSHIN DINAJPUR.(TSM/013551,SM/12244)</t>
+  </si>
+  <si>
+    <t>TSM/013551</t>
+  </si>
+  <si>
+    <t>SM/12244</t>
+  </si>
+  <si>
+    <t>Boaldar</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Saraipur Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012858,SM/12943)</t>
   </si>
   <si>
     <t>TSM/012858</t>
   </si>
   <si>
     <t>SM/12943</t>
   </si>
   <si>
     <t>Saraipur</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Chapapara Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/012823,SM/13185)</t>
-[...32 lines deleted...]
-    <t>Dhandail</t>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kuarsai Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012774,SM/12471)</t>
+  </si>
+  <si>
+    <t>TSM/012774</t>
+  </si>
+  <si>
+    <t>SM/12471</t>
+  </si>
+  <si>
+    <t>Kuarsai</t>
+  </si>
+  <si>
+    <t>Bhoir pipe water supply scheme in Banshihari Block under Balurghat Division P.H.E. Dte. in the district of Dakshin Dinajpur District.(TSM/011765,SM/11851)</t>
+  </si>
+  <si>
+    <t>TSM/011765</t>
+  </si>
+  <si>
+    <t>SM/11851</t>
+  </si>
+  <si>
+    <t>Paschim Chandipur</t>
+  </si>
+  <si>
+    <t>JANGALPUR PWSS(TSM/014518,SM/18632)</t>
+  </si>
+  <si>
+    <t>TSM/014518</t>
+  </si>
+  <si>
+    <t>SM/18632</t>
+  </si>
+  <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Bajerupahat Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012778,SM/12475)</t>
+  </si>
+  <si>
+    <t>TSM/012778</t>
+  </si>
+  <si>
+    <t>SM/12475</t>
+  </si>
+  <si>
+    <t>Bajerupahat</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nahara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013070,SM/12972)</t>
   </si>
   <si>
     <t>TSM/013070</t>
   </si>
   <si>
     <t>SM/12972</t>
   </si>
   <si>
     <t>Nahara</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Kuarsai Mouza of Bansihari Block in the District of Dakshin Dinajpur.(TSM/012774,SM/12471)</t>
-[...43 lines deleted...]
-  <si>
     <t>UTTAR KHANPUR Piped Water Supply Scheme at Balurghat Block, under Balughat Division PHE Dte. in the District of Dakshin Dinajpur.(TSM/014389,SM/12702)</t>
   </si>
   <si>
     <t>TSM/014389</t>
   </si>
   <si>
     <t>SM/12702</t>
   </si>
   <si>
     <t>Uttar Khanpur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Abjalpur (I) Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012905,SM/12949)</t>
   </si>
   <si>
     <t>TSM/012905</t>
   </si>
   <si>
     <t>SM/12949</t>
   </si>
   <si>
     <t>Abjalpur (I)</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Nehal Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/012919,SM/12958)</t>
   </si>
   <si>
     <t>TSM/012919</t>
   </si>
   <si>
     <t>SM/12958</t>
   </si>
   <si>
     <t>Nehal</t>
   </si>
   <si>
+    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Sanihara Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012642,SM/12541)</t>
+  </si>
+  <si>
+    <t>TSM/012642</t>
+  </si>
+  <si>
+    <t>SM/12541</t>
+  </si>
+  <si>
+    <t>Sanihara</t>
+  </si>
+  <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Mudafat Kochapara Mouza of Harirampur Block in the District of Dakshin Dinajpur.(TSM/013020,SM/12961)</t>
   </si>
   <si>
     <t>TSM/013020</t>
   </si>
   <si>
     <t>SM/12961</t>
   </si>
   <si>
     <t>Mudafat Kochpara</t>
   </si>
   <si>
-    <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Sanihara Mouza of Balurghat Block in the District of Dakshin Dinajpur(TSM/012642,SM/12541)</t>
-[...10 lines deleted...]
-  <si>
     <t>Sulapanipur</t>
   </si>
   <si>
     <t>Ground water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Khandara Mouza of Kumarganj Block in the District of Dakshin Dinajpur.(TSM/013059,SM/12970)</t>
   </si>
   <si>
     <t>TSM/013059</t>
   </si>
   <si>
     <t>SM/12970</t>
   </si>
   <si>
     <t>Khandara</t>
   </si>
   <si>
+    <t>Muradpur</t>
+  </si>
+  <si>
     <t>Ground Water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Poradanga Mouza of Kushmandi Block in the District of Dakshin Dinajpur.(TSM/013379,SM/12925)</t>
   </si>
   <si>
     <t>TSM/013379</t>
   </si>
   <si>
     <t>SM/12925</t>
   </si>
   <si>
     <t>Poradanga</t>
   </si>
   <si>
-    <t>Muradpur</t>
-[...1 lines deleted...]
-  <si>
     <t>Jnanbai</t>
   </si>
   <si>
+    <t>Hardail</t>
+  </si>
+  <si>
     <t>Ground Water Based Mini Pipe Water Supply Scheme (Maximum 100 Households) at Silimpur Mouza of Kushmandii Block in the District of Dakshin Dinajpur.(TSM/013382,SM/12927)</t>
   </si>
   <si>
     <t>TSM/013382</t>
   </si>
   <si>
     <t>SM/12927</t>
   </si>
   <si>
     <t>Silimpur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hardail</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3331,1173 +3331,1173 @@
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="I4" s="4" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M4" s="4">
         <v>167</v>
       </c>
       <c r="N4" s="4">
         <v>213</v>
       </c>
       <c r="O4" s="4">
         <v>223</v>
       </c>
       <c r="P4" s="4">
         <v>2</v>
       </c>
       <c r="Q4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R4" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I5" s="4" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="4">
-        <v>154</v>
+        <v>168</v>
       </c>
       <c r="N5" s="4">
-        <v>495</v>
+        <v>113</v>
       </c>
       <c r="O5" s="4">
-        <v>554</v>
+        <v>105</v>
       </c>
       <c r="P5" s="4">
         <v>2</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R5" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="4">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="N6" s="4">
-        <v>113</v>
+        <v>495</v>
       </c>
       <c r="O6" s="4">
-        <v>105</v>
+        <v>554</v>
       </c>
       <c r="P6" s="4">
         <v>2</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H7" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I7" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="I7" s="4" t="s">
+      <c r="J7" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="J7" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L7" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M7" s="4">
-        <v>123</v>
+        <v>265</v>
       </c>
       <c r="N7" s="4">
-        <v>23</v>
+        <v>615</v>
       </c>
       <c r="O7" s="4">
-        <v>228</v>
+        <v>514</v>
       </c>
       <c r="P7" s="4">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="Q7" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R7" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M8" s="4">
-        <v>265</v>
+        <v>123</v>
       </c>
       <c r="N8" s="4">
-        <v>615</v>
+        <v>23</v>
       </c>
       <c r="O8" s="4">
-        <v>514</v>
+        <v>228</v>
       </c>
       <c r="P8" s="4">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="Q8" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R8" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4">
         <v>129</v>
       </c>
       <c r="N9" s="4">
         <v>1</v>
       </c>
       <c r="O9" s="4">
         <v>2069</v>
       </c>
       <c r="P9" s="4">
         <v>33</v>
       </c>
       <c r="Q9" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I10" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="G10" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M10" s="4">
-        <v>61</v>
+        <v>131</v>
       </c>
       <c r="N10" s="4">
-        <v>293</v>
+        <v>114</v>
       </c>
       <c r="O10" s="4">
-        <v>96</v>
+        <v>198</v>
       </c>
       <c r="P10" s="4">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="Q10" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R10" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D11" s="3" t="s">
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H11" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="E11" s="3" t="s">
+      <c r="I11" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J11" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M11" s="4">
         <v>15</v>
       </c>
       <c r="N11" s="4">
         <v>246</v>
       </c>
       <c r="O11" s="4">
         <v>244</v>
       </c>
       <c r="P11" s="4">
         <v>33</v>
       </c>
       <c r="Q11" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R11" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D12" s="3" t="s">
+      <c r="F12" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="E12" s="3" t="s">
+      <c r="G12" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H12" s="4" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M12" s="4">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="N12" s="4">
-        <v>114</v>
+        <v>293</v>
       </c>
       <c r="O12" s="4">
-        <v>198</v>
+        <v>96</v>
       </c>
       <c r="P12" s="4">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="Q12" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R12" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>78</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H13" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="4">
         <v>17</v>
       </c>
       <c r="N13" s="4">
         <v>102</v>
       </c>
       <c r="O13" s="4">
         <v>17</v>
       </c>
       <c r="P13" s="4">
         <v>2</v>
       </c>
       <c r="Q13" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>83</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M14" s="4">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="N14" s="4">
-        <v>246</v>
+        <v>82</v>
       </c>
       <c r="O14" s="4">
-        <v>383</v>
+        <v>129</v>
       </c>
       <c r="P14" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q14" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M15" s="4">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="N15" s="4">
-        <v>82</v>
+        <v>246</v>
       </c>
       <c r="O15" s="4">
-        <v>129</v>
+        <v>383</v>
       </c>
       <c r="P15" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q15" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R15" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>91</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="4">
-        <v>42</v>
+        <v>172</v>
       </c>
       <c r="N16" s="4">
-        <v>883</v>
+        <v>122</v>
       </c>
       <c r="O16" s="4">
-        <v>69</v>
+        <v>353</v>
       </c>
       <c r="P16" s="4">
         <v>2</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R16" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>95</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H17" s="4" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="J17" s="4" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="M17" s="4">
-        <v>186</v>
+        <v>281</v>
       </c>
       <c r="N17" s="4">
-        <v>94</v>
+        <v>1</v>
       </c>
       <c r="O17" s="4">
-        <v>18</v>
+        <v>765</v>
       </c>
       <c r="P17" s="4">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R17" s="10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I18" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="4">
-        <v>172</v>
+        <v>42</v>
       </c>
       <c r="N18" s="4">
-        <v>122</v>
+        <v>883</v>
       </c>
       <c r="O18" s="4">
-        <v>353</v>
+        <v>69</v>
       </c>
       <c r="P18" s="4">
         <v>2</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R18" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J19" s="4" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="M19" s="4">
-        <v>281</v>
+        <v>254</v>
       </c>
       <c r="N19" s="4">
-        <v>1</v>
+        <v>145</v>
       </c>
       <c r="O19" s="4">
-        <v>765</v>
+        <v>67</v>
       </c>
       <c r="P19" s="4">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="Q19" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R19" s="10" t="s">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="D20" s="3" t="s">
+      <c r="E20" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="E20" s="3" t="s">
+      <c r="F20" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I20" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="F20" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I20" s="4" t="s">
+      <c r="J20" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M20" s="4">
+        <v>186</v>
+      </c>
+      <c r="N20" s="4">
+        <v>94</v>
+      </c>
+      <c r="O20" s="4">
+        <v>18</v>
+      </c>
+      <c r="P20" s="4">
+        <v>31</v>
+      </c>
+      <c r="Q20" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="R20" s="10" t="s">
         <v>113</v>
-      </c>
-[...25 lines deleted...]
-        <v>27</v>
       </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>114</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>115</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I21" s="4" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M21" s="4">
-        <v>254</v>
+        <v>212</v>
       </c>
       <c r="N21" s="4">
-        <v>145</v>
+        <v>274</v>
       </c>
       <c r="O21" s="4">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="P21" s="4">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="Q21" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R21" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="D22" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="D22" s="3" t="s">
+      <c r="E22" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="I22" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="F22" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H22" s="4" t="s">
+      <c r="J22" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M22" s="4">
         <v>25</v>
       </c>
-      <c r="I22" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N22" s="4">
-        <v>274</v>
+        <v>1</v>
       </c>
       <c r="O22" s="4">
-        <v>102</v>
+        <v>293</v>
       </c>
       <c r="P22" s="4">
         <v>2</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R22" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>121</v>
@@ -4551,481 +4551,481 @@
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>125</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>126</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H24" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M24" s="4">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="N24" s="4">
-        <v>2174</v>
+        <v>261</v>
       </c>
       <c r="O24" s="4">
-        <v>2102</v>
+        <v>300</v>
       </c>
       <c r="P24" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q24" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>129</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>130</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H25" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M25" s="4">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="N25" s="4">
-        <v>261</v>
+        <v>2174</v>
       </c>
       <c r="O25" s="4">
-        <v>300</v>
+        <v>2102</v>
       </c>
       <c r="P25" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R25" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="4">
-        <v>201</v>
+        <v>46</v>
       </c>
       <c r="N26" s="4">
-        <v>48</v>
+        <v>359</v>
       </c>
       <c r="O26" s="4">
-        <v>1</v>
+        <v>379</v>
       </c>
       <c r="P26" s="4">
         <v>2</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R26" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H27" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>140</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M27" s="4">
         <v>120</v>
       </c>
       <c r="N27" s="4">
         <v>120</v>
       </c>
       <c r="O27" s="4">
         <v>473</v>
       </c>
       <c r="P27" s="4">
         <v>34</v>
       </c>
       <c r="Q27" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>141</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>142</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H28" s="4" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>144</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="4">
-        <v>46</v>
+        <v>201</v>
       </c>
       <c r="N28" s="4">
-        <v>359</v>
+        <v>48</v>
       </c>
       <c r="O28" s="4">
-        <v>379</v>
+        <v>1</v>
       </c>
       <c r="P28" s="4">
         <v>2</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R28" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>145</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="4" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="J29" s="4" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M29" s="4">
-        <v>54</v>
+        <v>129</v>
       </c>
       <c r="N29" s="4">
-        <v>1</v>
+        <v>98</v>
       </c>
       <c r="O29" s="4">
-        <v>118</v>
+        <v>165</v>
       </c>
       <c r="P29" s="4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R29" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D30" s="3" t="s">
+      <c r="E30" s="3" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="4" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="I30" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="J30" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="J30" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M30" s="4">
-        <v>129</v>
+        <v>54</v>
       </c>
       <c r="N30" s="4">
-        <v>98</v>
+        <v>1</v>
       </c>
       <c r="O30" s="4">
-        <v>165</v>
+        <v>118</v>
       </c>
       <c r="P30" s="4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R30" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>154</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>155</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>157</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="4">
         <v>52</v>
       </c>
       <c r="N31" s="4">
         <v>186</v>
       </c>
       <c r="O31" s="4">
         <v>29</v>
       </c>
       <c r="P31" s="4">
         <v>2</v>
       </c>
@@ -5039,420 +5039,420 @@
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>158</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>159</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>160</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>161</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="4">
-        <v>241</v>
+        <v>19</v>
       </c>
       <c r="N32" s="4">
-        <v>256</v>
+        <v>68</v>
       </c>
       <c r="O32" s="4">
-        <v>248</v>
+        <v>665</v>
       </c>
       <c r="P32" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q32" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R32" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>162</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>163</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>165</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="4">
-        <v>19</v>
+        <v>241</v>
       </c>
       <c r="N33" s="4">
-        <v>68</v>
+        <v>256</v>
       </c>
       <c r="O33" s="4">
-        <v>665</v>
+        <v>248</v>
       </c>
       <c r="P33" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q33" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R33" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>166</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>167</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>169</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L34" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M34" s="4">
         <v>29</v>
       </c>
       <c r="N34" s="4">
         <v>269</v>
       </c>
       <c r="O34" s="4">
         <v>32</v>
       </c>
       <c r="P34" s="4">
         <v>34</v>
       </c>
       <c r="Q34" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R34" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>170</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>171</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>173</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="4">
-        <v>189</v>
+        <v>283</v>
       </c>
       <c r="N35" s="4">
-        <v>182</v>
+        <v>97</v>
       </c>
       <c r="O35" s="4">
-        <v>635</v>
+        <v>236</v>
       </c>
       <c r="P35" s="4">
         <v>2</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R35" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>174</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>175</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H36" s="4" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>177</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="4">
-        <v>283</v>
+        <v>189</v>
       </c>
       <c r="N36" s="4">
-        <v>97</v>
+        <v>182</v>
       </c>
       <c r="O36" s="4">
-        <v>236</v>
+        <v>635</v>
       </c>
       <c r="P36" s="4">
         <v>2</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R36" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>178</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>179</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="4" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>181</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M37" s="4">
-        <v>160</v>
+        <v>59</v>
       </c>
       <c r="N37" s="4">
-        <v>154</v>
+        <v>458</v>
       </c>
       <c r="O37" s="4">
-        <v>167</v>
+        <v>657</v>
       </c>
       <c r="P37" s="4">
         <v>2</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R37" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>182</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>183</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>185</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="4">
         <v>55</v>
       </c>
       <c r="N38" s="4">
         <v>60</v>
       </c>
       <c r="O38" s="4">
         <v>73</v>
       </c>
       <c r="P38" s="4">
         <v>2</v>
       </c>
@@ -5469,112 +5469,112 @@
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>186</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>187</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="4" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>189</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M39" s="4">
-        <v>59</v>
+        <v>160</v>
       </c>
       <c r="N39" s="4">
-        <v>458</v>
+        <v>154</v>
       </c>
       <c r="O39" s="4">
-        <v>657</v>
+        <v>167</v>
       </c>
       <c r="P39" s="4">
         <v>2</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>190</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>191</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>193</v>
       </c>
       <c r="J40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="4">
         <v>122</v>
       </c>
       <c r="N40" s="4">
         <v>267</v>
       </c>
       <c r="O40" s="4">
         <v>405</v>
       </c>
       <c r="P40" s="4">
         <v>2</v>
       </c>
@@ -5588,197 +5588,197 @@
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>194</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>197</v>
       </c>
       <c r="J41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="4">
-        <v>247</v>
+        <v>101</v>
       </c>
       <c r="N41" s="4">
-        <v>145</v>
+        <v>350</v>
       </c>
       <c r="O41" s="4">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="P41" s="4">
         <v>2</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R41" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>198</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>199</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="4" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>201</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="4">
-        <v>6</v>
+        <v>247</v>
       </c>
       <c r="N42" s="4">
-        <v>225</v>
+        <v>145</v>
       </c>
       <c r="O42" s="4">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="P42" s="4">
         <v>2</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R42" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>202</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>203</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>205</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="4">
-        <v>101</v>
+        <v>6</v>
       </c>
       <c r="N43" s="4">
-        <v>350</v>
+        <v>225</v>
       </c>
       <c r="O43" s="4">
-        <v>234</v>
+        <v>253</v>
       </c>
       <c r="P43" s="4">
         <v>2</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R43" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>206</v>
@@ -5786,103 +5786,103 @@
       <c r="D44" s="3" t="s">
         <v>207</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>208</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>209</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M44" s="4">
         <v>257</v>
       </c>
       <c r="N44" s="4">
         <v>345</v>
       </c>
       <c r="O44" s="4">
         <v>98</v>
       </c>
       <c r="P44" s="4">
         <v>2</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>210</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>211</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I45" s="4" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M45" s="4">
         <v>254</v>
       </c>
       <c r="N45" s="4">
         <v>1</v>
       </c>
       <c r="O45" s="4">
         <v>192</v>
       </c>
       <c r="P45" s="4">
         <v>2</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>30</v>
       </c>
@@ -5942,1222 +5942,1222 @@
         <v>59</v>
       </c>
       <c r="P46" s="4">
         <v>2</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R46" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>217</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M47" s="4">
         <v>113</v>
       </c>
       <c r="N47" s="4">
         <v>74</v>
       </c>
       <c r="O47" s="4">
         <v>49</v>
       </c>
       <c r="P47" s="4">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R47" s="10" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>218</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>219</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>221</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="4">
         <v>159</v>
       </c>
       <c r="N48" s="4">
         <v>217</v>
       </c>
       <c r="O48" s="4">
         <v>19</v>
       </c>
       <c r="P48" s="4">
         <v>2</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H49" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>222</v>
       </c>
       <c r="J49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L49" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M49" s="4">
         <v>105</v>
       </c>
       <c r="N49" s="4">
         <v>144</v>
       </c>
       <c r="O49" s="4">
         <v>138</v>
       </c>
       <c r="P49" s="4">
         <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R49" s="10" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>223</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>224</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>226</v>
       </c>
       <c r="J50" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M50" s="4">
-        <v>247</v>
+        <v>70</v>
       </c>
       <c r="N50" s="4">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="O50" s="4">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="P50" s="4">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="Q50" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>227</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>228</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>230</v>
       </c>
       <c r="J51" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M51" s="4">
-        <v>86</v>
+        <v>141</v>
       </c>
       <c r="N51" s="4">
-        <v>1</v>
+        <v>131</v>
       </c>
       <c r="O51" s="4">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="P51" s="4">
         <v>2</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>231</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="G52" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H52" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>234</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L52" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M52" s="4">
-        <v>70</v>
+        <v>247</v>
       </c>
       <c r="N52" s="4">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="O52" s="4">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="P52" s="4">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="Q52" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>235</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>236</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>237</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H53" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>238</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L53" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M53" s="4">
         <v>32</v>
       </c>
       <c r="N53" s="4">
         <v>186</v>
       </c>
       <c r="O53" s="4">
         <v>169</v>
       </c>
       <c r="P53" s="4">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>239</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>240</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>241</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H54" s="4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>242</v>
       </c>
       <c r="J54" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L54" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M54" s="4">
-        <v>141</v>
+        <v>200</v>
       </c>
       <c r="N54" s="4">
-        <v>131</v>
+        <v>407</v>
       </c>
       <c r="O54" s="4">
-        <v>127</v>
+        <v>443</v>
       </c>
       <c r="P54" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q54" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>243</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>244</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H55" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>246</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L55" s="4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="M55" s="4">
-        <v>200</v>
+        <v>144</v>
       </c>
       <c r="N55" s="4">
-        <v>407</v>
+        <v>1</v>
       </c>
       <c r="O55" s="4">
-        <v>443</v>
+        <v>76</v>
       </c>
       <c r="P55" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q55" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>247</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H56" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I56" s="4" t="s">
         <v>250</v>
       </c>
       <c r="J56" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L56" s="4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="M56" s="4">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="N56" s="4">
-        <v>272</v>
+        <v>1</v>
       </c>
       <c r="O56" s="4">
-        <v>271</v>
+        <v>110</v>
       </c>
       <c r="P56" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q56" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>251</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>252</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>254</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M57" s="4">
-        <v>144</v>
+        <v>2</v>
       </c>
       <c r="N57" s="4">
         <v>1</v>
       </c>
       <c r="O57" s="4">
-        <v>76</v>
+        <v>145</v>
       </c>
       <c r="P57" s="4">
         <v>2</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R57" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>255</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>256</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>257</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H58" s="4" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>258</v>
       </c>
       <c r="J58" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L58" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M58" s="4">
-        <v>194</v>
+        <v>99</v>
       </c>
       <c r="N58" s="4">
-        <v>231</v>
+        <v>272</v>
       </c>
       <c r="O58" s="4">
-        <v>1116</v>
+        <v>271</v>
       </c>
       <c r="P58" s="4">
         <v>33</v>
       </c>
       <c r="Q58" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R58" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>259</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H59" s="4" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>262</v>
       </c>
       <c r="J59" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L59" s="4" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="M59" s="4">
-        <v>2</v>
+        <v>194</v>
       </c>
       <c r="N59" s="4">
-        <v>1</v>
+        <v>231</v>
       </c>
       <c r="O59" s="4">
-        <v>145</v>
+        <v>1116</v>
       </c>
       <c r="P59" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q59" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R59" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>263</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>264</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H60" s="4" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>266</v>
       </c>
       <c r="J60" s="4" t="s">
-        <v>267</v>
+        <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L60" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M60" s="4">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N60" s="4">
-        <v>1</v>
+        <v>121</v>
       </c>
       <c r="O60" s="4">
-        <v>416</v>
+        <v>256</v>
       </c>
       <c r="P60" s="4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q60" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R60" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="D61" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="D61" s="3" t="s">
+      <c r="E61" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="E61" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I61" s="4" t="s">
         <v>270</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J61" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L61" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M61" s="4">
-        <v>153</v>
+        <v>269</v>
       </c>
       <c r="N61" s="4">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="O61" s="4">
-        <v>256</v>
+        <v>142</v>
       </c>
       <c r="P61" s="4">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="Q61" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R61" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D62" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="D62" s="3" t="s">
+      <c r="E62" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="E62" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H62" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I62" s="4" t="s">
         <v>274</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="4">
         <v>171</v>
       </c>
       <c r="N62" s="4">
         <v>199</v>
       </c>
       <c r="O62" s="4">
         <v>231</v>
       </c>
       <c r="P62" s="4">
         <v>2</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R62" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="D63" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="D63" s="3" t="s">
+      <c r="E63" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="E63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I63" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="J63" s="4" t="s">
         <v>279</v>
       </c>
-      <c r="J63" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K63" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L63" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M63" s="4">
-        <v>216</v>
+        <v>152</v>
       </c>
       <c r="N63" s="4">
-        <v>240</v>
+        <v>1</v>
       </c>
       <c r="O63" s="4">
-        <v>49</v>
+        <v>416</v>
       </c>
       <c r="P63" s="4">
-        <v>34</v>
+        <v>5</v>
       </c>
       <c r="Q63" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R63" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>281</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H64" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>283</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L64" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M64" s="4">
-        <v>269</v>
+        <v>190</v>
       </c>
       <c r="N64" s="4">
-        <v>185</v>
+        <v>112</v>
       </c>
       <c r="O64" s="4">
-        <v>142</v>
+        <v>218</v>
       </c>
       <c r="P64" s="4">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="Q64" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R64" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>285</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>286</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>287</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="4">
-        <v>143</v>
+        <v>216</v>
       </c>
       <c r="N65" s="4">
-        <v>148</v>
+        <v>240</v>
       </c>
       <c r="O65" s="4">
-        <v>256</v>
+        <v>49</v>
       </c>
       <c r="P65" s="4">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="Q65" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R65" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I66" s="4" t="s">
         <v>292</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M66" s="4">
         <v>254</v>
       </c>
       <c r="N66" s="4">
         <v>1</v>
       </c>
       <c r="O66" s="4">
         <v>487</v>
       </c>
@@ -7177,1149 +7177,1149 @@
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>294</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>295</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>296</v>
       </c>
       <c r="J67" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M67" s="4">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="N67" s="4">
-        <v>1</v>
+        <v>148</v>
       </c>
       <c r="O67" s="4">
-        <v>141</v>
+        <v>256</v>
       </c>
       <c r="P67" s="4">
         <v>2</v>
       </c>
       <c r="Q67" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R67" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>298</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>299</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H68" s="4" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>300</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M68" s="4">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="N68" s="4">
-        <v>112</v>
+        <v>1</v>
       </c>
       <c r="O68" s="4">
-        <v>218</v>
+        <v>141</v>
       </c>
       <c r="P68" s="4">
         <v>2</v>
       </c>
       <c r="Q68" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R68" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>302</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>304</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M69" s="4">
-        <v>104</v>
+        <v>2</v>
       </c>
       <c r="N69" s="4">
-        <v>96</v>
+        <v>141</v>
       </c>
       <c r="O69" s="4">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="P69" s="4">
         <v>2</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R69" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>306</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I70" s="4" t="s">
         <v>308</v>
       </c>
       <c r="J70" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="4">
-        <v>2</v>
+        <v>104</v>
       </c>
       <c r="N70" s="4">
-        <v>141</v>
+        <v>96</v>
       </c>
       <c r="O70" s="4">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="P70" s="4">
         <v>2</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R70" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>310</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>312</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L71" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M71" s="4">
-        <v>130</v>
+        <v>255</v>
       </c>
       <c r="N71" s="4">
-        <v>338</v>
+        <v>1</v>
       </c>
       <c r="O71" s="4">
-        <v>550</v>
+        <v>71</v>
       </c>
       <c r="P71" s="4">
         <v>2</v>
       </c>
       <c r="Q71" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R71" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>314</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>315</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H72" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I72" s="4" t="s">
         <v>316</v>
       </c>
       <c r="J72" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="4">
         <v>176</v>
       </c>
       <c r="N72" s="4">
         <v>121</v>
       </c>
       <c r="O72" s="4">
         <v>456</v>
       </c>
       <c r="P72" s="4">
         <v>2</v>
       </c>
       <c r="Q72" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R72" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I73" s="4" t="s">
         <v>317</v>
       </c>
-      <c r="D73" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L73" s="4" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="M73" s="4">
-        <v>255</v>
+        <v>4</v>
       </c>
       <c r="N73" s="4">
-        <v>1</v>
+        <v>192</v>
       </c>
       <c r="O73" s="4">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="P73" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q73" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R73" s="10" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I74" s="4" t="s">
         <v>321</v>
       </c>
-      <c r="D74" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K74" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L74" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M74" s="4">
-        <v>34</v>
+        <v>218</v>
       </c>
       <c r="N74" s="4">
-        <v>455</v>
+        <v>1</v>
       </c>
       <c r="O74" s="4">
-        <v>10</v>
+        <v>225</v>
       </c>
       <c r="P74" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q74" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R74" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>95</v>
+        <v>322</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>96</v>
+        <v>323</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>97</v>
+        <v>324</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H75" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>325</v>
       </c>
       <c r="J75" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K75" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L75" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M75" s="4">
-        <v>4</v>
+        <v>130</v>
       </c>
       <c r="N75" s="4">
-        <v>192</v>
+        <v>338</v>
       </c>
       <c r="O75" s="4">
-        <v>9</v>
+        <v>550</v>
       </c>
       <c r="P75" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q75" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R75" s="10" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>327</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>328</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H76" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>329</v>
       </c>
       <c r="J76" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L76" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M76" s="4">
-        <v>218</v>
+        <v>34</v>
       </c>
       <c r="N76" s="4">
-        <v>1</v>
+        <v>455</v>
       </c>
       <c r="O76" s="4">
-        <v>225</v>
+        <v>10</v>
       </c>
       <c r="P76" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q76" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R76" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>331</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>332</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H77" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I77" s="4" t="s">
         <v>333</v>
       </c>
       <c r="J77" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="4">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="N77" s="4">
-        <v>477</v>
+        <v>32</v>
       </c>
       <c r="O77" s="4">
-        <v>117</v>
+        <v>284</v>
       </c>
       <c r="P77" s="4">
         <v>2</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R77" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>335</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>336</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="4" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="I78" s="4" t="s">
         <v>337</v>
       </c>
       <c r="J78" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="4">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="N78" s="4">
-        <v>234</v>
+        <v>477</v>
       </c>
       <c r="O78" s="4">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="P78" s="4">
         <v>2</v>
       </c>
       <c r="Q78" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R78" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>339</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>340</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>341</v>
       </c>
       <c r="J79" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="4">
-        <v>110</v>
+        <v>26</v>
       </c>
       <c r="N79" s="4">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="O79" s="4">
-        <v>247</v>
+        <v>139</v>
       </c>
       <c r="P79" s="4">
         <v>2</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R79" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>343</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>344</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H80" s="4" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="I80" s="4" t="s">
         <v>345</v>
       </c>
       <c r="J80" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M80" s="4">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="N80" s="4">
-        <v>32</v>
+        <v>221</v>
       </c>
       <c r="O80" s="4">
-        <v>284</v>
+        <v>247</v>
       </c>
       <c r="P80" s="4">
         <v>2</v>
       </c>
       <c r="Q80" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R80" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>347</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H81" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I81" s="4" t="s">
         <v>349</v>
       </c>
       <c r="J81" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L81" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M81" s="4">
-        <v>200</v>
+        <v>7</v>
       </c>
       <c r="N81" s="4">
-        <v>198</v>
+        <v>5</v>
       </c>
       <c r="O81" s="4">
-        <v>631</v>
+        <v>160</v>
       </c>
       <c r="P81" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q81" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R81" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>351</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H82" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>353</v>
       </c>
       <c r="J82" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K82" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L82" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M82" s="4">
-        <v>7</v>
+        <v>200</v>
       </c>
       <c r="N82" s="4">
-        <v>5</v>
+        <v>198</v>
       </c>
       <c r="O82" s="4">
-        <v>160</v>
+        <v>631</v>
       </c>
       <c r="P82" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q82" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R82" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>355</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H83" s="4" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="I83" s="4" t="s">
-        <v>357</v>
+        <v>217</v>
       </c>
       <c r="J83" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M83" s="4">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="N83" s="4">
-        <v>645</v>
+        <v>123</v>
       </c>
       <c r="O83" s="4">
-        <v>65</v>
+        <v>1478</v>
       </c>
       <c r="P83" s="4">
         <v>2</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R83" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="D84" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="D84" s="3" t="s">
+      <c r="E84" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="E84" s="3" t="s">
+      <c r="F84" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="I84" s="4" t="s">
         <v>360</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J84" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L84" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M84" s="4">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="N84" s="4">
-        <v>123</v>
+        <v>645</v>
       </c>
       <c r="O84" s="4">
-        <v>1478</v>
+        <v>65</v>
       </c>
       <c r="P84" s="4">
         <v>2</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R84" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>362</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>363</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I85" s="4" t="s">
         <v>364</v>
       </c>
       <c r="J85" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M85" s="4">
         <v>232</v>
       </c>
       <c r="N85" s="4">
         <v>546</v>
       </c>
       <c r="O85" s="4">
         <v>115</v>
       </c>
       <c r="P85" s="4">
         <v>2</v>
       </c>
@@ -8333,420 +8333,420 @@
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>366</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H86" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I86" s="4" t="s">
         <v>368</v>
       </c>
       <c r="J86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K86" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L86" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M86" s="4">
         <v>58</v>
       </c>
       <c r="N86" s="4">
         <v>269</v>
       </c>
       <c r="O86" s="4">
         <v>32</v>
       </c>
       <c r="P86" s="4">
         <v>33</v>
       </c>
       <c r="Q86" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R86" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>369</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>370</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>371</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="4" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I87" s="4" t="s">
         <v>372</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M87" s="4">
-        <v>19</v>
+        <v>142</v>
       </c>
       <c r="N87" s="4">
-        <v>176</v>
+        <v>132</v>
       </c>
       <c r="O87" s="4">
-        <v>103</v>
+        <v>336</v>
       </c>
       <c r="P87" s="4">
         <v>2</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R87" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>374</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>375</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I88" s="4" t="s">
         <v>376</v>
       </c>
       <c r="J88" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M88" s="4">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="N88" s="4">
-        <v>132</v>
+        <v>444</v>
       </c>
       <c r="O88" s="4">
-        <v>336</v>
+        <v>17</v>
       </c>
       <c r="P88" s="4">
         <v>2</v>
       </c>
       <c r="Q88" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R88" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>377</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>378</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="4" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I89" s="4" t="s">
         <v>380</v>
       </c>
       <c r="J89" s="4" t="s">
-        <v>27</v>
+        <v>381</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M89" s="4">
-        <v>67</v>
+        <v>144</v>
       </c>
       <c r="N89" s="4">
-        <v>415</v>
+        <v>1</v>
       </c>
       <c r="O89" s="4">
-        <v>37</v>
+        <v>1234</v>
       </c>
       <c r="P89" s="4">
         <v>2</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R89" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="I90" s="4" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M90" s="4">
-        <v>145</v>
+        <v>19</v>
       </c>
       <c r="N90" s="4">
-        <v>444</v>
+        <v>176</v>
       </c>
       <c r="O90" s="4">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="P90" s="4">
         <v>2</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R90" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="I91" s="4" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J91" s="4" t="s">
-        <v>389</v>
+        <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L91" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M91" s="4">
-        <v>144</v>
+        <v>67</v>
       </c>
       <c r="N91" s="4">
-        <v>1</v>
+        <v>415</v>
       </c>
       <c r="O91" s="4">
-        <v>1234</v>
+        <v>37</v>
       </c>
       <c r="P91" s="4">
         <v>2</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R91" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>390</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>391</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>392</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I92" s="4" t="s">
         <v>393</v>
       </c>
       <c r="J92" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="4">
         <v>185</v>
       </c>
       <c r="N92" s="4">
         <v>114</v>
       </c>
       <c r="O92" s="4">
         <v>208</v>
       </c>
       <c r="P92" s="4">
         <v>2</v>
       </c>
@@ -8763,51 +8763,51 @@
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>394</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>395</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>396</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I93" s="4" t="s">
         <v>397</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="4">
         <v>191</v>
       </c>
       <c r="N93" s="4">
         <v>425</v>
       </c>
       <c r="O93" s="4">
         <v>485</v>
       </c>
       <c r="P93" s="4">
         <v>2</v>
       </c>
@@ -8821,54 +8821,54 @@
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>398</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>399</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>400</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I94" s="4" t="s">
         <v>401</v>
       </c>
       <c r="J94" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="4">
         <v>140</v>
       </c>
       <c r="N94" s="4">
         <v>267</v>
       </c>
       <c r="O94" s="4">
         <v>79</v>
       </c>
       <c r="P94" s="4">
         <v>2</v>
       </c>
@@ -8885,51 +8885,51 @@
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>402</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>403</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I95" s="4" t="s">
         <v>405</v>
       </c>
       <c r="J95" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M95" s="4">
         <v>74</v>
       </c>
       <c r="N95" s="4">
         <v>306</v>
       </c>
       <c r="O95" s="4">
         <v>192</v>
       </c>
       <c r="P95" s="4">
         <v>2</v>
       </c>
@@ -8943,54 +8943,54 @@
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="8" t="s">
         <v>406</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>407</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>408</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I96" s="4" t="s">
         <v>409</v>
       </c>
       <c r="J96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M96" s="4">
         <v>9</v>
       </c>
       <c r="N96" s="4">
         <v>6</v>
       </c>
       <c r="O96" s="4">
         <v>122</v>
       </c>
       <c r="P96" s="4">
         <v>2</v>
       </c>
@@ -9004,115 +9004,115 @@
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>410</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>411</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>412</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H97" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I97" s="4" t="s">
         <v>413</v>
       </c>
       <c r="J97" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="4">
-        <v>3</v>
+        <v>82</v>
       </c>
       <c r="N97" s="4">
-        <v>352</v>
+        <v>737</v>
       </c>
       <c r="O97" s="4">
-        <v>18</v>
+        <v>601</v>
       </c>
       <c r="P97" s="4">
         <v>2</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>414</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>415</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>416</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H98" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I98" s="4" t="s">
         <v>417</v>
       </c>
       <c r="J98" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="4">
         <v>213</v>
       </c>
       <c r="N98" s="4">
         <v>156</v>
       </c>
       <c r="O98" s="4">
         <v>651</v>
       </c>
       <c r="P98" s="4">
         <v>2</v>
       </c>
@@ -9129,133 +9129,133 @@
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
         <v>418</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>419</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="4" t="s">
-        <v>72</v>
+        <v>421</v>
       </c>
       <c r="I99" s="4" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J99" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M99" s="4">
-        <v>82</v>
+        <v>58</v>
       </c>
       <c r="N99" s="4">
-        <v>737</v>
+        <v>56</v>
       </c>
       <c r="O99" s="4">
-        <v>601</v>
+        <v>914</v>
       </c>
       <c r="P99" s="4">
         <v>2</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H100" s="4" t="s">
-        <v>425</v>
+        <v>70</v>
       </c>
       <c r="I100" s="4" t="s">
         <v>426</v>
       </c>
       <c r="J100" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="4">
-        <v>58</v>
+        <v>3</v>
       </c>
       <c r="N100" s="4">
-        <v>56</v>
+        <v>352</v>
       </c>
       <c r="O100" s="4">
-        <v>914</v>
+        <v>18</v>
       </c>
       <c r="P100" s="4">
         <v>2</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>427</v>
@@ -9297,941 +9297,941 @@
         <v>149</v>
       </c>
       <c r="P101" s="4">
         <v>2</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H102" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="I102" s="4" t="s">
         <v>431</v>
       </c>
-      <c r="D102" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J102" s="4" t="s">
-        <v>435</v>
+        <v>27</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="M102" s="4">
-        <v>165</v>
+        <v>263</v>
       </c>
       <c r="N102" s="4">
-        <v>598</v>
+        <v>1</v>
       </c>
       <c r="O102" s="4">
-        <v>97</v>
+        <v>254</v>
       </c>
       <c r="P102" s="4">
         <v>2</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>288</v>
+        <v>432</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>289</v>
+        <v>433</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>290</v>
+        <v>434</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H103" s="4" t="s">
-        <v>291</v>
+        <v>55</v>
       </c>
       <c r="I103" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="J103" s="4" t="s">
         <v>436</v>
       </c>
-      <c r="J103" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="4" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="M103" s="4">
-        <v>263</v>
+        <v>165</v>
       </c>
       <c r="N103" s="4">
-        <v>1</v>
+        <v>598</v>
       </c>
       <c r="O103" s="4">
-        <v>254</v>
+        <v>97</v>
       </c>
       <c r="P103" s="4">
         <v>2</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>437</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>438</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H104" s="4" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="I104" s="4" t="s">
         <v>440</v>
       </c>
       <c r="J104" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K104" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L104" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M104" s="4">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="N104" s="4">
-        <v>221</v>
+        <v>1268</v>
       </c>
       <c r="O104" s="4">
-        <v>359</v>
+        <v>718</v>
       </c>
       <c r="P104" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q104" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>441</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>442</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H105" s="4" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="I105" s="4" t="s">
         <v>444</v>
       </c>
       <c r="J105" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L105" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M105" s="4">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="N105" s="4">
-        <v>1268</v>
+        <v>221</v>
       </c>
       <c r="O105" s="4">
-        <v>718</v>
+        <v>359</v>
       </c>
       <c r="P105" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q105" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R105" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>445</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>446</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>447</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="4" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I106" s="4" t="s">
         <v>448</v>
       </c>
       <c r="J106" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M106" s="4">
-        <v>205</v>
+        <v>128</v>
       </c>
       <c r="N106" s="4">
-        <v>1</v>
+        <v>146</v>
       </c>
       <c r="O106" s="4">
-        <v>234</v>
+        <v>14</v>
       </c>
       <c r="P106" s="4">
         <v>2</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R106" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>449</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>450</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H107" s="4" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="I107" s="4" t="s">
         <v>452</v>
       </c>
       <c r="J107" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K107" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L107" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M107" s="4">
-        <v>128</v>
+        <v>98</v>
       </c>
       <c r="N107" s="4">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="O107" s="4">
-        <v>14</v>
+        <v>795</v>
       </c>
       <c r="P107" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q107" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R107" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>453</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>454</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>455</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I108" s="4" t="s">
         <v>456</v>
       </c>
       <c r="J108" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M108" s="4">
-        <v>282</v>
+        <v>205</v>
       </c>
       <c r="N108" s="4">
-        <v>241</v>
+        <v>1</v>
       </c>
       <c r="O108" s="4">
-        <v>142</v>
+        <v>234</v>
       </c>
       <c r="P108" s="4">
         <v>2</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R108" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>457</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>458</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>459</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H109" s="4" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="I109" s="4" t="s">
         <v>460</v>
       </c>
       <c r="J109" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K109" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L109" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M109" s="4">
-        <v>98</v>
+        <v>282</v>
       </c>
       <c r="N109" s="4">
-        <v>163</v>
+        <v>241</v>
       </c>
       <c r="O109" s="4">
-        <v>795</v>
+        <v>142</v>
       </c>
       <c r="P109" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q109" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
         <v>461</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>462</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H110" s="4" t="s">
         <v>464</v>
       </c>
       <c r="I110" s="4" t="s">
         <v>465</v>
       </c>
       <c r="J110" s="4" t="s">
         <v>466</v>
       </c>
       <c r="K110" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M110" s="4">
         <v>194</v>
       </c>
       <c r="N110" s="4">
         <v>1</v>
       </c>
       <c r="O110" s="4">
         <v>120</v>
       </c>
       <c r="P110" s="4">
         <v>18</v>
       </c>
       <c r="Q110" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R110" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
         <v>467</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>468</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>469</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H111" s="4" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I111" s="4" t="s">
         <v>470</v>
       </c>
       <c r="J111" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M111" s="4">
-        <v>40</v>
+        <v>204</v>
       </c>
       <c r="N111" s="4">
-        <v>235</v>
+        <v>318</v>
       </c>
       <c r="O111" s="4">
-        <v>89</v>
+        <v>141</v>
       </c>
       <c r="P111" s="4">
         <v>2</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R111" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
         <v>471</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>472</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>473</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H112" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I112" s="4" t="s">
         <v>474</v>
       </c>
       <c r="J112" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M112" s="4">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="N112" s="4">
-        <v>318</v>
+        <v>456</v>
       </c>
       <c r="O112" s="4">
-        <v>141</v>
+        <v>765</v>
       </c>
       <c r="P112" s="4">
         <v>2</v>
       </c>
       <c r="Q112" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R112" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>475</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>476</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>477</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>478</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M113" s="4">
-        <v>220</v>
+        <v>40</v>
       </c>
       <c r="N113" s="4">
-        <v>456</v>
+        <v>235</v>
       </c>
       <c r="O113" s="4">
-        <v>765</v>
+        <v>89</v>
       </c>
       <c r="P113" s="4">
         <v>2</v>
       </c>
       <c r="Q113" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R113" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>479</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>480</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H114" s="4" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="I114" s="4" t="s">
         <v>482</v>
       </c>
       <c r="J114" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M114" s="4">
-        <v>182</v>
+        <v>251</v>
       </c>
       <c r="N114" s="4">
-        <v>304</v>
+        <v>1</v>
       </c>
       <c r="O114" s="4">
-        <v>294</v>
+        <v>244</v>
       </c>
       <c r="P114" s="4">
         <v>2</v>
       </c>
       <c r="Q114" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R114" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>483</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>484</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="4" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="I115" s="4" t="s">
         <v>486</v>
       </c>
       <c r="J115" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L115" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M115" s="4">
-        <v>251</v>
+        <v>182</v>
       </c>
       <c r="N115" s="4">
-        <v>1</v>
+        <v>304</v>
       </c>
       <c r="O115" s="4">
-        <v>244</v>
+        <v>294</v>
       </c>
       <c r="P115" s="4">
         <v>2</v>
       </c>
       <c r="Q115" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R115" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>487</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>488</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>489</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I116" s="4" t="s">
         <v>490</v>
       </c>
       <c r="J116" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M116" s="4">
-        <v>158</v>
+        <v>259</v>
       </c>
       <c r="N116" s="4">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="O116" s="4">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="P116" s="4">
         <v>2</v>
       </c>
       <c r="Q116" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R116" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="8" t="s">
         <v>491</v>
@@ -10239,402 +10239,402 @@
       <c r="D117" s="3" t="s">
         <v>492</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>493</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I117" s="4" t="s">
         <v>494</v>
       </c>
       <c r="J117" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M117" s="4">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="N117" s="4">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="O117" s="4">
-        <v>176</v>
+        <v>274</v>
       </c>
       <c r="P117" s="4">
         <v>2</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R117" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="8" t="s">
         <v>495</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>496</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>497</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H118" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I118" s="4" t="s">
         <v>498</v>
       </c>
       <c r="J118" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M118" s="4">
-        <v>250</v>
+        <v>158</v>
       </c>
       <c r="N118" s="4">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="O118" s="4">
-        <v>274</v>
+        <v>151</v>
       </c>
       <c r="P118" s="4">
         <v>2</v>
       </c>
       <c r="Q118" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R118" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
         <v>499</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>500</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>501</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H119" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I119" s="4" t="s">
         <v>502</v>
       </c>
       <c r="J119" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M119" s="4">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="N119" s="4">
-        <v>122</v>
+        <v>6</v>
       </c>
       <c r="O119" s="4">
-        <v>188</v>
+        <v>625</v>
       </c>
       <c r="P119" s="4">
         <v>2</v>
       </c>
       <c r="Q119" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R119" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>503</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I120" s="4" t="s">
         <v>506</v>
       </c>
       <c r="J120" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M120" s="4">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="N120" s="4">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="O120" s="4">
-        <v>71</v>
+        <v>188</v>
       </c>
       <c r="P120" s="4">
         <v>2</v>
       </c>
       <c r="Q120" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R120" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H121" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="I121" s="4" t="s">
         <v>507</v>
       </c>
-      <c r="D121" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J121" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M121" s="4">
-        <v>76</v>
+        <v>249</v>
       </c>
       <c r="N121" s="4">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="O121" s="4">
-        <v>625</v>
+        <v>565</v>
       </c>
       <c r="P121" s="4">
         <v>2</v>
       </c>
       <c r="Q121" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R121" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="8" t="s">
-        <v>288</v>
+        <v>508</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>289</v>
+        <v>509</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>290</v>
+        <v>510</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H122" s="4" t="s">
-        <v>291</v>
+        <v>70</v>
       </c>
       <c r="I122" s="4" t="s">
         <v>511</v>
       </c>
       <c r="J122" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L122" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M122" s="4">
-        <v>249</v>
+        <v>57</v>
       </c>
       <c r="N122" s="4">
-        <v>1</v>
+        <v>127</v>
       </c>
       <c r="O122" s="4">
-        <v>565</v>
+        <v>71</v>
       </c>
       <c r="P122" s="4">
         <v>2</v>
       </c>
       <c r="Q122" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R122" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H123" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I123" s="4" t="s">
         <v>512</v>
       </c>
       <c r="J123" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M123" s="4">
         <v>261</v>
       </c>
       <c r="N123" s="4">
         <v>1</v>
       </c>
       <c r="O123" s="4">
         <v>216</v>
       </c>
@@ -10654,51 +10654,51 @@
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>513</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>514</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H124" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I124" s="4" t="s">
         <v>516</v>
       </c>
       <c r="J124" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M124" s="4">
         <v>183</v>
       </c>
       <c r="N124" s="4">
         <v>318</v>
       </c>
       <c r="O124" s="4">
         <v>92</v>
       </c>
       <c r="P124" s="4">
         <v>2</v>
       </c>
@@ -10715,51 +10715,51 @@
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="8" t="s">
         <v>517</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>518</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I125" s="4" t="s">
         <v>520</v>
       </c>
       <c r="J125" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M125" s="4">
         <v>187</v>
       </c>
       <c r="N125" s="4">
         <v>172</v>
       </c>
       <c r="O125" s="4">
         <v>129</v>
       </c>
       <c r="P125" s="4">
         <v>2</v>
       </c>
@@ -10770,179 +10770,179 @@
         <v>27</v>
       </c>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>521</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>522</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>523</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H126" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I126" s="4" t="s">
         <v>524</v>
       </c>
       <c r="J126" s="4" t="s">
         <v>525</v>
       </c>
       <c r="K126" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L126" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M126" s="4">
         <v>187</v>
       </c>
       <c r="N126" s="4">
         <v>256</v>
       </c>
       <c r="O126" s="4">
         <v>43</v>
       </c>
       <c r="P126" s="4">
         <v>16</v>
       </c>
       <c r="Q126" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R126" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="8" t="s">
         <v>526</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>527</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>528</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H127" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I127" s="4" t="s">
         <v>529</v>
       </c>
       <c r="J127" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K127" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M127" s="4">
         <v>298</v>
       </c>
       <c r="N127" s="4">
         <v>75</v>
       </c>
       <c r="O127" s="4">
         <v>937</v>
       </c>
       <c r="P127" s="4">
         <v>33</v>
       </c>
       <c r="Q127" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R127" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>530</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>531</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H128" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I128" s="4" t="s">
         <v>533</v>
       </c>
       <c r="J128" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M128" s="4">
         <v>268</v>
       </c>
       <c r="N128" s="4">
         <v>292</v>
       </c>
       <c r="O128" s="4">
         <v>88</v>
       </c>
       <c r="P128" s="4">
         <v>2</v>
       </c>
@@ -10956,115 +10956,115 @@
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>534</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>535</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>536</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H129" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>537</v>
       </c>
       <c r="J129" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K129" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L129" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M129" s="4">
         <v>195</v>
       </c>
       <c r="N129" s="4">
         <v>348</v>
       </c>
       <c r="O129" s="4">
         <v>316</v>
       </c>
       <c r="P129" s="4">
         <v>33</v>
       </c>
       <c r="Q129" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R129" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>538</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>539</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>540</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>541</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="4">
         <v>234</v>
       </c>
       <c r="N130" s="4">
         <v>257</v>
       </c>
       <c r="O130" s="4">
         <v>141</v>
       </c>
       <c r="P130" s="4">
         <v>2</v>
       </c>
@@ -11078,54 +11078,54 @@
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>542</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>543</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>544</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G131" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H131" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I131" s="4" t="s">
         <v>545</v>
       </c>
       <c r="J131" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M131" s="4">
         <v>169</v>
       </c>
       <c r="N131" s="4">
         <v>291</v>
       </c>
       <c r="O131" s="4">
         <v>0</v>
       </c>
       <c r="P131" s="4">
         <v>2</v>
       </c>
@@ -11139,563 +11139,563 @@
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>546</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>547</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>548</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H132" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I132" s="4" t="s">
         <v>549</v>
       </c>
       <c r="J132" s="4" t="s">
-        <v>27</v>
+        <v>550</v>
       </c>
       <c r="K132" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L132" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M132" s="4">
-        <v>3</v>
+        <v>238</v>
       </c>
       <c r="N132" s="4">
-        <v>141</v>
+        <v>1</v>
       </c>
       <c r="O132" s="4">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="P132" s="4">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="Q132" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R132" s="10" t="s">
-        <v>27</v>
+        <v>551</v>
       </c>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I133" s="4" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="J133" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M133" s="4">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="N133" s="4">
-        <v>184</v>
+        <v>1076</v>
       </c>
       <c r="O133" s="4">
-        <v>189</v>
+        <v>435</v>
       </c>
       <c r="P133" s="4">
         <v>2</v>
       </c>
       <c r="Q133" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R133" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="8" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H134" s="4" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I134" s="4" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J134" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K134" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M134" s="4">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="N134" s="4">
-        <v>1</v>
+        <v>141</v>
       </c>
       <c r="O134" s="4">
-        <v>378</v>
+        <v>235</v>
       </c>
       <c r="P134" s="4">
         <v>2</v>
       </c>
       <c r="Q134" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R134" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I135" s="4" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="J135" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K135" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L135" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M135" s="4">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="N135" s="4">
-        <v>1076</v>
+        <v>184</v>
       </c>
       <c r="O135" s="4">
-        <v>435</v>
+        <v>189</v>
       </c>
       <c r="P135" s="4">
         <v>2</v>
       </c>
       <c r="Q135" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R135" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C136" s="8" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H136" s="4" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="I136" s="4" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="J136" s="4" t="s">
-        <v>566</v>
+        <v>27</v>
       </c>
       <c r="K136" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L136" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M136" s="4">
-        <v>238</v>
+        <v>28</v>
       </c>
       <c r="N136" s="4">
         <v>1</v>
       </c>
       <c r="O136" s="4">
-        <v>211</v>
+        <v>378</v>
       </c>
       <c r="P136" s="4">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="Q136" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R136" s="10" t="s">
-        <v>567</v>
+        <v>27</v>
       </c>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
         <v>568</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>569</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>570</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="4" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="I137" s="4" t="s">
         <v>571</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M137" s="4">
-        <v>103</v>
+        <v>6</v>
       </c>
       <c r="N137" s="4">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="O137" s="4">
-        <v>562</v>
+        <v>155</v>
       </c>
       <c r="P137" s="4">
         <v>2</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R137" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
         <v>572</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>573</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I138" s="4" t="s">
         <v>575</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M138" s="4">
-        <v>218</v>
+        <v>36</v>
       </c>
       <c r="N138" s="4">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="O138" s="4">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="P138" s="4">
         <v>2</v>
       </c>
       <c r="Q138" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R138" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="8" t="s">
         <v>576</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>577</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H139" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I139" s="4" t="s">
         <v>579</v>
       </c>
       <c r="J139" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K139" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M139" s="4">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="N139" s="4">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="O139" s="4">
-        <v>155</v>
+        <v>884</v>
       </c>
       <c r="P139" s="4">
         <v>2</v>
       </c>
       <c r="Q139" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R139" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="8" t="s">
         <v>580</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>581</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>582</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="4" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="I140" s="4" t="s">
         <v>583</v>
       </c>
       <c r="J140" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K140" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M140" s="4">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="N140" s="4">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="O140" s="4">
-        <v>136</v>
+        <v>562</v>
       </c>
       <c r="P140" s="4">
         <v>2</v>
       </c>
       <c r="Q140" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R140" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="8" t="s">
         <v>584</v>
@@ -11706,1155 +11706,1155 @@
       <c r="E141" s="3" t="s">
         <v>586</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I141" s="4" t="s">
         <v>587</v>
       </c>
       <c r="J141" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K141" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M141" s="4">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="N141" s="4">
-        <v>738</v>
+        <v>350</v>
       </c>
       <c r="O141" s="4">
-        <v>61</v>
+        <v>169</v>
       </c>
       <c r="P141" s="4">
         <v>2</v>
       </c>
       <c r="Q141" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R141" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
-        <v>95</v>
+        <v>588</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>96</v>
+        <v>589</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>97</v>
+        <v>590</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H142" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I142" s="4" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="J142" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K142" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L142" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M142" s="4">
-        <v>174</v>
+        <v>218</v>
       </c>
       <c r="N142" s="4">
-        <v>499</v>
+        <v>64</v>
       </c>
       <c r="O142" s="4">
-        <v>246</v>
+        <v>101</v>
       </c>
       <c r="P142" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q142" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R142" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
-        <v>589</v>
+        <v>109</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>590</v>
+        <v>110</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>591</v>
+        <v>111</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H143" s="4" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I143" s="4" t="s">
         <v>592</v>
       </c>
       <c r="J143" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K143" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L143" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M143" s="4">
-        <v>45</v>
+        <v>174</v>
       </c>
       <c r="N143" s="4">
-        <v>55</v>
+        <v>499</v>
       </c>
       <c r="O143" s="4">
-        <v>884</v>
+        <v>246</v>
       </c>
       <c r="P143" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q143" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R143" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>593</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>594</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H144" s="4" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>596</v>
       </c>
       <c r="J144" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M144" s="4">
         <v>3</v>
       </c>
       <c r="N144" s="4">
         <v>876</v>
       </c>
       <c r="O144" s="4">
         <v>345</v>
       </c>
       <c r="P144" s="4">
         <v>7</v>
       </c>
       <c r="Q144" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R144" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H145" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I145" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="J145" s="4" t="s">
         <v>597</v>
       </c>
-      <c r="D145" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K145" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L145" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M145" s="4">
+        <v>218</v>
+      </c>
+      <c r="N145" s="4">
+        <v>1</v>
+      </c>
+      <c r="O145" s="4">
+        <v>511</v>
+      </c>
+      <c r="P145" s="4">
         <v>29</v>
       </c>
-      <c r="M145" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="Q145" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R145" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H146" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I146" s="4" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="J146" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M146" s="4">
-        <v>233</v>
+        <v>170</v>
       </c>
       <c r="N146" s="4">
-        <v>1</v>
+        <v>738</v>
       </c>
       <c r="O146" s="4">
-        <v>172</v>
+        <v>61</v>
       </c>
       <c r="P146" s="4">
         <v>2</v>
       </c>
       <c r="Q146" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R146" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
+        <v>602</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H147" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I147" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D147" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J147" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K147" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L147" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M147" s="4">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="N147" s="4">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O147" s="4">
-        <v>213</v>
+        <v>321</v>
       </c>
       <c r="P147" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q147" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R147" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="8" t="s">
-        <v>326</v>
+        <v>606</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>327</v>
+        <v>607</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>328</v>
+        <v>608</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H148" s="4" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="I148" s="4" t="s">
-        <v>329</v>
+        <v>609</v>
       </c>
       <c r="J148" s="4" t="s">
-        <v>609</v>
+        <v>27</v>
       </c>
       <c r="K148" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M148" s="4">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="N148" s="4">
         <v>1</v>
       </c>
       <c r="O148" s="4">
-        <v>511</v>
+        <v>172</v>
       </c>
       <c r="P148" s="4">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="Q148" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R148" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C149" s="8" t="s">
-        <v>288</v>
+        <v>610</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>289</v>
+        <v>611</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>290</v>
+        <v>612</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H149" s="4" t="s">
-        <v>291</v>
+        <v>76</v>
       </c>
       <c r="I149" s="4" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="J149" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K149" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L149" s="4" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="M149" s="4">
-        <v>127</v>
+        <v>24</v>
       </c>
       <c r="N149" s="4">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="O149" s="4">
-        <v>325</v>
+        <v>213</v>
       </c>
       <c r="P149" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q149" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R149" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C150" s="8" t="s">
-        <v>288</v>
+        <v>614</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>289</v>
+        <v>615</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>290</v>
+        <v>616</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H150" s="4" t="s">
-        <v>291</v>
+        <v>25</v>
       </c>
       <c r="I150" s="4" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="J150" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M150" s="4">
-        <v>121</v>
+        <v>184</v>
       </c>
       <c r="N150" s="4">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="O150" s="4">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="P150" s="4">
         <v>2</v>
       </c>
       <c r="Q150" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R150" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C151" s="8" t="s">
-        <v>612</v>
+        <v>288</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>613</v>
+        <v>289</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>614</v>
+        <v>290</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H151" s="4" t="s">
-        <v>25</v>
+        <v>291</v>
       </c>
       <c r="I151" s="4" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="J151" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L151" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M151" s="4">
-        <v>3</v>
+        <v>127</v>
       </c>
       <c r="N151" s="4">
-        <v>78</v>
+        <v>1</v>
       </c>
       <c r="O151" s="4">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="P151" s="4">
         <v>2</v>
       </c>
       <c r="Q151" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R151" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C152" s="8" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I152" s="4" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="J152" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K152" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M152" s="4">
-        <v>184</v>
+        <v>204</v>
       </c>
       <c r="N152" s="4">
-        <v>82</v>
+        <v>215</v>
       </c>
       <c r="O152" s="4">
-        <v>181</v>
+        <v>30</v>
       </c>
       <c r="P152" s="4">
         <v>2</v>
       </c>
       <c r="Q152" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R152" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>620</v>
+        <v>275</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>621</v>
+        <v>276</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>622</v>
+        <v>277</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H153" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I153" s="4" t="s">
         <v>623</v>
       </c>
       <c r="J153" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K153" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M153" s="4">
-        <v>204</v>
+        <v>153</v>
       </c>
       <c r="N153" s="4">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="O153" s="4">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="P153" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q153" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R153" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="8" t="s">
-        <v>263</v>
+        <v>288</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>264</v>
+        <v>289</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>265</v>
+        <v>290</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H154" s="4" t="s">
-        <v>25</v>
+        <v>291</v>
       </c>
       <c r="I154" s="4" t="s">
         <v>624</v>
       </c>
       <c r="J154" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M154" s="4">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="N154" s="4">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="O154" s="4">
-        <v>14</v>
+        <v>213</v>
       </c>
       <c r="P154" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q154" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R154" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C155" s="8" t="s">
         <v>625</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>626</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>627</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H155" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I155" s="4" t="s">
         <v>628</v>
       </c>
       <c r="J155" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M155" s="4">
         <v>161</v>
       </c>
       <c r="N155" s="4">
         <v>238</v>
       </c>
       <c r="O155" s="4">
         <v>145</v>
       </c>
       <c r="P155" s="4">
         <v>1</v>
       </c>
       <c r="Q155" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R155" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C156" s="8" t="s">
         <v>629</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>630</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>631</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H156" s="4" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I156" s="4" t="s">
         <v>632</v>
       </c>
       <c r="J156" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K156" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L156" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M156" s="4">
-        <v>149</v>
+        <v>83</v>
       </c>
       <c r="N156" s="4">
-        <v>936</v>
+        <v>47</v>
       </c>
       <c r="O156" s="4">
-        <v>103</v>
+        <v>828</v>
       </c>
       <c r="P156" s="4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q156" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R156" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C157" s="8" t="s">
         <v>633</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>634</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>635</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H157" s="4" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="I157" s="4" t="s">
         <v>636</v>
       </c>
       <c r="J157" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L157" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M157" s="4">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N157" s="4">
-        <v>35</v>
+        <v>936</v>
       </c>
       <c r="O157" s="4">
-        <v>197</v>
+        <v>103</v>
       </c>
       <c r="P157" s="4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q157" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R157" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C158" s="8" t="s">
         <v>637</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>638</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>639</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H158" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I158" s="4" t="s">
         <v>640</v>
       </c>
       <c r="J158" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K158" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L158" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M158" s="4">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N158" s="4">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="O158" s="4">
-        <v>221</v>
+        <v>197</v>
       </c>
       <c r="P158" s="4">
         <v>2</v>
       </c>
       <c r="Q158" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R158" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C159" s="8" t="s">
         <v>641</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>642</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>643</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H159" s="4" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I159" s="4" t="s">
         <v>644</v>
       </c>
       <c r="J159" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K159" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L159" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M159" s="4">
-        <v>83</v>
+        <v>146</v>
       </c>
       <c r="N159" s="4">
-        <v>47</v>
+        <v>1</v>
       </c>
       <c r="O159" s="4">
-        <v>828</v>
+        <v>221</v>
       </c>
       <c r="P159" s="4">
         <v>2</v>
       </c>
       <c r="Q159" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R159" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C160" s="8" t="s">
         <v>645</v>
@@ -12908,115 +12908,115 @@
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>649</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>650</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>651</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H161" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I161" s="4" t="s">
         <v>652</v>
       </c>
       <c r="J161" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K161" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L161" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M161" s="4">
         <v>22</v>
       </c>
       <c r="N161" s="4">
         <v>487</v>
       </c>
       <c r="O161" s="4">
         <v>88</v>
       </c>
       <c r="P161" s="4">
         <v>33</v>
       </c>
       <c r="Q161" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R161" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C162" s="8" t="s">
         <v>653</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>654</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>655</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H162" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I162" s="4" t="s">
         <v>656</v>
       </c>
       <c r="J162" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M162" s="4">
         <v>50</v>
       </c>
       <c r="N162" s="4">
         <v>175</v>
       </c>
       <c r="O162" s="4">
         <v>276</v>
       </c>
       <c r="P162" s="4">
         <v>2</v>
       </c>
@@ -13030,722 +13030,722 @@
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C163" s="8" t="s">
         <v>657</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>658</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>659</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G163" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H163" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I163" s="4" t="s">
         <v>660</v>
       </c>
       <c r="J163" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K163" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L163" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M163" s="4">
-        <v>208</v>
+        <v>171</v>
       </c>
       <c r="N163" s="4">
-        <v>108</v>
+        <v>135</v>
       </c>
       <c r="O163" s="4">
-        <v>194</v>
+        <v>548</v>
       </c>
       <c r="P163" s="4">
         <v>2</v>
       </c>
       <c r="Q163" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R163" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C164" s="8" t="s">
         <v>661</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>663</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H164" s="4" t="s">
-        <v>48</v>
+        <v>421</v>
       </c>
       <c r="I164" s="4" t="s">
         <v>664</v>
       </c>
       <c r="J164" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L164" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M164" s="4">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="N164" s="4">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="O164" s="4">
-        <v>324</v>
+        <v>225</v>
       </c>
       <c r="P164" s="4">
         <v>2</v>
       </c>
       <c r="Q164" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R164" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C165" s="8" t="s">
         <v>665</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>666</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>667</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H165" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I165" s="4" t="s">
         <v>668</v>
       </c>
       <c r="J165" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M165" s="4">
-        <v>171</v>
+        <v>208</v>
       </c>
       <c r="N165" s="4">
-        <v>135</v>
+        <v>108</v>
       </c>
       <c r="O165" s="4">
-        <v>548</v>
+        <v>194</v>
       </c>
       <c r="P165" s="4">
         <v>2</v>
       </c>
       <c r="Q165" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R165" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C166" s="8" t="s">
         <v>669</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>670</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>671</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H166" s="4" t="s">
-        <v>425</v>
+        <v>55</v>
       </c>
       <c r="I166" s="4" t="s">
         <v>672</v>
       </c>
       <c r="J166" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K166" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L166" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M166" s="4">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="N166" s="4">
-        <v>1</v>
+        <v>85</v>
       </c>
       <c r="O166" s="4">
-        <v>225</v>
+        <v>324</v>
       </c>
       <c r="P166" s="4">
         <v>2</v>
       </c>
       <c r="Q166" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R166" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C167" s="8" t="s">
         <v>673</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>674</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>675</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H167" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I167" s="4" t="s">
-        <v>676</v>
+        <v>222</v>
       </c>
       <c r="J167" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K167" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L167" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M167" s="4">
-        <v>111</v>
+        <v>174</v>
       </c>
       <c r="N167" s="4">
-        <v>905</v>
+        <v>2512</v>
       </c>
       <c r="O167" s="4">
-        <v>184</v>
+        <v>439</v>
       </c>
       <c r="P167" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q167" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R167" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C168" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="D168" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="D168" s="3" t="s">
+      <c r="E168" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="E168" s="3" t="s">
+      <c r="F168" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H168" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I168" s="4" t="s">
         <v>679</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J168" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K168" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L168" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M168" s="4">
-        <v>174</v>
+        <v>111</v>
       </c>
       <c r="N168" s="4">
-        <v>2512</v>
+        <v>905</v>
       </c>
       <c r="O168" s="4">
-        <v>439</v>
+        <v>184</v>
       </c>
       <c r="P168" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q168" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R168" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C169" s="8" t="s">
         <v>680</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>681</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>682</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G169" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H169" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I169" s="4" t="s">
         <v>683</v>
       </c>
       <c r="J169" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K169" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L169" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M169" s="4">
-        <v>185</v>
+        <v>246</v>
       </c>
       <c r="N169" s="4">
-        <v>203</v>
+        <v>135</v>
       </c>
       <c r="O169" s="4">
-        <v>308</v>
+        <v>123</v>
       </c>
       <c r="P169" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q169" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R169" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C170" s="8" t="s">
         <v>684</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>685</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>686</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H170" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I170" s="4" t="s">
         <v>687</v>
       </c>
       <c r="J170" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K170" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L170" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M170" s="4">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="N170" s="4">
-        <v>135</v>
+        <v>257</v>
       </c>
       <c r="O170" s="4">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="P170" s="4">
         <v>2</v>
       </c>
       <c r="Q170" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R170" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C171" s="8" t="s">
         <v>688</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>689</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>690</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H171" s="4" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I171" s="4" t="s">
         <v>691</v>
       </c>
       <c r="J171" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K171" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M171" s="4">
-        <v>237</v>
+        <v>69</v>
       </c>
       <c r="N171" s="4">
-        <v>257</v>
+        <v>91</v>
       </c>
       <c r="O171" s="4">
-        <v>141</v>
+        <v>105</v>
       </c>
       <c r="P171" s="4">
         <v>2</v>
       </c>
       <c r="Q171" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R171" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C172" s="8" t="s">
         <v>692</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>693</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>694</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H172" s="4" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="I172" s="4" t="s">
         <v>695</v>
       </c>
       <c r="J172" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K172" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L172" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M172" s="4">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="N172" s="4">
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="O172" s="4">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="P172" s="4">
         <v>2</v>
       </c>
       <c r="Q172" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R172" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C173" s="8" t="s">
         <v>696</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>697</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>698</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H173" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I173" s="4" t="s">
         <v>699</v>
       </c>
       <c r="J173" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K173" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L173" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M173" s="4">
-        <v>63</v>
+        <v>185</v>
       </c>
       <c r="N173" s="4">
-        <v>12</v>
+        <v>203</v>
       </c>
       <c r="O173" s="4">
-        <v>27</v>
+        <v>308</v>
       </c>
       <c r="P173" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q173" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R173" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C174" s="8" t="s">
         <v>700</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>701</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>702</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H174" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I174" s="4" t="s">
         <v>703</v>
       </c>
       <c r="J174" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L174" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M174" s="4">
         <v>203</v>
       </c>
       <c r="N174" s="4">
         <v>198</v>
       </c>
       <c r="O174" s="4">
         <v>186</v>
       </c>
@@ -13765,51 +13765,51 @@
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C175" s="8" t="s">
         <v>704</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>705</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>706</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H175" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I175" s="4" t="s">
         <v>707</v>
       </c>
       <c r="J175" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L175" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M175" s="4">
         <v>78</v>
       </c>
       <c r="N175" s="4">
         <v>15</v>
       </c>
       <c r="O175" s="4">
         <v>143</v>
       </c>
       <c r="P175" s="4">
         <v>2</v>
       </c>
@@ -13823,752 +13823,752 @@
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C176" s="8" t="s">
         <v>708</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>709</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>710</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H176" s="4" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I176" s="4" t="s">
         <v>711</v>
       </c>
       <c r="J176" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K176" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L176" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M176" s="4">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="N176" s="4">
-        <v>529</v>
+        <v>1027</v>
       </c>
       <c r="O176" s="4">
-        <v>407</v>
+        <v>194</v>
       </c>
       <c r="P176" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q176" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R176" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C177" s="8" t="s">
         <v>712</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>713</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>714</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H177" s="4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="I177" s="4" t="s">
         <v>715</v>
       </c>
       <c r="J177" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K177" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L177" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M177" s="4">
-        <v>89</v>
+        <v>51</v>
       </c>
       <c r="N177" s="4">
-        <v>1027</v>
+        <v>529</v>
       </c>
       <c r="O177" s="4">
-        <v>194</v>
+        <v>407</v>
       </c>
       <c r="P177" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q177" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R177" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C178" s="8" t="s">
         <v>716</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>717</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>718</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H178" s="4" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I178" s="4" t="s">
         <v>719</v>
       </c>
       <c r="J178" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K178" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L178" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M178" s="4">
-        <v>183</v>
+        <v>76</v>
       </c>
       <c r="N178" s="4">
-        <v>257</v>
+        <v>547</v>
       </c>
       <c r="O178" s="4">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="P178" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q178" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R178" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="8" t="s">
         <v>720</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>721</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>722</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H179" s="4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="I179" s="4" t="s">
         <v>723</v>
       </c>
       <c r="J179" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K179" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L179" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M179" s="4">
-        <v>76</v>
+        <v>183</v>
       </c>
       <c r="N179" s="4">
-        <v>547</v>
+        <v>257</v>
       </c>
       <c r="O179" s="4">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="P179" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q179" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R179" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C180" s="8" t="s">
         <v>724</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>725</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>726</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="I180" s="4" t="s">
         <v>727</v>
       </c>
       <c r="J180" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M180" s="4">
-        <v>260</v>
+        <v>23</v>
       </c>
       <c r="N180" s="4">
-        <v>222</v>
+        <v>36</v>
       </c>
       <c r="O180" s="4">
-        <v>258</v>
+        <v>323</v>
       </c>
       <c r="P180" s="4">
         <v>2</v>
       </c>
       <c r="Q180" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R180" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C181" s="8" t="s">
         <v>728</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>729</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>730</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H181" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I181" s="4" t="s">
         <v>731</v>
       </c>
       <c r="J181" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M181" s="4">
-        <v>23</v>
+        <v>260</v>
       </c>
       <c r="N181" s="4">
-        <v>36</v>
+        <v>222</v>
       </c>
       <c r="O181" s="4">
-        <v>323</v>
+        <v>258</v>
       </c>
       <c r="P181" s="4">
         <v>2</v>
       </c>
       <c r="Q181" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R181" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="8" t="s">
         <v>732</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>733</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>734</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I182" s="4" t="s">
         <v>735</v>
       </c>
       <c r="J182" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K182" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M182" s="4">
         <v>52</v>
       </c>
       <c r="N182" s="4">
         <v>359</v>
       </c>
       <c r="O182" s="4">
         <v>73</v>
       </c>
       <c r="P182" s="4">
         <v>16</v>
       </c>
       <c r="Q182" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R182" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C183" s="8" t="s">
         <v>736</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>737</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H183" s="4" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="I183" s="4" t="s">
         <v>739</v>
       </c>
       <c r="J183" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K183" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L183" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M183" s="4">
-        <v>86</v>
+        <v>195</v>
       </c>
       <c r="N183" s="4">
-        <v>81</v>
+        <v>225</v>
       </c>
       <c r="O183" s="4">
-        <v>16</v>
+        <v>852</v>
       </c>
       <c r="P183" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q183" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R183" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C184" s="8" t="s">
         <v>740</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>741</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>742</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H184" s="4" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="I184" s="4" t="s">
         <v>743</v>
       </c>
       <c r="J184" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K184" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L184" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M184" s="4">
-        <v>195</v>
+        <v>86</v>
       </c>
       <c r="N184" s="4">
-        <v>225</v>
+        <v>81</v>
       </c>
       <c r="O184" s="4">
-        <v>852</v>
+        <v>16</v>
       </c>
       <c r="P184" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q184" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R184" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C185" s="8" t="s">
         <v>744</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>745</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>746</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H185" s="4" t="s">
-        <v>425</v>
+        <v>76</v>
       </c>
       <c r="I185" s="4" t="s">
         <v>747</v>
       </c>
       <c r="J185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K185" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L185" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M185" s="4">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="N185" s="4">
-        <v>1146</v>
+        <v>594</v>
       </c>
       <c r="O185" s="4">
-        <v>84</v>
+        <v>419</v>
       </c>
       <c r="P185" s="4">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="Q185" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R185" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C186" s="8" t="s">
         <v>748</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>749</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>750</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H186" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I186" s="4" t="s">
         <v>751</v>
       </c>
       <c r="J186" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K186" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L186" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M186" s="4">
         <v>230</v>
       </c>
       <c r="N186" s="4">
         <v>477</v>
       </c>
       <c r="O186" s="4">
         <v>117</v>
       </c>
       <c r="P186" s="4">
         <v>2</v>
       </c>
       <c r="Q186" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R186" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C187" s="8" t="s">
         <v>752</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>754</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H187" s="4" t="s">
-        <v>67</v>
+        <v>421</v>
       </c>
       <c r="I187" s="4" t="s">
         <v>755</v>
       </c>
       <c r="J187" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K187" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L187" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M187" s="4">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="N187" s="4">
-        <v>594</v>
+        <v>1146</v>
       </c>
       <c r="O187" s="4">
-        <v>419</v>
+        <v>84</v>
       </c>
       <c r="P187" s="4">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="Q187" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R187" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C188" s="8" t="s">
         <v>756</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>757</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>758</v>
@@ -14604,270 +14604,270 @@
         <v>97</v>
       </c>
       <c r="P188" s="4">
         <v>2</v>
       </c>
       <c r="Q188" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R188" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C189" s="8" t="s">
-        <v>166</v>
+        <v>760</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>167</v>
+        <v>761</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>168</v>
+        <v>762</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H189" s="4" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I189" s="4" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="J189" s="4" t="s">
-        <v>761</v>
+        <v>27</v>
       </c>
       <c r="K189" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L189" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M189" s="4">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="N189" s="4">
-        <v>1</v>
+        <v>122</v>
       </c>
       <c r="O189" s="4">
-        <v>1144</v>
+        <v>254</v>
       </c>
       <c r="P189" s="4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q189" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R189" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C190" s="8" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H190" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I190" s="4" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="J190" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K190" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L190" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M190" s="4">
-        <v>39</v>
+        <v>205</v>
       </c>
       <c r="N190" s="4">
-        <v>122</v>
+        <v>194</v>
       </c>
       <c r="O190" s="4">
-        <v>254</v>
+        <v>93</v>
       </c>
       <c r="P190" s="4">
         <v>2</v>
       </c>
       <c r="Q190" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R190" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C191" s="8" t="s">
-        <v>766</v>
+        <v>166</v>
       </c>
       <c r="D191" s="3" t="s">
-        <v>767</v>
+        <v>167</v>
       </c>
       <c r="E191" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H191" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I191" s="4" t="s">
         <v>768</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I191" s="4" t="s">
+      <c r="J191" s="4" t="s">
         <v>769</v>
       </c>
-      <c r="J191" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K191" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L191" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M191" s="4">
-        <v>205</v>
+        <v>32</v>
       </c>
       <c r="N191" s="4">
-        <v>194</v>
+        <v>1</v>
       </c>
       <c r="O191" s="4">
-        <v>93</v>
+        <v>1144</v>
       </c>
       <c r="P191" s="4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q191" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R191" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C192" s="8" t="s">
         <v>770</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>771</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>772</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I192" s="4" t="s">
         <v>773</v>
       </c>
       <c r="J192" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K192" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L192" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M192" s="4">
-        <v>103</v>
+        <v>159</v>
       </c>
       <c r="N192" s="4">
-        <v>89</v>
+        <v>157</v>
       </c>
       <c r="O192" s="4">
-        <v>754</v>
+        <v>90</v>
       </c>
       <c r="P192" s="4">
         <v>2</v>
       </c>
       <c r="Q192" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R192" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C193" s="8" t="s">
         <v>774</v>
@@ -14875,731 +14875,731 @@
       <c r="D193" s="3" t="s">
         <v>775</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>776</v>
       </c>
       <c r="F193" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H193" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I193" s="4" t="s">
         <v>777</v>
       </c>
       <c r="J193" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K193" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L193" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M193" s="4">
-        <v>197</v>
+        <v>103</v>
       </c>
       <c r="N193" s="4">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="O193" s="4">
-        <v>144</v>
+        <v>754</v>
       </c>
       <c r="P193" s="4">
         <v>2</v>
       </c>
       <c r="Q193" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R193" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C194" s="8" t="s">
         <v>778</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>779</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>780</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="I194" s="4" t="s">
         <v>781</v>
       </c>
       <c r="J194" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M194" s="4">
-        <v>159</v>
+        <v>49</v>
       </c>
       <c r="N194" s="4">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="O194" s="4">
-        <v>90</v>
+        <v>125</v>
       </c>
       <c r="P194" s="4">
         <v>2</v>
       </c>
       <c r="Q194" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R194" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C195" s="8" t="s">
-        <v>625</v>
+        <v>782</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>626</v>
+        <v>783</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>627</v>
+        <v>784</v>
       </c>
       <c r="F195" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H195" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I195" s="4" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="J195" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K195" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L195" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M195" s="4">
-        <v>160</v>
+        <v>197</v>
       </c>
       <c r="N195" s="4">
-        <v>178</v>
+        <v>1</v>
       </c>
       <c r="O195" s="4">
-        <v>675</v>
+        <v>144</v>
       </c>
       <c r="P195" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q195" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R195" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C196" s="8" t="s">
-        <v>783</v>
+        <v>625</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>784</v>
+        <v>626</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>785</v>
+        <v>627</v>
       </c>
       <c r="F196" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H196" s="4" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I196" s="4" t="s">
         <v>786</v>
       </c>
       <c r="J196" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K196" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L196" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M196" s="4">
-        <v>49</v>
+        <v>160</v>
       </c>
       <c r="N196" s="4">
-        <v>111</v>
+        <v>178</v>
       </c>
       <c r="O196" s="4">
-        <v>125</v>
+        <v>675</v>
       </c>
       <c r="P196" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q196" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R196" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C197" s="8" t="s">
         <v>787</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>788</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>789</v>
       </c>
       <c r="F197" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H197" s="4" t="s">
-        <v>25</v>
+        <v>421</v>
       </c>
       <c r="I197" s="4" t="s">
         <v>790</v>
       </c>
       <c r="J197" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K197" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L197" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M197" s="4">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="N197" s="4">
-        <v>82</v>
+        <v>629</v>
       </c>
       <c r="O197" s="4">
-        <v>882</v>
+        <v>276</v>
       </c>
       <c r="P197" s="4">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="Q197" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R197" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C198" s="8" t="s">
         <v>791</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>792</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>793</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H198" s="4" t="s">
-        <v>425</v>
+        <v>25</v>
       </c>
       <c r="I198" s="4" t="s">
         <v>794</v>
       </c>
       <c r="J198" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K198" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L198" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M198" s="4">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="N198" s="4">
-        <v>629</v>
+        <v>82</v>
       </c>
       <c r="O198" s="4">
-        <v>276</v>
+        <v>882</v>
       </c>
       <c r="P198" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q198" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R198" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C199" s="8" t="s">
-        <v>461</v>
+        <v>795</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>462</v>
+        <v>796</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>463</v>
+        <v>797</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H199" s="4" t="s">
-        <v>464</v>
+        <v>76</v>
       </c>
       <c r="I199" s="4" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="J199" s="4" t="s">
-        <v>796</v>
+        <v>27</v>
       </c>
       <c r="K199" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L199" s="4" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="M199" s="4">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="N199" s="4">
-        <v>1</v>
+        <v>129</v>
       </c>
       <c r="O199" s="4">
-        <v>1116</v>
+        <v>97</v>
       </c>
       <c r="P199" s="4">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="Q199" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R199" s="10" t="s">
-        <v>797</v>
+        <v>27</v>
       </c>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C200" s="8" t="s">
-        <v>798</v>
+        <v>461</v>
       </c>
       <c r="D200" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H200" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="I200" s="4" t="s">
         <v>799</v>
       </c>
-      <c r="E200" s="3" t="s">
+      <c r="J200" s="4" t="s">
         <v>800</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K200" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M200" s="4">
-        <v>281</v>
+        <v>141</v>
       </c>
       <c r="N200" s="4">
         <v>1</v>
       </c>
       <c r="O200" s="4">
-        <v>2346</v>
+        <v>1116</v>
       </c>
       <c r="P200" s="4">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="Q200" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R200" s="10" t="s">
-        <v>27</v>
+        <v>801</v>
       </c>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C201" s="8" t="s">
+        <v>802</v>
+      </c>
+      <c r="D201" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="D201" s="3" t="s">
+      <c r="E201" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="E201" s="3" t="s">
+      <c r="F201" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H201" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I201" s="4" t="s">
         <v>805</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J201" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K201" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L201" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M201" s="4">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="N201" s="4">
-        <v>129</v>
+        <v>321</v>
       </c>
       <c r="O201" s="4">
-        <v>97</v>
+        <v>718</v>
       </c>
       <c r="P201" s="4">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="Q201" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R201" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C202" s="8" t="s">
+        <v>806</v>
+      </c>
+      <c r="D202" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="D202" s="3" t="s">
+      <c r="E202" s="3" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H202" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I202" s="4" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="J202" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M202" s="4">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="N202" s="4">
-        <v>321</v>
+        <v>131</v>
       </c>
       <c r="O202" s="4">
-        <v>718</v>
+        <v>127</v>
       </c>
       <c r="P202" s="4">
         <v>2</v>
       </c>
       <c r="Q202" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R202" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C203" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="D203" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="D203" s="3" t="s">
+      <c r="E203" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="E203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F203" s="3" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H203" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I203" s="4" t="s">
+        <v>813</v>
+      </c>
+      <c r="J203" s="4" t="s">
         <v>814</v>
       </c>
-      <c r="J203" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K203" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L203" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M203" s="4">
-        <v>206</v>
+        <v>281</v>
       </c>
       <c r="N203" s="4">
-        <v>131</v>
+        <v>1</v>
       </c>
       <c r="O203" s="4">
-        <v>127</v>
+        <v>2346</v>
       </c>
       <c r="P203" s="4">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="Q203" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R203" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C204" s="8" t="s">
         <v>815</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>816</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>817</v>
       </c>
       <c r="F204" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H204" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I204" s="4" t="s">
         <v>818</v>
       </c>
       <c r="J204" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L204" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M204" s="4">
-        <v>264</v>
+        <v>73</v>
       </c>
       <c r="N204" s="4">
-        <v>278</v>
+        <v>70</v>
       </c>
       <c r="O204" s="4">
-        <v>64</v>
+        <v>686</v>
       </c>
       <c r="P204" s="4">
         <v>2</v>
       </c>
       <c r="Q204" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R204" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C205" s="8" t="s">
         <v>819</v>
@@ -15610,768 +15610,768 @@
       <c r="E205" s="3" t="s">
         <v>821</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H205" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I205" s="4" t="s">
         <v>822</v>
       </c>
       <c r="J205" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K205" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L205" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M205" s="4">
-        <v>73</v>
+        <v>183</v>
       </c>
       <c r="N205" s="4">
-        <v>70</v>
+        <v>271</v>
       </c>
       <c r="O205" s="4">
-        <v>686</v>
+        <v>238</v>
       </c>
       <c r="P205" s="4">
         <v>2</v>
       </c>
       <c r="Q205" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R205" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C206" s="8" t="s">
         <v>823</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>824</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>825</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H206" s="4" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="I206" s="4" t="s">
-        <v>826</v>
+        <v>660</v>
       </c>
       <c r="J206" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K206" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L206" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M206" s="4">
+        <v>5</v>
+      </c>
+      <c r="N206" s="4">
+        <v>404</v>
+      </c>
+      <c r="O206" s="4">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="P206" s="4">
         <v>2</v>
       </c>
       <c r="Q206" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R206" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C207" s="8" t="s">
+        <v>826</v>
+      </c>
+      <c r="D207" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="D207" s="3" t="s">
+      <c r="E207" s="3" t="s">
         <v>828</v>
-      </c>
-[...1 lines deleted...]
-        <v>829</v>
       </c>
       <c r="F207" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G207" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H207" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I207" s="4" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="J207" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K207" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L207" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M207" s="4">
-        <v>183</v>
+        <v>264</v>
       </c>
       <c r="N207" s="4">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="O207" s="4">
-        <v>238</v>
+        <v>64</v>
       </c>
       <c r="P207" s="4">
         <v>2</v>
       </c>
       <c r="Q207" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R207" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C208" s="8" t="s">
+        <v>830</v>
+      </c>
+      <c r="D208" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="D208" s="3" t="s">
+      <c r="E208" s="3" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H208" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I208" s="4" t="s">
-        <v>668</v>
+        <v>833</v>
       </c>
       <c r="J208" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M208" s="4">
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="N208" s="4">
-        <v>404</v>
+        <v>75</v>
       </c>
       <c r="O208" s="4">
-        <v>244</v>
+        <v>157</v>
       </c>
       <c r="P208" s="4">
         <v>2</v>
       </c>
       <c r="Q208" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R208" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C209" s="8" t="s">
         <v>834</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>835</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>836</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H209" s="4" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="I209" s="4" t="s">
         <v>837</v>
       </c>
       <c r="J209" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L209" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M209" s="4">
-        <v>178</v>
+        <v>244</v>
       </c>
       <c r="N209" s="4">
-        <v>474</v>
+        <v>43</v>
       </c>
       <c r="O209" s="4">
-        <v>87</v>
+        <v>210</v>
       </c>
       <c r="P209" s="4">
         <v>2</v>
       </c>
       <c r="Q209" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R209" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C210" s="8" t="s">
         <v>838</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>839</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>840</v>
       </c>
       <c r="F210" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H210" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I210" s="4" t="s">
         <v>841</v>
       </c>
       <c r="J210" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K210" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L210" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M210" s="4">
-        <v>49</v>
+        <v>150</v>
       </c>
       <c r="N210" s="4">
-        <v>75</v>
+        <v>250</v>
       </c>
       <c r="O210" s="4">
-        <v>157</v>
+        <v>227</v>
       </c>
       <c r="P210" s="4">
         <v>2</v>
       </c>
       <c r="Q210" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R210" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C211" s="8" t="s">
-        <v>791</v>
+        <v>842</v>
       </c>
       <c r="D211" s="3" t="s">
-        <v>792</v>
+        <v>843</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>793</v>
+        <v>844</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H211" s="4" t="s">
-        <v>425</v>
+        <v>25</v>
       </c>
       <c r="I211" s="4" t="s">
-        <v>794</v>
+        <v>845</v>
       </c>
       <c r="J211" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K211" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L211" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M211" s="4">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="N211" s="4">
-        <v>834</v>
+        <v>402</v>
       </c>
       <c r="O211" s="4">
-        <v>778</v>
+        <v>188</v>
       </c>
       <c r="P211" s="4">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="Q211" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R211" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C212" s="8" t="s">
-        <v>842</v>
+        <v>787</v>
       </c>
       <c r="D212" s="3" t="s">
-        <v>843</v>
+        <v>788</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>844</v>
+        <v>789</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H212" s="4" t="s">
-        <v>25</v>
+        <v>421</v>
       </c>
       <c r="I212" s="4" t="s">
-        <v>845</v>
+        <v>790</v>
       </c>
       <c r="J212" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K212" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L212" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M212" s="4">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="N212" s="4">
-        <v>402</v>
+        <v>834</v>
       </c>
       <c r="O212" s="4">
-        <v>188</v>
+        <v>778</v>
       </c>
       <c r="P212" s="4">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="Q212" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R212" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C213" s="8" t="s">
         <v>846</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>847</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>848</v>
       </c>
       <c r="F213" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H213" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I213" s="4" t="s">
         <v>849</v>
       </c>
       <c r="J213" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L213" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M213" s="4">
-        <v>150</v>
+        <v>178</v>
       </c>
       <c r="N213" s="4">
-        <v>250</v>
+        <v>474</v>
       </c>
       <c r="O213" s="4">
-        <v>227</v>
+        <v>87</v>
       </c>
       <c r="P213" s="4">
         <v>2</v>
       </c>
       <c r="Q213" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R213" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C214" s="8" t="s">
         <v>850</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>851</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>852</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H214" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="I214" s="4" t="s">
         <v>853</v>
       </c>
       <c r="J214" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L214" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M214" s="4">
-        <v>134</v>
+        <v>271</v>
       </c>
       <c r="N214" s="4">
-        <v>267</v>
+        <v>249</v>
       </c>
       <c r="O214" s="4">
-        <v>12</v>
+        <v>167</v>
       </c>
       <c r="P214" s="4">
         <v>2</v>
       </c>
       <c r="Q214" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R214" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C215" s="8" t="s">
         <v>854</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>855</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>856</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="H215" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I215" s="4" t="s">
         <v>857</v>
       </c>
       <c r="J215" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K215" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="L215" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M215" s="4">
-        <v>271</v>
+        <v>126</v>
       </c>
       <c r="N215" s="4">
-        <v>249</v>
+        <v>126</v>
       </c>
       <c r="O215" s="4">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="P215" s="4">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="Q215" s="4" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R215" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C216" s="8" t="s">
         <v>858</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>859</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>860</v>
       </c>
       <c r="F216" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H216" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I216" s="4" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="J216" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K216" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L216" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M216" s="4">
         <v>146</v>
       </c>
       <c r="N216" s="4">
         <v>1</v>
       </c>
       <c r="O216" s="4">
         <v>66</v>
       </c>
       <c r="P216" s="4">
         <v>35</v>
       </c>
       <c r="Q216" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R216" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C217" s="8" t="s">
         <v>861</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>862</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>863</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H217" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I217" s="4" t="s">
         <v>864</v>
       </c>
       <c r="J217" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L217" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M217" s="4">
         <v>185</v>
       </c>
       <c r="N217" s="4">
         <v>79</v>
       </c>
       <c r="O217" s="4">
         <v>785</v>
       </c>
       <c r="P217" s="4">
         <v>2</v>
       </c>
@@ -16385,237 +16385,237 @@
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C218" s="8" t="s">
         <v>865</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>866</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>867</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H218" s="4" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="I218" s="4" t="s">
         <v>868</v>
       </c>
       <c r="J218" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K218" s="4" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="L218" s="4" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M218" s="4">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="N218" s="4">
-        <v>126</v>
+        <v>267</v>
       </c>
       <c r="O218" s="4">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="P218" s="4">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="Q218" s="4" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="R218" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C219" s="8" t="s">
         <v>869</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>870</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>871</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H219" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I219" s="4" t="s">
         <v>872</v>
       </c>
       <c r="J219" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M219" s="4">
         <v>207</v>
       </c>
       <c r="N219" s="4">
         <v>520</v>
       </c>
       <c r="O219" s="4">
         <v>268</v>
       </c>
       <c r="P219" s="4">
         <v>5</v>
       </c>
       <c r="Q219" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R219" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C220" s="8" t="s">
         <v>869</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>870</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>871</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H220" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I220" s="4" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="J220" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K220" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M220" s="4">
         <v>233</v>
       </c>
       <c r="N220" s="4">
         <v>240</v>
       </c>
       <c r="O220" s="4">
         <v>49</v>
       </c>
       <c r="P220" s="4">
         <v>33</v>
       </c>
       <c r="Q220" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="R220" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C221" s="8" t="s">
         <v>873</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>874</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H221" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I221" s="4" t="s">
         <v>876</v>
       </c>
       <c r="J221" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L221" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M221" s="4">
         <v>191</v>
       </c>
       <c r="N221" s="4">
         <v>158</v>
       </c>
       <c r="O221" s="4">
         <v>167</v>
       </c>
       <c r="P221" s="4">
         <v>2</v>
       </c>
@@ -16632,51 +16632,51 @@
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C222" s="8" t="s">
         <v>877</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>878</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G222" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H222" s="4" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I222" s="4" t="s">
         <v>880</v>
       </c>
       <c r="J222" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K222" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M222" s="4">
         <v>95</v>
       </c>
       <c r="N222" s="4">
         <v>1639</v>
       </c>
       <c r="O222" s="4">
         <v>171</v>
       </c>
       <c r="P222" s="4">
         <v>2</v>
       </c>
@@ -16693,170 +16693,170 @@
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C223" s="8" t="s">
         <v>881</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>882</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>883</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H223" s="4" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="I223" s="4" t="s">
         <v>884</v>
       </c>
       <c r="J223" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K223" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L223" s="4" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M223" s="4">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="N223" s="4">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="O223" s="4">
-        <v>146</v>
+        <v>274</v>
       </c>
       <c r="P223" s="4">
         <v>2</v>
       </c>
       <c r="Q223" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R223" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C224" s="8" t="s">
         <v>885</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>886</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>887</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H224" s="4" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="I224" s="4" t="s">
         <v>888</v>
       </c>
       <c r="J224" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K224" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L224" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M224" s="4">
-        <v>276</v>
+        <v>42</v>
       </c>
       <c r="N224" s="4">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="O224" s="4">
-        <v>274</v>
+        <v>146</v>
       </c>
       <c r="P224" s="4">
         <v>2</v>
       </c>
       <c r="Q224" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R224" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C225" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H225" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I225" s="4" t="s">
         <v>889</v>
       </c>
       <c r="J225" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K225" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L225" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M225" s="4">
         <v>270</v>
       </c>
       <c r="N225" s="4">
         <v>254</v>
       </c>
       <c r="O225" s="4">
         <v>389</v>
       </c>
@@ -16876,377 +16876,377 @@
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C226" s="8" t="s">
         <v>890</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>891</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>892</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H226" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I226" s="4" t="s">
         <v>893</v>
       </c>
       <c r="J226" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K226" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L226" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M226" s="4">
         <v>133</v>
       </c>
       <c r="N226" s="4">
         <v>17</v>
       </c>
       <c r="O226" s="4">
         <v>19</v>
       </c>
       <c r="P226" s="4">
         <v>2</v>
       </c>
       <c r="Q226" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R226" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C227" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="D227" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H227" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="I227" s="4" t="s">
         <v>894</v>
-      </c>
-[...16 lines deleted...]
-        <v>897</v>
       </c>
       <c r="J227" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K227" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L227" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M227" s="4">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="N227" s="4">
-        <v>1</v>
+        <v>148</v>
       </c>
       <c r="O227" s="4">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="P227" s="4">
         <v>2</v>
       </c>
       <c r="Q227" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R227" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C228" s="8" t="s">
-        <v>288</v>
+        <v>895</v>
       </c>
       <c r="D228" s="3" t="s">
-        <v>289</v>
+        <v>896</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>290</v>
+        <v>897</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H228" s="4" t="s">
-        <v>291</v>
+        <v>70</v>
       </c>
       <c r="I228" s="4" t="s">
         <v>898</v>
       </c>
       <c r="J228" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K228" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L228" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M228" s="4">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="N228" s="4">
-        <v>148</v>
+        <v>1</v>
       </c>
       <c r="O228" s="4">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="P228" s="4">
         <v>2</v>
       </c>
       <c r="Q228" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R228" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C229" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H229" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I229" s="4" t="s">
         <v>899</v>
       </c>
       <c r="J229" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K229" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L229" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M229" s="4">
         <v>272</v>
       </c>
       <c r="N229" s="4">
         <v>1</v>
       </c>
       <c r="O229" s="4">
         <v>265</v>
       </c>
       <c r="P229" s="4">
         <v>2</v>
       </c>
       <c r="Q229" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R229" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C230" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="D230" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H230" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="I230" s="4" t="s">
         <v>900</v>
-      </c>
-[...16 lines deleted...]
-        <v>903</v>
       </c>
       <c r="J230" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K230" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L230" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M230" s="4">
-        <v>41</v>
+        <v>151</v>
       </c>
       <c r="N230" s="4">
-        <v>593</v>
+        <v>106</v>
       </c>
       <c r="O230" s="4">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="P230" s="4">
         <v>2</v>
       </c>
       <c r="Q230" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R230" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C231" s="8" t="s">
-        <v>288</v>
+        <v>901</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>289</v>
+        <v>902</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>290</v>
+        <v>903</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H231" s="4" t="s">
-        <v>291</v>
+        <v>70</v>
       </c>
       <c r="I231" s="4" t="s">
         <v>904</v>
       </c>
       <c r="J231" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K231" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L231" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M231" s="4">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="N231" s="4">
-        <v>106</v>
+        <v>593</v>
       </c>
       <c r="O231" s="4">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="P231" s="4">
         <v>2</v>
       </c>
       <c r="Q231" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R231" s="10" t="s">
         <v>27</v>
       </c>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">