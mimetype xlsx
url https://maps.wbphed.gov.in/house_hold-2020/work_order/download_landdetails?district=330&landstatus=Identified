--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -10944,51 +10944,51 @@
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>401</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>402</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H120" s="4" t="s">
         <v>145</v>
       </c>
       <c r="I120" s="4" t="s">
         <v>404</v>
       </c>
       <c r="J120" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M120" s="4">
         <v>82</v>
       </c>
       <c r="N120" s="4">
         <v>619</v>
       </c>
       <c r="O120" s="4">
         <v>845</v>
       </c>
@@ -12530,51 +12530,51 @@
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>486</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>487</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>488</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H146" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I146" s="4" t="s">
         <v>489</v>
       </c>
       <c r="J146" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M146" s="4">
         <v>121</v>
       </c>
       <c r="N146" s="4">
         <v>1856</v>
       </c>
       <c r="O146" s="4">
         <v>1847</v>
       </c>
@@ -13750,51 +13750,51 @@
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C166" s="8" t="s">
         <v>486</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>487</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>488</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H166" s="4" t="s">
         <v>81</v>
       </c>
       <c r="I166" s="4" t="s">
         <v>489</v>
       </c>
       <c r="J166" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K166" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L166" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M166" s="4">
         <v>121</v>
       </c>
       <c r="N166" s="4">
         <v>516</v>
       </c>
       <c r="O166" s="4">
         <v>270</v>
       </c>
@@ -14482,51 +14482,51 @@
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C178" s="8" t="s">
         <v>573</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>574</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>575</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H178" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I178" s="4" t="s">
         <v>576</v>
       </c>
       <c r="J178" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M178" s="4">
         <v>71</v>
       </c>
       <c r="N178" s="4">
         <v>3383</v>
       </c>
       <c r="O178" s="4">
         <v>314</v>
       </c>
@@ -14665,51 +14665,51 @@
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C181" s="8" t="s">
         <v>582</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>583</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>584</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H181" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I181" s="4" t="s">
         <v>585</v>
       </c>
       <c r="J181" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M181" s="4">
         <v>18</v>
       </c>
       <c r="N181" s="4">
         <v>3277</v>
       </c>
       <c r="O181" s="4">
         <v>4025</v>
       </c>
@@ -15214,51 +15214,51 @@
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C190" s="8" t="s">
         <v>597</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>598</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>599</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H190" s="4" t="s">
         <v>145</v>
       </c>
       <c r="I190" s="4" t="s">
         <v>600</v>
       </c>
       <c r="J190" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K190" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L190" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M190" s="4">
         <v>23</v>
       </c>
       <c r="N190" s="4">
         <v>620</v>
       </c>
       <c r="O190" s="4">
         <v>261</v>
       </c>
@@ -17654,51 +17654,51 @@
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C230" s="8" t="s">
         <v>681</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>682</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>683</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H230" s="4" t="s">
         <v>176</v>
       </c>
       <c r="I230" s="4" t="s">
         <v>684</v>
       </c>
       <c r="J230" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K230" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L230" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M230" s="4">
         <v>113</v>
       </c>
       <c r="N230" s="4">
         <v>3354</v>
       </c>
       <c r="O230" s="4">
         <v>1056</v>
       </c>
@@ -19484,51 +19484,51 @@
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C260" s="8" t="s">
         <v>755</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>756</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F260" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H260" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I260" s="4" t="s">
         <v>758</v>
       </c>
       <c r="J260" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K260" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L260" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M260" s="4">
         <v>184</v>
       </c>
       <c r="N260" s="4">
         <v>2893</v>
       </c>
       <c r="O260" s="4">
         <v>799</v>
       </c>
@@ -19545,51 +19545,51 @@
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C261" s="8" t="s">
         <v>759</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>760</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>761</v>
       </c>
       <c r="F261" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H261" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I261" s="4" t="s">
         <v>762</v>
       </c>
       <c r="J261" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K261" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L261" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M261" s="4">
         <v>195</v>
       </c>
       <c r="N261" s="4">
         <v>1146</v>
       </c>
       <c r="O261" s="4">
         <v>313</v>
       </c>
@@ -19606,51 +19606,51 @@
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C262" s="8" t="s">
         <v>763</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>764</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>765</v>
       </c>
       <c r="F262" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H262" s="4" t="s">
         <v>151</v>
       </c>
       <c r="I262" s="4" t="s">
         <v>766</v>
       </c>
       <c r="J262" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K262" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L262" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M262" s="4">
         <v>11</v>
       </c>
       <c r="N262" s="4">
         <v>1966</v>
       </c>
       <c r="O262" s="4">
         <v>1631</v>
       </c>
@@ -20460,51 +20460,51 @@
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C276" s="8" t="s">
         <v>799</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>800</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>801</v>
       </c>
       <c r="F276" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H276" s="4" t="s">
         <v>151</v>
       </c>
       <c r="I276" s="4" t="s">
         <v>802</v>
       </c>
       <c r="J276" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K276" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L276" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M276" s="4">
         <v>225</v>
       </c>
       <c r="N276" s="4">
         <v>1276</v>
       </c>
       <c r="O276" s="4">
         <v>231</v>
       </c>
@@ -21863,51 +21863,51 @@
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C299" s="8" t="s">
         <v>597</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>598</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>599</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H299" s="4" t="s">
         <v>145</v>
       </c>
       <c r="I299" s="4" t="s">
         <v>600</v>
       </c>
       <c r="J299" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K299" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L299" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M299" s="4">
         <v>23</v>
       </c>
       <c r="N299" s="4">
         <v>643</v>
       </c>
       <c r="O299" s="4">
         <v>59</v>
       </c>
@@ -22656,51 +22656,51 @@
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C312" s="8" t="s">
         <v>856</v>
       </c>
       <c r="D312" s="3" t="s">
         <v>857</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>858</v>
       </c>
       <c r="F312" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H312" s="4" t="s">
         <v>44</v>
       </c>
       <c r="I312" s="4" t="s">
         <v>859</v>
       </c>
       <c r="J312" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K312" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L312" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M312" s="4">
         <v>106</v>
       </c>
       <c r="N312" s="4">
         <v>438</v>
       </c>
       <c r="O312" s="4">
         <v>816</v>
       </c>
@@ -23388,51 +23388,51 @@
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C324" s="8" t="s">
         <v>888</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>889</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>890</v>
       </c>
       <c r="F324" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H324" s="4" t="s">
         <v>176</v>
       </c>
       <c r="I324" s="4" t="s">
         <v>879</v>
       </c>
       <c r="J324" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K324" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L324" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M324" s="4">
         <v>112</v>
       </c>
       <c r="N324" s="4">
         <v>277</v>
       </c>
       <c r="O324" s="4">
         <v>214</v>
       </c>
@@ -27780,51 +27780,51 @@
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C396" s="8" t="s">
         <v>970</v>
       </c>
       <c r="D396" s="3" t="s">
         <v>971</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>972</v>
       </c>
       <c r="F396" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H396" s="4" t="s">
         <v>176</v>
       </c>
       <c r="I396" s="4" t="s">
         <v>973</v>
       </c>
       <c r="J396" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K396" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L396" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M396" s="4">
         <v>13</v>
       </c>
       <c r="N396" s="4">
         <v>783</v>
       </c>
       <c r="O396" s="4">
         <v>257</v>
       </c>
@@ -30403,51 +30403,51 @@
       <c r="T438" s="1"/>
       <c r="U438" s="1"/>
       <c r="V438" s="1"/>
       <c r="W438" s="1"/>
     </row>
     <row r="439" spans="1:23">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C439" s="8" t="s">
         <v>1015</v>
       </c>
       <c r="D439" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="E439" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="F439" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H439" s="4" t="s">
         <v>176</v>
       </c>
       <c r="I439" s="4" t="s">
         <v>1018</v>
       </c>
       <c r="J439" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K439" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L439" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M439" s="4">
         <v>100</v>
       </c>
       <c r="N439" s="4">
         <v>156</v>
       </c>
       <c r="O439" s="4">
         <v>132</v>
       </c>
@@ -32660,51 +32660,51 @@
       <c r="T475" s="1"/>
       <c r="U475" s="1"/>
       <c r="V475" s="1"/>
       <c r="W475" s="1"/>
     </row>
     <row r="476" spans="1:23">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C476" s="8" t="s">
         <v>763</v>
       </c>
       <c r="D476" s="3" t="s">
         <v>764</v>
       </c>
       <c r="E476" s="3" t="s">
         <v>765</v>
       </c>
       <c r="F476" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H476" s="4" t="s">
         <v>151</v>
       </c>
       <c r="I476" s="4" t="s">
         <v>766</v>
       </c>
       <c r="J476" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K476" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L476" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M476" s="4">
         <v>11</v>
       </c>
       <c r="N476" s="4">
         <v>1965</v>
       </c>
       <c r="O476" s="4">
         <v>749</v>
       </c>
@@ -33636,51 +33636,51 @@
       <c r="T491" s="1"/>
       <c r="U491" s="1"/>
       <c r="V491" s="1"/>
       <c r="W491" s="1"/>
     </row>
     <row r="492" spans="1:23">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C492" s="8" t="s">
         <v>1058</v>
       </c>
       <c r="D492" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="F492" s="3" t="s">
         <v>94</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="H492" s="4" t="s">
         <v>145</v>
       </c>
       <c r="I492" s="4" t="s">
         <v>1061</v>
       </c>
       <c r="J492" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K492" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L492" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M492" s="4">
         <v>7</v>
       </c>
       <c r="N492" s="4">
         <v>355</v>
       </c>
       <c r="O492" s="4">
         <v>1944</v>
       </c>