--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -150,84 +150,84 @@
   <si>
     <t>Narayan</t>
   </si>
   <si>
     <t>OHR SITE</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
     <t>Identified</t>
   </si>
   <si>
     <t>Direct Purchase proposal sent to HQ 2nd lot</t>
   </si>
   <si>
     <t>BANSHGAON MANGACHH PIPED WATER SUPPLY SCHEME (TSM/010344,SM/11785)</t>
   </si>
   <si>
     <t>TSM/010344</t>
   </si>
   <si>
     <t>SM/11785</t>
   </si>
   <si>
+    <t>SVS</t>
+  </si>
+  <si>
     <t>Bansh Gaon Mangachh</t>
   </si>
   <si>
     <t>AUGMENTATION OF KAWAKHALI(ZONE-I, II &amp; III) PIPED WATER SUPPLY SCHEME(TSM/018460,SM/18386)</t>
   </si>
   <si>
     <t>TSM/018460</t>
   </si>
   <si>
     <t>SM/18386</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Matigara</t>
   </si>
   <si>
     <t>Thiknikata</t>
   </si>
   <si>
     <t>Writ of possesion received in favour of PHED</t>
   </si>
   <si>
     <t>REJUVENATION OF DUMRIGURI PIPED WATER SUPPLY SCHEME(TSM/009101,SM/10476)</t>
   </si>
   <si>
     <t>TSM/009101</t>
   </si>
   <si>
     <t>SM/10476</t>
-  </si>
-[...1 lines deleted...]
-    <t>SVS</t>
   </si>
   <si>
     <t>Naxalbari</t>
   </si>
   <si>
     <t>Dumriguri (CT)</t>
   </si>
   <si>
     <t>Direct Purchase proposal sent to HQ 2nd lot construction started</t>
   </si>
   <si>
     <t>AUGMENTATION OF BANDARGACHA PIPED WATER SUPPLY SCHEME(TSM/009499,SM/10714)</t>
   </si>
   <si>
     <t>TSM/009499</t>
   </si>
   <si>
     <t>SM/10714</t>
   </si>
   <si>
     <t>Mahipal</t>
   </si>
   <si>
     <t>Direct Purchase proposal sent to HQ 3RD LOT</t>
   </si>
@@ -2452,173 +2452,173 @@
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M7" s="4">
         <v>97</v>
       </c>
       <c r="N7" s="4">
         <v>322</v>
       </c>
       <c r="O7" s="4">
         <v>1250</v>
       </c>
       <c r="P7" s="4">
         <v>8</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="R7" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="4">
         <v>74</v>
       </c>
       <c r="N8" s="4">
         <v>3624</v>
       </c>
       <c r="O8" s="4">
         <v>109</v>
       </c>
       <c r="P8" s="4">
         <v>3</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R8" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M9" s="4">
         <v>94</v>
       </c>
       <c r="N9" s="4">
         <v>4545</v>
       </c>
       <c r="O9" s="4">
         <v>707</v>
       </c>
@@ -2632,51 +2632,51 @@
         <v>59</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M10" s="4">
         <v>88</v>
       </c>
       <c r="N10" s="4">
         <v>286</v>
       </c>
@@ -2693,51 +2693,51 @@
         <v>64</v>
       </c>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>65</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="4">
         <v>44</v>
       </c>
       <c r="N11" s="4">
         <v>623</v>
       </c>
@@ -2876,51 +2876,51 @@
         <v>81</v>
       </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>82</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="4">
         <v>60</v>
       </c>
       <c r="N14" s="4">
         <v>1</v>
       </c>
@@ -2937,51 +2937,51 @@
         <v>86</v>
       </c>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="4">
         <v>70</v>
       </c>
       <c r="N15" s="4">
         <v>135</v>
       </c>
@@ -2998,51 +2998,51 @@
         <v>91</v>
       </c>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="4">
         <v>26</v>
       </c>
       <c r="N16" s="4">
         <v>2988</v>
       </c>
@@ -3059,51 +3059,51 @@
         <v>96</v>
       </c>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>97</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M17" s="4">
         <v>113</v>
       </c>
       <c r="N17" s="4">
         <v>671</v>
       </c>
@@ -3181,54 +3181,54 @@
         <v>107</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>108</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>109</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="4">
         <v>75</v>
       </c>
       <c r="N19" s="4">
         <v>2</v>
       </c>
       <c r="O19" s="4">
         <v>254</v>
       </c>
@@ -3428,51 +3428,51 @@
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>122</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>123</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="4">
         <v>77</v>
       </c>
       <c r="N23" s="4">
         <v>77</v>
       </c>
       <c r="O23" s="4">
         <v>24</v>
       </c>
@@ -3486,51 +3486,51 @@
         <v>126</v>
       </c>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>127</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>128</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M24" s="4">
         <v>50</v>
       </c>
       <c r="N24" s="4">
         <v>1</v>
       </c>
@@ -3608,51 +3608,51 @@
         <v>31</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M26" s="4">
         <v>105</v>
       </c>
       <c r="N26" s="4">
         <v>2651</v>
       </c>
@@ -3672,51 +3672,51 @@
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>142</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>143</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>144</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="4">
         <v>97</v>
       </c>
       <c r="N27" s="4">
         <v>1</v>
       </c>
       <c r="O27" s="4">
         <v>0</v>
       </c>
@@ -4163,106 +4163,106 @@
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>164</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>165</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>167</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="4">
         <v>30</v>
       </c>
       <c r="N35" s="4">
         <v>4</v>
       </c>
       <c r="O35" s="4">
         <v>703</v>
       </c>
       <c r="P35" s="4">
         <v>5</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R35" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>87</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>168</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="4">
         <v>64</v>
       </c>
       <c r="N36" s="4">
         <v>729</v>
       </c>
@@ -4279,54 +4279,54 @@
         <v>91</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>169</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>170</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>172</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="4">
         <v>72</v>
       </c>
       <c r="N37" s="4">
         <v>2</v>
       </c>
       <c r="O37" s="4">
         <v>178</v>
       </c>
@@ -4340,51 +4340,51 @@
         <v>112</v>
       </c>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>174</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>176</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M38" s="4">
         <v>91</v>
       </c>
       <c r="N38" s="4">
         <v>179</v>
       </c>
@@ -4401,54 +4401,54 @@
         <v>177</v>
       </c>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>178</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>179</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>181</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M39" s="4">
         <v>73</v>
       </c>
       <c r="N39" s="4">
         <v>81</v>
       </c>
       <c r="O39" s="4">
         <v>62</v>
       </c>
@@ -4462,51 +4462,51 @@
         <v>182</v>
       </c>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>183</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>184</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>186</v>
       </c>
       <c r="J40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M40" s="4">
         <v>105</v>
       </c>
       <c r="N40" s="4">
         <v>287</v>
       </c>
@@ -4584,54 +4584,54 @@
         <v>191</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>193</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>195</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M42" s="4">
         <v>96</v>
       </c>
       <c r="N42" s="4">
         <v>2914</v>
       </c>
       <c r="O42" s="4">
         <v>2341</v>
       </c>
@@ -4645,57 +4645,57 @@
         <v>196</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>197</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>200</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M43" s="4">
         <v>43</v>
       </c>
       <c r="N43" s="4">
         <v>1</v>
       </c>
       <c r="O43" s="4">
         <v>1</v>
       </c>
       <c r="P43" s="4">
         <v>33</v>
       </c>
@@ -4709,54 +4709,54 @@
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>202</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>203</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H44" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>205</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="4">
         <v>54</v>
       </c>
       <c r="N44" s="4">
         <v>3</v>
       </c>
       <c r="O44" s="4">
         <v>260</v>
       </c>
       <c r="P44" s="4">
         <v>25</v>
       </c>
@@ -4767,295 +4767,295 @@
         <v>206</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>197</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>207</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="4">
         <v>39</v>
       </c>
       <c r="N45" s="4">
         <v>1</v>
       </c>
       <c r="O45" s="4">
         <v>0</v>
       </c>
       <c r="P45" s="4">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>40</v>
       </c>
       <c r="R45" s="10" t="s">
         <v>208</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I46" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="4">
         <v>74</v>
       </c>
       <c r="N46" s="4">
         <v>3560</v>
       </c>
       <c r="O46" s="4">
         <v>110</v>
       </c>
       <c r="P46" s="4">
         <v>3</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R46" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>108</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>109</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>111</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="4">
         <v>75</v>
       </c>
       <c r="N47" s="4">
         <v>2</v>
       </c>
       <c r="O47" s="4">
         <v>227</v>
       </c>
       <c r="P47" s="4">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R47" s="10" t="s">
         <v>112</v>
       </c>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>209</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="4">
         <v>73</v>
       </c>
       <c r="N48" s="4">
         <v>2129</v>
       </c>
       <c r="O48" s="4">
         <v>487</v>
       </c>
       <c r="P48" s="4">
         <v>26</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R48" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>210</v>
       </c>
       <c r="J49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="4">
         <v>104</v>
       </c>
       <c r="N49" s="4">
         <v>1917</v>
       </c>
@@ -5072,51 +5072,51 @@
         <v>114</v>
       </c>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>211</v>
       </c>
       <c r="J50" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M50" s="4">
         <v>95</v>
       </c>
       <c r="N50" s="4">
         <v>137</v>
       </c>
@@ -5136,51 +5136,51 @@
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>213</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>216</v>
       </c>
       <c r="J51" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M51" s="4">
         <v>95</v>
       </c>
       <c r="N51" s="4">
         <v>0</v>
       </c>
       <c r="O51" s="4">
         <v>0</v>
       </c>
@@ -5377,51 +5377,51 @@
         <v>222</v>
       </c>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>223</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M55" s="4">
         <v>32</v>
       </c>
       <c r="N55" s="4">
         <v>451</v>
       </c>
@@ -5499,51 +5499,51 @@
         <v>41</v>
       </c>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>224</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="4">
         <v>30</v>
       </c>
       <c r="N57" s="4">
         <v>876</v>
       </c>
@@ -5560,51 +5560,51 @@
         <v>96</v>
       </c>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>65</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>225</v>
       </c>
       <c r="J58" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M58" s="4">
         <v>9</v>
       </c>
       <c r="N58" s="4">
         <v>676</v>
       </c>
@@ -5621,54 +5621,54 @@
         <v>226</v>
       </c>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>227</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>228</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>230</v>
       </c>
       <c r="J59" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="4">
         <v>78</v>
       </c>
       <c r="N59" s="4">
         <v>3</v>
       </c>
       <c r="O59" s="4">
         <v>13</v>
       </c>
@@ -5682,51 +5682,51 @@
         <v>112</v>
       </c>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>231</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>234</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="4">
         <v>48</v>
       </c>
       <c r="N60" s="4">
         <v>2</v>
       </c>
@@ -5746,51 +5746,51 @@
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>236</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>238</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>239</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>240</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M61" s="4">
         <v>101</v>
       </c>
       <c r="N61" s="4">
         <v>0</v>
       </c>
       <c r="O61" s="4">
         <v>0</v>
       </c>
@@ -5807,54 +5807,54 @@
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>241</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>244</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="4">
         <v>82</v>
       </c>
       <c r="N62" s="4">
         <v>0</v>
       </c>
       <c r="O62" s="4">
         <v>0</v>
       </c>
       <c r="P62" s="4">
         <v>33</v>
       </c>
@@ -5865,57 +5865,57 @@
         <v>31</v>
       </c>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>197</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>245</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M63" s="4">
         <v>47</v>
       </c>
       <c r="N63" s="4">
         <v>71</v>
       </c>
       <c r="O63" s="4">
         <v>32</v>
       </c>
       <c r="P63" s="4">
         <v>3</v>
       </c>
@@ -5926,112 +5926,112 @@
         <v>31</v>
       </c>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>197</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>246</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="4">
         <v>48</v>
       </c>
       <c r="N64" s="4">
         <v>1926</v>
       </c>
       <c r="O64" s="4">
         <v>9</v>
       </c>
       <c r="P64" s="4">
         <v>33</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>40</v>
       </c>
       <c r="R64" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>247</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>250</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="4">
         <v>18</v>
       </c>
       <c r="N65" s="4">
         <v>1</v>
       </c>
@@ -6173,51 +6173,51 @@
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>213</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>216</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M68" s="4">
         <v>95</v>
       </c>
       <c r="N68" s="4">
         <v>0</v>
       </c>
       <c r="O68" s="4">
         <v>0</v>
       </c>
@@ -6353,54 +6353,54 @@
         <v>259</v>
       </c>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>263</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M71" s="4">
         <v>63</v>
       </c>
       <c r="N71" s="4">
         <v>204</v>
       </c>
       <c r="O71" s="4">
         <v>234</v>
       </c>
@@ -6542,51 +6542,51 @@
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I74" s="4" t="s">
         <v>266</v>
       </c>
       <c r="J74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M74" s="4">
         <v>19</v>
       </c>
       <c r="N74" s="4">
         <v>2</v>
       </c>
       <c r="O74" s="4">
         <v>826</v>
       </c>
       <c r="P74" s="4">
         <v>3</v>
       </c>
@@ -6597,54 +6597,54 @@
         <v>31</v>
       </c>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>193</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="H75" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>195</v>
       </c>
       <c r="J75" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M75" s="4">
         <v>96</v>
       </c>
       <c r="N75" s="4">
         <v>2708</v>
       </c>
       <c r="O75" s="4">
         <v>2677</v>
       </c>
@@ -6664,51 +6664,51 @@
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>267</v>
       </c>
       <c r="J76" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M76" s="4">
         <v>8</v>
       </c>
       <c r="N76" s="4">
         <v>1</v>
       </c>
       <c r="O76" s="4">
         <v>43</v>
       </c>
       <c r="P76" s="4">
         <v>3</v>
       </c>
@@ -6780,54 +6780,54 @@
         <v>31</v>
       </c>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>270</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H78" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I78" s="4" t="s">
         <v>272</v>
       </c>
       <c r="J78" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M78" s="4">
         <v>93</v>
       </c>
       <c r="N78" s="4">
         <v>0</v>
       </c>
       <c r="O78" s="4">
         <v>0</v>
       </c>
@@ -6841,54 +6841,54 @@
         <v>31</v>
       </c>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>270</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>272</v>
       </c>
       <c r="J79" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M79" s="4">
         <v>93</v>
       </c>
       <c r="N79" s="4">
         <v>0</v>
       </c>
       <c r="O79" s="4">
         <v>0</v>
       </c>
@@ -6966,51 +6966,51 @@
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>236</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>237</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>238</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H81" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I81" s="4" t="s">
         <v>239</v>
       </c>
       <c r="J81" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M81" s="4">
         <v>101</v>
       </c>
       <c r="N81" s="4">
         <v>0</v>
       </c>
       <c r="O81" s="4">
         <v>0</v>
       </c>
@@ -7024,51 +7024,51 @@
         <v>31</v>
       </c>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>247</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>277</v>
       </c>
       <c r="J82" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M82" s="4">
         <v>21</v>
       </c>
       <c r="N82" s="4">
         <v>134</v>
       </c>
@@ -7085,57 +7085,57 @@
         <v>278</v>
       </c>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I83" s="4" t="s">
         <v>282</v>
       </c>
       <c r="J83" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="4">
         <v>79</v>
       </c>
       <c r="N83" s="4">
         <v>220</v>
       </c>
       <c r="O83" s="4">
         <v>582</v>
       </c>
       <c r="P83" s="4">
         <v>3</v>
       </c>
@@ -7207,87 +7207,87 @@
         <v>288</v>
       </c>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>290</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I85" s="4" t="s">
         <v>292</v>
       </c>
       <c r="J85" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M85" s="4">
         <v>66</v>
       </c>
       <c r="N85" s="4">
         <v>4253</v>
       </c>
       <c r="O85" s="4">
         <v>604</v>
       </c>
       <c r="P85" s="4">
         <v>3</v>
       </c>
       <c r="Q85" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R85" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -7329,51 +7329,51 @@
         <v>31</v>
       </c>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>295</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>296</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I87" s="4" t="s">
         <v>297</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>131</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M87" s="4">
         <v>100</v>
       </c>
       <c r="N87" s="4">
         <v>1090</v>
       </c>
@@ -7454,51 +7454,51 @@
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>301</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>302</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H89" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I89" s="4" t="s">
         <v>303</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M89" s="4">
         <v>75</v>
       </c>
       <c r="N89" s="4">
         <v>2</v>
       </c>
       <c r="O89" s="4">
         <v>2</v>
       </c>
@@ -7518,51 +7518,51 @@
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>306</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I90" s="4" t="s">
         <v>308</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M90" s="4">
         <v>12</v>
       </c>
       <c r="N90" s="4">
         <v>0</v>
       </c>
       <c r="O90" s="4">
         <v>0</v>
       </c>
       <c r="P90" s="4">
         <v>5</v>
       </c>
@@ -7573,57 +7573,57 @@
         <v>31</v>
       </c>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>310</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I91" s="4" t="s">
         <v>312</v>
       </c>
       <c r="J91" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="4">
         <v>76</v>
       </c>
       <c r="N91" s="4">
         <v>2946</v>
       </c>
       <c r="O91" s="4">
         <v>434</v>
       </c>
       <c r="P91" s="4">
         <v>3</v>
       </c>
@@ -7695,51 +7695,51 @@
         <v>76</v>
       </c>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>315</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>316</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I93" s="4" t="s">
         <v>317</v>
       </c>
       <c r="J93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M93" s="4">
         <v>37</v>
       </c>
       <c r="N93" s="4">
         <v>930</v>
       </c>
@@ -7817,51 +7817,51 @@
         <v>114</v>
       </c>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I95" s="4" t="s">
         <v>323</v>
       </c>
       <c r="J95" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M95" s="4">
         <v>31</v>
       </c>
       <c r="N95" s="4">
         <v>126</v>
       </c>
@@ -7878,54 +7878,54 @@
         <v>324</v>
       </c>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>270</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H96" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I96" s="4" t="s">
         <v>272</v>
       </c>
       <c r="J96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M96" s="4">
         <v>93</v>
       </c>
       <c r="N96" s="4">
         <v>5</v>
       </c>
       <c r="O96" s="4">
         <v>1148</v>
       </c>
@@ -8183,51 +8183,51 @@
         <v>337</v>
       </c>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>339</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>340</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H101" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I101" s="4" t="s">
         <v>341</v>
       </c>
       <c r="J101" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M101" s="4">
         <v>52</v>
       </c>
       <c r="N101" s="4">
         <v>20</v>
       </c>
@@ -8427,87 +8427,87 @@
         <v>337</v>
       </c>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>351</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H105" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I105" s="4" t="s">
         <v>353</v>
       </c>
       <c r="J105" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M105" s="4">
         <v>41</v>
       </c>
       <c r="N105" s="4">
         <v>1699</v>
       </c>
       <c r="O105" s="4">
         <v>1103</v>
       </c>
       <c r="P105" s="4">
         <v>3</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R105" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>72</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -8549,51 +8549,51 @@
         <v>76</v>
       </c>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>355</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H107" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I107" s="4" t="s">
         <v>357</v>
       </c>
       <c r="J107" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M107" s="4">
         <v>48</v>
       </c>
       <c r="N107" s="4">
         <v>2</v>
       </c>
@@ -8610,87 +8610,87 @@
         <v>31</v>
       </c>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I108" s="4" t="s">
         <v>358</v>
       </c>
       <c r="J108" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M108" s="4">
         <v>87</v>
       </c>
       <c r="N108" s="4">
         <v>460</v>
       </c>
       <c r="O108" s="4">
         <v>145</v>
       </c>
       <c r="P108" s="4">
         <v>3</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R108" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>285</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>286</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
@@ -8732,51 +8732,51 @@
         <v>31</v>
       </c>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
         <v>97</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I110" s="4" t="s">
         <v>360</v>
       </c>
       <c r="J110" s="4" t="s">
         <v>361</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M110" s="4">
         <v>110</v>
       </c>
       <c r="N110" s="4">
         <v>194</v>
       </c>
@@ -8854,51 +8854,51 @@
         <v>288</v>
       </c>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>315</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>316</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I112" s="4" t="s">
         <v>362</v>
       </c>
       <c r="J112" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M112" s="4">
         <v>20</v>
       </c>
       <c r="N112" s="4">
         <v>564</v>
       </c>
@@ -8915,51 +8915,51 @@
         <v>363</v>
       </c>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>365</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>366</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H113" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>367</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M113" s="4">
         <v>53</v>
       </c>
       <c r="N113" s="4">
         <v>2</v>
       </c>
@@ -8979,54 +8979,54 @@
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>202</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>203</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H114" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I114" s="4" t="s">
         <v>205</v>
       </c>
       <c r="J114" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M114" s="4">
         <v>54</v>
       </c>
       <c r="N114" s="4">
         <v>383</v>
       </c>
       <c r="O114" s="4">
         <v>665</v>
       </c>
       <c r="P114" s="4">
         <v>3</v>
       </c>
@@ -9098,51 +9098,51 @@
         <v>371</v>
       </c>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>372</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I116" s="4" t="s">
         <v>375</v>
       </c>
       <c r="J116" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M116" s="4">
         <v>61</v>
       </c>
       <c r="N116" s="4">
         <v>146</v>
       </c>
@@ -9342,54 +9342,54 @@
         <v>114</v>
       </c>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>192</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>193</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="H120" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I120" s="4" t="s">
         <v>195</v>
       </c>
       <c r="J120" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M120" s="4">
         <v>96</v>
       </c>
       <c r="N120" s="4">
         <v>1</v>
       </c>
       <c r="O120" s="4">
         <v>596</v>
       </c>
@@ -9409,51 +9409,51 @@
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I121" s="4" t="s">
         <v>382</v>
       </c>
       <c r="J121" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M121" s="4">
         <v>18</v>
       </c>
       <c r="N121" s="4">
         <v>2</v>
       </c>
       <c r="O121" s="4">
         <v>63</v>
       </c>
       <c r="P121" s="4">
         <v>3</v>
       </c>
@@ -9531,51 +9531,51 @@
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H123" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I123" s="4" t="s">
         <v>383</v>
       </c>
       <c r="J123" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M123" s="4">
         <v>60</v>
       </c>
       <c r="N123" s="4">
         <v>2</v>
       </c>
       <c r="O123" s="4">
         <v>22</v>
       </c>
       <c r="P123" s="4">
         <v>3</v>
       </c>
@@ -9586,57 +9586,57 @@
         <v>31</v>
       </c>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>384</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>385</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H124" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I124" s="4" t="s">
         <v>387</v>
       </c>
       <c r="J124" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M124" s="4">
         <v>71</v>
       </c>
       <c r="N124" s="4">
         <v>1</v>
       </c>
       <c r="O124" s="4">
         <v>523</v>
       </c>
       <c r="P124" s="4">
         <v>23</v>
       </c>
@@ -9708,57 +9708,57 @@
         <v>31</v>
       </c>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>389</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>390</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>391</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H126" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I126" s="4" t="s">
         <v>392</v>
       </c>
       <c r="J126" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M126" s="4">
         <v>83</v>
       </c>
       <c r="N126" s="4">
         <v>1</v>
       </c>
       <c r="O126" s="4">
         <v>423</v>
       </c>
       <c r="P126" s="4">
         <v>3</v>
       </c>
@@ -9769,112 +9769,112 @@
         <v>31</v>
       </c>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="8" t="s">
         <v>393</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>394</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>395</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H127" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I127" s="4" t="s">
         <v>396</v>
       </c>
       <c r="J127" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M127" s="4">
         <v>68</v>
       </c>
       <c r="N127" s="4">
         <v>7253</v>
       </c>
       <c r="O127" s="4">
         <v>8</v>
       </c>
       <c r="P127" s="4">
         <v>3</v>
       </c>
       <c r="Q127" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R127" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I128" s="4" t="s">
         <v>140</v>
       </c>
       <c r="J128" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M128" s="4">
         <v>105</v>
       </c>
       <c r="N128" s="4">
         <v>1</v>
       </c>
@@ -9891,57 +9891,57 @@
         <v>397</v>
       </c>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>310</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>312</v>
       </c>
       <c r="J129" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M129" s="4">
         <v>76</v>
       </c>
       <c r="N129" s="4">
         <v>2226</v>
       </c>
       <c r="O129" s="4">
         <v>22</v>
       </c>
       <c r="P129" s="4">
         <v>3</v>
       </c>
@@ -9952,112 +9952,112 @@
         <v>398</v>
       </c>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>282</v>
       </c>
       <c r="J130" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="4">
         <v>79</v>
       </c>
       <c r="N130" s="4">
         <v>1582</v>
       </c>
       <c r="O130" s="4">
         <v>199</v>
       </c>
       <c r="P130" s="4">
         <v>3</v>
       </c>
       <c r="Q130" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R130" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>399</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>400</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>401</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I131" s="4" t="s">
         <v>402</v>
       </c>
       <c r="J131" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M131" s="4">
         <v>74</v>
       </c>
       <c r="N131" s="4">
         <v>36</v>
       </c>
@@ -10074,51 +10074,51 @@
         <v>403</v>
       </c>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>399</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>400</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>401</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I132" s="4" t="s">
         <v>402</v>
       </c>
       <c r="J132" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K132" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M132" s="4">
         <v>74</v>
       </c>
       <c r="N132" s="4">
         <v>36</v>
       </c>
@@ -10135,57 +10135,57 @@
         <v>403</v>
       </c>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="8" t="s">
         <v>384</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>385</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I133" s="4" t="s">
         <v>387</v>
       </c>
       <c r="J133" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M133" s="4">
         <v>71</v>
       </c>
       <c r="N133" s="4">
         <v>0</v>
       </c>
       <c r="O133" s="4">
         <v>0</v>
       </c>
       <c r="P133" s="4">
         <v>0</v>
       </c>
@@ -10196,54 +10196,54 @@
         <v>31</v>
       </c>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>178</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>179</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H134" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I134" s="4" t="s">
         <v>181</v>
       </c>
       <c r="J134" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K134" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M134" s="4">
         <v>73</v>
       </c>
       <c r="N134" s="4">
         <v>468</v>
       </c>
       <c r="O134" s="4">
         <v>187</v>
       </c>
@@ -10257,87 +10257,87 @@
         <v>404</v>
       </c>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I135" s="4" t="s">
         <v>63</v>
       </c>
       <c r="J135" s="4" t="s">
         <v>131</v>
       </c>
       <c r="K135" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M135" s="4">
         <v>88</v>
       </c>
       <c r="N135" s="4">
         <v>1409</v>
       </c>
       <c r="O135" s="4">
         <v>81</v>
       </c>
       <c r="P135" s="4">
         <v>3</v>
       </c>
       <c r="Q135" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R135" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C136" s="8" t="s">
         <v>187</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>188</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
@@ -10379,51 +10379,51 @@
         <v>114</v>
       </c>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
         <v>183</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>184</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I137" s="4" t="s">
         <v>406</v>
       </c>
       <c r="J137" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M137" s="4">
         <v>106</v>
       </c>
       <c r="N137" s="4">
         <v>1</v>
       </c>
@@ -10440,51 +10440,51 @@
         <v>407</v>
       </c>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
         <v>408</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>409</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I138" s="4" t="s">
         <v>411</v>
       </c>
       <c r="J138" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M138" s="4">
         <v>31</v>
       </c>
       <c r="N138" s="4">
         <v>1</v>
       </c>
@@ -10568,109 +10568,109 @@
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="8" t="s">
         <v>164</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>165</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I140" s="4" t="s">
         <v>167</v>
       </c>
       <c r="J140" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K140" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M140" s="4">
         <v>30</v>
       </c>
       <c r="N140" s="4">
         <v>4</v>
       </c>
       <c r="O140" s="4">
         <v>510</v>
       </c>
       <c r="P140" s="4">
         <v>3</v>
       </c>
       <c r="Q140" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R140" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="8" t="s">
         <v>415</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>416</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>417</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H141" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I141" s="4" t="s">
         <v>418</v>
       </c>
       <c r="J141" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K141" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M141" s="4">
         <v>54</v>
       </c>
       <c r="N141" s="4">
         <v>96</v>
       </c>
       <c r="O141" s="4">
         <v>184</v>
       </c>
@@ -10684,115 +10684,115 @@
         <v>419</v>
       </c>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>420</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>421</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>422</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H142" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I142" s="4" t="s">
         <v>423</v>
       </c>
       <c r="J142" s="4" t="s">
         <v>379</v>
       </c>
       <c r="K142" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M142" s="4">
         <v>98</v>
       </c>
       <c r="N142" s="4">
         <v>2730</v>
       </c>
       <c r="O142" s="4">
         <v>2752</v>
       </c>
       <c r="P142" s="4">
         <v>33</v>
       </c>
       <c r="Q142" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R142" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>420</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>421</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>422</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H143" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I143" s="4" t="s">
         <v>424</v>
       </c>
       <c r="J143" s="4" t="s">
         <v>425</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M143" s="4">
         <v>99</v>
       </c>
       <c r="N143" s="4">
         <v>85</v>
       </c>
       <c r="O143" s="4">
         <v>865</v>
       </c>
@@ -10870,51 +10870,51 @@
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
         <v>426</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>427</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>428</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H145" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I145" s="4" t="s">
         <v>429</v>
       </c>
       <c r="J145" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M145" s="4">
         <v>80</v>
       </c>
       <c r="N145" s="4">
         <v>0</v>
       </c>
       <c r="O145" s="4">
         <v>0</v>
       </c>
@@ -10928,51 +10928,51 @@
         <v>430</v>
       </c>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I146" s="4" t="s">
         <v>431</v>
       </c>
       <c r="J146" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M146" s="4">
         <v>28</v>
       </c>
       <c r="N146" s="4">
         <v>138</v>
       </c>
@@ -11053,54 +11053,54 @@
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>241</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>242</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H148" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I148" s="4" t="s">
         <v>244</v>
       </c>
       <c r="J148" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M148" s="4">
         <v>82</v>
       </c>
       <c r="N148" s="4">
         <v>0</v>
       </c>
       <c r="O148" s="4">
         <v>0</v>
       </c>
       <c r="P148" s="4">
         <v>3</v>
       </c>
@@ -11111,51 +11111,51 @@
         <v>31</v>
       </c>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C149" s="8" t="s">
         <v>432</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I149" s="4" t="s">
         <v>435</v>
       </c>
       <c r="J149" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K149" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M149" s="4">
         <v>102</v>
       </c>
       <c r="N149" s="4">
         <v>0</v>
       </c>
@@ -11172,51 +11172,51 @@
         <v>31</v>
       </c>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C150" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>355</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I150" s="4" t="s">
         <v>436</v>
       </c>
       <c r="J150" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M150" s="4">
         <v>35</v>
       </c>
       <c r="N150" s="4">
         <v>2</v>
       </c>
@@ -11233,51 +11233,51 @@
         <v>31</v>
       </c>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C151" s="8" t="s">
         <v>432</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I151" s="4" t="s">
         <v>435</v>
       </c>
       <c r="J151" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M151" s="4">
         <v>102</v>
       </c>
       <c r="N151" s="4">
         <v>182</v>
       </c>
@@ -11422,51 +11422,51 @@
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="8" t="s">
         <v>438</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>439</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>440</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I154" s="4" t="s">
         <v>441</v>
       </c>
       <c r="J154" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M154" s="4">
         <v>62</v>
       </c>
       <c r="N154" s="4">
         <v>1</v>
       </c>
       <c r="O154" s="4">
         <v>2</v>
       </c>
       <c r="P154" s="4">
         <v>15</v>
       </c>
@@ -11477,51 +11477,51 @@
         <v>31</v>
       </c>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C155" s="8" t="s">
         <v>442</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>443</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I155" s="4" t="s">
         <v>445</v>
       </c>
       <c r="J155" s="4" t="s">
         <v>240</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M155" s="4">
         <v>63</v>
       </c>
       <c r="N155" s="4">
         <v>2</v>
       </c>
@@ -11538,54 +11538,54 @@
         <v>446</v>
       </c>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C156" s="8" t="s">
         <v>447</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>448</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>449</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H156" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I156" s="4" t="s">
         <v>450</v>
       </c>
       <c r="J156" s="4" t="s">
         <v>240</v>
       </c>
       <c r="K156" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L156" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M156" s="4">
         <v>31</v>
       </c>
       <c r="N156" s="4">
         <v>2</v>
       </c>
       <c r="O156" s="4">
         <v>133</v>
       </c>
@@ -11660,51 +11660,51 @@
         <v>381</v>
       </c>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C158" s="8" t="s">
         <v>65</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H158" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I158" s="4" t="s">
         <v>456</v>
       </c>
       <c r="J158" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K158" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L158" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M158" s="4">
         <v>16</v>
       </c>
       <c r="N158" s="4">
         <v>366</v>
       </c>
@@ -11782,51 +11782,51 @@
         <v>114</v>
       </c>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C160" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H160" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I160" s="4" t="s">
         <v>459</v>
       </c>
       <c r="J160" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M160" s="4">
         <v>103</v>
       </c>
       <c r="N160" s="4">
         <v>1024</v>
       </c>
@@ -11843,57 +11843,57 @@
         <v>460</v>
       </c>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H161" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I161" s="4" t="s">
         <v>282</v>
       </c>
       <c r="J161" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K161" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M161" s="4">
         <v>79</v>
       </c>
       <c r="N161" s="4">
         <v>220</v>
       </c>
       <c r="O161" s="4">
         <v>582</v>
       </c>
       <c r="P161" s="4">
         <v>3</v>
       </c>
@@ -11904,57 +11904,57 @@
         <v>283</v>
       </c>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C162" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H162" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I162" s="4" t="s">
         <v>282</v>
       </c>
       <c r="J162" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M162" s="4">
         <v>79</v>
       </c>
       <c r="N162" s="4">
         <v>220</v>
       </c>
       <c r="O162" s="4">
         <v>582</v>
       </c>
       <c r="P162" s="4">
         <v>33</v>
       </c>
@@ -12026,112 +12026,112 @@
         <v>462</v>
       </c>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C164" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>290</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H164" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I164" s="4" t="s">
         <v>292</v>
       </c>
       <c r="J164" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L164" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M164" s="4">
         <v>66</v>
       </c>
       <c r="N164" s="4">
         <v>4253</v>
       </c>
       <c r="O164" s="4">
         <v>611</v>
       </c>
       <c r="P164" s="4">
         <v>33</v>
       </c>
       <c r="Q164" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R164" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C165" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>295</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>296</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H165" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I165" s="4" t="s">
         <v>463</v>
       </c>
       <c r="J165" s="4" t="s">
         <v>131</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M165" s="4">
         <v>96</v>
       </c>
       <c r="N165" s="4">
         <v>239</v>
       </c>
@@ -12453,51 +12453,51 @@
         <v>470</v>
       </c>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C171" s="8" t="s">
         <v>372</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>373</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H171" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I171" s="4" t="s">
         <v>375</v>
       </c>
       <c r="J171" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K171" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M171" s="4">
         <v>61</v>
       </c>
       <c r="N171" s="4">
         <v>201</v>
       </c>
@@ -12758,57 +12758,57 @@
         <v>114</v>
       </c>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C176" s="8" t="s">
         <v>477</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>478</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>479</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H176" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I176" s="4" t="s">
         <v>480</v>
       </c>
       <c r="J176" s="4" t="s">
         <v>131</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L176" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M176" s="4">
         <v>28</v>
       </c>
       <c r="N176" s="4">
         <v>1</v>
       </c>
       <c r="O176" s="4">
         <v>83</v>
       </c>
       <c r="P176" s="4">
         <v>3</v>
       </c>
@@ -12880,51 +12880,51 @@
         <v>483</v>
       </c>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C178" s="8" t="s">
         <v>484</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>485</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H178" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I178" s="4" t="s">
         <v>487</v>
       </c>
       <c r="J178" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M178" s="4">
         <v>69</v>
       </c>
       <c r="N178" s="4">
         <v>1</v>
       </c>
@@ -12941,57 +12941,57 @@
         <v>381</v>
       </c>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="8" t="s">
         <v>477</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>478</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>479</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H179" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I179" s="4" t="s">
         <v>488</v>
       </c>
       <c r="J179" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M179" s="4">
         <v>51</v>
       </c>
       <c r="N179" s="4">
         <v>1</v>
       </c>
       <c r="O179" s="4">
         <v>191</v>
       </c>
       <c r="P179" s="4">
         <v>3</v>
       </c>
@@ -13002,57 +13002,57 @@
         <v>489</v>
       </c>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C180" s="8" t="s">
         <v>197</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I180" s="4" t="s">
         <v>245</v>
       </c>
       <c r="J180" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M180" s="4">
         <v>47</v>
       </c>
       <c r="N180" s="4">
         <v>1</v>
       </c>
       <c r="O180" s="4">
         <v>165</v>
       </c>
       <c r="P180" s="4">
         <v>3</v>
       </c>
@@ -13063,57 +13063,57 @@
         <v>201</v>
       </c>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C181" s="8" t="s">
         <v>384</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>385</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H181" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I181" s="4" t="s">
         <v>387</v>
       </c>
       <c r="J181" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M181" s="4">
         <v>71</v>
       </c>
       <c r="N181" s="4">
         <v>0</v>
       </c>
       <c r="O181" s="4">
         <v>0</v>
       </c>
       <c r="P181" s="4">
         <v>0</v>
       </c>
@@ -13124,54 +13124,54 @@
         <v>31</v>
       </c>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="8" t="s">
         <v>227</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>228</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H182" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I182" s="4" t="s">
         <v>230</v>
       </c>
       <c r="J182" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K182" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M182" s="4">
         <v>78</v>
       </c>
       <c r="N182" s="4">
         <v>3</v>
       </c>
       <c r="O182" s="4">
         <v>24</v>
       </c>
@@ -13185,51 +13185,51 @@
         <v>112</v>
       </c>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C183" s="8" t="s">
         <v>490</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>491</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>492</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H183" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I183" s="4" t="s">
         <v>493</v>
       </c>
       <c r="J183" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K183" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M183" s="4">
         <v>100</v>
       </c>
       <c r="N183" s="4">
         <v>2</v>
       </c>
@@ -13246,51 +13246,51 @@
         <v>494</v>
       </c>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C184" s="8" t="s">
         <v>247</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>248</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H184" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I184" s="4" t="s">
         <v>277</v>
       </c>
       <c r="J184" s="4" t="s">
         <v>495</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L184" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M184" s="4">
         <v>21</v>
       </c>
       <c r="N184" s="4">
         <v>12</v>
       </c>
@@ -13310,51 +13310,51 @@
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C185" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>301</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>302</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H185" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I185" s="4" t="s">
         <v>303</v>
       </c>
       <c r="J185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M185" s="4">
         <v>75</v>
       </c>
       <c r="N185" s="4">
         <v>2</v>
       </c>
       <c r="O185" s="4">
         <v>2</v>
       </c>
@@ -13435,51 +13435,51 @@
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C187" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>306</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H187" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I187" s="4" t="s">
         <v>497</v>
       </c>
       <c r="J187" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K187" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L187" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M187" s="4">
         <v>9</v>
       </c>
       <c r="N187" s="4">
         <v>0</v>
       </c>
       <c r="O187" s="4">
         <v>0</v>
       </c>
       <c r="P187" s="4">
         <v>5</v>
       </c>
@@ -13490,54 +13490,54 @@
         <v>31</v>
       </c>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C188" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>270</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H188" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I188" s="4" t="s">
         <v>272</v>
       </c>
       <c r="J188" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K188" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L188" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M188" s="4">
         <v>93</v>
       </c>
       <c r="N188" s="4">
         <v>0</v>
       </c>
       <c r="O188" s="4">
         <v>0</v>
       </c>
@@ -13612,54 +13612,54 @@
         <v>498</v>
       </c>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C190" s="8" t="s">
         <v>169</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>170</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H190" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I190" s="4" t="s">
         <v>172</v>
       </c>
       <c r="J190" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K190" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L190" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M190" s="4">
         <v>72</v>
       </c>
       <c r="N190" s="4">
         <v>2</v>
       </c>
       <c r="O190" s="4">
         <v>28</v>
       </c>
@@ -13679,51 +13679,51 @@
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C191" s="8" t="s">
         <v>438</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>439</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>440</v>
       </c>
       <c r="F191" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H191" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I191" s="4" t="s">
         <v>499</v>
       </c>
       <c r="J191" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K191" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L191" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M191" s="4">
         <v>63</v>
       </c>
       <c r="N191" s="4">
         <v>1</v>
       </c>
       <c r="O191" s="4">
         <v>26</v>
       </c>
       <c r="P191" s="4">
         <v>5</v>
       </c>
@@ -13740,51 +13740,51 @@
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C192" s="8" t="s">
         <v>438</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>439</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>440</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I192" s="4" t="s">
         <v>500</v>
       </c>
       <c r="J192" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K192" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L192" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M192" s="4">
         <v>14</v>
       </c>
       <c r="N192" s="4">
         <v>1552</v>
       </c>
       <c r="O192" s="4">
         <v>442</v>
       </c>
       <c r="P192" s="4">
         <v>3</v>
       </c>
@@ -13795,51 +13795,51 @@
         <v>31</v>
       </c>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C193" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H193" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I193" s="4" t="s">
         <v>501</v>
       </c>
       <c r="J193" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K193" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L193" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M193" s="4">
         <v>22</v>
       </c>
       <c r="N193" s="4">
         <v>1124</v>
       </c>
@@ -13862,51 +13862,51 @@
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C194" s="8" t="s">
         <v>438</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>439</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>440</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I194" s="4" t="s">
         <v>500</v>
       </c>
       <c r="J194" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M194" s="4">
         <v>14</v>
       </c>
       <c r="N194" s="4">
         <v>1075</v>
       </c>
       <c r="O194" s="4">
         <v>123</v>
       </c>
       <c r="P194" s="4">
         <v>33</v>
       </c>
@@ -13917,51 +13917,51 @@
         <v>31</v>
       </c>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C195" s="8" t="s">
         <v>92</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H195" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I195" s="4" t="s">
         <v>502</v>
       </c>
       <c r="J195" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K195" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L195" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M195" s="4">
         <v>25</v>
       </c>
       <c r="N195" s="4">
         <v>977</v>
       </c>
@@ -14045,51 +14045,51 @@
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C197" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F197" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H197" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I197" s="4" t="s">
         <v>505</v>
       </c>
       <c r="J197" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K197" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L197" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M197" s="4">
         <v>32</v>
       </c>
       <c r="N197" s="4">
         <v>0</v>
       </c>
       <c r="O197" s="4">
         <v>0</v>
       </c>
       <c r="P197" s="4">
         <v>0</v>
       </c>
@@ -14161,51 +14161,51 @@
         <v>506</v>
       </c>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C199" s="8" t="s">
         <v>432</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>433</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H199" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I199" s="4" t="s">
         <v>507</v>
       </c>
       <c r="J199" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K199" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L199" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M199" s="4">
         <v>104</v>
       </c>
       <c r="N199" s="4">
         <v>4036</v>
       </c>
@@ -14222,51 +14222,51 @@
         <v>508</v>
       </c>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C200" s="8" t="s">
         <v>442</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>443</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H200" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I200" s="4" t="s">
         <v>509</v>
       </c>
       <c r="J200" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M200" s="4">
         <v>53</v>
       </c>
       <c r="N200" s="4">
         <v>2</v>
       </c>
@@ -14283,54 +14283,54 @@
         <v>446</v>
       </c>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C201" s="8" t="s">
         <v>447</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>448</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>449</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H201" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I201" s="4" t="s">
         <v>450</v>
       </c>
       <c r="J201" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K201" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L201" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M201" s="4">
         <v>31</v>
       </c>
       <c r="N201" s="4">
         <v>2</v>
       </c>
       <c r="O201" s="4">
         <v>77</v>
       </c>
@@ -14344,112 +14344,112 @@
         <v>451</v>
       </c>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C202" s="8" t="s">
         <v>197</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H202" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I202" s="4" t="s">
         <v>510</v>
       </c>
       <c r="J202" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M202" s="4">
         <v>41</v>
       </c>
       <c r="N202" s="4">
         <v>3843</v>
       </c>
       <c r="O202" s="4">
         <v>92</v>
       </c>
       <c r="P202" s="4">
         <v>3</v>
       </c>
       <c r="Q202" s="4" t="s">
         <v>40</v>
       </c>
       <c r="R202" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C203" s="8" t="s">
         <v>511</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>512</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>513</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H203" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I203" s="4" t="s">
         <v>514</v>
       </c>
       <c r="J203" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K203" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L203" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M203" s="4">
         <v>3</v>
       </c>
       <c r="N203" s="4">
         <v>812</v>
       </c>
@@ -14466,57 +14466,57 @@
         <v>515</v>
       </c>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C204" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>280</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H204" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I204" s="4" t="s">
         <v>516</v>
       </c>
       <c r="J204" s="4" t="s">
         <v>517</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L204" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M204" s="4">
         <v>55</v>
       </c>
       <c r="N204" s="4">
         <v>1</v>
       </c>
       <c r="O204" s="4">
         <v>127</v>
       </c>
       <c r="P204" s="4">
         <v>16</v>
       </c>
@@ -14701,96 +14701,96 @@
         <v>531</v>
       </c>
       <c r="P207" s="4">
         <v>3</v>
       </c>
       <c r="Q207" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R207" s="10" t="s">
         <v>31</v>
       </c>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C208" s="8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H208" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I208" s="4" t="s">
         <v>209</v>
       </c>
       <c r="J208" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M208" s="4">
         <v>73</v>
       </c>
       <c r="N208" s="4">
         <v>2129</v>
       </c>
       <c r="O208" s="4">
         <v>483</v>
       </c>
       <c r="P208" s="4">
         <v>7</v>
       </c>
       <c r="Q208" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R208" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C209" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>134</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>23</v>
@@ -15015,51 +15015,51 @@
         <v>527</v>
       </c>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C213" s="8" t="s">
         <v>231</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>232</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H213" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I213" s="4" t="s">
         <v>528</v>
       </c>
       <c r="J213" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L213" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M213" s="4">
         <v>50</v>
       </c>
       <c r="N213" s="4">
         <v>0</v>
       </c>
@@ -15076,51 +15076,51 @@
         <v>160</v>
       </c>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C214" s="8" t="s">
         <v>490</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>491</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>492</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H214" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I214" s="4" t="s">
         <v>529</v>
       </c>
       <c r="J214" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L214" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M214" s="4">
         <v>108</v>
       </c>
       <c r="N214" s="4">
         <v>0</v>
       </c>
@@ -15143,112 +15143,112 @@
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C215" s="8" t="s">
         <v>164</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>165</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H215" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I215" s="4" t="s">
         <v>167</v>
       </c>
       <c r="J215" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L215" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M215" s="4">
         <v>30</v>
       </c>
       <c r="N215" s="4">
         <v>4</v>
       </c>
       <c r="O215" s="4">
         <v>537</v>
       </c>
       <c r="P215" s="4">
         <v>33</v>
       </c>
       <c r="Q215" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R215" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C216" s="8" t="s">
         <v>530</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>531</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H216" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I216" s="4" t="s">
         <v>533</v>
       </c>
       <c r="J216" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K216" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L216" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M216" s="4">
         <v>22</v>
       </c>
       <c r="N216" s="4">
         <v>1548</v>
       </c>
       <c r="O216" s="4">
         <v>196</v>
       </c>
       <c r="P216" s="4">
         <v>3</v>
       </c>
@@ -15259,57 +15259,57 @@
         <v>534</v>
       </c>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C217" s="8" t="s">
         <v>530</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>531</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H217" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I217" s="4" t="s">
         <v>535</v>
       </c>
       <c r="J217" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L217" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M217" s="4">
         <v>59</v>
       </c>
       <c r="N217" s="4">
         <v>2399</v>
       </c>
       <c r="O217" s="4">
         <v>86</v>
       </c>
       <c r="P217" s="4">
         <v>3</v>
       </c>
@@ -15320,112 +15320,112 @@
         <v>534</v>
       </c>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C218" s="8" t="s">
         <v>530</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>531</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H218" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I218" s="4" t="s">
         <v>535</v>
       </c>
       <c r="J218" s="4" t="s">
         <v>38</v>
       </c>
       <c r="K218" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L218" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M218" s="4">
         <v>59</v>
       </c>
       <c r="N218" s="4">
         <v>3343</v>
       </c>
       <c r="O218" s="4">
         <v>568</v>
       </c>
       <c r="P218" s="4">
         <v>33</v>
       </c>
       <c r="Q218" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R218" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C219" s="8" t="s">
         <v>511</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>512</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>513</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H219" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I219" s="4" t="s">
         <v>536</v>
       </c>
       <c r="J219" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M219" s="4">
         <v>2</v>
       </c>
       <c r="N219" s="4">
         <v>1199</v>
       </c>
@@ -15442,54 +15442,54 @@
         <v>537</v>
       </c>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C220" s="8" t="s">
         <v>538</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>539</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>540</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H220" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I220" s="4" t="s">
         <v>493</v>
       </c>
       <c r="J220" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M220" s="4">
         <v>100</v>
       </c>
       <c r="N220" s="4">
         <v>277</v>
       </c>
       <c r="O220" s="4">
         <v>5693</v>
       </c>
@@ -15503,57 +15503,57 @@
         <v>541</v>
       </c>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C221" s="8" t="s">
         <v>542</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>543</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>544</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H221" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I221" s="4" t="s">
         <v>545</v>
       </c>
       <c r="J221" s="4" t="s">
         <v>131</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L221" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M221" s="4">
         <v>24</v>
       </c>
       <c r="N221" s="4">
         <v>2478</v>
       </c>
       <c r="O221" s="4">
         <v>716</v>
       </c>
       <c r="P221" s="4">
         <v>20</v>
       </c>
@@ -15564,54 +15564,54 @@
         <v>546</v>
       </c>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C222" s="8" t="s">
         <v>260</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>261</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H222" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I222" s="4" t="s">
         <v>263</v>
       </c>
       <c r="J222" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K222" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M222" s="4">
         <v>63</v>
       </c>
       <c r="N222" s="4">
         <v>204</v>
       </c>
       <c r="O222" s="4">
         <v>221</v>
       </c>
@@ -15625,51 +15625,51 @@
         <v>31</v>
       </c>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C223" s="8" t="s">
         <v>484</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>485</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H223" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I223" s="4" t="s">
         <v>547</v>
       </c>
       <c r="J223" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K223" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L223" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M223" s="4">
         <v>73</v>
       </c>
       <c r="N223" s="4">
         <v>1229</v>
       </c>
@@ -15686,115 +15686,115 @@
         <v>419</v>
       </c>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C224" s="8" t="s">
         <v>420</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>421</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>422</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H224" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I224" s="4" t="s">
         <v>424</v>
       </c>
       <c r="J224" s="4" t="s">
         <v>548</v>
       </c>
       <c r="K224" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L224" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M224" s="4">
         <v>99</v>
       </c>
       <c r="N224" s="4">
         <v>1264</v>
       </c>
       <c r="O224" s="4">
         <v>984</v>
       </c>
       <c r="P224" s="4">
         <v>33</v>
       </c>
       <c r="Q224" s="4" t="s">
         <v>30</v>
       </c>
       <c r="R224" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C225" s="8" t="s">
         <v>415</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>416</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>417</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="H225" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I225" s="4" t="s">
         <v>418</v>
       </c>
       <c r="J225" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K225" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L225" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M225" s="4">
         <v>54</v>
       </c>
       <c r="N225" s="4">
         <v>545</v>
       </c>
       <c r="O225" s="4">
         <v>333</v>
       </c>
@@ -15808,51 +15808,51 @@
         <v>419</v>
       </c>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C226" s="8" t="s">
         <v>82</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H226" s="4" t="s">
         <v>57</v>
       </c>
       <c r="I226" s="4" t="s">
         <v>549</v>
       </c>
       <c r="J226" s="4" t="s">
         <v>27</v>
       </c>
       <c r="K226" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L226" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M226" s="4">
         <v>52</v>
       </c>
       <c r="N226" s="4">
         <v>91</v>
       </c>