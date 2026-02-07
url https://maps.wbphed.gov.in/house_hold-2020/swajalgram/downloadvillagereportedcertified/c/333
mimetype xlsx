--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Har Ghar Jal (HGJ) Village (Cer" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Har Ghar Jal (HGJ) Village (Certified)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Gram Panchayat</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Jl. No.</t>
   </si>
   <si>
     <t>Murshidabad</t>
   </si>
   <si>
@@ -126,50 +126,53 @@
     <t>AMARKUNDA</t>
   </si>
   <si>
     <t>Madhunia</t>
   </si>
   <si>
     <t>Khargram</t>
   </si>
   <si>
     <t>BALIA</t>
   </si>
   <si>
     <t>Banpur</t>
   </si>
   <si>
     <t>Bathur</t>
   </si>
   <si>
     <t>JOYPUR</t>
   </si>
   <si>
     <t>Palsanda</t>
   </si>
   <si>
     <t>PADAMKANDI</t>
+  </si>
+  <si>
+    <t>Biswanathpur</t>
   </si>
   <si>
     <t>Jhajhra</t>
   </si>
   <si>
     <t>Padamkandi</t>
   </si>
   <si>
     <t>Burwan</t>
   </si>
   <si>
     <t>BURWAN-II</t>
   </si>
   <si>
     <t>Mirazapur</t>
   </si>
   <si>
     <t>Dhanghara</t>
   </si>
   <si>
     <t>Gouri Nagar</t>
   </si>
   <si>
     <t>Bolpara</t>
   </si>
@@ -579,51 +582,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W31"/>
+  <dimension ref="A1:W32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
@@ -1198,536 +1201,572 @@
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="D20" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>115</v>
+        <v>23</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F22" s="3">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="3">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F24" s="3">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F25" s="3">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D26" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="E26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="3">
-        <v>69</v>
+        <v>132</v>
       </c>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F27" s="3">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D28" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="E28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="3">
-        <v>148</v>
+        <v>70</v>
       </c>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D29" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="E29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="3">
-        <v>128</v>
+        <v>148</v>
       </c>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D30" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="E30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="3">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F31" s="3">
-        <v>133</v>
+        <v>114</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" s="3">
+        <v>30</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F32" s="3">
+        <v>133</v>
+      </c>
+      <c r="H32" s="1"/>
+      <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
+      <c r="K32" s="1"/>
+      <c r="L32" s="1"/>
+      <c r="M32" s="1"/>
+      <c r="N32" s="1"/>
+      <c r="O32" s="1"/>
+      <c r="P32" s="1"/>
+      <c r="Q32" s="1"/>
+      <c r="R32" s="1"/>
+      <c r="S32" s="1"/>
+      <c r="T32" s="1"/>
+      <c r="U32" s="1"/>
+      <c r="V32" s="1"/>
+      <c r="W32" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>