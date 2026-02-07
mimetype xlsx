--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Burdwan Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -219,50 +219,125 @@
     <t>MONDAL ENTERPRISE</t>
   </si>
   <si>
     <t>PURBA GOPALPUR PIPED WATER SUPPLY SCHEME ( SM/14448 )</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>ISS/000077/2025-2026</t>
   </si>
   <si>
     <t>1469/BSD</t>
   </si>
   <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>Providing 32 Nos. FHTC at Krishnapur village under RAYAN [ PART-IV] DURGADANGA Piped Water Supply Scheme, Block- Burdwan-I within Burdwan Sub Division under Burdwan Division PHE Dte.</t>
   </si>
   <si>
     <t>POMPA CONSTRUCTION CO.</t>
   </si>
   <si>
     <t>AUGMENTATION RAYAN PART IV (DURGADANGA) PIPED WATER SUPPLY SCHEME ( SM/15556 )</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000082/2025-2026</t>
+  </si>
+  <si>
+    <t>3493/BWD</t>
+  </si>
+  <si>
+    <t>09/08/2023</t>
+  </si>
+  <si>
+    <t>Sinking of Tube-wells, LDS, Rising Main, FHTC, Construction of 350 cum capacity RCC OHR with 20.0 mtr. with Staging height including soil investigation, construction of switch room, boundary walls with gates, land development, surface drains and internal</t>
+  </si>
+  <si>
+    <t>M/S ASHA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>NERAGOHALIA PIPED WATER SUPPLY SCHEME ( SM/16617 )</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000087/2025-2026</t>
+  </si>
+  <si>
+    <t>1471/BSD</t>
+  </si>
+  <si>
+    <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>Left out FHTC &amp; distribution Networks at Palasan Paschim para under PALASAN Piped Water Supply Scheme, Block- RAINA-I within Burdwan Sub-Division under Burdwan Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>SK ABDUL HALIM</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED PIPE WATER SUPPLY SCHEME FOR PALASAN ( SM/15723 )</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>ISS/000089/2025-2026</t>
+  </si>
+  <si>
+    <t>3495/BWD</t>
+  </si>
+  <si>
+    <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and lan</t>
+  </si>
+  <si>
+    <t>NATIONAL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>REAN PIPED WATER SUPPLY SCHEME ( SM/18504 )</t>
+  </si>
+  <si>
+    <t>ISS/000090/2025-2026</t>
+  </si>
+  <si>
+    <t>2958/BWD</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) at Belenda, Kulnagar (Part), Kanchgoriya, Satkhali (Part) Mouza by Sinking of tube well 300 x 200 mm. dia., Constn. of Pump House, Boundary wall, LDS &amp; FHTC within command area for Aug. of BHATAR W/S. S</t>
+  </si>
+  <si>
+    <t>Augmentation of Bhatar &amp; its adj. mouzas water supply scheme ( SM/04550 )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -618,51 +693,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="51.844482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1132,50 +1207,270 @@
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4">
         <v>23238</v>
       </c>
       <c r="O10" s="4">
         <v>29</v>
       </c>
       <c r="P10" s="4">
         <v>23209</v>
       </c>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>8</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3">
+        <v>10</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" s="4">
+        <v>24642</v>
+      </c>
+      <c r="O11" s="4">
+        <v>400</v>
+      </c>
+      <c r="P11" s="4">
+        <v>24242</v>
+      </c>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>9</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3">
+        <v>10</v>
+      </c>
+      <c r="H12" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="J12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N12" s="4">
+        <v>24202</v>
+      </c>
+      <c r="O12" s="4">
+        <v>32</v>
+      </c>
+      <c r="P12" s="4">
+        <v>24170</v>
+      </c>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>10</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3">
+        <v>10</v>
+      </c>
+      <c r="H13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" s="4">
+        <v>24170</v>
+      </c>
+      <c r="O13" s="4">
+        <v>10</v>
+      </c>
+      <c r="P13" s="4">
+        <v>24160</v>
+      </c>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>11</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3">
+        <v>10</v>
+      </c>
+      <c r="H14" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I14" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="J14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" s="4">
+        <v>24160</v>
+      </c>
+      <c r="O14" s="4">
+        <v>100</v>
+      </c>
+      <c r="P14" s="4">
+        <v>24060</v>
+      </c>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>