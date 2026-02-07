--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Burdwan Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -174,50 +174,86 @@
     <t>19/11/2025</t>
   </si>
   <si>
     <t>ISS/000074/2025-2026</t>
   </si>
   <si>
     <t>105/BSD</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>
   <si>
     <t>Laying of 150mm DI pipeline for interconnection of 4no tw to distribution line &amp; Kalsi mouza 3rd tw to distribution line for Bagila Piped Water Supply Scheme under memari-I Block, District:- Purba-Bardhaman.</t>
   </si>
   <si>
     <t>A.R. TRADERS</t>
   </si>
   <si>
     <t>Providing Functional House hold Tap Connection (FHTC) by retrofitting within the command area of Bagila piped Water Supply Scheme at Memari-I Block under Burdwan Division, P.H.E. DTE. ( SM/08704 )</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>ISS/000078/2025-2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000083/2025-2026</t>
+  </si>
+  <si>
+    <t>1823/BWD</t>
+  </si>
+  <si>
+    <t>18/04/2023</t>
+  </si>
+  <si>
+    <t>PASCON</t>
+  </si>
+  <si>
+    <t>SHIBLUN PIPE WATER SUPPLY SCHEME ( SM/14972 )</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>ISS/000088/2025-2026</t>
+  </si>
+  <si>
+    <t>3495/BWD</t>
+  </si>
+  <si>
+    <t>09/08/2023</t>
+  </si>
+  <si>
+    <t>NATIONAL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>BIJUR PIPED WATER SUPPLY SCHEME ( SM/18605 )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -573,51 +609,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="51.844482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1044,50 +1080,164 @@
       <c r="K9" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N9" s="4">
         <v>18131</v>
       </c>
       <c r="O9" s="4">
         <v>275</v>
       </c>
       <c r="P9" s="4">
         <v>17856</v>
       </c>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>7</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" s="3">
+        <v>150</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" s="4">
+        <v>17928</v>
+      </c>
+      <c r="O10" s="4">
+        <v>357</v>
+      </c>
+      <c r="P10" s="4">
+        <v>17570</v>
+      </c>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>8</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" s="3">
+        <v>150</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="N11" s="4">
+        <v>17570</v>
+      </c>
+      <c r="O11" s="4">
+        <v>27</v>
+      </c>
+      <c r="P11" s="4">
+        <v>17543</v>
+      </c>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>