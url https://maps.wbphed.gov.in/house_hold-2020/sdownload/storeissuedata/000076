--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Burdwan Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -375,50 +375,95 @@
     <t>01/12/2025</t>
   </si>
   <si>
     <t>ISS/000077/2025-2026</t>
   </si>
   <si>
     <t>1469/BSD</t>
   </si>
   <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>Providing 32 Nos. FHTC at Krishnapur village under RAYAN [ PART-IV] DURGADANGA Piped Water Supply Scheme, Block- Burdwan-I within Burdwan Sub Division under Burdwan Division PHE Dte.</t>
   </si>
   <si>
     <t>POMPA CONSTRUCTION CO.</t>
   </si>
   <si>
     <t>AUGMENTATION RAYAN PART IV (DURGADANGA) PIPED WATER SUPPLY SCHEME ( SM/15556 )</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>ISS/000078/2025-2026</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>ISS/000079/2025-2026</t>
+  </si>
+  <si>
+    <t>143/BWD</t>
+  </si>
+  <si>
+    <t>08/01/2025</t>
+  </si>
+  <si>
+    <t>Laying Distribution for FHTC work including laying of parallel line for KAITY Piped Water Supply Scheme and its adjoining mouzas within RAINA-II BLOCK under Burdwan Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>M/S ANAND CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based KAITY PWSS to accommodate FHTC in Raina-II block under Burdwan Sub Division of Burdwan Division in Purba Bardhaman District ( SM/10130 )</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000081/2025-2026</t>
+  </si>
+  <si>
+    <t>MI/01852</t>
+  </si>
+  <si>
+    <t>1097/BSD</t>
+  </si>
+  <si>
+    <t>16/05/2025</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line from 2nd TW to Birpur Bagdipara for Natungram PWSS within Bardhaman-I Block , under Burdwan Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>I.S. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Natungram and Adj. Mouzas Piped Water Supply Scheme ( SM/03153 )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,51 +819,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W22"/>
+  <dimension ref="A1:W25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="51.844482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1972,50 +2017,221 @@
       <c r="K22" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N22" s="4">
         <v>18131</v>
       </c>
       <c r="O22" s="4">
         <v>275</v>
       </c>
       <c r="P22" s="4">
         <v>17856</v>
       </c>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="3">
+        <v>20</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G23" s="3">
+        <v>150</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I23" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="K23" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="L23" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="M23" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="N23" s="4">
+        <v>110</v>
+      </c>
+      <c r="O23" s="4">
+        <v>27</v>
+      </c>
+      <c r="P23" s="4">
+        <v>82</v>
+      </c>
+      <c r="Q23" s="1"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="1"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" s="3">
+        <v>21</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G24" s="3">
+        <v>100</v>
+      </c>
+      <c r="H24" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I24" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="J24" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="K24" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="N24" s="4">
+        <v>110</v>
+      </c>
+      <c r="O24" s="4">
+        <v>22</v>
+      </c>
+      <c r="P24" s="4">
+        <v>88</v>
+      </c>
+      <c r="Q24" s="1"/>
+      <c r="R24" s="1"/>
+      <c r="S24" s="1"/>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="1"/>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" s="3">
+        <v>22</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" s="3">
+        <v>150</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="N25" s="4">
+        <v>82</v>
+      </c>
+      <c r="O25" s="4">
+        <v>11</v>
+      </c>
+      <c r="P25" s="4">
+        <v>71</v>
+      </c>
+      <c r="Q25" s="1"/>
+      <c r="R25" s="1"/>
+      <c r="S25" s="1"/>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>