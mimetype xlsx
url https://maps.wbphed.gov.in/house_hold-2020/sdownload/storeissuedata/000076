--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Burdwan Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -420,50 +420,170 @@
     <t>Augmentation of ground water based KAITY PWSS to accommodate FHTC in Raina-II block under Burdwan Sub Division of Burdwan Division in Purba Bardhaman District ( SM/10130 )</t>
   </si>
   <si>
     <t>08/01/2026</t>
   </si>
   <si>
     <t>ISS/000081/2025-2026</t>
   </si>
   <si>
     <t>MI/01852</t>
   </si>
   <si>
     <t>1097/BSD</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>Laying distribution pipe line from 2nd TW to Birpur Bagdipara for Natungram PWSS within Bardhaman-I Block , under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>I.S. ENTERPRISE</t>
   </si>
   <si>
     <t>Natungram and Adj. Mouzas Piped Water Supply Scheme ( SM/03153 )</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000082/2025-2026</t>
+  </si>
+  <si>
+    <t>3493/BWD</t>
+  </si>
+  <si>
+    <t>09/08/2023</t>
+  </si>
+  <si>
+    <t>Sinking of Tube-wells, LDS, Rising Main, FHTC, Construction of 350 cum capacity RCC OHR with 20.0 mtr. with Staging height including soil investigation, construction of switch room, boundary walls with gates, land development, surface drains and internal</t>
+  </si>
+  <si>
+    <t>M/S ASHA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>NERAGOHALIA PIPED WATER SUPPLY SCHEME ( SM/16617 )</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000083/2025-2026</t>
+  </si>
+  <si>
+    <t>1823/BWD</t>
+  </si>
+  <si>
+    <t>18/04/2023</t>
+  </si>
+  <si>
+    <t>PASCON</t>
+  </si>
+  <si>
+    <t>SHIBLUN PIPE WATER SUPPLY SCHEME ( SM/14972 )</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000084/2025-2026</t>
+  </si>
+  <si>
+    <t>MI/01862</t>
+  </si>
+  <si>
+    <t>2232/BWD</t>
+  </si>
+  <si>
+    <t>Operation &amp; Maintenance of Distribution System, Rising main, Sluice Valves, including operation of sluice valves of Nabastha PWSS of Burdwan-II within Burdwan Sub-Division under Burdwan Division, PHE Dte Period for 1(one)year i.e. 01.08.2025 to 31.07.2026</t>
+  </si>
+  <si>
+    <t>M/S PALASH BISWAS</t>
+  </si>
+  <si>
+    <t>Ground Water Based Piped Water Supply Scheme for Nabastha &amp; mouzas. ( SM/04445 )</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>ISS/000087/2025-2026</t>
+  </si>
+  <si>
+    <t>1471/BSD</t>
+  </si>
+  <si>
+    <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>Left out FHTC &amp; distribution Networks at Palasan Paschim para under PALASAN Piped Water Supply Scheme, Block- RAINA-I within Burdwan Sub-Division under Burdwan Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>SK ABDUL HALIM</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED PIPE WATER SUPPLY SCHEME FOR PALASAN ( SM/15723 )</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>ISS/000088/2025-2026</t>
+  </si>
+  <si>
+    <t>3495/BWD</t>
+  </si>
+  <si>
+    <t>NATIONAL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>BIJUR PIPED WATER SUPPLY SCHEME ( SM/18605 )</t>
+  </si>
+  <si>
+    <t>ISS/000089/2025-2026</t>
+  </si>
+  <si>
+    <t>MI/01864</t>
+  </si>
+  <si>
+    <t>REAN PIPED WATER SUPPLY SCHEME ( SM/18504 )</t>
+  </si>
+  <si>
+    <t>ISS/000090/2025-2026</t>
+  </si>
+  <si>
+    <t>2958/BWD</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) at Belenda, Kulnagar (Part), Kanchgoriya, Satkhali (Part) Mouza by Sinking of tube well 300 x 200 mm. dia., Constn. of Pump House, Boundary wall, LDS &amp; FHTC within command area for Aug. of BHATAR W/S. S</t>
+  </si>
+  <si>
+    <t>Augmentation of Bhatar &amp; its adj. mouzas water supply scheme ( SM/04550 )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -819,51 +939,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W25"/>
+  <dimension ref="A1:W33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="51.844482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2188,50 +2308,498 @@
       <c r="K25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N25" s="4">
         <v>82</v>
       </c>
       <c r="O25" s="4">
         <v>11</v>
       </c>
       <c r="P25" s="4">
         <v>71</v>
       </c>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" s="3">
+        <v>23</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3">
+        <v>10</v>
+      </c>
+      <c r="H26" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I26" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="J26" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K26" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="N26" s="4">
+        <v>24642</v>
+      </c>
+      <c r="O26" s="4">
+        <v>400</v>
+      </c>
+      <c r="P26" s="4">
+        <v>24242</v>
+      </c>
+      <c r="Q26" s="1"/>
+      <c r="R26" s="1"/>
+      <c r="S26" s="1"/>
+      <c r="T26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1"/>
+      <c r="W26" s="1"/>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" s="3">
+        <v>24</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G27" s="3">
+        <v>150</v>
+      </c>
+      <c r="H27" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I27" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="J27" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="K27" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L27" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="N27" s="4">
+        <v>17928</v>
+      </c>
+      <c r="O27" s="4">
+        <v>357</v>
+      </c>
+      <c r="P27" s="4">
+        <v>17570</v>
+      </c>
+      <c r="Q27" s="1"/>
+      <c r="R27" s="1"/>
+      <c r="S27" s="1"/>
+      <c r="T27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="1"/>
+      <c r="W27" s="1"/>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" s="3">
+        <v>25</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G28" s="3">
+        <v>100</v>
+      </c>
+      <c r="H28" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="J28" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K28" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="M28" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N28" s="4">
+        <v>13051</v>
+      </c>
+      <c r="O28" s="4">
+        <v>33</v>
+      </c>
+      <c r="P28" s="4">
+        <v>13018</v>
+      </c>
+      <c r="Q28" s="1"/>
+      <c r="R28" s="1"/>
+      <c r="S28" s="1"/>
+      <c r="T28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="1"/>
+      <c r="W28" s="1"/>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" s="3">
+        <v>26</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3">
+        <v>10</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I29" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="J29" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="K29" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="M29" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="N29" s="4">
+        <v>24202</v>
+      </c>
+      <c r="O29" s="4">
+        <v>32</v>
+      </c>
+      <c r="P29" s="4">
+        <v>24170</v>
+      </c>
+      <c r="Q29" s="1"/>
+      <c r="R29" s="1"/>
+      <c r="S29" s="1"/>
+      <c r="T29" s="1"/>
+      <c r="U29" s="1"/>
+      <c r="V29" s="1"/>
+      <c r="W29" s="1"/>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" s="3">
+        <v>27</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G30" s="3">
+        <v>150</v>
+      </c>
+      <c r="H30" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I30" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="J30" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="M30" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="N30" s="4">
+        <v>17570</v>
+      </c>
+      <c r="O30" s="4">
+        <v>27</v>
+      </c>
+      <c r="P30" s="4">
+        <v>17543</v>
+      </c>
+      <c r="Q30" s="1"/>
+      <c r="R30" s="1"/>
+      <c r="S30" s="1"/>
+      <c r="T30" s="1"/>
+      <c r="U30" s="1"/>
+      <c r="V30" s="1"/>
+      <c r="W30" s="1"/>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" s="3">
+        <v>28</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G31" s="3">
+        <v>200</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I31" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="J31" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K31" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L31" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="M31" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="N31" s="4">
+        <v>13345</v>
+      </c>
+      <c r="O31" s="4">
+        <v>16</v>
+      </c>
+      <c r="P31" s="4">
+        <v>13328</v>
+      </c>
+      <c r="Q31" s="1"/>
+      <c r="R31" s="1"/>
+      <c r="S31" s="1"/>
+      <c r="T31" s="1"/>
+      <c r="U31" s="1"/>
+      <c r="V31" s="1"/>
+      <c r="W31" s="1"/>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" s="3">
+        <v>29</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F32" s="3"/>
+      <c r="G32" s="3">
+        <v>10</v>
+      </c>
+      <c r="H32" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I32" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="J32" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K32" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L32" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="M32" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="N32" s="4">
+        <v>24170</v>
+      </c>
+      <c r="O32" s="4">
+        <v>10</v>
+      </c>
+      <c r="P32" s="4">
+        <v>24160</v>
+      </c>
+      <c r="Q32" s="1"/>
+      <c r="R32" s="1"/>
+      <c r="S32" s="1"/>
+      <c r="T32" s="1"/>
+      <c r="U32" s="1"/>
+      <c r="V32" s="1"/>
+      <c r="W32" s="1"/>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" s="3">
+        <v>30</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3">
+        <v>10</v>
+      </c>
+      <c r="H33" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I33" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="M33" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="N33" s="4">
+        <v>24160</v>
+      </c>
+      <c r="O33" s="4">
+        <v>100</v>
+      </c>
+      <c r="P33" s="4">
+        <v>24060</v>
+      </c>
+      <c r="Q33" s="1"/>
+      <c r="R33" s="1"/>
+      <c r="S33" s="1"/>
+      <c r="T33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>