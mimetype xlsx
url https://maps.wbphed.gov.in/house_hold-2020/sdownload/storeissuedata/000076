--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Burdwan Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -540,50 +540,86 @@
     <t>BIJUR PIPED WATER SUPPLY SCHEME ( SM/18605 )</t>
   </si>
   <si>
     <t>ISS/000089/2025-2026</t>
   </si>
   <si>
     <t>MI/01864</t>
   </si>
   <si>
     <t>REAN PIPED WATER SUPPLY SCHEME ( SM/18504 )</t>
   </si>
   <si>
     <t>ISS/000090/2025-2026</t>
   </si>
   <si>
     <t>2958/BWD</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) at Belenda, Kulnagar (Part), Kanchgoriya, Satkhali (Part) Mouza by Sinking of tube well 300 x 200 mm. dia., Constn. of Pump House, Boundary wall, LDS &amp; FHTC within command area for Aug. of BHATAR W/S. S</t>
   </si>
   <si>
     <t>Augmentation of Bhatar &amp; its adj. mouzas water supply scheme ( SM/04550 )</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>ISS/000091/2025-2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>ISS/000092/2025-2026</t>
+  </si>
+  <si>
+    <t>1030/AE/HQ</t>
+  </si>
+  <si>
+    <t>Operation &amp; maintenance of distribution system and rising main pipeline (CI / DI / UPVC) of ITLA W/S Scheme under Burdwan Division, P.H.E. Dte. [Period from 01.08.2025 to 31.07.2026 i.e. 12 Months] [15.0 - 30.0 KM Pipeline]</t>
+  </si>
+  <si>
+    <t>DEBJYOTI GOSWAMI</t>
+  </si>
+  <si>
+    <t>Itla Piped Water Supply Scheme. ( SM/06022 )</t>
+  </si>
+  <si>
+    <t>ISS/000093/2025-2026</t>
+  </si>
+  <si>
+    <t>2220/BWD</t>
+  </si>
+  <si>
+    <t>Operation &amp; maintenance of distribution system and rising main pipeline (CI / DI / UPVC) of AMRA W/S Scheme under Burdwan Division, P.H.E. Dte. [Period from 01.08.2025 to 31.07.2026 i.e. 12 Months] [Above 30.0 KM Pipeline]</t>
+  </si>
+  <si>
+    <t>Ground water based piped water supply scheme for Amra and adjoining mouza ( SM/04009 )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -939,67 +975,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W33"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="51.844482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -2756,50 +2792,278 @@
       <c r="K33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>166</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N33" s="4">
         <v>24160</v>
       </c>
       <c r="O33" s="4">
         <v>100</v>
       </c>
       <c r="P33" s="4">
         <v>24060</v>
       </c>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
+    </row>
+    <row r="34" spans="1:23">
+      <c r="A34" s="3">
+        <v>31</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G34" s="3">
+        <v>150</v>
+      </c>
+      <c r="H34" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I34" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="J34" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="K34" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L34" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="M34" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="N34" s="4">
+        <v>17543</v>
+      </c>
+      <c r="O34" s="4">
+        <v>220</v>
+      </c>
+      <c r="P34" s="4">
+        <v>17323</v>
+      </c>
+      <c r="Q34" s="1"/>
+      <c r="R34" s="1"/>
+      <c r="S34" s="1"/>
+      <c r="T34" s="1"/>
+      <c r="U34" s="1"/>
+      <c r="V34" s="1"/>
+      <c r="W34" s="1"/>
+    </row>
+    <row r="35" spans="1:23">
+      <c r="A35" s="3">
+        <v>32</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G35" s="3">
+        <v>200</v>
+      </c>
+      <c r="H35" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I35" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="J35" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K35" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="L35" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="M35" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="N35" s="4">
+        <v>13328</v>
+      </c>
+      <c r="O35" s="4">
+        <v>11</v>
+      </c>
+      <c r="P35" s="4">
+        <v>13317</v>
+      </c>
+      <c r="Q35" s="1"/>
+      <c r="R35" s="1"/>
+      <c r="S35" s="1"/>
+      <c r="T35" s="1"/>
+      <c r="U35" s="1"/>
+      <c r="V35" s="1"/>
+      <c r="W35" s="1"/>
+    </row>
+    <row r="36" spans="1:23">
+      <c r="A36" s="3">
+        <v>33</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G36" s="3">
+        <v>150</v>
+      </c>
+      <c r="H36" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K36" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="M36" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="N36" s="4">
+        <v>17323</v>
+      </c>
+      <c r="O36" s="4">
+        <v>16</v>
+      </c>
+      <c r="P36" s="4">
+        <v>17306</v>
+      </c>
+      <c r="Q36" s="1"/>
+      <c r="R36" s="1"/>
+      <c r="S36" s="1"/>
+      <c r="T36" s="1"/>
+      <c r="U36" s="1"/>
+      <c r="V36" s="1"/>
+      <c r="W36" s="1"/>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="A37" s="3">
+        <v>34</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G37" s="3">
+        <v>200</v>
+      </c>
+      <c r="H37" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="I37" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="J37" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K37" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L37" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="M37" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="N37" s="4">
+        <v>13317</v>
+      </c>
+      <c r="O37" s="4">
+        <v>11</v>
+      </c>
+      <c r="P37" s="4">
+        <v>13306</v>
+      </c>
+      <c r="Q37" s="1"/>
+      <c r="R37" s="1"/>
+      <c r="S37" s="1"/>
+      <c r="T37" s="1"/>
+      <c r="U37" s="1"/>
+      <c r="V37" s="1"/>
+      <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>