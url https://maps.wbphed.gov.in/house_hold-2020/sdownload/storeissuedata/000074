--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Howrah Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -438,50 +438,71 @@
     <t>27/02/2025</t>
   </si>
   <si>
     <t>Construction of 1 (one) no.Pump House (5.40m x 3.60m) at 3rd tube well site,Construction of 1(One) no. boundary wall at 3 rd Tube well site, Construction of land Development and approach road at 3rd tubewell site and allied pipe laying work (DI and UPVC</t>
   </si>
   <si>
     <t>S.S ENTERPRISE</t>
   </si>
   <si>
     <t>DEULPUR-GANGADHARPUR (ZONE-II) PIPED WATER SUPPLY SCHEME. ( SM/14154 )</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>ISS/000022/2025-2026</t>
   </si>
   <si>
     <t>1191/HD</t>
   </si>
   <si>
     <t>Laying Distribution Pipeline and providing FHTC at Zone-4 for Augmentation of Sankrail Surface Water Based Project of Howrah District under Howrah Division, P. H. E. Dte. [No. of FHTC = 1810]</t>
   </si>
   <si>
     <t>M/S SHIBAM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>ISS/000023/2025-2026</t>
+  </si>
+  <si>
+    <t>3997/HD</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>Continuation order for Operation &amp; Maintenance of Sahapur and Beldubi Piped Water Supply Scheme (Block-Panchla) under Howrah Sadar Sub Division of Howrah Division, PHE Dte. [Period from 01/10/2025 to 31/12/2025]</t>
+  </si>
+  <si>
+    <t>ABONTICA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Ground Water Based Piped Water Supply Scheme for Sahapur &amp; adj. mouzas. ( SM/04450 )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -837,51 +858,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W47"/>
+  <dimension ref="A1:W48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3314,50 +3335,107 @@
       <c r="K47" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N47" s="4">
         <v>742</v>
       </c>
       <c r="O47" s="4">
         <v>550</v>
       </c>
       <c r="P47" s="4">
         <v>192</v>
       </c>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
+    </row>
+    <row r="48" spans="1:23">
+      <c r="A48" s="3">
+        <v>45</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G48" s="3">
+        <v>200</v>
+      </c>
+      <c r="H48" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="I48" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="J48" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="K48" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="L48" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="M48" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="N48" s="4">
+        <v>434</v>
+      </c>
+      <c r="O48" s="4">
+        <v>99</v>
+      </c>
+      <c r="P48" s="4">
+        <v>335</v>
+      </c>
+      <c r="Q48" s="1"/>
+      <c r="R48" s="1"/>
+      <c r="S48" s="1"/>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>