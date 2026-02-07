--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Howrah Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -459,50 +459,71 @@
     <t>Laying Distribution Pipeline and providing FHTC at Zone-4 for Augmentation of Sankrail Surface Water Based Project of Howrah District under Howrah Division, P. H. E. Dte. [No. of FHTC = 1810]</t>
   </si>
   <si>
     <t>M/S SHIBAM ENTERPRISE</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>ISS/000023/2025-2026</t>
   </si>
   <si>
     <t>3997/HD</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>Continuation order for Operation &amp; Maintenance of Sahapur and Beldubi Piped Water Supply Scheme (Block-Panchla) under Howrah Sadar Sub Division of Howrah Division, PHE Dte. [Period from 01/10/2025 to 31/12/2025]</t>
   </si>
   <si>
     <t>ABONTICA ENTERPRISE</t>
   </si>
   <si>
     <t>Ground Water Based Piped Water Supply Scheme for Sahapur &amp; adj. mouzas. ( SM/04450 )</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>ISS/000024/2025-2026</t>
+  </si>
+  <si>
+    <t>977/HD</t>
+  </si>
+  <si>
+    <t>10/03/2023</t>
+  </si>
+  <si>
+    <t>Work Order for Construction of 2 nos Pump House ( 5.40m x 3.60 m), 2nos Construction of Boundary Walls, Rising Main Pipeline Work, Laying Distribution Pipeline (Part-1) &amp; Providing FHTC(Part-1) of Ichapur PWSS at J.B. PUR Block of Howrah District under Ho</t>
+  </si>
+  <si>
+    <t>D D CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>ICHAPUR PWSS ( SM/13629 )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -858,51 +879,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W48"/>
+  <dimension ref="A1:W49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3392,50 +3413,105 @@
       <c r="K48" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N48" s="4">
         <v>434</v>
       </c>
       <c r="O48" s="4">
         <v>99</v>
       </c>
       <c r="P48" s="4">
         <v>335</v>
       </c>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
+    </row>
+    <row r="49" spans="1:23">
+      <c r="A49" s="3">
+        <v>46</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F49" s="3"/>
+      <c r="G49" s="3">
+        <v>10</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I49" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="J49" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="L49" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="M49" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N49" s="4">
+        <v>67515</v>
+      </c>
+      <c r="O49" s="4">
+        <v>200</v>
+      </c>
+      <c r="P49" s="4">
+        <v>67315</v>
+      </c>
+      <c r="Q49" s="1"/>
+      <c r="R49" s="1"/>
+      <c r="S49" s="1"/>
+      <c r="T49" s="1"/>
+      <c r="U49" s="1"/>
+      <c r="V49" s="1"/>
+      <c r="W49" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>