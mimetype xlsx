--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Howrah Division</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>HR Number</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
@@ -480,50 +480,65 @@
     <t>ABONTICA ENTERPRISE</t>
   </si>
   <si>
     <t>Ground Water Based Piped Water Supply Scheme for Sahapur &amp; adj. mouzas. ( SM/04450 )</t>
   </si>
   <si>
     <t>03/02/2026</t>
   </si>
   <si>
     <t>ISS/000024/2025-2026</t>
   </si>
   <si>
     <t>977/HD</t>
   </si>
   <si>
     <t>10/03/2023</t>
   </si>
   <si>
     <t>Work Order for Construction of 2 nos Pump House ( 5.40m x 3.60 m), 2nos Construction of Boundary Walls, Rising Main Pipeline Work, Laying Distribution Pipeline (Part-1) &amp; Providing FHTC(Part-1) of Ichapur PWSS at J.B. PUR Block of Howrah District under Ho</t>
   </si>
   <si>
     <t>D D CONSTRUCTION</t>
   </si>
   <si>
     <t>ICHAPUR PWSS ( SM/13629 )</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>ISS/000025/2025-2026</t>
+  </si>
+  <si>
+    <t>1192/HD</t>
+  </si>
+  <si>
+    <t>Laying Distribution Pipeline and providing FHTC at Zone-10 for Augmentation of Sankrail Surface Water Based Project of Howrah District under Howrah Division, P. H. E. Dte. [No. of FHTC = 7772]</t>
+  </si>
+  <si>
+    <t>DEBAPRIYA DUTTA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -879,51 +894,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W49"/>
+  <dimension ref="A1:W50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3468,50 +3483,105 @@
       <c r="K49" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N49" s="4">
         <v>67515</v>
       </c>
       <c r="O49" s="4">
         <v>200</v>
       </c>
       <c r="P49" s="4">
         <v>67315</v>
       </c>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
+    </row>
+    <row r="50" spans="1:23">
+      <c r="A50" s="3">
+        <v>47</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F50" s="3"/>
+      <c r="G50" s="3">
+        <v>10</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I50" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="J50" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="K50" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="L50" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="M50" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="N50" s="4">
+        <v>67315</v>
+      </c>
+      <c r="O50" s="4">
+        <v>1000</v>
+      </c>
+      <c r="P50" s="4">
+        <v>66315</v>
+      </c>
+      <c r="Q50" s="1"/>
+      <c r="R50" s="1"/>
+      <c r="S50" s="1"/>
+      <c r="T50" s="1"/>
+      <c r="U50" s="1"/>
+      <c r="V50" s="1"/>
+      <c r="W50" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>