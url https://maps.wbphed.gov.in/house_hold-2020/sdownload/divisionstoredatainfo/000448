--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -967,57 +967,57 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3">
         <v>10</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G11" s="3">
         <v>18652</v>
       </c>
       <c r="H11" s="4">
-        <v>54612</v>
+        <v>54628</v>
       </c>
       <c r="I11" s="4">
-        <v>51538</v>
+        <v>51562</v>
       </c>
       <c r="J11" s="4">
-        <v>21726</v>
+        <v>21718</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>26</v>
       </c>