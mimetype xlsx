--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data (B" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>G6- Division wise Store Data (Burdwan Division)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Dia (mm)</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Opening</t>
   </si>
   <si>
@@ -78,50 +78,53 @@
     <t>Each</t>
   </si>
   <si>
     <t>D.I. Pipe</t>
   </si>
   <si>
     <t>MI/01863</t>
   </si>
   <si>
     <t>K9</t>
   </si>
   <si>
     <t>metre</t>
   </si>
   <si>
     <t>MI/01853</t>
   </si>
   <si>
     <t>K7</t>
   </si>
   <si>
     <t>MI/01855</t>
   </si>
   <si>
     <t>MI/01854</t>
+  </si>
+  <si>
+    <t>MI/01852</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -477,51 +480,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.568848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
@@ -667,57 +670,57 @@
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
         <v>150</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3">
         <v>555.5</v>
       </c>
       <c r="H5" s="4">
-        <v>434.5</v>
+        <v>473</v>
       </c>
       <c r="I5" s="4">
-        <v>869</v>
+        <v>946</v>
       </c>
       <c r="J5" s="4">
-        <v>121</v>
+        <v>82.5</v>
       </c>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>20</v>
       </c>
@@ -778,50 +781,95 @@
       <c r="G7" s="3">
         <v>16463.68</v>
       </c>
       <c r="H7" s="4">
         <v>594</v>
       </c>
       <c r="I7" s="4">
         <v>1188</v>
       </c>
       <c r="J7" s="4">
         <v>15869.68</v>
       </c>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" s="3">
+        <v>100</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3">
+        <v>110</v>
+      </c>
+      <c r="H8" s="4">
+        <v>22</v>
+      </c>
+      <c r="I8" s="4">
+        <v>44</v>
+      </c>
+      <c r="J8" s="4">
+        <v>88</v>
+      </c>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>