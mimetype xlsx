--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data (B" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>G6- Division wise Store Data (Burdwan Division)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Code</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Dia (mm)</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Opening</t>
   </si>
   <si>
@@ -81,50 +81,56 @@
     <t>D.I. Pipe</t>
   </si>
   <si>
     <t>MI/01863</t>
   </si>
   <si>
     <t>K9</t>
   </si>
   <si>
     <t>metre</t>
   </si>
   <si>
     <t>MI/01853</t>
   </si>
   <si>
     <t>K7</t>
   </si>
   <si>
     <t>MI/01855</t>
   </si>
   <si>
     <t>MI/01854</t>
   </si>
   <si>
     <t>MI/01852</t>
+  </si>
+  <si>
+    <t>MI/01862</t>
+  </si>
+  <si>
+    <t>MI/01864</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -480,67 +486,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="6.998291" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.568848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
@@ -580,102 +586,102 @@
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3">
         <v>10</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="3">
         <v>23307</v>
       </c>
       <c r="H3" s="4">
-        <v>2068</v>
+        <v>2600</v>
       </c>
       <c r="I3" s="4">
-        <v>781</v>
+        <v>1855</v>
       </c>
       <c r="J3" s="4">
-        <v>24594</v>
+        <v>24052</v>
       </c>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
         <v>150</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="3">
         <v>19110.5</v>
       </c>
       <c r="H4" s="4">
-        <v>412.5</v>
+        <v>440</v>
       </c>
       <c r="I4" s="4">
-        <v>1155</v>
+        <v>1567.5</v>
       </c>
       <c r="J4" s="4">
-        <v>18368</v>
+        <v>17983</v>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>18</v>
       </c>
@@ -826,50 +832,140 @@
       <c r="G8" s="3">
         <v>110</v>
       </c>
       <c r="H8" s="4">
         <v>22</v>
       </c>
       <c r="I8" s="4">
         <v>44</v>
       </c>
       <c r="J8" s="4">
         <v>88</v>
       </c>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="3">
+        <v>100</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3">
+        <v>13051.5</v>
+      </c>
+      <c r="H9" s="4">
+        <v>33</v>
+      </c>
+      <c r="I9" s="4">
+        <v>66</v>
+      </c>
+      <c r="J9" s="4">
+        <v>13018.5</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="3">
+        <v>200</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3">
+        <v>13345</v>
+      </c>
+      <c r="H10" s="4">
+        <v>16.5</v>
+      </c>
+      <c r="I10" s="4">
+        <v>33</v>
+      </c>
+      <c r="J10" s="4">
+        <v>13328.5</v>
+      </c>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>