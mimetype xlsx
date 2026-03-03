--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -631,57 +631,57 @@
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
         <v>150</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="3">
         <v>19110.5</v>
       </c>
       <c r="H4" s="4">
-        <v>440</v>
+        <v>676.5</v>
       </c>
       <c r="I4" s="4">
-        <v>1567.5</v>
+        <v>2040.5</v>
       </c>
       <c r="J4" s="4">
-        <v>17983</v>
+        <v>17746.5</v>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>18</v>
       </c>
@@ -901,57 +901,57 @@
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="3">
         <v>200</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="3">
         <v>13345</v>
       </c>
       <c r="H10" s="4">
-        <v>16.5</v>
+        <v>38.5</v>
       </c>
       <c r="I10" s="4">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="J10" s="4">
-        <v>13328.5</v>
+        <v>13306.5</v>
       </c>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>