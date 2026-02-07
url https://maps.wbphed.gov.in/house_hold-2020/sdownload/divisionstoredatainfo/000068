--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -1186,57 +1186,57 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3">
         <v>10</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G16" s="3">
         <v>4997</v>
       </c>
       <c r="H16" s="4">
-        <v>32509</v>
+        <v>32672</v>
       </c>
       <c r="I16" s="4">
         <v>21932</v>
       </c>
       <c r="J16" s="4">
-        <v>15574</v>
+        <v>15737</v>
       </c>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>