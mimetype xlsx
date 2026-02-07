--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -553,57 +553,57 @@
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3">
         <v>10</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="3">
         <v>9610</v>
       </c>
       <c r="H3" s="4">
-        <v>108282</v>
+        <v>108286</v>
       </c>
       <c r="I3" s="4">
         <v>52732</v>
       </c>
       <c r="J3" s="4">
-        <v>65160</v>
+        <v>65164</v>
       </c>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>