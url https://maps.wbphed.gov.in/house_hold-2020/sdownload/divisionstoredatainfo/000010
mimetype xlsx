--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -553,57 +553,57 @@
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3">
         <v>10</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="3">
         <v>9610</v>
       </c>
       <c r="H3" s="4">
-        <v>108286</v>
+        <v>108387</v>
       </c>
       <c r="I3" s="4">
-        <v>52732</v>
+        <v>52752</v>
       </c>
       <c r="J3" s="4">
-        <v>65164</v>
+        <v>65245</v>
       </c>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>