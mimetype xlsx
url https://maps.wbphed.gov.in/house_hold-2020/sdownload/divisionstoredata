--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -936,51 +936,51 @@
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="3">
         <v>0</v>
       </c>
       <c r="D14" s="3">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>17</v>
       </c>
@@ -1116,51 +1116,51 @@
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="3">
         <v>17</v>
       </c>
       <c r="D20" s="3">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>23</v>
       </c>
@@ -1714,51 +1714,51 @@
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5">
         <v>2211</v>
       </c>
       <c r="D40" s="5">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A40:B40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>