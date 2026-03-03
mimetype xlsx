--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -936,51 +936,51 @@
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="3">
         <v>0</v>
       </c>
       <c r="D14" s="3">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>17</v>
       </c>
@@ -1116,51 +1116,51 @@
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="3">
         <v>17</v>
       </c>
       <c r="D20" s="3">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>23</v>
       </c>
@@ -1446,51 +1446,51 @@
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C31" s="3">
         <v>90</v>
       </c>
       <c r="D31" s="3">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>34</v>
       </c>
@@ -1714,51 +1714,51 @@
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5">
         <v>2211</v>
       </c>
       <c r="D40" s="5">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A40:B40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>