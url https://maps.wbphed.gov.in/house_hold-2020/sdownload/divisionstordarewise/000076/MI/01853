--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -12,89 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="G6- Division wise Store Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>G6- Division wise Store Data</t>
   </si>
   <si>
     <t>Burdwan Division , Item :D.I. Pipe (MI/01853) , Dia(mm):150, Class :K7</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Store Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Opening</t>
   </si>
   <si>
     <t>Receipt</t>
   </si>
   <si>
     <t>Issue</t>
   </si>
   <si>
     <t>Closing</t>
   </si>
   <si>
     <t>Burdwan Divisional Store at Borsul Burdwan</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -444,51 +450,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.559082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
@@ -654,50 +660,128 @@
       <c r="E6" s="3">
         <v>38.5</v>
       </c>
       <c r="F6" s="3">
         <v>77</v>
       </c>
       <c r="G6" s="3">
         <v>110</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>4</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" s="3">
+        <v>110</v>
+      </c>
+      <c r="E7" s="3">
+        <v>27.5</v>
+      </c>
+      <c r="F7" s="3">
+        <v>55</v>
+      </c>
+      <c r="G7" s="3">
+        <v>82.5</v>
+      </c>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>5</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="3">
+        <v>82.5</v>
+      </c>
+      <c r="E8" s="3">
+        <v>11</v>
+      </c>
+      <c r="F8" s="3">
+        <v>22</v>
+      </c>
+      <c r="G8" s="3">
+        <v>71.5</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>