--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -12,95 +12,1235 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FHTC correction" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>FHTC correction (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Scheme SM Code</t>
   </si>
   <si>
     <t>TSM Code</t>
   </si>
   <si>
     <t>Scheme Type</t>
   </si>
   <si>
     <t>Scheme coverage type</t>
   </si>
   <si>
     <t>Is Scheme correction completed</t>
   </si>
   <si>
     <t>FHTC approved</t>
   </si>
   <si>
     <t>Increased</t>
   </si>
   <si>
     <t>Decreased</t>
   </si>
   <si>
     <t>FHTC Modified</t>
   </si>
   <si>
     <t>Cost Clear</t>
   </si>
   <si>
     <t>Modified Cost</t>
+  </si>
+  <si>
+    <t>PASCHIM BARDHAMAN</t>
+  </si>
+  <si>
+    <t>RETROFITTING OF PIPED WATER SUPPLY SCHEME FOR DAKHIN KHANDA MOUZA (Jl No. 36) UNDER RCFA PART - II PWSS FOR PROVIDING FHTC WITH IN ANDAL BLOCK OF PASCHIM BARDHAMAN DISTRICT UNDER RCFA DIVISION - I, P.H.E. DTE.</t>
+  </si>
+  <si>
+    <t>SM/09389</t>
+  </si>
+  <si>
+    <t>TSM/008884</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>SVS</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped W/s scheme for Kanksa (Zone-I) to accommodate FHTC ,Block-Kanksa,Dist-Paschim Bardhaman(WB)</t>
+  </si>
+  <si>
+    <t>SM/10208</t>
+  </si>
+  <si>
+    <t>TSM/009656</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>MVS</t>
+  </si>
+  <si>
+    <t>Augmentation of Roshna Piped Water Supply Scheme .</t>
+  </si>
+  <si>
+    <t>SM/10642</t>
+  </si>
+  <si>
+    <t>TSM/010052</t>
+  </si>
+  <si>
+    <t>DHOBARU PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10999</t>
+  </si>
+  <si>
+    <t>TSM/009279</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Augmentation of Jamuria (Rural) (Zone-II) PWSS.</t>
+  </si>
+  <si>
+    <t>SM/10640</t>
+  </si>
+  <si>
+    <t>TSM/009730</t>
+  </si>
+  <si>
+    <t>Augmentation of Gopalpur (JJM Revision) Piped Water Supply Scheme within Kanksa Block of Paschim Bardhaman District under Durgapur W/S Division PHe Dte</t>
+  </si>
+  <si>
+    <t>SM/09875</t>
+  </si>
+  <si>
+    <t>TSM/008345</t>
+  </si>
+  <si>
+    <t>Shyambazar Piped water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/11228</t>
+  </si>
+  <si>
+    <t>TSM/010261</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF SUB SURFACE WATER BASED PIPED WATER SUPPLY SCHEME FOR ONDAL PHASE II/A TO ACCOMMODATE FHTC</t>
+  </si>
+  <si>
+    <t>SM/11575</t>
+  </si>
+  <si>
+    <t>TSM/011412</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-14B) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12039</t>
+  </si>
+  <si>
+    <t>TSM/014354</t>
+  </si>
+  <si>
+    <t>GARADAHA PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/11934</t>
+  </si>
+  <si>
+    <t>TSM/009280</t>
+  </si>
+  <si>
+    <t>RETROFITTING OF SEMALYA PWSS FOR PROVIDING FHTC WITHIN JAMURIA BLOCK OF PASCHIM BARDHAMAN DISTRICT UNDER RCFA DIVISION I PHE DTE</t>
+  </si>
+  <si>
+    <t>SM/12024</t>
+  </si>
+  <si>
+    <t>TSM/011401</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-19) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12216</t>
+  </si>
+  <si>
+    <t>TSM/014880</t>
+  </si>
+  <si>
+    <t>Sub-surface Water Based Water Supply Scheme for Bagdiha and its adjoining areas to Accommodate FHTC in Jamuria Block, District - Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>SM/13416</t>
+  </si>
+  <si>
+    <t>TSM/013416</t>
+  </si>
+  <si>
+    <t>Ground water based mini piped water supply scheme (Max 100 House Hold) for Kotalpukur ,G.P-Bankati,Block-Kanksa ,Dist-Paschim Bardhaman under Durgapur W/S Division,PHE Dte (Part-F)</t>
+  </si>
+  <si>
+    <t>SM/13861</t>
+  </si>
+  <si>
+    <t>TSM/014871</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF SUB SURFACE WATER BASED WATER SUPPLY SCHEME FOR KRISHNAPUR, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18887</t>
+  </si>
+  <si>
+    <t>TSM/020576</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Augmentation of Sub-Surface water based Churulia PWSS.</t>
+  </si>
+  <si>
+    <t>SM/11205</t>
+  </si>
+  <si>
+    <t>TSM/009729</t>
+  </si>
+  <si>
+    <t>BANAGRAM PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/11223</t>
+  </si>
+  <si>
+    <t>TSM/009278</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS Of RCFA Part-II (Zone-18) Under RCFA Division-I Phe Dte.</t>
+  </si>
+  <si>
+    <t>SM/12220</t>
+  </si>
+  <si>
+    <t>TSM/014878</t>
+  </si>
+  <si>
+    <t>Retrofitting of PWSS for Ukhra &amp; adj areas for providing FHTC within Ondal &amp; Pandabeswar Block (Part-B)</t>
+  </si>
+  <si>
+    <t>SM/09060</t>
+  </si>
+  <si>
+    <t>TSM/008246</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF RCFA (PART III) ZONE II PIPED WATER SUPPLY SCHEME (Complying JJM) .</t>
+  </si>
+  <si>
+    <t>SM/12726</t>
+  </si>
+  <si>
+    <t>TSM/009489</t>
+  </si>
+  <si>
+    <t>SOURCE AUGMENTATION OF OCP WATER BASED WATER SUPPLY SCHEME FOR KAJORA AND ITS ADJOINING AREAS TO ACCOMMODATE FHTC IN ONDAL BLOCK, DISTRICT - PASCHIM BARDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/14888</t>
+  </si>
+  <si>
+    <t>TSM/015956</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Sub-Station equipments and other accessories ar Amritnagar Zone-II Water Supply Scheme within RCFA Part-II area, Block: Raniganj, Dist: Paschim Bardhaman.</t>
+  </si>
+  <si>
+    <t>SM/16777</t>
+  </si>
+  <si>
+    <t>TSM/020344</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS of RCFA Part-II (Zone-1A) Block - Andal, Dist - Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>SM/12227</t>
+  </si>
+  <si>
+    <t>TSM/012782</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR BIRUDIHA, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18824</t>
+  </si>
+  <si>
+    <t>TSM/017278</t>
+  </si>
+  <si>
+    <t>Retrofitting of Chotkara Kanskuli PWSS (Zone-I) for Providing FHTC Within Salanpur &amp; Barabani Block of Paschim Bardhaman District</t>
+  </si>
+  <si>
+    <t>SM/07558</t>
+  </si>
+  <si>
+    <t>TSM/006380</t>
+  </si>
+  <si>
+    <t>RETROFITTING OF PIPED WATER SUPPLY SCHEME FOR KHANDRA (CT) UNDER RCFA PART - II PWSS FOR PROVIDING FHTC WITH IN ANDAL BLOCK OF PASCHIM BARDHAMAN DISTRICT UNDER RCFA DIVISION - I, P.H.E. DTE.</t>
+  </si>
+  <si>
+    <t>SM/09387</t>
+  </si>
+  <si>
+    <t>TSM/008889</t>
+  </si>
+  <si>
+    <t>Augmentation of Madantor Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10845</t>
+  </si>
+  <si>
+    <t>TSM/010054</t>
+  </si>
+  <si>
+    <t>Telipara Piped Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/10311</t>
+  </si>
+  <si>
+    <t>TSM/004035</t>
+  </si>
+  <si>
+    <t>GARKILLA KHEROBARI PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/10998</t>
+  </si>
+  <si>
+    <t>TSM/009281</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF SARSHATALI PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10605</t>
+  </si>
+  <si>
+    <t>TSM/010518</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF PANURIA PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10165</t>
+  </si>
+  <si>
+    <t>TSM/009727</t>
+  </si>
+  <si>
+    <t>Retrofitting of 4 Nos. PWSS for providing FHTC within Raniganj, Andal, Salanpur, Pandabeswar of Paschim Bardhaman district</t>
+  </si>
+  <si>
+    <t>SM/07392</t>
+  </si>
+  <si>
+    <t>TSM/005581</t>
+  </si>
+  <si>
+    <t>Improvement of RCFA (Part-I) Piped Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/09916</t>
+  </si>
+  <si>
+    <t>TSM/004718</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-11) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12210</t>
+  </si>
+  <si>
+    <t>TSM/014889</t>
+  </si>
+  <si>
+    <t>BIRUDIHA PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/11224</t>
+  </si>
+  <si>
+    <t>TSM/009284</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS of RCFA Part-II (Zone-2) Block - Andal, Dist - Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>SM/12223</t>
+  </si>
+  <si>
+    <t>TSM/012791</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS of RCFA Part-II (Zone-I) Block-Andal, Dist-Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>SM/12224</t>
+  </si>
+  <si>
+    <t>TSM/012768</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-7) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12027</t>
+  </si>
+  <si>
+    <t>TSM/014347</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-5) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12025</t>
+  </si>
+  <si>
+    <t>TSM/014345</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF PWSS OF RCFA PART-II (ZONE-3) UNDER RCFA DIVISION-I PHE DTE</t>
+  </si>
+  <si>
+    <t>SM/12215</t>
+  </si>
+  <si>
+    <t>TSM/014885</t>
+  </si>
+  <si>
+    <t>Ground water based Mini piped W/s Scheme (Maximum 100 House Holds) for Bhadrapur ,G.P-Loudoha,Block-Durgapur-Faridpur Dist-Paschim Bardhaman under Durgapur W/s Division, PHE Dte (Part-B)</t>
+  </si>
+  <si>
+    <t>SM/13862</t>
+  </si>
+  <si>
+    <t>TSM/014849</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR BANAGRAM PART, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/16903</t>
+  </si>
+  <si>
+    <t>TSM/017275</t>
+  </si>
+  <si>
+    <t>Retrofitting of Bagdiha &amp; adjoining mouzas for providing FHTC within Jamuria Block.</t>
+  </si>
+  <si>
+    <t>SM/09065</t>
+  </si>
+  <si>
+    <t>TSM/008251</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR TILAKCHANDRAPUR, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18886</t>
+  </si>
+  <si>
+    <t>TSM/020579</t>
+  </si>
+  <si>
+    <t>RBTW water based water supply scheme for Sharpi and its adjoining areas to accommodate FHTC in Durgapur-Faridpur block ,Dist-Paschim Bardhaman.</t>
+  </si>
+  <si>
+    <t>SM/18417</t>
+  </si>
+  <si>
+    <t>TSM/018422</t>
+  </si>
+  <si>
+    <t>Augmentation of RCFA Part II Piped Water Supply Scheme Volume -I (Intake, RWRM, WTP, CWRMs &amp; GLRs) under RCFA Division-I PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/18769</t>
+  </si>
+  <si>
+    <t>TSM/017799</t>
+  </si>
+  <si>
+    <t>Retrofitting of Gourbazar PWSS for providing FHTC within Barabani Block of Paschim Bardhaman District under RCFA Division-I.</t>
+  </si>
+  <si>
+    <t>SM/09063</t>
+  </si>
+  <si>
+    <t>TSM/008249</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF ITAPARA PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10844</t>
+  </si>
+  <si>
+    <t>TSM/009728</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped W/s scheme for Kanksa (Zone-II/Part-A) to accommodate FHTC ,Block-Kanksa,Dist-Paschim Barddhaman(WB)</t>
+  </si>
+  <si>
+    <t>SM/10211</t>
+  </si>
+  <si>
+    <t>TSM/009659</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped W/s Scheme for Kanksa (Zone-II/Part-B) to accommodate FHTC ,Block-Kanksa,Dist-Paschim Bardhaman (WB)</t>
+  </si>
+  <si>
+    <t>SM/10212</t>
+  </si>
+  <si>
+    <t>TSM/009820</t>
+  </si>
+  <si>
+    <t>KOTALPUKUR PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10996</t>
+  </si>
+  <si>
+    <t>TSM/009500</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS of RCFA Part-II (Zone - 9 A)</t>
+  </si>
+  <si>
+    <t>SM/12221</t>
+  </si>
+  <si>
+    <t>TSM/013220</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS of RCFA Part-II (Zone - 9)</t>
+  </si>
+  <si>
+    <t>SM/12222</t>
+  </si>
+  <si>
+    <t>TSM/013219</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-8) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12028</t>
+  </si>
+  <si>
+    <t>TSM/014348</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-10) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12029</t>
+  </si>
+  <si>
+    <t>TSM/014349</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-12A) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12030</t>
+  </si>
+  <si>
+    <t>TSM/014350</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-12B) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12031</t>
+  </si>
+  <si>
+    <t>TSM/014351</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-15) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12041</t>
+  </si>
+  <si>
+    <t>TSM/014356</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF SUB SURFACE WATER SUPPLY SCHEME FOR AMRITNAGAR ZONE I WITHIN RCFA PART II AREA UNDER RCFA DIVISION I TO ACCOMMODATE FHTC</t>
+  </si>
+  <si>
+    <t>SM/13418</t>
+  </si>
+  <si>
+    <t>TSM/011402</t>
+  </si>
+  <si>
+    <t>Ground water based Mini piped W/s Scheme (Maximum 100 House Holds) for Kendula ,G.P-Pratabpur,Block-Durgapur-Faridpur Dist-Paschim Bardhaman under Durgapur W/s Division, PHE Dte (Part-C)</t>
+  </si>
+  <si>
+    <t>SM/13864</t>
+  </si>
+  <si>
+    <t>TSM/014848</t>
+  </si>
+  <si>
+    <t>AUGUMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR TELIPARA, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/16250</t>
+  </si>
+  <si>
+    <t>TSM/017281</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR NAPARA, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMA</t>
+  </si>
+  <si>
+    <t>SM/15657</t>
+  </si>
+  <si>
+    <t>TSM/017221</t>
+  </si>
+  <si>
+    <t>Retrofitting of Churulia PWSS for providing FHTC within Jamuria Block.</t>
+  </si>
+  <si>
+    <t>SM/09064</t>
+  </si>
+  <si>
+    <t>TSM/008250</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped W/s Scheme for Kanksa (Zone-II/Part-C) to accommodate FHTC ,Block-Kanksa, Dist-Paschim Bardhaman (WB)</t>
+  </si>
+  <si>
+    <t>SM/10209</t>
+  </si>
+  <si>
+    <t>TSM/009821</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped W/s Scheme for Kanksa (Zone-II/Part-D) to accommodate FHTC ,Block-Kanksa, Dist-Paschim Bardhaman (WB)</t>
+  </si>
+  <si>
+    <t>SM/10210</t>
+  </si>
+  <si>
+    <t>TSM/009822</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS of RCFA Part-II (Zone-2A) Block - Andal, Dist - Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>SM/12226</t>
+  </si>
+  <si>
+    <t>TSM/012792</t>
+  </si>
+  <si>
+    <t>Augmentation PWSS of RCFA Part-II (Zone - 9 B)</t>
+  </si>
+  <si>
+    <t>SM/12225</t>
+  </si>
+  <si>
+    <t>TSM/013221</t>
+  </si>
+  <si>
+    <t>Augmentation of Amritnagar Zone-II Piped Water Supply Scheme within RCFA Part-II Area under RCFA Division-I PHE Dte. to accommodate FHTC in Raniganj Block Dist-Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>SM/11986</t>
+  </si>
+  <si>
+    <t>TSM/012742</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-16) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12042</t>
+  </si>
+  <si>
+    <t>TSM/014357</t>
+  </si>
+  <si>
+    <t>NAPARA PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/11932</t>
+  </si>
+  <si>
+    <t>TSM/009283</t>
+  </si>
+  <si>
+    <t>Retrofitting of Roshna PWSS for providing FHTC within Barabani Block of Paschim Bardhaman District under RCFA Division-I.</t>
+  </si>
+  <si>
+    <t>SM/09062</t>
+  </si>
+  <si>
+    <t>TSM/008248</t>
+  </si>
+  <si>
+    <t>Retrofitting of Jemua piped W/S scheme for providing FHTC under Durgapur W/s Division, PHE Dte (Mouza-Jemua(JL-80,Paranganj(JL_79) of Jemua Gram Panchayat,Block-Durgapur-Faridpur,Dist-Paschmi Bardhaman.</t>
+  </si>
+  <si>
+    <t>SM/13685</t>
+  </si>
+  <si>
+    <t>TSM/011036</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR KANCHANPUR, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18888</t>
+  </si>
+  <si>
+    <t>TSM/020575</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Substation Equipments and other Accessories at Ramnagar Head WOrks site under RCFA Part-III (Zone-II) Water Supply Scheme, Block:- Pandabeshwar, Dist:- Paschim Bardhaman.</t>
+  </si>
+  <si>
+    <t>SM/18889</t>
+  </si>
+  <si>
+    <t>TSM/020567</t>
+  </si>
+  <si>
+    <t>Ground water based mini piped water supply scheme (Max 100 House Hold) for Pathardiha,GP-Gopalpur,Block -Kanksa,Dist-Paschim Bardhaman under Durgapur W/s Division,PHE Dte (Part-G)</t>
+  </si>
+  <si>
+    <t>SM/18745</t>
+  </si>
+  <si>
+    <t>TSM/014872</t>
+  </si>
+  <si>
+    <t>Retrofitting of Chotkara Kanskuli PWSS (Zone-II) for Providing FHTC Within Salanpur &amp; Barabani Block of Paschim Bardhaman District</t>
+  </si>
+  <si>
+    <t>SM/07559</t>
+  </si>
+  <si>
+    <t>TSM/006381</t>
+  </si>
+  <si>
+    <t>Augmentation of Jamgram Piped Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/10643</t>
+  </si>
+  <si>
+    <t>TSM/010051</t>
+  </si>
+  <si>
+    <t>Augmentation of RCFA (PART-lll) Zone-l Piped water supply scheme (Complying JJM)</t>
+  </si>
+  <si>
+    <t>SM/11454</t>
+  </si>
+  <si>
+    <t>TSM/009488</t>
+  </si>
+  <si>
+    <t>Retrofitting of Ijjatganj and Kanksa mouza for providing FHTC under Durgapur W/s Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/07519</t>
+  </si>
+  <si>
+    <t>TSM/006401</t>
+  </si>
+  <si>
+    <t>Ground Water based Mini piped W/S Scheme (Maximum 100 House hold)for Banagram Village,GP-Bankati,Block-Kanksa,Dist-Paschim Bardhaman under DWSD ,PHE Dte (Part-E)</t>
+  </si>
+  <si>
+    <t>SM/13866</t>
+  </si>
+  <si>
+    <t>TSM/014844</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR KOTALPUKUR, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/15663</t>
+  </si>
+  <si>
+    <t>TSM/017286</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Pumping Machineries, PDB CUM MCC Panel, Substation Equipments and other Accessories at Head Works Site under RCFA-III (Zone-I) Water Supply Scheme, Block:- Faridpur-Durgapur, Dist:- Paschim Bardhaman.</t>
+  </si>
+  <si>
+    <t>SM/16775</t>
+  </si>
+  <si>
+    <t>TSM/020338</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR DHOBARU, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/16902</t>
+  </si>
+  <si>
+    <t>TSM/017277</t>
+  </si>
+  <si>
+    <t>Augmentation of Jamuria (Rural) (Zone-I) PWSS Block- Jamuria District- Paschim Bardhaman under RCFA Division I PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/15654</t>
+  </si>
+  <si>
+    <t>TSM/018723</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR GARKILLA KHEROBARI, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/15659</t>
+  </si>
+  <si>
+    <t>TSM/017285</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR JEMUA, UNDER DURGAPUR W/S DIVISION , BLOCK : DURGAPUR FARIDPUR, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18890</t>
+  </si>
+  <si>
+    <t>TSM/020574</t>
+  </si>
+  <si>
+    <t>Source Augmentation of RCFA Part-II Water Supply Scheme by installing Riverbed Tube-well under RCFA Division-I PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/18891</t>
+  </si>
+  <si>
+    <t>TSM/020833</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR SHYAMBAZAR, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18826</t>
+  </si>
+  <si>
+    <t>TSM/017280</t>
+  </si>
+  <si>
+    <t>Augmentation of RCFA Part II Piped Water Supply Scheme Volume-II (Booster Stations &amp; Allied Works) Under RCFA Division-I PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/18468</t>
+  </si>
+  <si>
+    <t>TSM/018764</t>
+  </si>
+  <si>
+    <t>Retrofitting of ARRAH Mouzas for providing FHTC under Durgapur W/s Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/07518</t>
+  </si>
+  <si>
+    <t>TSM/006413</t>
+  </si>
+  <si>
+    <t>Retrofitting of Chotkara Kanskuli PWSS (Zone-IV) for Providing FHTC Within Salanpur &amp; Barabani Block of Paschim Bardhaman District</t>
+  </si>
+  <si>
+    <t>SM/07561</t>
+  </si>
+  <si>
+    <t>TSM/006383</t>
+  </si>
+  <si>
+    <t>Retrofitting of Improvement of Babani Zone PWSS for Providing FHTC Within Barabani Block of Paschim Bardhaman District</t>
+  </si>
+  <si>
+    <t>SM/07562</t>
+  </si>
+  <si>
+    <t>TSM/006391</t>
+  </si>
+  <si>
+    <t>Retrofitting of Madantore PWSS for providing FHTC within Jamuria Block of Paschim Bardhaman District under RCFA Division-I.</t>
+  </si>
+  <si>
+    <t>SM/09061</t>
+  </si>
+  <si>
+    <t>TSM/008247</t>
+  </si>
+  <si>
+    <t>Retrofitting of PWSS for Ukhra &amp; adj areas for providing FHTC within Ondal &amp; Pandabeswar Block (Part-A)</t>
+  </si>
+  <si>
+    <t>SM/09059</t>
+  </si>
+  <si>
+    <t>TSM/008245</t>
+  </si>
+  <si>
+    <t>Bistupur Piped Water Supply Scheme under Durgapur W/S Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/08877</t>
+  </si>
+  <si>
+    <t>TSM/005153</t>
+  </si>
+  <si>
+    <t>Augmentation of Ondal (Phase-I) Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10641</t>
+  </si>
+  <si>
+    <t>TSM/010055</t>
+  </si>
+  <si>
+    <t>Augmentation work for providing House to House Connection from existing distribution system for Nuni and Adjoining Mouzas and Panchgachi Zone Piped Water Supply Scheme .</t>
+  </si>
+  <si>
+    <t>SM/10144</t>
+  </si>
+  <si>
+    <t>TSM/009668</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF SUB SURFACE WATER BASED PIPED WATER SUPPLY SCHEME FOR ONDAL PHASE II/B TO ACCOMMODATE FHTC</t>
+  </si>
+  <si>
+    <t>SM/11576</t>
+  </si>
+  <si>
+    <t>TSM/011404</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-13) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12032</t>
+  </si>
+  <si>
+    <t>TSM/014352</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-14A) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12033</t>
+  </si>
+  <si>
+    <t>TSM/014353</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-14C) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12040</t>
+  </si>
+  <si>
+    <t>TSM/014355</t>
+  </si>
+  <si>
+    <t>AMLAJORA PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/11937</t>
+  </si>
+  <si>
+    <t>TSM/009286</t>
+  </si>
+  <si>
+    <t>Ground water based Mini piped W/s Scheme (Maximum 100 House Holds) for Maheshpur,G.P-Loudoha,Block-Durgapur-Faridpur Dist-Paschim Bardhaman under Durgapur W/s Division, PHE Dte (Part-A)</t>
+  </si>
+  <si>
+    <t>SM/13879</t>
+  </si>
+  <si>
+    <t>TSM/011035</t>
+  </si>
+  <si>
+    <t>Tetikhala piped water supply scheme , Block-Durgapur-Faridpur,Dist-Paschim Bardhhaman under Durgapur Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/15666</t>
+  </si>
+  <si>
+    <t>TSM/018322</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR JATGARIA, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18825</t>
+  </si>
+  <si>
+    <t>TSM/017244</t>
+  </si>
+  <si>
+    <t>DANDESHWAR PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/11282</t>
+  </si>
+  <si>
+    <t>TSM/009556</t>
+  </si>
+  <si>
+    <t>Retrofitting of Jamgara,Jagannathpur,Kalinagar,Kendula,Kalikapur &amp; Banshia mouzas for providing FHTC under Durgapur W/s Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/07524</t>
+  </si>
+  <si>
+    <t>TSM/006407</t>
+  </si>
+  <si>
+    <t>RETROFITTING OF BAHULA MOUZA UNDER RCFA PART - II PWSS FOR PROVIDING FHTC WITH IN PANDABESWAR BLOCK OF PASCHIM BARDHAMAN DISTRICT UNDER RCFA DIVISION - I, P.H.E. DTE.</t>
+  </si>
+  <si>
+    <t>SM/09388</t>
+  </si>
+  <si>
+    <t>TSM/008888</t>
+  </si>
+  <si>
+    <t>Augmentation of Roopganj piped Water Supply Scheme of Kanksa Block under Durgapur W/s Division PHE Dte</t>
+  </si>
+  <si>
+    <t>SM/10203</t>
+  </si>
+  <si>
+    <t>TSM/009032</t>
+  </si>
+  <si>
+    <t>BAMUNARA PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/11227</t>
+  </si>
+  <si>
+    <t>TSM/009558</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART II (ZONE 4A) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12219</t>
+  </si>
+  <si>
+    <t>TSM/014376</t>
+  </si>
+  <si>
+    <t>JATGARIA PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/11933</t>
+  </si>
+  <si>
+    <t>TSM/009285</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-6) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12026</t>
+  </si>
+  <si>
+    <t>TSM/014346</t>
+  </si>
+  <si>
+    <t>AUGMENTATION PWSS OF RCFA PART-II (ZONE-17) UNDER RCFA DIVISION-I PHE DTE.</t>
+  </si>
+  <si>
+    <t>SM/12218</t>
+  </si>
+  <si>
+    <t>TSM/014890</t>
+  </si>
+  <si>
+    <t>Retrofitting of 10 Nos. PWSS for providing FHTC under Durgapur W/S Division.</t>
+  </si>
+  <si>
+    <t>SM/07391</t>
+  </si>
+  <si>
+    <t>TSM/005580</t>
+  </si>
+  <si>
+    <t>Ground water based mini piped W/s Scheme (Max 100 House Hold)for Gourangapur Village,Panchayet-Bankati,Block-Kanksa,Dist-Paschim Bardhaman under DWSD,PHE Dte (Part-D)</t>
+  </si>
+  <si>
+    <t>SM/13863</t>
+  </si>
+  <si>
+    <t>TSM/014846</t>
+  </si>
+  <si>
+    <t>Retrofitting of Chotkara Kanskuli PWSS (Zone-III) for Providing FHTC Within Salanpur &amp; Barabani Block of Paschim Bardhaman District</t>
+  </si>
+  <si>
+    <t>SM/07560</t>
+  </si>
+  <si>
+    <t>TSM/006382</t>
+  </si>
+  <si>
+    <t>PROPOSED GROUND WATER BASED WATER SUPPLY SCHEME FOR KATABERA, UNDER DURGAPUR W/S DIVISION , BLOCK : FARIDPUR-DURGAPUR, DISTRICT : PASCHIM BARDDHAMAM</t>
+  </si>
+  <si>
+    <t>SM/16249</t>
+  </si>
+  <si>
+    <t>TSM/018376</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR AMLAJORA PART - II, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/15639</t>
+  </si>
+  <si>
+    <t>TSM/017220</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR GARADAHA, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/16900</t>
+  </si>
+  <si>
+    <t>TSM/017283</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR DANDESHWAR, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/16901</t>
+  </si>
+  <si>
+    <t>TSM/017279</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR BASUDHA, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18877</t>
+  </si>
+  <si>
+    <t>TSM/020573</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR BAMUNARA, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18467</t>
+  </si>
+  <si>
+    <t>TSM/017310</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR BISTUPUR, UNDER DURGAPUR W/S DIVISION , BLOCK : KANKSA, DISTRICT : PASCHIM BARDDHAMAN</t>
+  </si>
+  <si>
+    <t>SM/18469</t>
+  </si>
+  <si>
+    <t>TSM/018199</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -136,59 +1276,65 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
@@ -465,193 +1611,7269 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A127" sqref="A127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="4" t="s">
+      <c r="H2" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="4" t="s">
+      <c r="I2" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="4" t="s">
+      <c r="J2" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
-[...23 lines deleted...]
-        <v>0</v>
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="4">
+        <v>1849</v>
+      </c>
+      <c r="J3" s="4">
+        <v>551</v>
+      </c>
+      <c r="K3" s="4">
+        <v>0</v>
+      </c>
+      <c r="L3" s="4">
+        <v>2400</v>
+      </c>
+      <c r="M3" s="4">
+        <v>111</v>
+      </c>
+      <c r="N3" s="4">
+        <v>0</v>
+      </c>
+      <c r="O3" s="4">
+        <v>0</v>
+      </c>
+      <c r="P3" s="4">
+        <v>111</v>
       </c>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="4">
+        <v>2538</v>
+      </c>
+      <c r="J4" s="4">
+        <v>0</v>
+      </c>
+      <c r="K4" s="4">
+        <v>0</v>
+      </c>
+      <c r="L4" s="4">
+        <v>2538</v>
+      </c>
+      <c r="M4" s="4">
+        <v>700.46</v>
+      </c>
+      <c r="N4" s="4">
+        <v>0</v>
+      </c>
+      <c r="O4" s="4">
+        <v>0</v>
+      </c>
+      <c r="P4" s="4">
+        <v>700.46</v>
+      </c>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I5" s="4">
+        <v>2805</v>
+      </c>
+      <c r="J5" s="4">
+        <v>0</v>
+      </c>
+      <c r="K5" s="4">
+        <v>1555</v>
+      </c>
+      <c r="L5" s="4">
+        <v>1250</v>
+      </c>
+      <c r="M5" s="4">
+        <v>844.67</v>
+      </c>
+      <c r="N5" s="4">
+        <v>0</v>
+      </c>
+      <c r="O5" s="4">
+        <v>47.33</v>
+      </c>
+      <c r="P5" s="4">
+        <v>797.34</v>
+      </c>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I6" s="4">
+        <v>197</v>
+      </c>
+      <c r="J6" s="4">
+        <v>0</v>
+      </c>
+      <c r="K6" s="4">
+        <v>0</v>
+      </c>
+      <c r="L6" s="4">
+        <v>197</v>
+      </c>
+      <c r="M6" s="4">
+        <v>57.63</v>
+      </c>
+      <c r="N6" s="4">
+        <v>0</v>
+      </c>
+      <c r="O6" s="4">
+        <v>0</v>
+      </c>
+      <c r="P6" s="4">
+        <v>57.63</v>
+      </c>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I7" s="4">
+        <v>1438</v>
+      </c>
+      <c r="J7" s="4">
+        <v>0</v>
+      </c>
+      <c r="K7" s="4">
+        <v>1438</v>
+      </c>
+      <c r="L7" s="4">
+        <v>0</v>
+      </c>
+      <c r="M7" s="4">
+        <v>866.51</v>
+      </c>
+      <c r="N7" s="4">
+        <v>0</v>
+      </c>
+      <c r="O7" s="4">
+        <v>0</v>
+      </c>
+      <c r="P7" s="4">
+        <v>866.51</v>
+      </c>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I8" s="4">
+        <v>4615</v>
+      </c>
+      <c r="J8" s="4">
+        <v>0</v>
+      </c>
+      <c r="K8" s="4">
+        <v>4615</v>
+      </c>
+      <c r="L8" s="4">
+        <v>0</v>
+      </c>
+      <c r="M8" s="4">
+        <v>1310.24</v>
+      </c>
+      <c r="N8" s="4">
+        <v>0</v>
+      </c>
+      <c r="O8" s="4">
+        <v>0</v>
+      </c>
+      <c r="P8" s="4">
+        <v>1310.24</v>
+      </c>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I9" s="4">
+        <v>882</v>
+      </c>
+      <c r="J9" s="4">
+        <v>0</v>
+      </c>
+      <c r="K9" s="4">
+        <v>0</v>
+      </c>
+      <c r="L9" s="4">
+        <v>882</v>
+      </c>
+      <c r="M9" s="4">
+        <v>309.98</v>
+      </c>
+      <c r="N9" s="4">
+        <v>0</v>
+      </c>
+      <c r="O9" s="4">
+        <v>0</v>
+      </c>
+      <c r="P9" s="4">
+        <v>309.98</v>
+      </c>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I10" s="4">
+        <v>4240</v>
+      </c>
+      <c r="J10" s="4">
+        <v>0</v>
+      </c>
+      <c r="K10" s="4">
+        <v>0</v>
+      </c>
+      <c r="L10" s="4">
+        <v>4240</v>
+      </c>
+      <c r="M10" s="4">
+        <v>661.28</v>
+      </c>
+      <c r="N10" s="4">
+        <v>0</v>
+      </c>
+      <c r="O10" s="4">
+        <v>0</v>
+      </c>
+      <c r="P10" s="4">
+        <v>661.28</v>
+      </c>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I11" s="4">
+        <v>2426</v>
+      </c>
+      <c r="J11" s="4">
+        <v>0</v>
+      </c>
+      <c r="K11" s="4">
+        <v>0</v>
+      </c>
+      <c r="L11" s="4">
+        <v>2426</v>
+      </c>
+      <c r="M11" s="4">
+        <v>587.31</v>
+      </c>
+      <c r="N11" s="4">
+        <v>0</v>
+      </c>
+      <c r="O11" s="4">
+        <v>0</v>
+      </c>
+      <c r="P11" s="4">
+        <v>587.31</v>
+      </c>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H12" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I12" s="4">
+        <v>171</v>
+      </c>
+      <c r="J12" s="4">
+        <v>0</v>
+      </c>
+      <c r="K12" s="4">
+        <v>0</v>
+      </c>
+      <c r="L12" s="4">
+        <v>171</v>
+      </c>
+      <c r="M12" s="4">
+        <v>51.33</v>
+      </c>
+      <c r="N12" s="4">
+        <v>0</v>
+      </c>
+      <c r="O12" s="4">
+        <v>0</v>
+      </c>
+      <c r="P12" s="4">
+        <v>51.33</v>
+      </c>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H13" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I13" s="4">
+        <v>3551</v>
+      </c>
+      <c r="J13" s="4">
+        <v>0</v>
+      </c>
+      <c r="K13" s="4">
+        <v>0</v>
+      </c>
+      <c r="L13" s="4">
+        <v>3551</v>
+      </c>
+      <c r="M13" s="4">
+        <v>365.56</v>
+      </c>
+      <c r="N13" s="4">
+        <v>0</v>
+      </c>
+      <c r="O13" s="4">
+        <v>0</v>
+      </c>
+      <c r="P13" s="4">
+        <v>365.56</v>
+      </c>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H14" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I14" s="4">
+        <v>4177</v>
+      </c>
+      <c r="J14" s="4">
+        <v>0</v>
+      </c>
+      <c r="K14" s="4">
+        <v>2492</v>
+      </c>
+      <c r="L14" s="4">
+        <v>1685</v>
+      </c>
+      <c r="M14" s="4">
+        <v>868.69</v>
+      </c>
+      <c r="N14" s="4">
+        <v>0</v>
+      </c>
+      <c r="O14" s="4">
+        <v>61.28</v>
+      </c>
+      <c r="P14" s="4">
+        <v>807.41</v>
+      </c>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I15" s="4">
+        <v>3164</v>
+      </c>
+      <c r="J15" s="4">
+        <v>0</v>
+      </c>
+      <c r="K15" s="4">
+        <v>2303</v>
+      </c>
+      <c r="L15" s="4">
+        <v>861</v>
+      </c>
+      <c r="M15" s="4">
+        <v>909.45</v>
+      </c>
+      <c r="N15" s="4">
+        <v>0</v>
+      </c>
+      <c r="O15" s="4">
+        <v>0</v>
+      </c>
+      <c r="P15" s="4">
+        <v>909.45</v>
+      </c>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H16" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I16" s="4">
+        <v>60</v>
+      </c>
+      <c r="J16" s="4">
+        <v>0</v>
+      </c>
+      <c r="K16" s="4">
+        <v>0</v>
+      </c>
+      <c r="L16" s="4">
+        <v>60</v>
+      </c>
+      <c r="M16" s="4">
+        <v>41.75</v>
+      </c>
+      <c r="N16" s="4">
+        <v>0</v>
+      </c>
+      <c r="O16" s="4">
+        <v>0</v>
+      </c>
+      <c r="P16" s="4">
+        <v>41.75</v>
+      </c>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H17" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I17" s="4">
+        <v>1377</v>
+      </c>
+      <c r="J17" s="4">
+        <v>0</v>
+      </c>
+      <c r="K17" s="4">
+        <v>0</v>
+      </c>
+      <c r="L17" s="4">
+        <v>1377</v>
+      </c>
+      <c r="M17" s="4">
+        <v>220.53</v>
+      </c>
+      <c r="N17" s="4">
+        <v>0</v>
+      </c>
+      <c r="O17" s="4">
+        <v>0</v>
+      </c>
+      <c r="P17" s="4">
+        <v>220.53</v>
+      </c>
+      <c r="Q17" s="1"/>
+      <c r="R17" s="1"/>
+      <c r="S17" s="1"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I18" s="4">
+        <v>3926</v>
+      </c>
+      <c r="J18" s="4">
+        <v>0</v>
+      </c>
+      <c r="K18" s="4">
+        <v>3371</v>
+      </c>
+      <c r="L18" s="4">
+        <v>555</v>
+      </c>
+      <c r="M18" s="4">
+        <v>996.67</v>
+      </c>
+      <c r="N18" s="4">
+        <v>0</v>
+      </c>
+      <c r="O18" s="4">
+        <v>102.61</v>
+      </c>
+      <c r="P18" s="4">
+        <v>894.06</v>
+      </c>
+      <c r="Q18" s="1"/>
+      <c r="R18" s="1"/>
+      <c r="S18" s="1"/>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="3">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H19" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I19" s="4">
+        <v>112</v>
+      </c>
+      <c r="J19" s="4">
+        <v>0</v>
+      </c>
+      <c r="K19" s="4">
+        <v>0</v>
+      </c>
+      <c r="L19" s="4">
+        <v>112</v>
+      </c>
+      <c r="M19" s="4">
+        <v>34.78</v>
+      </c>
+      <c r="N19" s="4">
+        <v>0</v>
+      </c>
+      <c r="O19" s="4">
+        <v>0</v>
+      </c>
+      <c r="P19" s="4">
+        <v>34.78</v>
+      </c>
+      <c r="Q19" s="1"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="1"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" s="3">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I20" s="4">
+        <v>3242</v>
+      </c>
+      <c r="J20" s="4">
+        <v>0</v>
+      </c>
+      <c r="K20" s="4">
+        <v>1878</v>
+      </c>
+      <c r="L20" s="4">
+        <v>1364</v>
+      </c>
+      <c r="M20" s="4">
+        <v>754.7</v>
+      </c>
+      <c r="N20" s="4">
+        <v>0</v>
+      </c>
+      <c r="O20" s="4">
+        <v>46.18</v>
+      </c>
+      <c r="P20" s="4">
+        <v>708.52</v>
+      </c>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" s="3">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I21" s="4">
+        <v>4170</v>
+      </c>
+      <c r="J21" s="4">
+        <v>0</v>
+      </c>
+      <c r="K21" s="4">
+        <v>0</v>
+      </c>
+      <c r="L21" s="4">
+        <v>4170</v>
+      </c>
+      <c r="M21" s="4">
+        <v>244.75</v>
+      </c>
+      <c r="N21" s="4">
+        <v>0</v>
+      </c>
+      <c r="O21" s="4">
+        <v>0</v>
+      </c>
+      <c r="P21" s="4">
+        <v>244.75</v>
+      </c>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I22" s="4">
+        <v>11625</v>
+      </c>
+      <c r="J22" s="4">
+        <v>2182</v>
+      </c>
+      <c r="K22" s="4">
+        <v>0</v>
+      </c>
+      <c r="L22" s="4">
+        <v>13807</v>
+      </c>
+      <c r="M22" s="4">
+        <v>2832.34</v>
+      </c>
+      <c r="N22" s="4">
+        <v>0</v>
+      </c>
+      <c r="O22" s="4">
+        <v>0</v>
+      </c>
+      <c r="P22" s="4">
+        <v>2832.34</v>
+      </c>
+      <c r="Q22" s="1"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="1"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="1"/>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="3">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I23" s="4">
+        <v>0</v>
+      </c>
+      <c r="J23" s="4">
+        <v>0</v>
+      </c>
+      <c r="K23" s="4">
+        <v>0</v>
+      </c>
+      <c r="L23" s="4">
+        <v>0</v>
+      </c>
+      <c r="M23" s="4">
+        <v>882.66</v>
+      </c>
+      <c r="N23" s="4">
+        <v>0</v>
+      </c>
+      <c r="O23" s="4">
+        <v>0</v>
+      </c>
+      <c r="P23" s="4">
+        <v>882.66</v>
+      </c>
+      <c r="Q23" s="1"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="1"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" s="3">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H24" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I24" s="4">
+        <v>0</v>
+      </c>
+      <c r="J24" s="4">
+        <v>0</v>
+      </c>
+      <c r="K24" s="4">
+        <v>0</v>
+      </c>
+      <c r="L24" s="4">
+        <v>0</v>
+      </c>
+      <c r="M24" s="4">
+        <v>204.12</v>
+      </c>
+      <c r="N24" s="4">
+        <v>0</v>
+      </c>
+      <c r="O24" s="4">
+        <v>0</v>
+      </c>
+      <c r="P24" s="4">
+        <v>204.12</v>
+      </c>
+      <c r="Q24" s="1"/>
+      <c r="R24" s="1"/>
+      <c r="S24" s="1"/>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="1"/>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" s="3">
+        <v>23</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="4">
+        <v>3086</v>
+      </c>
+      <c r="J25" s="4">
+        <v>0</v>
+      </c>
+      <c r="K25" s="4">
+        <v>1849</v>
+      </c>
+      <c r="L25" s="4">
+        <v>1237</v>
+      </c>
+      <c r="M25" s="4">
+        <v>543.54</v>
+      </c>
+      <c r="N25" s="4">
+        <v>0</v>
+      </c>
+      <c r="O25" s="4">
+        <v>45.46</v>
+      </c>
+      <c r="P25" s="4">
+        <v>498.08</v>
+      </c>
+      <c r="Q25" s="1"/>
+      <c r="R25" s="1"/>
+      <c r="S25" s="1"/>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" s="3">
+        <v>24</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H26" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I26" s="4">
+        <v>1916</v>
+      </c>
+      <c r="J26" s="4">
+        <v>0</v>
+      </c>
+      <c r="K26" s="4">
+        <v>0</v>
+      </c>
+      <c r="L26" s="4">
+        <v>1916</v>
+      </c>
+      <c r="M26" s="4">
+        <v>860</v>
+      </c>
+      <c r="N26" s="4">
+        <v>0</v>
+      </c>
+      <c r="O26" s="4">
+        <v>0</v>
+      </c>
+      <c r="P26" s="4">
+        <v>860</v>
+      </c>
+      <c r="Q26" s="1"/>
+      <c r="R26" s="1"/>
+      <c r="S26" s="1"/>
+      <c r="T26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1"/>
+      <c r="W26" s="1"/>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" s="3">
+        <v>25</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H27" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I27" s="4">
+        <v>2015</v>
+      </c>
+      <c r="J27" s="4">
+        <v>0</v>
+      </c>
+      <c r="K27" s="4">
+        <v>0</v>
+      </c>
+      <c r="L27" s="4">
+        <v>2015</v>
+      </c>
+      <c r="M27" s="4">
+        <v>94.74</v>
+      </c>
+      <c r="N27" s="4">
+        <v>0</v>
+      </c>
+      <c r="O27" s="4">
+        <v>0</v>
+      </c>
+      <c r="P27" s="4">
+        <v>94.74</v>
+      </c>
+      <c r="Q27" s="1"/>
+      <c r="R27" s="1"/>
+      <c r="S27" s="1"/>
+      <c r="T27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="1"/>
+      <c r="W27" s="1"/>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" s="3">
+        <v>26</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H28" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28" s="4">
+        <v>3382</v>
+      </c>
+      <c r="J28" s="4">
+        <v>338</v>
+      </c>
+      <c r="K28" s="4">
+        <v>0</v>
+      </c>
+      <c r="L28" s="4">
+        <v>3720</v>
+      </c>
+      <c r="M28" s="4">
+        <v>188.03</v>
+      </c>
+      <c r="N28" s="4">
+        <v>0</v>
+      </c>
+      <c r="O28" s="4">
+        <v>0</v>
+      </c>
+      <c r="P28" s="4">
+        <v>188.03</v>
+      </c>
+      <c r="Q28" s="1"/>
+      <c r="R28" s="1"/>
+      <c r="S28" s="1"/>
+      <c r="T28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="1"/>
+      <c r="W28" s="1"/>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" s="3">
+        <v>27</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I29" s="4">
+        <v>1975</v>
+      </c>
+      <c r="J29" s="4">
+        <v>0</v>
+      </c>
+      <c r="K29" s="4">
+        <v>850</v>
+      </c>
+      <c r="L29" s="4">
+        <v>1125</v>
+      </c>
+      <c r="M29" s="4">
+        <v>587.44</v>
+      </c>
+      <c r="N29" s="4">
+        <v>0</v>
+      </c>
+      <c r="O29" s="4">
+        <v>25.87</v>
+      </c>
+      <c r="P29" s="4">
+        <v>561.57</v>
+      </c>
+      <c r="Q29" s="1"/>
+      <c r="R29" s="1"/>
+      <c r="S29" s="1"/>
+      <c r="T29" s="1"/>
+      <c r="U29" s="1"/>
+      <c r="V29" s="1"/>
+      <c r="W29" s="1"/>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" s="3">
+        <v>28</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H30" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I30" s="4">
+        <v>870</v>
+      </c>
+      <c r="J30" s="4">
+        <v>6557</v>
+      </c>
+      <c r="K30" s="4">
+        <v>0</v>
+      </c>
+      <c r="L30" s="4">
+        <v>7427</v>
+      </c>
+      <c r="M30" s="4">
+        <v>389.8</v>
+      </c>
+      <c r="N30" s="4">
+        <v>0</v>
+      </c>
+      <c r="O30" s="4">
+        <v>0</v>
+      </c>
+      <c r="P30" s="4">
+        <v>389.8</v>
+      </c>
+      <c r="Q30" s="1"/>
+      <c r="R30" s="1"/>
+      <c r="S30" s="1"/>
+      <c r="T30" s="1"/>
+      <c r="U30" s="1"/>
+      <c r="V30" s="1"/>
+      <c r="W30" s="1"/>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" s="3">
+        <v>29</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I31" s="4">
+        <v>126</v>
+      </c>
+      <c r="J31" s="4">
+        <v>0</v>
+      </c>
+      <c r="K31" s="4">
+        <v>0</v>
+      </c>
+      <c r="L31" s="4">
+        <v>126</v>
+      </c>
+      <c r="M31" s="4">
+        <v>41.17</v>
+      </c>
+      <c r="N31" s="4">
+        <v>0</v>
+      </c>
+      <c r="O31" s="4">
+        <v>0</v>
+      </c>
+      <c r="P31" s="4">
+        <v>41.17</v>
+      </c>
+      <c r="Q31" s="1"/>
+      <c r="R31" s="1"/>
+      <c r="S31" s="1"/>
+      <c r="T31" s="1"/>
+      <c r="U31" s="1"/>
+      <c r="V31" s="1"/>
+      <c r="W31" s="1"/>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" s="3">
+        <v>30</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H32" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I32" s="4">
+        <v>2773</v>
+      </c>
+      <c r="J32" s="4">
+        <v>221</v>
+      </c>
+      <c r="K32" s="4">
+        <v>0</v>
+      </c>
+      <c r="L32" s="4">
+        <v>2994</v>
+      </c>
+      <c r="M32" s="4">
+        <v>608.44</v>
+      </c>
+      <c r="N32" s="4">
+        <v>0</v>
+      </c>
+      <c r="O32" s="4">
+        <v>0</v>
+      </c>
+      <c r="P32" s="4">
+        <v>608.44</v>
+      </c>
+      <c r="Q32" s="1"/>
+      <c r="R32" s="1"/>
+      <c r="S32" s="1"/>
+      <c r="T32" s="1"/>
+      <c r="U32" s="1"/>
+      <c r="V32" s="1"/>
+      <c r="W32" s="1"/>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" s="3">
+        <v>31</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H33" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I33" s="4">
+        <v>3513</v>
+      </c>
+      <c r="J33" s="4">
+        <v>0</v>
+      </c>
+      <c r="K33" s="4">
+        <v>0</v>
+      </c>
+      <c r="L33" s="4">
+        <v>3513</v>
+      </c>
+      <c r="M33" s="4">
+        <v>971.48</v>
+      </c>
+      <c r="N33" s="4">
+        <v>0</v>
+      </c>
+      <c r="O33" s="4">
+        <v>0</v>
+      </c>
+      <c r="P33" s="4">
+        <v>971.48</v>
+      </c>
+      <c r="Q33" s="1"/>
+      <c r="R33" s="1"/>
+      <c r="S33" s="1"/>
+      <c r="T33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="1"/>
+    </row>
+    <row r="34" spans="1:23">
+      <c r="A34" s="3">
+        <v>32</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H34" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I34" s="4">
+        <v>12458</v>
+      </c>
+      <c r="J34" s="4">
+        <v>0</v>
+      </c>
+      <c r="K34" s="4">
+        <v>2732</v>
+      </c>
+      <c r="L34" s="4">
+        <v>9726</v>
+      </c>
+      <c r="M34" s="4">
+        <v>627.42</v>
+      </c>
+      <c r="N34" s="4">
+        <v>0</v>
+      </c>
+      <c r="O34" s="4">
+        <v>0</v>
+      </c>
+      <c r="P34" s="4">
+        <v>627.42</v>
+      </c>
+      <c r="Q34" s="1"/>
+      <c r="R34" s="1"/>
+      <c r="S34" s="1"/>
+      <c r="T34" s="1"/>
+      <c r="U34" s="1"/>
+      <c r="V34" s="1"/>
+      <c r="W34" s="1"/>
+    </row>
+    <row r="35" spans="1:23">
+      <c r="A35" s="3">
+        <v>33</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H35" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I35" s="4">
+        <v>39078</v>
+      </c>
+      <c r="J35" s="4">
+        <v>0</v>
+      </c>
+      <c r="K35" s="4">
+        <v>9016</v>
+      </c>
+      <c r="L35" s="4">
+        <v>30062</v>
+      </c>
+      <c r="M35" s="4">
+        <v>11874.12</v>
+      </c>
+      <c r="N35" s="4">
+        <v>0</v>
+      </c>
+      <c r="O35" s="4">
+        <v>339.38</v>
+      </c>
+      <c r="P35" s="4">
+        <v>11534.75</v>
+      </c>
+      <c r="Q35" s="1"/>
+      <c r="R35" s="1"/>
+      <c r="S35" s="1"/>
+      <c r="T35" s="1"/>
+      <c r="U35" s="1"/>
+      <c r="V35" s="1"/>
+      <c r="W35" s="1"/>
+    </row>
+    <row r="36" spans="1:23">
+      <c r="A36" s="3">
+        <v>34</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H36" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I36" s="4">
+        <v>2833</v>
+      </c>
+      <c r="J36" s="4">
+        <v>0</v>
+      </c>
+      <c r="K36" s="4">
+        <v>0</v>
+      </c>
+      <c r="L36" s="4">
+        <v>2833</v>
+      </c>
+      <c r="M36" s="4">
+        <v>610.16</v>
+      </c>
+      <c r="N36" s="4">
+        <v>0</v>
+      </c>
+      <c r="O36" s="4">
+        <v>0</v>
+      </c>
+      <c r="P36" s="4">
+        <v>610.16</v>
+      </c>
+      <c r="Q36" s="1"/>
+      <c r="R36" s="1"/>
+      <c r="S36" s="1"/>
+      <c r="T36" s="1"/>
+      <c r="U36" s="1"/>
+      <c r="V36" s="1"/>
+      <c r="W36" s="1"/>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="A37" s="3">
+        <v>35</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H37" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I37" s="4">
+        <v>1697</v>
+      </c>
+      <c r="J37" s="4">
+        <v>0</v>
+      </c>
+      <c r="K37" s="4">
+        <v>0</v>
+      </c>
+      <c r="L37" s="4">
+        <v>1697</v>
+      </c>
+      <c r="M37" s="4">
+        <v>633.08</v>
+      </c>
+      <c r="N37" s="4">
+        <v>0</v>
+      </c>
+      <c r="O37" s="4">
+        <v>0</v>
+      </c>
+      <c r="P37" s="4">
+        <v>633.08</v>
+      </c>
+      <c r="Q37" s="1"/>
+      <c r="R37" s="1"/>
+      <c r="S37" s="1"/>
+      <c r="T37" s="1"/>
+      <c r="U37" s="1"/>
+      <c r="V37" s="1"/>
+      <c r="W37" s="1"/>
+    </row>
+    <row r="38" spans="1:23">
+      <c r="A38" s="3">
+        <v>36</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H38" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I38" s="4">
+        <v>2270</v>
+      </c>
+      <c r="J38" s="4">
+        <v>0</v>
+      </c>
+      <c r="K38" s="4">
+        <v>0</v>
+      </c>
+      <c r="L38" s="4">
+        <v>2270</v>
+      </c>
+      <c r="M38" s="4">
+        <v>833.27</v>
+      </c>
+      <c r="N38" s="4">
+        <v>0</v>
+      </c>
+      <c r="O38" s="4">
+        <v>0</v>
+      </c>
+      <c r="P38" s="4">
+        <v>833.27</v>
+      </c>
+      <c r="Q38" s="1"/>
+      <c r="R38" s="1"/>
+      <c r="S38" s="1"/>
+      <c r="T38" s="1"/>
+      <c r="U38" s="1"/>
+      <c r="V38" s="1"/>
+      <c r="W38" s="1"/>
+    </row>
+    <row r="39" spans="1:23">
+      <c r="A39" s="3">
+        <v>37</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H39" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I39" s="4">
+        <v>3568</v>
+      </c>
+      <c r="J39" s="4">
+        <v>0</v>
+      </c>
+      <c r="K39" s="4">
+        <v>3387</v>
+      </c>
+      <c r="L39" s="4">
+        <v>181</v>
+      </c>
+      <c r="M39" s="4">
+        <v>689.44</v>
+      </c>
+      <c r="N39" s="4">
+        <v>0</v>
+      </c>
+      <c r="O39" s="4">
+        <v>83.16</v>
+      </c>
+      <c r="P39" s="4">
+        <v>606.28</v>
+      </c>
+      <c r="Q39" s="1"/>
+      <c r="R39" s="1"/>
+      <c r="S39" s="1"/>
+      <c r="T39" s="1"/>
+      <c r="U39" s="1"/>
+      <c r="V39" s="1"/>
+      <c r="W39" s="1"/>
+    </row>
+    <row r="40" spans="1:23">
+      <c r="A40" s="3">
+        <v>38</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H40" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I40" s="4">
+        <v>3468</v>
+      </c>
+      <c r="J40" s="4">
+        <v>0</v>
+      </c>
+      <c r="K40" s="4">
+        <v>0</v>
+      </c>
+      <c r="L40" s="4">
+        <v>3468</v>
+      </c>
+      <c r="M40" s="4">
+        <v>818.76</v>
+      </c>
+      <c r="N40" s="4">
+        <v>0</v>
+      </c>
+      <c r="O40" s="4">
+        <v>0</v>
+      </c>
+      <c r="P40" s="4">
+        <v>818.76</v>
+      </c>
+      <c r="Q40" s="1"/>
+      <c r="R40" s="1"/>
+      <c r="S40" s="1"/>
+      <c r="T40" s="1"/>
+      <c r="U40" s="1"/>
+      <c r="V40" s="1"/>
+      <c r="W40" s="1"/>
+    </row>
+    <row r="41" spans="1:23">
+      <c r="A41" s="3">
+        <v>39</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I41" s="4">
+        <v>3450</v>
+      </c>
+      <c r="J41" s="4">
+        <v>0</v>
+      </c>
+      <c r="K41" s="4">
+        <v>0</v>
+      </c>
+      <c r="L41" s="4">
+        <v>3450</v>
+      </c>
+      <c r="M41" s="4">
+        <v>901.05</v>
+      </c>
+      <c r="N41" s="4">
+        <v>0</v>
+      </c>
+      <c r="O41" s="4">
+        <v>0</v>
+      </c>
+      <c r="P41" s="4">
+        <v>901.05</v>
+      </c>
+      <c r="Q41" s="1"/>
+      <c r="R41" s="1"/>
+      <c r="S41" s="1"/>
+      <c r="T41" s="1"/>
+      <c r="U41" s="1"/>
+      <c r="V41" s="1"/>
+      <c r="W41" s="1"/>
+    </row>
+    <row r="42" spans="1:23">
+      <c r="A42" s="3">
+        <v>40</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H42" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I42" s="4">
+        <v>2548</v>
+      </c>
+      <c r="J42" s="4">
+        <v>0</v>
+      </c>
+      <c r="K42" s="4">
+        <v>0</v>
+      </c>
+      <c r="L42" s="4">
+        <v>2548</v>
+      </c>
+      <c r="M42" s="4">
+        <v>898.82</v>
+      </c>
+      <c r="N42" s="4">
+        <v>0</v>
+      </c>
+      <c r="O42" s="4">
+        <v>0</v>
+      </c>
+      <c r="P42" s="4">
+        <v>898.82</v>
+      </c>
+      <c r="Q42" s="1"/>
+      <c r="R42" s="1"/>
+      <c r="S42" s="1"/>
+      <c r="T42" s="1"/>
+      <c r="U42" s="1"/>
+      <c r="V42" s="1"/>
+      <c r="W42" s="1"/>
+    </row>
+    <row r="43" spans="1:23">
+      <c r="A43" s="3">
+        <v>41</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I43" s="4">
+        <v>20</v>
+      </c>
+      <c r="J43" s="4">
+        <v>0</v>
+      </c>
+      <c r="K43" s="4">
+        <v>0</v>
+      </c>
+      <c r="L43" s="4">
+        <v>20</v>
+      </c>
+      <c r="M43" s="4">
+        <v>33.6</v>
+      </c>
+      <c r="N43" s="4">
+        <v>0</v>
+      </c>
+      <c r="O43" s="4">
+        <v>0</v>
+      </c>
+      <c r="P43" s="4">
+        <v>33.6</v>
+      </c>
+      <c r="Q43" s="1"/>
+      <c r="R43" s="1"/>
+      <c r="S43" s="1"/>
+      <c r="T43" s="1"/>
+      <c r="U43" s="1"/>
+      <c r="V43" s="1"/>
+      <c r="W43" s="1"/>
+    </row>
+    <row r="44" spans="1:23">
+      <c r="A44" s="3">
+        <v>42</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H44" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I44" s="4">
+        <v>171</v>
+      </c>
+      <c r="J44" s="4">
+        <v>0</v>
+      </c>
+      <c r="K44" s="4">
+        <v>0</v>
+      </c>
+      <c r="L44" s="4">
+        <v>171</v>
+      </c>
+      <c r="M44" s="4">
+        <v>64.9</v>
+      </c>
+      <c r="N44" s="4">
+        <v>0</v>
+      </c>
+      <c r="O44" s="4">
+        <v>0</v>
+      </c>
+      <c r="P44" s="4">
+        <v>64.9</v>
+      </c>
+      <c r="Q44" s="1"/>
+      <c r="R44" s="1"/>
+      <c r="S44" s="1"/>
+      <c r="T44" s="1"/>
+      <c r="U44" s="1"/>
+      <c r="V44" s="1"/>
+      <c r="W44" s="1"/>
+    </row>
+    <row r="45" spans="1:23">
+      <c r="A45" s="3">
+        <v>43</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I45" s="4">
+        <v>1613</v>
+      </c>
+      <c r="J45" s="4">
+        <v>0</v>
+      </c>
+      <c r="K45" s="4">
+        <v>0</v>
+      </c>
+      <c r="L45" s="4">
+        <v>1613</v>
+      </c>
+      <c r="M45" s="4">
+        <v>92.6</v>
+      </c>
+      <c r="N45" s="4">
+        <v>0</v>
+      </c>
+      <c r="O45" s="4">
+        <v>0</v>
+      </c>
+      <c r="P45" s="4">
+        <v>92.6</v>
+      </c>
+      <c r="Q45" s="1"/>
+      <c r="R45" s="1"/>
+      <c r="S45" s="1"/>
+      <c r="T45" s="1"/>
+      <c r="U45" s="1"/>
+      <c r="V45" s="1"/>
+      <c r="W45" s="1"/>
+    </row>
+    <row r="46" spans="1:23">
+      <c r="A46" s="3">
+        <v>44</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H46" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I46" s="4">
+        <v>1888</v>
+      </c>
+      <c r="J46" s="4">
+        <v>0</v>
+      </c>
+      <c r="K46" s="4">
+        <v>0</v>
+      </c>
+      <c r="L46" s="4">
+        <v>1888</v>
+      </c>
+      <c r="M46" s="4">
+        <v>350.95</v>
+      </c>
+      <c r="N46" s="4">
+        <v>0</v>
+      </c>
+      <c r="O46" s="4">
+        <v>0</v>
+      </c>
+      <c r="P46" s="4">
+        <v>350.95</v>
+      </c>
+      <c r="Q46" s="1"/>
+      <c r="R46" s="1"/>
+      <c r="S46" s="1"/>
+      <c r="T46" s="1"/>
+      <c r="U46" s="1"/>
+      <c r="V46" s="1"/>
+      <c r="W46" s="1"/>
+    </row>
+    <row r="47" spans="1:23">
+      <c r="A47" s="3">
+        <v>45</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H47" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I47" s="4">
+        <v>2776</v>
+      </c>
+      <c r="J47" s="4">
+        <v>0</v>
+      </c>
+      <c r="K47" s="4">
+        <v>0</v>
+      </c>
+      <c r="L47" s="4">
+        <v>2776</v>
+      </c>
+      <c r="M47" s="4">
+        <v>2340.61</v>
+      </c>
+      <c r="N47" s="4">
+        <v>0</v>
+      </c>
+      <c r="O47" s="4">
+        <v>0</v>
+      </c>
+      <c r="P47" s="4">
+        <v>2340.61</v>
+      </c>
+      <c r="Q47" s="1"/>
+      <c r="R47" s="1"/>
+      <c r="S47" s="1"/>
+      <c r="T47" s="1"/>
+      <c r="U47" s="1"/>
+      <c r="V47" s="1"/>
+      <c r="W47" s="1"/>
+    </row>
+    <row r="48" spans="1:23">
+      <c r="A48" s="3">
+        <v>46</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H48" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I48" s="4">
+        <v>0</v>
+      </c>
+      <c r="J48" s="4">
+        <v>0</v>
+      </c>
+      <c r="K48" s="4">
+        <v>0</v>
+      </c>
+      <c r="L48" s="4">
+        <v>0</v>
+      </c>
+      <c r="M48" s="4">
+        <v>46405.37</v>
+      </c>
+      <c r="N48" s="4">
+        <v>0</v>
+      </c>
+      <c r="O48" s="4">
+        <v>0</v>
+      </c>
+      <c r="P48" s="4">
+        <v>46405.37</v>
+      </c>
+      <c r="Q48" s="1"/>
+      <c r="R48" s="1"/>
+      <c r="S48" s="1"/>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
+    </row>
+    <row r="49" spans="1:23">
+      <c r="A49" s="3">
+        <v>47</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I49" s="4">
+        <v>477</v>
+      </c>
+      <c r="J49" s="4">
+        <v>0</v>
+      </c>
+      <c r="K49" s="4">
+        <v>0</v>
+      </c>
+      <c r="L49" s="4">
+        <v>477</v>
+      </c>
+      <c r="M49" s="4">
+        <v>29.57</v>
+      </c>
+      <c r="N49" s="4">
+        <v>0</v>
+      </c>
+      <c r="O49" s="4">
+        <v>0</v>
+      </c>
+      <c r="P49" s="4">
+        <v>29.57</v>
+      </c>
+      <c r="Q49" s="1"/>
+      <c r="R49" s="1"/>
+      <c r="S49" s="1"/>
+      <c r="T49" s="1"/>
+      <c r="U49" s="1"/>
+      <c r="V49" s="1"/>
+      <c r="W49" s="1"/>
+    </row>
+    <row r="50" spans="1:23">
+      <c r="A50" s="3">
+        <v>48</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I50" s="4">
+        <v>2435</v>
+      </c>
+      <c r="J50" s="4">
+        <v>0</v>
+      </c>
+      <c r="K50" s="4">
+        <v>0</v>
+      </c>
+      <c r="L50" s="4">
+        <v>2435</v>
+      </c>
+      <c r="M50" s="4">
+        <v>945.42</v>
+      </c>
+      <c r="N50" s="4">
+        <v>0</v>
+      </c>
+      <c r="O50" s="4">
+        <v>0</v>
+      </c>
+      <c r="P50" s="4">
+        <v>945.42</v>
+      </c>
+      <c r="Q50" s="1"/>
+      <c r="R50" s="1"/>
+      <c r="S50" s="1"/>
+      <c r="T50" s="1"/>
+      <c r="U50" s="1"/>
+      <c r="V50" s="1"/>
+      <c r="W50" s="1"/>
+    </row>
+    <row r="51" spans="1:23">
+      <c r="A51" s="3">
+        <v>49</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I51" s="4">
+        <v>3815</v>
+      </c>
+      <c r="J51" s="4">
+        <v>0</v>
+      </c>
+      <c r="K51" s="4">
+        <v>0</v>
+      </c>
+      <c r="L51" s="4">
+        <v>3815</v>
+      </c>
+      <c r="M51" s="4">
+        <v>811.61</v>
+      </c>
+      <c r="N51" s="4">
+        <v>0</v>
+      </c>
+      <c r="O51" s="4">
+        <v>0</v>
+      </c>
+      <c r="P51" s="4">
+        <v>811.61</v>
+      </c>
+      <c r="Q51" s="1"/>
+      <c r="R51" s="1"/>
+      <c r="S51" s="1"/>
+      <c r="T51" s="1"/>
+      <c r="U51" s="1"/>
+      <c r="V51" s="1"/>
+      <c r="W51" s="1"/>
+    </row>
+    <row r="52" spans="1:23">
+      <c r="A52" s="3">
+        <v>50</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H52" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I52" s="4">
+        <v>2984</v>
+      </c>
+      <c r="J52" s="4">
+        <v>0</v>
+      </c>
+      <c r="K52" s="4">
+        <v>0</v>
+      </c>
+      <c r="L52" s="4">
+        <v>2984</v>
+      </c>
+      <c r="M52" s="4">
+        <v>663.97</v>
+      </c>
+      <c r="N52" s="4">
+        <v>0</v>
+      </c>
+      <c r="O52" s="4">
+        <v>0</v>
+      </c>
+      <c r="P52" s="4">
+        <v>663.97</v>
+      </c>
+      <c r="Q52" s="1"/>
+      <c r="R52" s="1"/>
+      <c r="S52" s="1"/>
+      <c r="T52" s="1"/>
+      <c r="U52" s="1"/>
+      <c r="V52" s="1"/>
+      <c r="W52" s="1"/>
+    </row>
+    <row r="53" spans="1:23">
+      <c r="A53" s="3">
+        <v>51</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I53" s="4">
+        <v>173</v>
+      </c>
+      <c r="J53" s="4">
+        <v>0</v>
+      </c>
+      <c r="K53" s="4">
+        <v>0</v>
+      </c>
+      <c r="L53" s="4">
+        <v>173</v>
+      </c>
+      <c r="M53" s="4">
+        <v>54.17</v>
+      </c>
+      <c r="N53" s="4">
+        <v>0</v>
+      </c>
+      <c r="O53" s="4">
+        <v>0</v>
+      </c>
+      <c r="P53" s="4">
+        <v>54.17</v>
+      </c>
+      <c r="Q53" s="1"/>
+      <c r="R53" s="1"/>
+      <c r="S53" s="1"/>
+      <c r="T53" s="1"/>
+      <c r="U53" s="1"/>
+      <c r="V53" s="1"/>
+      <c r="W53" s="1"/>
+    </row>
+    <row r="54" spans="1:23">
+      <c r="A54" s="3">
+        <v>52</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H54" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I54" s="4">
+        <v>2224</v>
+      </c>
+      <c r="J54" s="4">
+        <v>0</v>
+      </c>
+      <c r="K54" s="4">
+        <v>0</v>
+      </c>
+      <c r="L54" s="4">
+        <v>2224</v>
+      </c>
+      <c r="M54" s="4">
+        <v>462</v>
+      </c>
+      <c r="N54" s="4">
+        <v>0</v>
+      </c>
+      <c r="O54" s="4">
+        <v>0</v>
+      </c>
+      <c r="P54" s="4">
+        <v>462</v>
+      </c>
+      <c r="Q54" s="1"/>
+      <c r="R54" s="1"/>
+      <c r="S54" s="1"/>
+      <c r="T54" s="1"/>
+      <c r="U54" s="1"/>
+      <c r="V54" s="1"/>
+      <c r="W54" s="1"/>
+    </row>
+    <row r="55" spans="1:23">
+      <c r="A55" s="3">
+        <v>53</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H55" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I55" s="4">
+        <v>4004</v>
+      </c>
+      <c r="J55" s="4">
+        <v>0</v>
+      </c>
+      <c r="K55" s="4">
+        <v>1908</v>
+      </c>
+      <c r="L55" s="4">
+        <v>2096</v>
+      </c>
+      <c r="M55" s="4">
+        <v>579.22</v>
+      </c>
+      <c r="N55" s="4">
+        <v>0</v>
+      </c>
+      <c r="O55" s="4">
+        <v>81.39</v>
+      </c>
+      <c r="P55" s="4">
+        <v>497.83</v>
+      </c>
+      <c r="Q55" s="1"/>
+      <c r="R55" s="1"/>
+      <c r="S55" s="1"/>
+      <c r="T55" s="1"/>
+      <c r="U55" s="1"/>
+      <c r="V55" s="1"/>
+      <c r="W55" s="1"/>
+    </row>
+    <row r="56" spans="1:23">
+      <c r="A56" s="3">
+        <v>54</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H56" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I56" s="4">
+        <v>1976</v>
+      </c>
+      <c r="J56" s="4">
+        <v>0</v>
+      </c>
+      <c r="K56" s="4">
+        <v>0</v>
+      </c>
+      <c r="L56" s="4">
+        <v>1976</v>
+      </c>
+      <c r="M56" s="4">
+        <v>530.12</v>
+      </c>
+      <c r="N56" s="4">
+        <v>0</v>
+      </c>
+      <c r="O56" s="4">
+        <v>0</v>
+      </c>
+      <c r="P56" s="4">
+        <v>530.12</v>
+      </c>
+      <c r="Q56" s="1"/>
+      <c r="R56" s="1"/>
+      <c r="S56" s="1"/>
+      <c r="T56" s="1"/>
+      <c r="U56" s="1"/>
+      <c r="V56" s="1"/>
+      <c r="W56" s="1"/>
+    </row>
+    <row r="57" spans="1:23">
+      <c r="A57" s="3">
+        <v>55</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H57" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I57" s="4">
+        <v>2623</v>
+      </c>
+      <c r="J57" s="4">
+        <v>0</v>
+      </c>
+      <c r="K57" s="4">
+        <v>0</v>
+      </c>
+      <c r="L57" s="4">
+        <v>2623</v>
+      </c>
+      <c r="M57" s="4">
+        <v>771.55</v>
+      </c>
+      <c r="N57" s="4">
+        <v>0</v>
+      </c>
+      <c r="O57" s="4">
+        <v>0</v>
+      </c>
+      <c r="P57" s="4">
+        <v>771.55</v>
+      </c>
+      <c r="Q57" s="1"/>
+      <c r="R57" s="1"/>
+      <c r="S57" s="1"/>
+      <c r="T57" s="1"/>
+      <c r="U57" s="1"/>
+      <c r="V57" s="1"/>
+      <c r="W57" s="1"/>
+    </row>
+    <row r="58" spans="1:23">
+      <c r="A58" s="3">
+        <v>56</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H58" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I58" s="4">
+        <v>4933</v>
+      </c>
+      <c r="J58" s="4">
+        <v>0</v>
+      </c>
+      <c r="K58" s="4">
+        <v>0</v>
+      </c>
+      <c r="L58" s="4">
+        <v>4933</v>
+      </c>
+      <c r="M58" s="4">
+        <v>991.93</v>
+      </c>
+      <c r="N58" s="4">
+        <v>0</v>
+      </c>
+      <c r="O58" s="4">
+        <v>0</v>
+      </c>
+      <c r="P58" s="4">
+        <v>991.93</v>
+      </c>
+      <c r="Q58" s="1"/>
+      <c r="R58" s="1"/>
+      <c r="S58" s="1"/>
+      <c r="T58" s="1"/>
+      <c r="U58" s="1"/>
+      <c r="V58" s="1"/>
+      <c r="W58" s="1"/>
+    </row>
+    <row r="59" spans="1:23">
+      <c r="A59" s="3">
+        <v>57</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H59" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I59" s="4">
+        <v>2558</v>
+      </c>
+      <c r="J59" s="4">
+        <v>0</v>
+      </c>
+      <c r="K59" s="4">
+        <v>0</v>
+      </c>
+      <c r="L59" s="4">
+        <v>2558</v>
+      </c>
+      <c r="M59" s="4">
+        <v>481.52</v>
+      </c>
+      <c r="N59" s="4">
+        <v>0</v>
+      </c>
+      <c r="O59" s="4">
+        <v>0</v>
+      </c>
+      <c r="P59" s="4">
+        <v>481.52</v>
+      </c>
+      <c r="Q59" s="1"/>
+      <c r="R59" s="1"/>
+      <c r="S59" s="1"/>
+      <c r="T59" s="1"/>
+      <c r="U59" s="1"/>
+      <c r="V59" s="1"/>
+      <c r="W59" s="1"/>
+    </row>
+    <row r="60" spans="1:23">
+      <c r="A60" s="3">
+        <v>58</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H60" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I60" s="4">
+        <v>3472</v>
+      </c>
+      <c r="J60" s="4">
+        <v>3335</v>
+      </c>
+      <c r="K60" s="4">
+        <v>0</v>
+      </c>
+      <c r="L60" s="4">
+        <v>6807</v>
+      </c>
+      <c r="M60" s="4">
+        <v>896.96</v>
+      </c>
+      <c r="N60" s="4">
+        <v>0</v>
+      </c>
+      <c r="O60" s="4">
+        <v>0</v>
+      </c>
+      <c r="P60" s="4">
+        <v>896.96</v>
+      </c>
+      <c r="Q60" s="1"/>
+      <c r="R60" s="1"/>
+      <c r="S60" s="1"/>
+      <c r="T60" s="1"/>
+      <c r="U60" s="1"/>
+      <c r="V60" s="1"/>
+      <c r="W60" s="1"/>
+    </row>
+    <row r="61" spans="1:23">
+      <c r="A61" s="3">
+        <v>59</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I61" s="4">
+        <v>4820</v>
+      </c>
+      <c r="J61" s="4">
+        <v>1162</v>
+      </c>
+      <c r="K61" s="4">
+        <v>0</v>
+      </c>
+      <c r="L61" s="4">
+        <v>5982</v>
+      </c>
+      <c r="M61" s="4">
+        <v>904.57</v>
+      </c>
+      <c r="N61" s="4">
+        <v>0</v>
+      </c>
+      <c r="O61" s="4">
+        <v>0</v>
+      </c>
+      <c r="P61" s="4">
+        <v>904.57</v>
+      </c>
+      <c r="Q61" s="1"/>
+      <c r="R61" s="1"/>
+      <c r="S61" s="1"/>
+      <c r="T61" s="1"/>
+      <c r="U61" s="1"/>
+      <c r="V61" s="1"/>
+      <c r="W61" s="1"/>
+    </row>
+    <row r="62" spans="1:23">
+      <c r="A62" s="3">
+        <v>60</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H62" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I62" s="4">
+        <v>53</v>
+      </c>
+      <c r="J62" s="4">
+        <v>0</v>
+      </c>
+      <c r="K62" s="4">
+        <v>0</v>
+      </c>
+      <c r="L62" s="4">
+        <v>53</v>
+      </c>
+      <c r="M62" s="4">
+        <v>40.28</v>
+      </c>
+      <c r="N62" s="4">
+        <v>0</v>
+      </c>
+      <c r="O62" s="4">
+        <v>0</v>
+      </c>
+      <c r="P62" s="4">
+        <v>40.28</v>
+      </c>
+      <c r="Q62" s="1"/>
+      <c r="R62" s="1"/>
+      <c r="S62" s="1"/>
+      <c r="T62" s="1"/>
+      <c r="U62" s="1"/>
+      <c r="V62" s="1"/>
+      <c r="W62" s="1"/>
+    </row>
+    <row r="63" spans="1:23">
+      <c r="A63" s="3">
+        <v>61</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I63" s="4">
+        <v>1006</v>
+      </c>
+      <c r="J63" s="4">
+        <v>7668</v>
+      </c>
+      <c r="K63" s="4">
+        <v>0</v>
+      </c>
+      <c r="L63" s="4">
+        <v>8674</v>
+      </c>
+      <c r="M63" s="4">
+        <v>638.71</v>
+      </c>
+      <c r="N63" s="4">
+        <v>0</v>
+      </c>
+      <c r="O63" s="4">
+        <v>0</v>
+      </c>
+      <c r="P63" s="4">
+        <v>638.71</v>
+      </c>
+      <c r="Q63" s="1"/>
+      <c r="R63" s="1"/>
+      <c r="S63" s="1"/>
+      <c r="T63" s="1"/>
+      <c r="U63" s="1"/>
+      <c r="V63" s="1"/>
+      <c r="W63" s="1"/>
+    </row>
+    <row r="64" spans="1:23">
+      <c r="A64" s="3">
+        <v>62</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H64" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I64" s="4">
+        <v>2092</v>
+      </c>
+      <c r="J64" s="4">
+        <v>0</v>
+      </c>
+      <c r="K64" s="4">
+        <v>0</v>
+      </c>
+      <c r="L64" s="4">
+        <v>2092</v>
+      </c>
+      <c r="M64" s="4">
+        <v>929.97</v>
+      </c>
+      <c r="N64" s="4">
+        <v>0</v>
+      </c>
+      <c r="O64" s="4">
+        <v>0</v>
+      </c>
+      <c r="P64" s="4">
+        <v>929.97</v>
+      </c>
+      <c r="Q64" s="1"/>
+      <c r="R64" s="1"/>
+      <c r="S64" s="1"/>
+      <c r="T64" s="1"/>
+      <c r="U64" s="1"/>
+      <c r="V64" s="1"/>
+      <c r="W64" s="1"/>
+    </row>
+    <row r="65" spans="1:23">
+      <c r="A65" s="3">
+        <v>63</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I65" s="4">
+        <v>3371</v>
+      </c>
+      <c r="J65" s="4">
+        <v>0</v>
+      </c>
+      <c r="K65" s="4">
+        <v>0</v>
+      </c>
+      <c r="L65" s="4">
+        <v>3371</v>
+      </c>
+      <c r="M65" s="4">
+        <v>169.66</v>
+      </c>
+      <c r="N65" s="4">
+        <v>0</v>
+      </c>
+      <c r="O65" s="4">
+        <v>0</v>
+      </c>
+      <c r="P65" s="4">
+        <v>169.66</v>
+      </c>
+      <c r="Q65" s="1"/>
+      <c r="R65" s="1"/>
+      <c r="S65" s="1"/>
+      <c r="T65" s="1"/>
+      <c r="U65" s="1"/>
+      <c r="V65" s="1"/>
+      <c r="W65" s="1"/>
+    </row>
+    <row r="66" spans="1:23">
+      <c r="A66" s="3">
+        <v>64</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H66" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I66" s="4">
+        <v>2450</v>
+      </c>
+      <c r="J66" s="4">
+        <v>0</v>
+      </c>
+      <c r="K66" s="4">
+        <v>0</v>
+      </c>
+      <c r="L66" s="4">
+        <v>2450</v>
+      </c>
+      <c r="M66" s="4">
+        <v>489.84</v>
+      </c>
+      <c r="N66" s="4">
+        <v>0</v>
+      </c>
+      <c r="O66" s="4">
+        <v>0</v>
+      </c>
+      <c r="P66" s="4">
+        <v>489.84</v>
+      </c>
+      <c r="Q66" s="1"/>
+      <c r="R66" s="1"/>
+      <c r="S66" s="1"/>
+      <c r="T66" s="1"/>
+      <c r="U66" s="1"/>
+      <c r="V66" s="1"/>
+      <c r="W66" s="1"/>
+    </row>
+    <row r="67" spans="1:23">
+      <c r="A67" s="3">
+        <v>65</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H67" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I67" s="4">
+        <v>3113</v>
+      </c>
+      <c r="J67" s="4">
+        <v>0</v>
+      </c>
+      <c r="K67" s="4">
+        <v>0</v>
+      </c>
+      <c r="L67" s="4">
+        <v>3113</v>
+      </c>
+      <c r="M67" s="4">
+        <v>780.77</v>
+      </c>
+      <c r="N67" s="4">
+        <v>0</v>
+      </c>
+      <c r="O67" s="4">
+        <v>0</v>
+      </c>
+      <c r="P67" s="4">
+        <v>780.77</v>
+      </c>
+      <c r="Q67" s="1"/>
+      <c r="R67" s="1"/>
+      <c r="S67" s="1"/>
+      <c r="T67" s="1"/>
+      <c r="U67" s="1"/>
+      <c r="V67" s="1"/>
+      <c r="W67" s="1"/>
+    </row>
+    <row r="68" spans="1:23">
+      <c r="A68" s="3">
+        <v>66</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H68" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I68" s="4">
+        <v>2324</v>
+      </c>
+      <c r="J68" s="4">
+        <v>0</v>
+      </c>
+      <c r="K68" s="4">
+        <v>0</v>
+      </c>
+      <c r="L68" s="4">
+        <v>2324</v>
+      </c>
+      <c r="M68" s="4">
+        <v>440.82</v>
+      </c>
+      <c r="N68" s="4">
+        <v>0</v>
+      </c>
+      <c r="O68" s="4">
+        <v>0</v>
+      </c>
+      <c r="P68" s="4">
+        <v>440.82</v>
+      </c>
+      <c r="Q68" s="1"/>
+      <c r="R68" s="1"/>
+      <c r="S68" s="1"/>
+      <c r="T68" s="1"/>
+      <c r="U68" s="1"/>
+      <c r="V68" s="1"/>
+      <c r="W68" s="1"/>
+    </row>
+    <row r="69" spans="1:23">
+      <c r="A69" s="3">
+        <v>67</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H69" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I69" s="4">
+        <v>2304</v>
+      </c>
+      <c r="J69" s="4">
+        <v>0</v>
+      </c>
+      <c r="K69" s="4">
+        <v>312</v>
+      </c>
+      <c r="L69" s="4">
+        <v>1992</v>
+      </c>
+      <c r="M69" s="4">
+        <v>424.86</v>
+      </c>
+      <c r="N69" s="4">
+        <v>0</v>
+      </c>
+      <c r="O69" s="4">
+        <v>9.05</v>
+      </c>
+      <c r="P69" s="4">
+        <v>415.81</v>
+      </c>
+      <c r="Q69" s="1"/>
+      <c r="R69" s="1"/>
+      <c r="S69" s="1"/>
+      <c r="T69" s="1"/>
+      <c r="U69" s="1"/>
+      <c r="V69" s="1"/>
+      <c r="W69" s="1"/>
+    </row>
+    <row r="70" spans="1:23">
+      <c r="A70" s="3">
+        <v>68</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H70" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I70" s="4">
+        <v>5048</v>
+      </c>
+      <c r="J70" s="4">
+        <v>0</v>
+      </c>
+      <c r="K70" s="4">
+        <v>0</v>
+      </c>
+      <c r="L70" s="4">
+        <v>5048</v>
+      </c>
+      <c r="M70" s="4">
+        <v>997.15</v>
+      </c>
+      <c r="N70" s="4">
+        <v>0</v>
+      </c>
+      <c r="O70" s="4">
+        <v>0</v>
+      </c>
+      <c r="P70" s="4">
+        <v>997.15</v>
+      </c>
+      <c r="Q70" s="1"/>
+      <c r="R70" s="1"/>
+      <c r="S70" s="1"/>
+      <c r="T70" s="1"/>
+      <c r="U70" s="1"/>
+      <c r="V70" s="1"/>
+      <c r="W70" s="1"/>
+    </row>
+    <row r="71" spans="1:23">
+      <c r="A71" s="3">
+        <v>69</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H71" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I71" s="4">
+        <v>4861</v>
+      </c>
+      <c r="J71" s="4">
+        <v>0</v>
+      </c>
+      <c r="K71" s="4">
+        <v>0</v>
+      </c>
+      <c r="L71" s="4">
+        <v>4861</v>
+      </c>
+      <c r="M71" s="4">
+        <v>831.03</v>
+      </c>
+      <c r="N71" s="4">
+        <v>0</v>
+      </c>
+      <c r="O71" s="4">
+        <v>0</v>
+      </c>
+      <c r="P71" s="4">
+        <v>831.03</v>
+      </c>
+      <c r="Q71" s="1"/>
+      <c r="R71" s="1"/>
+      <c r="S71" s="1"/>
+      <c r="T71" s="1"/>
+      <c r="U71" s="1"/>
+      <c r="V71" s="1"/>
+      <c r="W71" s="1"/>
+    </row>
+    <row r="72" spans="1:23">
+      <c r="A72" s="3">
+        <v>70</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H72" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I72" s="4">
+        <v>2252</v>
+      </c>
+      <c r="J72" s="4">
+        <v>0</v>
+      </c>
+      <c r="K72" s="4">
+        <v>0</v>
+      </c>
+      <c r="L72" s="4">
+        <v>2252</v>
+      </c>
+      <c r="M72" s="4">
+        <v>657.52</v>
+      </c>
+      <c r="N72" s="4">
+        <v>0</v>
+      </c>
+      <c r="O72" s="4">
+        <v>0</v>
+      </c>
+      <c r="P72" s="4">
+        <v>657.52</v>
+      </c>
+      <c r="Q72" s="1"/>
+      <c r="R72" s="1"/>
+      <c r="S72" s="1"/>
+      <c r="T72" s="1"/>
+      <c r="U72" s="1"/>
+      <c r="V72" s="1"/>
+      <c r="W72" s="1"/>
+    </row>
+    <row r="73" spans="1:23">
+      <c r="A73" s="3">
+        <v>71</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I73" s="4">
+        <v>1555</v>
+      </c>
+      <c r="J73" s="4">
+        <v>0</v>
+      </c>
+      <c r="K73" s="4">
+        <v>0</v>
+      </c>
+      <c r="L73" s="4">
+        <v>1555</v>
+      </c>
+      <c r="M73" s="4">
+        <v>82.87</v>
+      </c>
+      <c r="N73" s="4">
+        <v>0</v>
+      </c>
+      <c r="O73" s="4">
+        <v>0</v>
+      </c>
+      <c r="P73" s="4">
+        <v>82.87</v>
+      </c>
+      <c r="Q73" s="1"/>
+      <c r="R73" s="1"/>
+      <c r="S73" s="1"/>
+      <c r="T73" s="1"/>
+      <c r="U73" s="1"/>
+      <c r="V73" s="1"/>
+      <c r="W73" s="1"/>
+    </row>
+    <row r="74" spans="1:23">
+      <c r="A74" s="3">
+        <v>72</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I74" s="4">
+        <v>1404</v>
+      </c>
+      <c r="J74" s="4">
+        <v>0</v>
+      </c>
+      <c r="K74" s="4">
+        <v>0</v>
+      </c>
+      <c r="L74" s="4">
+        <v>1404</v>
+      </c>
+      <c r="M74" s="4">
+        <v>137.13</v>
+      </c>
+      <c r="N74" s="4">
+        <v>0</v>
+      </c>
+      <c r="O74" s="4">
+        <v>0</v>
+      </c>
+      <c r="P74" s="4">
+        <v>137.13</v>
+      </c>
+      <c r="Q74" s="1"/>
+      <c r="R74" s="1"/>
+      <c r="S74" s="1"/>
+      <c r="T74" s="1"/>
+      <c r="U74" s="1"/>
+      <c r="V74" s="1"/>
+      <c r="W74" s="1"/>
+    </row>
+    <row r="75" spans="1:23">
+      <c r="A75" s="3">
+        <v>73</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H75" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I75" s="4">
+        <v>0</v>
+      </c>
+      <c r="J75" s="4">
+        <v>0</v>
+      </c>
+      <c r="K75" s="4">
+        <v>0</v>
+      </c>
+      <c r="L75" s="4">
+        <v>0</v>
+      </c>
+      <c r="M75" s="4">
+        <v>175.3</v>
+      </c>
+      <c r="N75" s="4">
+        <v>0</v>
+      </c>
+      <c r="O75" s="4">
+        <v>0</v>
+      </c>
+      <c r="P75" s="4">
+        <v>175.3</v>
+      </c>
+      <c r="Q75" s="1"/>
+      <c r="R75" s="1"/>
+      <c r="S75" s="1"/>
+      <c r="T75" s="1"/>
+      <c r="U75" s="1"/>
+      <c r="V75" s="1"/>
+      <c r="W75" s="1"/>
+    </row>
+    <row r="76" spans="1:23">
+      <c r="A76" s="3">
+        <v>74</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H76" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I76" s="4">
+        <v>0</v>
+      </c>
+      <c r="J76" s="4">
+        <v>0</v>
+      </c>
+      <c r="K76" s="4">
+        <v>0</v>
+      </c>
+      <c r="L76" s="4">
+        <v>0</v>
+      </c>
+      <c r="M76" s="4">
+        <v>250.38</v>
+      </c>
+      <c r="N76" s="4">
+        <v>0</v>
+      </c>
+      <c r="O76" s="4">
+        <v>0</v>
+      </c>
+      <c r="P76" s="4">
+        <v>250.38</v>
+      </c>
+      <c r="Q76" s="1"/>
+      <c r="R76" s="1"/>
+      <c r="S76" s="1"/>
+      <c r="T76" s="1"/>
+      <c r="U76" s="1"/>
+      <c r="V76" s="1"/>
+      <c r="W76" s="1"/>
+    </row>
+    <row r="77" spans="1:23">
+      <c r="A77" s="3">
+        <v>75</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H77" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I77" s="4">
+        <v>43</v>
+      </c>
+      <c r="J77" s="4">
+        <v>0</v>
+      </c>
+      <c r="K77" s="4">
+        <v>43</v>
+      </c>
+      <c r="L77" s="4">
+        <v>0</v>
+      </c>
+      <c r="M77" s="4">
+        <v>39.36</v>
+      </c>
+      <c r="N77" s="4">
+        <v>0</v>
+      </c>
+      <c r="O77" s="4">
+        <v>0</v>
+      </c>
+      <c r="P77" s="4">
+        <v>39.36</v>
+      </c>
+      <c r="Q77" s="1"/>
+      <c r="R77" s="1"/>
+      <c r="S77" s="1"/>
+      <c r="T77" s="1"/>
+      <c r="U77" s="1"/>
+      <c r="V77" s="1"/>
+      <c r="W77" s="1"/>
+    </row>
+    <row r="78" spans="1:23">
+      <c r="A78" s="3">
+        <v>76</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H78" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I78" s="4">
+        <v>2015</v>
+      </c>
+      <c r="J78" s="4">
+        <v>0</v>
+      </c>
+      <c r="K78" s="4">
+        <v>0</v>
+      </c>
+      <c r="L78" s="4">
+        <v>2015</v>
+      </c>
+      <c r="M78" s="4">
+        <v>94.74</v>
+      </c>
+      <c r="N78" s="4">
+        <v>0</v>
+      </c>
+      <c r="O78" s="4">
+        <v>0</v>
+      </c>
+      <c r="P78" s="4">
+        <v>94.74</v>
+      </c>
+      <c r="Q78" s="1"/>
+      <c r="R78" s="1"/>
+      <c r="S78" s="1"/>
+      <c r="T78" s="1"/>
+      <c r="U78" s="1"/>
+      <c r="V78" s="1"/>
+      <c r="W78" s="1"/>
+    </row>
+    <row r="79" spans="1:23">
+      <c r="A79" s="3">
+        <v>77</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H79" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I79" s="4">
+        <v>2215</v>
+      </c>
+      <c r="J79" s="4">
+        <v>0</v>
+      </c>
+      <c r="K79" s="4">
+        <v>477</v>
+      </c>
+      <c r="L79" s="4">
+        <v>1738</v>
+      </c>
+      <c r="M79" s="4">
+        <v>774.12</v>
+      </c>
+      <c r="N79" s="4">
+        <v>0</v>
+      </c>
+      <c r="O79" s="4">
+        <v>14.52</v>
+      </c>
+      <c r="P79" s="4">
+        <v>759.6</v>
+      </c>
+      <c r="Q79" s="1"/>
+      <c r="R79" s="1"/>
+      <c r="S79" s="1"/>
+      <c r="T79" s="1"/>
+      <c r="U79" s="1"/>
+      <c r="V79" s="1"/>
+      <c r="W79" s="1"/>
+    </row>
+    <row r="80" spans="1:23">
+      <c r="A80" s="3">
+        <v>78</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H80" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I80" s="4">
+        <v>12405</v>
+      </c>
+      <c r="J80" s="4">
+        <v>0</v>
+      </c>
+      <c r="K80" s="4">
+        <v>0</v>
+      </c>
+      <c r="L80" s="4">
+        <v>12405</v>
+      </c>
+      <c r="M80" s="4">
+        <v>2799.63</v>
+      </c>
+      <c r="N80" s="4">
+        <v>0</v>
+      </c>
+      <c r="O80" s="4">
+        <v>0</v>
+      </c>
+      <c r="P80" s="4">
+        <v>2799.63</v>
+      </c>
+      <c r="Q80" s="1"/>
+      <c r="R80" s="1"/>
+      <c r="S80" s="1"/>
+      <c r="T80" s="1"/>
+      <c r="U80" s="1"/>
+      <c r="V80" s="1"/>
+      <c r="W80" s="1"/>
+    </row>
+    <row r="81" spans="1:23">
+      <c r="A81" s="3">
+        <v>79</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H81" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I81" s="4">
+        <v>1807</v>
+      </c>
+      <c r="J81" s="4">
+        <v>73</v>
+      </c>
+      <c r="K81" s="4">
+        <v>0</v>
+      </c>
+      <c r="L81" s="4">
+        <v>1880</v>
+      </c>
+      <c r="M81" s="4">
+        <v>97.53</v>
+      </c>
+      <c r="N81" s="4">
+        <v>0</v>
+      </c>
+      <c r="O81" s="4">
+        <v>0</v>
+      </c>
+      <c r="P81" s="4">
+        <v>97.53</v>
+      </c>
+      <c r="Q81" s="1"/>
+      <c r="R81" s="1"/>
+      <c r="S81" s="1"/>
+      <c r="T81" s="1"/>
+      <c r="U81" s="1"/>
+      <c r="V81" s="1"/>
+      <c r="W81" s="1"/>
+    </row>
+    <row r="82" spans="1:23">
+      <c r="A82" s="3">
+        <v>80</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H82" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I82" s="4">
+        <v>99</v>
+      </c>
+      <c r="J82" s="4">
+        <v>0</v>
+      </c>
+      <c r="K82" s="4">
+        <v>0</v>
+      </c>
+      <c r="L82" s="4">
+        <v>99</v>
+      </c>
+      <c r="M82" s="4">
+        <v>47.8</v>
+      </c>
+      <c r="N82" s="4">
+        <v>0</v>
+      </c>
+      <c r="O82" s="4">
+        <v>0</v>
+      </c>
+      <c r="P82" s="4">
+        <v>47.8</v>
+      </c>
+      <c r="Q82" s="1"/>
+      <c r="R82" s="1"/>
+      <c r="S82" s="1"/>
+      <c r="T82" s="1"/>
+      <c r="U82" s="1"/>
+      <c r="V82" s="1"/>
+      <c r="W82" s="1"/>
+    </row>
+    <row r="83" spans="1:23">
+      <c r="A83" s="3">
+        <v>81</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H83" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I83" s="4">
+        <v>681</v>
+      </c>
+      <c r="J83" s="4">
+        <v>0</v>
+      </c>
+      <c r="K83" s="4">
+        <v>107</v>
+      </c>
+      <c r="L83" s="4">
+        <v>574</v>
+      </c>
+      <c r="M83" s="4">
+        <v>227.43</v>
+      </c>
+      <c r="N83" s="4">
+        <v>0</v>
+      </c>
+      <c r="O83" s="4">
+        <v>0</v>
+      </c>
+      <c r="P83" s="4">
+        <v>227.43</v>
+      </c>
+      <c r="Q83" s="1"/>
+      <c r="R83" s="1"/>
+      <c r="S83" s="1"/>
+      <c r="T83" s="1"/>
+      <c r="U83" s="1"/>
+      <c r="V83" s="1"/>
+      <c r="W83" s="1"/>
+    </row>
+    <row r="84" spans="1:23">
+      <c r="A84" s="3">
+        <v>82</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I84" s="4">
+        <v>0</v>
+      </c>
+      <c r="J84" s="4">
+        <v>0</v>
+      </c>
+      <c r="K84" s="4">
+        <v>0</v>
+      </c>
+      <c r="L84" s="4">
+        <v>0</v>
+      </c>
+      <c r="M84" s="4">
+        <v>198.21</v>
+      </c>
+      <c r="N84" s="4">
+        <v>0</v>
+      </c>
+      <c r="O84" s="4">
+        <v>0</v>
+      </c>
+      <c r="P84" s="4">
+        <v>198.21</v>
+      </c>
+      <c r="Q84" s="1"/>
+      <c r="R84" s="1"/>
+      <c r="S84" s="1"/>
+      <c r="T84" s="1"/>
+      <c r="U84" s="1"/>
+      <c r="V84" s="1"/>
+      <c r="W84" s="1"/>
+    </row>
+    <row r="85" spans="1:23">
+      <c r="A85" s="3">
+        <v>83</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H85" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I85" s="4">
+        <v>262</v>
+      </c>
+      <c r="J85" s="4">
+        <v>0</v>
+      </c>
+      <c r="K85" s="4">
+        <v>0</v>
+      </c>
+      <c r="L85" s="4">
+        <v>262</v>
+      </c>
+      <c r="M85" s="4">
+        <v>94.57</v>
+      </c>
+      <c r="N85" s="4">
+        <v>0</v>
+      </c>
+      <c r="O85" s="4">
+        <v>0</v>
+      </c>
+      <c r="P85" s="4">
+        <v>94.57</v>
+      </c>
+      <c r="Q85" s="1"/>
+      <c r="R85" s="1"/>
+      <c r="S85" s="1"/>
+      <c r="T85" s="1"/>
+      <c r="U85" s="1"/>
+      <c r="V85" s="1"/>
+      <c r="W85" s="1"/>
+    </row>
+    <row r="86" spans="1:23">
+      <c r="A86" s="3">
+        <v>84</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H86" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I86" s="4">
+        <v>2479</v>
+      </c>
+      <c r="J86" s="4">
+        <v>0</v>
+      </c>
+      <c r="K86" s="4">
+        <v>0</v>
+      </c>
+      <c r="L86" s="4">
+        <v>2479</v>
+      </c>
+      <c r="M86" s="4">
+        <v>988.24</v>
+      </c>
+      <c r="N86" s="4">
+        <v>0</v>
+      </c>
+      <c r="O86" s="4">
+        <v>0</v>
+      </c>
+      <c r="P86" s="4">
+        <v>988.24</v>
+      </c>
+      <c r="Q86" s="1"/>
+      <c r="R86" s="1"/>
+      <c r="S86" s="1"/>
+      <c r="T86" s="1"/>
+      <c r="U86" s="1"/>
+      <c r="V86" s="1"/>
+      <c r="W86" s="1"/>
+    </row>
+    <row r="87" spans="1:23">
+      <c r="A87" s="3">
+        <v>85</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H87" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I87" s="4">
+        <v>368</v>
+      </c>
+      <c r="J87" s="4">
+        <v>0</v>
+      </c>
+      <c r="K87" s="4">
+        <v>18</v>
+      </c>
+      <c r="L87" s="4">
+        <v>350</v>
+      </c>
+      <c r="M87" s="4">
+        <v>157.71</v>
+      </c>
+      <c r="N87" s="4">
+        <v>0</v>
+      </c>
+      <c r="O87" s="4">
+        <v>0</v>
+      </c>
+      <c r="P87" s="4">
+        <v>157.71</v>
+      </c>
+      <c r="Q87" s="1"/>
+      <c r="R87" s="1"/>
+      <c r="S87" s="1"/>
+      <c r="T87" s="1"/>
+      <c r="U87" s="1"/>
+      <c r="V87" s="1"/>
+      <c r="W87" s="1"/>
+    </row>
+    <row r="88" spans="1:23">
+      <c r="A88" s="3">
+        <v>86</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H88" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I88" s="4">
+        <v>1657</v>
+      </c>
+      <c r="J88" s="4">
+        <v>0</v>
+      </c>
+      <c r="K88" s="4">
+        <v>0</v>
+      </c>
+      <c r="L88" s="4">
+        <v>1657</v>
+      </c>
+      <c r="M88" s="4">
+        <v>219.38</v>
+      </c>
+      <c r="N88" s="4">
+        <v>0</v>
+      </c>
+      <c r="O88" s="4">
+        <v>0</v>
+      </c>
+      <c r="P88" s="4">
+        <v>219.38</v>
+      </c>
+      <c r="Q88" s="1"/>
+      <c r="R88" s="1"/>
+      <c r="S88" s="1"/>
+      <c r="T88" s="1"/>
+      <c r="U88" s="1"/>
+      <c r="V88" s="1"/>
+      <c r="W88" s="1"/>
+    </row>
+    <row r="89" spans="1:23">
+      <c r="A89" s="3">
+        <v>87</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H89" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I89" s="4">
+        <v>0</v>
+      </c>
+      <c r="J89" s="4">
+        <v>0</v>
+      </c>
+      <c r="K89" s="4">
+        <v>0</v>
+      </c>
+      <c r="L89" s="4">
+        <v>0</v>
+      </c>
+      <c r="M89" s="4">
+        <v>941.12</v>
+      </c>
+      <c r="N89" s="4">
+        <v>0</v>
+      </c>
+      <c r="O89" s="4">
+        <v>0</v>
+      </c>
+      <c r="P89" s="4">
+        <v>941.12</v>
+      </c>
+      <c r="Q89" s="1"/>
+      <c r="R89" s="1"/>
+      <c r="S89" s="1"/>
+      <c r="T89" s="1"/>
+      <c r="U89" s="1"/>
+      <c r="V89" s="1"/>
+      <c r="W89" s="1"/>
+    </row>
+    <row r="90" spans="1:23">
+      <c r="A90" s="3">
+        <v>88</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H90" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I90" s="4">
+        <v>1034</v>
+      </c>
+      <c r="J90" s="4">
+        <v>0</v>
+      </c>
+      <c r="K90" s="4">
+        <v>0</v>
+      </c>
+      <c r="L90" s="4">
+        <v>1034</v>
+      </c>
+      <c r="M90" s="4">
+        <v>460.11</v>
+      </c>
+      <c r="N90" s="4">
+        <v>0</v>
+      </c>
+      <c r="O90" s="4">
+        <v>0</v>
+      </c>
+      <c r="P90" s="4">
+        <v>460.11</v>
+      </c>
+      <c r="Q90" s="1"/>
+      <c r="R90" s="1"/>
+      <c r="S90" s="1"/>
+      <c r="T90" s="1"/>
+      <c r="U90" s="1"/>
+      <c r="V90" s="1"/>
+      <c r="W90" s="1"/>
+    </row>
+    <row r="91" spans="1:23">
+      <c r="A91" s="3">
+        <v>89</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H91" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I91" s="4">
+        <v>0</v>
+      </c>
+      <c r="J91" s="4">
+        <v>0</v>
+      </c>
+      <c r="K91" s="4">
+        <v>0</v>
+      </c>
+      <c r="L91" s="4">
+        <v>0</v>
+      </c>
+      <c r="M91" s="4">
+        <v>5020.98</v>
+      </c>
+      <c r="N91" s="4">
+        <v>0</v>
+      </c>
+      <c r="O91" s="4">
+        <v>0</v>
+      </c>
+      <c r="P91" s="4">
+        <v>5020.98</v>
+      </c>
+      <c r="Q91" s="1"/>
+      <c r="R91" s="1"/>
+      <c r="S91" s="1"/>
+      <c r="T91" s="1"/>
+      <c r="U91" s="1"/>
+      <c r="V91" s="1"/>
+      <c r="W91" s="1"/>
+    </row>
+    <row r="92" spans="1:23">
+      <c r="A92" s="3">
+        <v>90</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H92" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I92" s="4">
+        <v>1864</v>
+      </c>
+      <c r="J92" s="4">
+        <v>0</v>
+      </c>
+      <c r="K92" s="4">
+        <v>1864</v>
+      </c>
+      <c r="L92" s="4">
+        <v>0</v>
+      </c>
+      <c r="M92" s="4">
+        <v>96.32</v>
+      </c>
+      <c r="N92" s="4">
+        <v>0</v>
+      </c>
+      <c r="O92" s="4">
+        <v>0</v>
+      </c>
+      <c r="P92" s="4">
+        <v>96.32</v>
+      </c>
+      <c r="Q92" s="1"/>
+      <c r="R92" s="1"/>
+      <c r="S92" s="1"/>
+      <c r="T92" s="1"/>
+      <c r="U92" s="1"/>
+      <c r="V92" s="1"/>
+      <c r="W92" s="1"/>
+    </row>
+    <row r="93" spans="1:23">
+      <c r="A93" s="3">
+        <v>91</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I93" s="4">
+        <v>2014</v>
+      </c>
+      <c r="J93" s="4">
+        <v>0</v>
+      </c>
+      <c r="K93" s="4">
+        <v>0</v>
+      </c>
+      <c r="L93" s="4">
+        <v>2014</v>
+      </c>
+      <c r="M93" s="4">
+        <v>94.68</v>
+      </c>
+      <c r="N93" s="4">
+        <v>0</v>
+      </c>
+      <c r="O93" s="4">
+        <v>0</v>
+      </c>
+      <c r="P93" s="4">
+        <v>94.68</v>
+      </c>
+      <c r="Q93" s="1"/>
+      <c r="R93" s="1"/>
+      <c r="S93" s="1"/>
+      <c r="T93" s="1"/>
+      <c r="U93" s="1"/>
+      <c r="V93" s="1"/>
+      <c r="W93" s="1"/>
+    </row>
+    <row r="94" spans="1:23">
+      <c r="A94" s="3">
+        <v>92</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H94" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I94" s="4">
+        <v>1125</v>
+      </c>
+      <c r="J94" s="4">
+        <v>0</v>
+      </c>
+      <c r="K94" s="4">
+        <v>0</v>
+      </c>
+      <c r="L94" s="4">
+        <v>1125</v>
+      </c>
+      <c r="M94" s="4">
+        <v>62.01</v>
+      </c>
+      <c r="N94" s="4">
+        <v>0</v>
+      </c>
+      <c r="O94" s="4">
+        <v>0</v>
+      </c>
+      <c r="P94" s="4">
+        <v>62.01</v>
+      </c>
+      <c r="Q94" s="1"/>
+      <c r="R94" s="1"/>
+      <c r="S94" s="1"/>
+      <c r="T94" s="1"/>
+      <c r="U94" s="1"/>
+      <c r="V94" s="1"/>
+      <c r="W94" s="1"/>
+    </row>
+    <row r="95" spans="1:23">
+      <c r="A95" s="3">
+        <v>93</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I95" s="4">
+        <v>850</v>
+      </c>
+      <c r="J95" s="4">
+        <v>0</v>
+      </c>
+      <c r="K95" s="4">
+        <v>0</v>
+      </c>
+      <c r="L95" s="4">
+        <v>850</v>
+      </c>
+      <c r="M95" s="4">
+        <v>48.52</v>
+      </c>
+      <c r="N95" s="4">
+        <v>0</v>
+      </c>
+      <c r="O95" s="4">
+        <v>0</v>
+      </c>
+      <c r="P95" s="4">
+        <v>48.52</v>
+      </c>
+      <c r="Q95" s="1"/>
+      <c r="R95" s="1"/>
+      <c r="S95" s="1"/>
+      <c r="T95" s="1"/>
+      <c r="U95" s="1"/>
+      <c r="V95" s="1"/>
+      <c r="W95" s="1"/>
+    </row>
+    <row r="96" spans="1:23">
+      <c r="A96" s="3">
+        <v>94</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H96" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I96" s="4">
+        <v>4170</v>
+      </c>
+      <c r="J96" s="4">
+        <v>0</v>
+      </c>
+      <c r="K96" s="4">
+        <v>0</v>
+      </c>
+      <c r="L96" s="4">
+        <v>4170</v>
+      </c>
+      <c r="M96" s="4">
+        <v>244.75</v>
+      </c>
+      <c r="N96" s="4">
+        <v>0</v>
+      </c>
+      <c r="O96" s="4">
+        <v>0</v>
+      </c>
+      <c r="P96" s="4">
+        <v>244.75</v>
+      </c>
+      <c r="Q96" s="1"/>
+      <c r="R96" s="1"/>
+      <c r="S96" s="1"/>
+      <c r="T96" s="1"/>
+      <c r="U96" s="1"/>
+      <c r="V96" s="1"/>
+      <c r="W96" s="1"/>
+    </row>
+    <row r="97" spans="1:23">
+      <c r="A97" s="3">
+        <v>95</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I97" s="4">
+        <v>4821</v>
+      </c>
+      <c r="J97" s="4">
+        <v>3000</v>
+      </c>
+      <c r="K97" s="4">
+        <v>0</v>
+      </c>
+      <c r="L97" s="4">
+        <v>7821</v>
+      </c>
+      <c r="M97" s="4">
+        <v>1167.42</v>
+      </c>
+      <c r="N97" s="4">
+        <v>0</v>
+      </c>
+      <c r="O97" s="4">
+        <v>1143.48</v>
+      </c>
+      <c r="P97" s="4">
+        <v>23.94</v>
+      </c>
+      <c r="Q97" s="1"/>
+      <c r="R97" s="1"/>
+      <c r="S97" s="1"/>
+      <c r="T97" s="1"/>
+      <c r="U97" s="1"/>
+      <c r="V97" s="1"/>
+      <c r="W97" s="1"/>
+    </row>
+    <row r="98" spans="1:23">
+      <c r="A98" s="3">
+        <v>96</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H98" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I98" s="4">
+        <v>5205</v>
+      </c>
+      <c r="J98" s="4">
+        <v>0</v>
+      </c>
+      <c r="K98" s="4">
+        <v>0</v>
+      </c>
+      <c r="L98" s="4">
+        <v>5205</v>
+      </c>
+      <c r="M98" s="4">
+        <v>887.89</v>
+      </c>
+      <c r="N98" s="4">
+        <v>0</v>
+      </c>
+      <c r="O98" s="4">
+        <v>0</v>
+      </c>
+      <c r="P98" s="4">
+        <v>887.89</v>
+      </c>
+      <c r="Q98" s="1"/>
+      <c r="R98" s="1"/>
+      <c r="S98" s="1"/>
+      <c r="T98" s="1"/>
+      <c r="U98" s="1"/>
+      <c r="V98" s="1"/>
+      <c r="W98" s="1"/>
+    </row>
+    <row r="99" spans="1:23">
+      <c r="A99" s="3">
+        <v>97</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H99" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I99" s="4">
+        <v>0</v>
+      </c>
+      <c r="J99" s="4">
+        <v>0</v>
+      </c>
+      <c r="K99" s="4">
+        <v>0</v>
+      </c>
+      <c r="L99" s="4">
+        <v>0</v>
+      </c>
+      <c r="M99" s="4">
+        <v>25.6</v>
+      </c>
+      <c r="N99" s="4">
+        <v>0</v>
+      </c>
+      <c r="O99" s="4">
+        <v>0</v>
+      </c>
+      <c r="P99" s="4">
+        <v>25.6</v>
+      </c>
+      <c r="Q99" s="1"/>
+      <c r="R99" s="1"/>
+      <c r="S99" s="1"/>
+      <c r="T99" s="1"/>
+      <c r="U99" s="1"/>
+      <c r="V99" s="1"/>
+      <c r="W99" s="1"/>
+    </row>
+    <row r="100" spans="1:23">
+      <c r="A100" s="3">
+        <v>98</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H100" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I100" s="4">
+        <v>3367</v>
+      </c>
+      <c r="J100" s="4">
+        <v>0</v>
+      </c>
+      <c r="K100" s="4">
+        <v>0</v>
+      </c>
+      <c r="L100" s="4">
+        <v>3367</v>
+      </c>
+      <c r="M100" s="4">
+        <v>808.08</v>
+      </c>
+      <c r="N100" s="4">
+        <v>0</v>
+      </c>
+      <c r="O100" s="4">
+        <v>0</v>
+      </c>
+      <c r="P100" s="4">
+        <v>808.08</v>
+      </c>
+      <c r="Q100" s="1"/>
+      <c r="R100" s="1"/>
+      <c r="S100" s="1"/>
+      <c r="T100" s="1"/>
+      <c r="U100" s="1"/>
+      <c r="V100" s="1"/>
+      <c r="W100" s="1"/>
+    </row>
+    <row r="101" spans="1:23">
+      <c r="A101" s="3">
+        <v>99</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I101" s="4">
+        <v>3122</v>
+      </c>
+      <c r="J101" s="4">
+        <v>1007</v>
+      </c>
+      <c r="K101" s="4">
+        <v>0</v>
+      </c>
+      <c r="L101" s="4">
+        <v>4129</v>
+      </c>
+      <c r="M101" s="4">
+        <v>731.25</v>
+      </c>
+      <c r="N101" s="4">
+        <v>0</v>
+      </c>
+      <c r="O101" s="4">
+        <v>57.25</v>
+      </c>
+      <c r="P101" s="4">
+        <v>674.01</v>
+      </c>
+      <c r="Q101" s="1"/>
+      <c r="R101" s="1"/>
+      <c r="S101" s="1"/>
+      <c r="T101" s="1"/>
+      <c r="U101" s="1"/>
+      <c r="V101" s="1"/>
+      <c r="W101" s="1"/>
+    </row>
+    <row r="102" spans="1:23">
+      <c r="A102" s="3">
+        <v>100</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H102" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I102" s="4">
+        <v>2865</v>
+      </c>
+      <c r="J102" s="4">
+        <v>0</v>
+      </c>
+      <c r="K102" s="4">
+        <v>0</v>
+      </c>
+      <c r="L102" s="4">
+        <v>2865</v>
+      </c>
+      <c r="M102" s="4">
+        <v>809.92</v>
+      </c>
+      <c r="N102" s="4">
+        <v>0</v>
+      </c>
+      <c r="O102" s="4">
+        <v>0</v>
+      </c>
+      <c r="P102" s="4">
+        <v>809.92</v>
+      </c>
+      <c r="Q102" s="1"/>
+      <c r="R102" s="1"/>
+      <c r="S102" s="1"/>
+      <c r="T102" s="1"/>
+      <c r="U102" s="1"/>
+      <c r="V102" s="1"/>
+      <c r="W102" s="1"/>
+    </row>
+    <row r="103" spans="1:23">
+      <c r="A103" s="3">
+        <v>101</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H103" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I103" s="4">
+        <v>3700</v>
+      </c>
+      <c r="J103" s="4">
+        <v>0</v>
+      </c>
+      <c r="K103" s="4">
+        <v>0</v>
+      </c>
+      <c r="L103" s="4">
+        <v>3700</v>
+      </c>
+      <c r="M103" s="4">
+        <v>568.7</v>
+      </c>
+      <c r="N103" s="4">
+        <v>0</v>
+      </c>
+      <c r="O103" s="4">
+        <v>0</v>
+      </c>
+      <c r="P103" s="4">
+        <v>568.7</v>
+      </c>
+      <c r="Q103" s="1"/>
+      <c r="R103" s="1"/>
+      <c r="S103" s="1"/>
+      <c r="T103" s="1"/>
+      <c r="U103" s="1"/>
+      <c r="V103" s="1"/>
+      <c r="W103" s="1"/>
+    </row>
+    <row r="104" spans="1:23">
+      <c r="A104" s="3">
+        <v>102</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H104" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I104" s="4">
+        <v>1738</v>
+      </c>
+      <c r="J104" s="4">
+        <v>0</v>
+      </c>
+      <c r="K104" s="4">
+        <v>0</v>
+      </c>
+      <c r="L104" s="4">
+        <v>1738</v>
+      </c>
+      <c r="M104" s="4">
+        <v>529.96</v>
+      </c>
+      <c r="N104" s="4">
+        <v>0</v>
+      </c>
+      <c r="O104" s="4">
+        <v>0</v>
+      </c>
+      <c r="P104" s="4">
+        <v>529.96</v>
+      </c>
+      <c r="Q104" s="1"/>
+      <c r="R104" s="1"/>
+      <c r="S104" s="1"/>
+      <c r="T104" s="1"/>
+      <c r="U104" s="1"/>
+      <c r="V104" s="1"/>
+      <c r="W104" s="1"/>
+    </row>
+    <row r="105" spans="1:23">
+      <c r="A105" s="3">
+        <v>103</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H105" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I105" s="4">
+        <v>68</v>
+      </c>
+      <c r="J105" s="4">
+        <v>0</v>
+      </c>
+      <c r="K105" s="4">
+        <v>0</v>
+      </c>
+      <c r="L105" s="4">
+        <v>68</v>
+      </c>
+      <c r="M105" s="4">
+        <v>42.44</v>
+      </c>
+      <c r="N105" s="4">
+        <v>0</v>
+      </c>
+      <c r="O105" s="4">
+        <v>0</v>
+      </c>
+      <c r="P105" s="4">
+        <v>42.44</v>
+      </c>
+      <c r="Q105" s="1"/>
+      <c r="R105" s="1"/>
+      <c r="S105" s="1"/>
+      <c r="T105" s="1"/>
+      <c r="U105" s="1"/>
+      <c r="V105" s="1"/>
+      <c r="W105" s="1"/>
+    </row>
+    <row r="106" spans="1:23">
+      <c r="A106" s="3">
+        <v>104</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H106" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I106" s="4">
+        <v>2454</v>
+      </c>
+      <c r="J106" s="4">
+        <v>0</v>
+      </c>
+      <c r="K106" s="4">
+        <v>0</v>
+      </c>
+      <c r="L106" s="4">
+        <v>2454</v>
+      </c>
+      <c r="M106" s="4">
+        <v>905.76</v>
+      </c>
+      <c r="N106" s="4">
+        <v>0</v>
+      </c>
+      <c r="O106" s="4">
+        <v>0</v>
+      </c>
+      <c r="P106" s="4">
+        <v>905.76</v>
+      </c>
+      <c r="Q106" s="1"/>
+      <c r="R106" s="1"/>
+      <c r="S106" s="1"/>
+      <c r="T106" s="1"/>
+      <c r="U106" s="1"/>
+      <c r="V106" s="1"/>
+      <c r="W106" s="1"/>
+    </row>
+    <row r="107" spans="1:23">
+      <c r="A107" s="3">
+        <v>105</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H107" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I107" s="4">
+        <v>683</v>
+      </c>
+      <c r="J107" s="4">
+        <v>0</v>
+      </c>
+      <c r="K107" s="4">
+        <v>0</v>
+      </c>
+      <c r="L107" s="4">
+        <v>683</v>
+      </c>
+      <c r="M107" s="4">
+        <v>306.19</v>
+      </c>
+      <c r="N107" s="4">
+        <v>0</v>
+      </c>
+      <c r="O107" s="4">
+        <v>0</v>
+      </c>
+      <c r="P107" s="4">
+        <v>306.19</v>
+      </c>
+      <c r="Q107" s="1"/>
+      <c r="R107" s="1"/>
+      <c r="S107" s="1"/>
+      <c r="T107" s="1"/>
+      <c r="U107" s="1"/>
+      <c r="V107" s="1"/>
+      <c r="W107" s="1"/>
+    </row>
+    <row r="108" spans="1:23">
+      <c r="A108" s="3">
+        <v>106</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H108" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I108" s="4">
+        <v>703</v>
+      </c>
+      <c r="J108" s="4">
+        <v>0</v>
+      </c>
+      <c r="K108" s="4">
+        <v>0</v>
+      </c>
+      <c r="L108" s="4">
+        <v>703</v>
+      </c>
+      <c r="M108" s="4">
+        <v>254.22</v>
+      </c>
+      <c r="N108" s="4">
+        <v>0</v>
+      </c>
+      <c r="O108" s="4">
+        <v>0</v>
+      </c>
+      <c r="P108" s="4">
+        <v>254.22</v>
+      </c>
+      <c r="Q108" s="1"/>
+      <c r="R108" s="1"/>
+      <c r="S108" s="1"/>
+      <c r="T108" s="1"/>
+      <c r="U108" s="1"/>
+      <c r="V108" s="1"/>
+      <c r="W108" s="1"/>
+    </row>
+    <row r="109" spans="1:23">
+      <c r="A109" s="3">
+        <v>107</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H109" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I109" s="4">
+        <v>1686</v>
+      </c>
+      <c r="J109" s="4">
+        <v>0</v>
+      </c>
+      <c r="K109" s="4">
+        <v>0</v>
+      </c>
+      <c r="L109" s="4">
+        <v>1686</v>
+      </c>
+      <c r="M109" s="4">
+        <v>86.82</v>
+      </c>
+      <c r="N109" s="4">
+        <v>0</v>
+      </c>
+      <c r="O109" s="4">
+        <v>0</v>
+      </c>
+      <c r="P109" s="4">
+        <v>86.82</v>
+      </c>
+      <c r="Q109" s="1"/>
+      <c r="R109" s="1"/>
+      <c r="S109" s="1"/>
+      <c r="T109" s="1"/>
+      <c r="U109" s="1"/>
+      <c r="V109" s="1"/>
+      <c r="W109" s="1"/>
+    </row>
+    <row r="110" spans="1:23">
+      <c r="A110" s="3">
+        <v>108</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H110" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I110" s="4">
+        <v>3678</v>
+      </c>
+      <c r="J110" s="4">
+        <v>367</v>
+      </c>
+      <c r="K110" s="4">
+        <v>0</v>
+      </c>
+      <c r="L110" s="4">
+        <v>4045</v>
+      </c>
+      <c r="M110" s="4">
+        <v>220.61</v>
+      </c>
+      <c r="N110" s="4">
+        <v>0</v>
+      </c>
+      <c r="O110" s="4">
+        <v>0</v>
+      </c>
+      <c r="P110" s="4">
+        <v>220.61</v>
+      </c>
+      <c r="Q110" s="1"/>
+      <c r="R110" s="1"/>
+      <c r="S110" s="1"/>
+      <c r="T110" s="1"/>
+      <c r="U110" s="1"/>
+      <c r="V110" s="1"/>
+      <c r="W110" s="1"/>
+    </row>
+    <row r="111" spans="1:23">
+      <c r="A111" s="3">
+        <v>109</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H111" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I111" s="4">
+        <v>2101</v>
+      </c>
+      <c r="J111" s="4">
+        <v>0</v>
+      </c>
+      <c r="K111" s="4">
+        <v>2101</v>
+      </c>
+      <c r="L111" s="4">
+        <v>0</v>
+      </c>
+      <c r="M111" s="4">
+        <v>943.11</v>
+      </c>
+      <c r="N111" s="4">
+        <v>0</v>
+      </c>
+      <c r="O111" s="4">
+        <v>0</v>
+      </c>
+      <c r="P111" s="4">
+        <v>943.11</v>
+      </c>
+      <c r="Q111" s="1"/>
+      <c r="R111" s="1"/>
+      <c r="S111" s="1"/>
+      <c r="T111" s="1"/>
+      <c r="U111" s="1"/>
+      <c r="V111" s="1"/>
+      <c r="W111" s="1"/>
+    </row>
+    <row r="112" spans="1:23">
+      <c r="A112" s="3">
+        <v>110</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H112" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I112" s="4">
+        <v>2824</v>
+      </c>
+      <c r="J112" s="4">
+        <v>2410</v>
+      </c>
+      <c r="K112" s="4">
+        <v>0</v>
+      </c>
+      <c r="L112" s="4">
+        <v>5234</v>
+      </c>
+      <c r="M112" s="4">
+        <v>773.34</v>
+      </c>
+      <c r="N112" s="4">
+        <v>0</v>
+      </c>
+      <c r="O112" s="4">
+        <v>729.04</v>
+      </c>
+      <c r="P112" s="4">
+        <v>44.3</v>
+      </c>
+      <c r="Q112" s="1"/>
+      <c r="R112" s="1"/>
+      <c r="S112" s="1"/>
+      <c r="T112" s="1"/>
+      <c r="U112" s="1"/>
+      <c r="V112" s="1"/>
+      <c r="W112" s="1"/>
+    </row>
+    <row r="113" spans="1:23">
+      <c r="A113" s="3">
+        <v>111</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H113" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I113" s="4">
+        <v>2886</v>
+      </c>
+      <c r="J113" s="4">
+        <v>0</v>
+      </c>
+      <c r="K113" s="4">
+        <v>0</v>
+      </c>
+      <c r="L113" s="4">
+        <v>2886</v>
+      </c>
+      <c r="M113" s="4">
+        <v>681.87</v>
+      </c>
+      <c r="N113" s="4">
+        <v>0</v>
+      </c>
+      <c r="O113" s="4">
+        <v>0</v>
+      </c>
+      <c r="P113" s="4">
+        <v>681.87</v>
+      </c>
+      <c r="Q113" s="1"/>
+      <c r="R113" s="1"/>
+      <c r="S113" s="1"/>
+      <c r="T113" s="1"/>
+      <c r="U113" s="1"/>
+      <c r="V113" s="1"/>
+      <c r="W113" s="1"/>
+    </row>
+    <row r="114" spans="1:23">
+      <c r="A114" s="3">
+        <v>112</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H114" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I114" s="4">
+        <v>644</v>
+      </c>
+      <c r="J114" s="4">
+        <v>118</v>
+      </c>
+      <c r="K114" s="4">
+        <v>0</v>
+      </c>
+      <c r="L114" s="4">
+        <v>762</v>
+      </c>
+      <c r="M114" s="4">
+        <v>275.4</v>
+      </c>
+      <c r="N114" s="4">
+        <v>0</v>
+      </c>
+      <c r="O114" s="4">
+        <v>0</v>
+      </c>
+      <c r="P114" s="4">
+        <v>275.4</v>
+      </c>
+      <c r="Q114" s="1"/>
+      <c r="R114" s="1"/>
+      <c r="S114" s="1"/>
+      <c r="T114" s="1"/>
+      <c r="U114" s="1"/>
+      <c r="V114" s="1"/>
+      <c r="W114" s="1"/>
+    </row>
+    <row r="115" spans="1:23">
+      <c r="A115" s="3">
+        <v>113</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H115" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I115" s="4">
+        <v>4411</v>
+      </c>
+      <c r="J115" s="4">
+        <v>0</v>
+      </c>
+      <c r="K115" s="4">
+        <v>0</v>
+      </c>
+      <c r="L115" s="4">
+        <v>4411</v>
+      </c>
+      <c r="M115" s="4">
+        <v>910.23</v>
+      </c>
+      <c r="N115" s="4">
+        <v>0</v>
+      </c>
+      <c r="O115" s="4">
+        <v>0</v>
+      </c>
+      <c r="P115" s="4">
+        <v>910.23</v>
+      </c>
+      <c r="Q115" s="1"/>
+      <c r="R115" s="1"/>
+      <c r="S115" s="1"/>
+      <c r="T115" s="1"/>
+      <c r="U115" s="1"/>
+      <c r="V115" s="1"/>
+      <c r="W115" s="1"/>
+    </row>
+    <row r="116" spans="1:23">
+      <c r="A116" s="3">
+        <v>114</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H116" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I116" s="4">
+        <v>3850</v>
+      </c>
+      <c r="J116" s="4">
+        <v>0</v>
+      </c>
+      <c r="K116" s="4">
+        <v>2769</v>
+      </c>
+      <c r="L116" s="4">
+        <v>1081</v>
+      </c>
+      <c r="M116" s="4">
+        <v>878.95</v>
+      </c>
+      <c r="N116" s="4">
+        <v>0</v>
+      </c>
+      <c r="O116" s="4">
+        <v>68.08</v>
+      </c>
+      <c r="P116" s="4">
+        <v>810.87</v>
+      </c>
+      <c r="Q116" s="1"/>
+      <c r="R116" s="1"/>
+      <c r="S116" s="1"/>
+      <c r="T116" s="1"/>
+      <c r="U116" s="1"/>
+      <c r="V116" s="1"/>
+      <c r="W116" s="1"/>
+    </row>
+    <row r="117" spans="1:23">
+      <c r="A117" s="3">
+        <v>115</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H117" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I117" s="4">
+        <v>36446</v>
+      </c>
+      <c r="J117" s="4">
+        <v>0</v>
+      </c>
+      <c r="K117" s="4">
+        <v>0</v>
+      </c>
+      <c r="L117" s="4">
+        <v>36446</v>
+      </c>
+      <c r="M117" s="4">
+        <v>1841</v>
+      </c>
+      <c r="N117" s="4">
+        <v>0</v>
+      </c>
+      <c r="O117" s="4">
+        <v>0</v>
+      </c>
+      <c r="P117" s="4">
+        <v>1841</v>
+      </c>
+      <c r="Q117" s="1"/>
+      <c r="R117" s="1"/>
+      <c r="S117" s="1"/>
+      <c r="T117" s="1"/>
+      <c r="U117" s="1"/>
+      <c r="V117" s="1"/>
+      <c r="W117" s="1"/>
+    </row>
+    <row r="118" spans="1:23">
+      <c r="A118" s="3">
+        <v>116</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H118" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I118" s="4">
+        <v>25</v>
+      </c>
+      <c r="J118" s="4">
+        <v>0</v>
+      </c>
+      <c r="K118" s="4">
+        <v>0</v>
+      </c>
+      <c r="L118" s="4">
+        <v>25</v>
+      </c>
+      <c r="M118" s="4">
+        <v>34.64</v>
+      </c>
+      <c r="N118" s="4">
+        <v>0</v>
+      </c>
+      <c r="O118" s="4">
+        <v>0</v>
+      </c>
+      <c r="P118" s="4">
+        <v>34.64</v>
+      </c>
+      <c r="Q118" s="1"/>
+      <c r="R118" s="1"/>
+      <c r="S118" s="1"/>
+      <c r="T118" s="1"/>
+      <c r="U118" s="1"/>
+      <c r="V118" s="1"/>
+      <c r="W118" s="1"/>
+    </row>
+    <row r="119" spans="1:23">
+      <c r="A119" s="3">
+        <v>117</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="D119" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H119" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I119" s="4">
+        <v>2014</v>
+      </c>
+      <c r="J119" s="4">
+        <v>0</v>
+      </c>
+      <c r="K119" s="4">
+        <v>0</v>
+      </c>
+      <c r="L119" s="4">
+        <v>2014</v>
+      </c>
+      <c r="M119" s="4">
+        <v>94.68</v>
+      </c>
+      <c r="N119" s="4">
+        <v>0</v>
+      </c>
+      <c r="O119" s="4">
+        <v>0</v>
+      </c>
+      <c r="P119" s="4">
+        <v>94.68</v>
+      </c>
+      <c r="Q119" s="1"/>
+      <c r="R119" s="1"/>
+      <c r="S119" s="1"/>
+      <c r="T119" s="1"/>
+      <c r="U119" s="1"/>
+      <c r="V119" s="1"/>
+      <c r="W119" s="1"/>
+    </row>
+    <row r="120" spans="1:23">
+      <c r="A120" s="3">
+        <v>118</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H120" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I120" s="4">
+        <v>943</v>
+      </c>
+      <c r="J120" s="4">
+        <v>0</v>
+      </c>
+      <c r="K120" s="4">
+        <v>0</v>
+      </c>
+      <c r="L120" s="4">
+        <v>943</v>
+      </c>
+      <c r="M120" s="4">
+        <v>579.21</v>
+      </c>
+      <c r="N120" s="4">
+        <v>0</v>
+      </c>
+      <c r="O120" s="4">
+        <v>0</v>
+      </c>
+      <c r="P120" s="4">
+        <v>579.21</v>
+      </c>
+      <c r="Q120" s="1"/>
+      <c r="R120" s="1"/>
+      <c r="S120" s="1"/>
+      <c r="T120" s="1"/>
+      <c r="U120" s="1"/>
+      <c r="V120" s="1"/>
+      <c r="W120" s="1"/>
+    </row>
+    <row r="121" spans="1:23">
+      <c r="A121" s="3">
+        <v>119</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H121" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I121" s="4">
+        <v>2000</v>
+      </c>
+      <c r="J121" s="4">
+        <v>0</v>
+      </c>
+      <c r="K121" s="4">
+        <v>262</v>
+      </c>
+      <c r="L121" s="4">
+        <v>1738</v>
+      </c>
+      <c r="M121" s="4">
+        <v>989.75</v>
+      </c>
+      <c r="N121" s="4">
+        <v>0</v>
+      </c>
+      <c r="O121" s="4">
+        <v>0</v>
+      </c>
+      <c r="P121" s="4">
+        <v>989.75</v>
+      </c>
+      <c r="Q121" s="1"/>
+      <c r="R121" s="1"/>
+      <c r="S121" s="1"/>
+      <c r="T121" s="1"/>
+      <c r="U121" s="1"/>
+      <c r="V121" s="1"/>
+      <c r="W121" s="1"/>
+    </row>
+    <row r="122" spans="1:23">
+      <c r="A122" s="3">
+        <v>120</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H122" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I122" s="4">
+        <v>252</v>
+      </c>
+      <c r="J122" s="4">
+        <v>0</v>
+      </c>
+      <c r="K122" s="4">
+        <v>0</v>
+      </c>
+      <c r="L122" s="4">
+        <v>252</v>
+      </c>
+      <c r="M122" s="4">
+        <v>98.83</v>
+      </c>
+      <c r="N122" s="4">
+        <v>0</v>
+      </c>
+      <c r="O122" s="4">
+        <v>0</v>
+      </c>
+      <c r="P122" s="4">
+        <v>98.83</v>
+      </c>
+      <c r="Q122" s="1"/>
+      <c r="R122" s="1"/>
+      <c r="S122" s="1"/>
+      <c r="T122" s="1"/>
+      <c r="U122" s="1"/>
+      <c r="V122" s="1"/>
+      <c r="W122" s="1"/>
+    </row>
+    <row r="123" spans="1:23">
+      <c r="A123" s="3">
+        <v>121</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H123" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I123" s="4">
+        <v>769</v>
+      </c>
+      <c r="J123" s="4">
+        <v>0</v>
+      </c>
+      <c r="K123" s="4">
+        <v>0</v>
+      </c>
+      <c r="L123" s="4">
+        <v>769</v>
+      </c>
+      <c r="M123" s="4">
+        <v>340.79</v>
+      </c>
+      <c r="N123" s="4">
+        <v>0</v>
+      </c>
+      <c r="O123" s="4">
+        <v>0</v>
+      </c>
+      <c r="P123" s="4">
+        <v>340.79</v>
+      </c>
+      <c r="Q123" s="1"/>
+      <c r="R123" s="1"/>
+      <c r="S123" s="1"/>
+      <c r="T123" s="1"/>
+      <c r="U123" s="1"/>
+      <c r="V123" s="1"/>
+      <c r="W123" s="1"/>
+    </row>
+    <row r="124" spans="1:23">
+      <c r="A124" s="3">
+        <v>122</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H124" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I124" s="4">
+        <v>1986</v>
+      </c>
+      <c r="J124" s="4">
+        <v>0</v>
+      </c>
+      <c r="K124" s="4">
+        <v>0</v>
+      </c>
+      <c r="L124" s="4">
+        <v>1986</v>
+      </c>
+      <c r="M124" s="4">
+        <v>313.27</v>
+      </c>
+      <c r="N124" s="4">
+        <v>0</v>
+      </c>
+      <c r="O124" s="4">
+        <v>0</v>
+      </c>
+      <c r="P124" s="4">
+        <v>313.27</v>
+      </c>
+      <c r="Q124" s="1"/>
+      <c r="R124" s="1"/>
+      <c r="S124" s="1"/>
+      <c r="T124" s="1"/>
+      <c r="U124" s="1"/>
+      <c r="V124" s="1"/>
+      <c r="W124" s="1"/>
+    </row>
+    <row r="125" spans="1:23">
+      <c r="A125" s="3">
+        <v>123</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H125" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I125" s="4">
+        <v>2971</v>
+      </c>
+      <c r="J125" s="4">
+        <v>3385</v>
+      </c>
+      <c r="K125" s="4">
+        <v>0</v>
+      </c>
+      <c r="L125" s="4">
+        <v>6356</v>
+      </c>
+      <c r="M125" s="4">
+        <v>1401.03</v>
+      </c>
+      <c r="N125" s="4">
+        <v>0</v>
+      </c>
+      <c r="O125" s="4">
+        <v>0</v>
+      </c>
+      <c r="P125" s="4">
+        <v>1401.03</v>
+      </c>
+      <c r="Q125" s="1"/>
+      <c r="R125" s="1"/>
+      <c r="S125" s="1"/>
+      <c r="T125" s="1"/>
+      <c r="U125" s="1"/>
+      <c r="V125" s="1"/>
+      <c r="W125" s="1"/>
+    </row>
+    <row r="126" spans="1:23">
+      <c r="A126" s="3">
+        <v>124</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H126" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I126" s="4">
+        <v>4287</v>
+      </c>
+      <c r="J126" s="4">
+        <v>3147</v>
+      </c>
+      <c r="K126" s="4">
+        <v>0</v>
+      </c>
+      <c r="L126" s="4">
+        <v>7434</v>
+      </c>
+      <c r="M126" s="4">
+        <v>2403.3</v>
+      </c>
+      <c r="N126" s="4">
+        <v>0</v>
+      </c>
+      <c r="O126" s="4">
+        <v>0</v>
+      </c>
+      <c r="P126" s="4">
+        <v>2403.3</v>
+      </c>
+      <c r="Q126" s="1"/>
+      <c r="R126" s="1"/>
+      <c r="S126" s="1"/>
+      <c r="T126" s="1"/>
+      <c r="U126" s="1"/>
+      <c r="V126" s="1"/>
+      <c r="W126" s="1"/>
+    </row>
+    <row r="127" spans="1:23">
+      <c r="A127" s="7" t="s">
+        <v>395</v>
+      </c>
+      <c r="B127" s="7"/>
+      <c r="C127" s="7"/>
+      <c r="D127" s="7"/>
+      <c r="E127" s="7"/>
+      <c r="F127" s="7"/>
+      <c r="G127" s="7"/>
+      <c r="H127" s="8"/>
+      <c r="I127" s="8">
+        <v>359973</v>
+      </c>
+      <c r="J127" s="8">
+        <v>35521</v>
+      </c>
+      <c r="K127" s="8">
+        <v>45347</v>
+      </c>
+      <c r="L127" s="8">
+        <v>350147</v>
+      </c>
+      <c r="M127" s="8">
+        <v>133095.57</v>
+      </c>
+      <c r="N127" s="8">
+        <v>0</v>
+      </c>
+      <c r="O127" s="8">
+        <v>2854.08</v>
+      </c>
+      <c r="P127" s="8">
+        <v>130241.51</v>
+      </c>
+      <c r="Q127" s="1"/>
+      <c r="R127" s="1"/>
+      <c r="S127" s="1"/>
+      <c r="T127" s="1"/>
+      <c r="U127" s="1"/>
+      <c r="V127" s="1"/>
+      <c r="W127" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="A127:H127"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>