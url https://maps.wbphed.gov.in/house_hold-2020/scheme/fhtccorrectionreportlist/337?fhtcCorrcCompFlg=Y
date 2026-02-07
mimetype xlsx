--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -2063,2253 +2063,2253 @@
   <si>
     <t>SM/10299</t>
   </si>
   <si>
     <t>TSM/009123</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Gobindapur Water Supply Scheme at Bagdah Block (Phase-II)</t>
   </si>
   <si>
     <t>SM/07624</t>
   </si>
   <si>
     <t>TSM/006783</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Champali Piped Water Supply Scheme, Minakhan Block (Phase-I)</t>
   </si>
   <si>
     <t>SM/08260</t>
   </si>
   <si>
     <t>TSM/007366</t>
   </si>
   <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan mission (JJM and Jal Swapna) under command area of Rampur W/S Scheme, Sandeshkhali-II Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase I).</t>
+  </si>
+  <si>
+    <t>SM/10511</t>
+  </si>
+  <si>
+    <t>TSM/010487</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Santoshpur Zone-I to Accommodate FHTC Block- Bongaon, Dist-North 24 Parganas.</t>
+  </si>
+  <si>
+    <t>SM/10111</t>
+  </si>
+  <si>
+    <t>TSM/009219</t>
+  </si>
+  <si>
+    <t>Providing FHTC (Functional Household Tap Connection) by augmentation for Khamarkalla Zone-II Water Supply Scheme in Bongaon Block of North 24 Parganas District under North 24 Parganas Water Supply Division-I, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>SM/10758</t>
+  </si>
+  <si>
+    <t>TSM/010573</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Kamarpur &amp; Adjoining mouzas to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10727</t>
+  </si>
+  <si>
+    <t>TSM/009764</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Sadpur to accommodate</t>
+  </si>
+  <si>
+    <t>SM/10577</t>
+  </si>
+  <si>
+    <t>TSM/009759</t>
+  </si>
+  <si>
+    <t>Providing FHTC(Functional Household Tap Connection) by augmentation for Paschim Panchberia Zone-I Water Supply Scheme in Bongaon Block of North 24 Parganas District.</t>
+  </si>
+  <si>
+    <t>SM/10581</t>
+  </si>
+  <si>
+    <t>TSM/009939</t>
+  </si>
+  <si>
+    <t>Providing FHTC (Functional Household Tap Connection) of augmentation for Paikpara Zone-I Water SupplyScheme in Bongaon Block of North 24 Parganas District under N 24 Pgs. W/S Div-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/10638</t>
+  </si>
+  <si>
+    <t>TSM/010263</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Sultanpur Water Supply Scheme, Minakhan Block,</t>
+  </si>
+  <si>
+    <t>SM/07852</t>
+  </si>
+  <si>
+    <t>TSM/006764</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Dhanyakuria to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/12274</t>
+  </si>
+  <si>
+    <t>TSM/011071</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Magurali and its adjoining mouzas to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11655</t>
+  </si>
+  <si>
+    <t>TSM/011314</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Champapukuria to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11586</t>
+  </si>
+  <si>
+    <t>TSM/011072</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Chhayageria Zone-I to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11593</t>
+  </si>
+  <si>
+    <t>TSM/011107</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Shimulpur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11598</t>
+  </si>
+  <si>
+    <t>TSM/011168</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Matiagachha to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11667</t>
+  </si>
+  <si>
+    <t>TSM/011164</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Diara to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11668</t>
+  </si>
+  <si>
+    <t>TSM/011165</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Chaital to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11669</t>
+  </si>
+  <si>
+    <t>TSM/011167</t>
+  </si>
+  <si>
+    <t>Providing FHTC (Functional Household Tap Connection) of augmentation for Palla Zone-I Water Supply Scheme in Bongaon Block of North 24 Parganas District under N 24 Pgs. W/S Div-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11212</t>
+  </si>
+  <si>
+    <t>TSM/010262</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Sadiknagar (Zone-I) to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11525</t>
+  </si>
+  <si>
+    <t>TSM/011067</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-XIII (Aziznagar) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/12413</t>
+  </si>
+  <si>
+    <t>TSM/014786</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Gadpukuria Zone-I to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11761</t>
+  </si>
+  <si>
+    <t>TSM/011197</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water supply Scheme for Gadpukuria Zone-II to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11762</t>
+  </si>
+  <si>
+    <t>TSM/011198</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Kapileswarpur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11763</t>
+  </si>
+  <si>
+    <t>TSM/011373</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) from existing and new proposed distribution system within the command area Kendua mouza, Jagatpur mouza and Chaita mouza (Rest part after phase-I) of Sadiknagar Zone-II Piped Water Supply Scheme, Basirh</t>
+  </si>
+  <si>
+    <t>SM/08767</t>
+  </si>
+  <si>
+    <t>TSM/007349</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-VIII-B (Maricha) in Amdanga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/12729</t>
+  </si>
+  <si>
+    <t>TSM/011825</t>
+  </si>
+  <si>
+    <t>Pipuldaha Piped Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/12721</t>
+  </si>
+  <si>
+    <t>TSM/014691</t>
+  </si>
+  <si>
+    <t>Augmentation of Berachampa Zone-5 Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/13892</t>
+  </si>
+  <si>
+    <t>TSM/015722</t>
+  </si>
+  <si>
+    <t>Paschim Huda Piped water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/13895</t>
+  </si>
+  <si>
+    <t>TSM/016341</t>
+  </si>
+  <si>
+    <t>SM/13543</t>
+  </si>
+  <si>
+    <t>TSM/011559</t>
+  </si>
+  <si>
+    <t>SM/13545</t>
+  </si>
+  <si>
+    <t>TSM/011560</t>
+  </si>
+  <si>
+    <t>Augmentation of Hingalganj Piped water supply scheme Zone-II</t>
+  </si>
+  <si>
+    <t>SM/14513</t>
+  </si>
+  <si>
+    <t>TSM/018809</t>
+  </si>
+  <si>
+    <t>SM/14539</t>
+  </si>
+  <si>
+    <t>TSM/011541</t>
+  </si>
+  <si>
+    <t>Augmentation of Berachampa Zone-1 Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/14490</t>
+  </si>
+  <si>
+    <t>TSM/015718</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Kalitala and adjoining mouzas</t>
+  </si>
+  <si>
+    <t>SM/14153</t>
+  </si>
+  <si>
+    <t>TSM/012030</t>
+  </si>
+  <si>
+    <t>Augmentation of Bermajur Piped water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/14511</t>
+  </si>
+  <si>
+    <t>TSM/018703</t>
+  </si>
+  <si>
+    <t>Augmentation of Intake, WTP, Rising Main &amp; Booster Station-I of Surface Water Based Piped Water Supply Scheme for Mangal Pandey under North 24 Parganas in North Barrackpore Municipality of North 24 Parganas District under North 24 Parganas Water Supply Di</t>
+  </si>
+  <si>
+    <t>SM/15816</t>
+  </si>
+  <si>
+    <t>TSM/015278</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-XIV_A (Ruiya) and Zone-XIV_B (Dangadihila) in Barrackpore-II Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/15817</t>
+  </si>
+  <si>
+    <t>TSM/014836</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-III (Raypur) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/15819</t>
+  </si>
+  <si>
+    <t>TSM/014881</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Swethpur Zone-I to Accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/18410</t>
+  </si>
+  <si>
+    <t>TSM/011241</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Rupmari Piped Water Supply Scheme, Hingalganj Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08074</t>
+  </si>
+  <si>
+    <t>TSM/007042</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection under command area of Chotto Sehara W/S Scheme, Sandeshkhali-I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase II &amp; Final).</t>
+  </si>
+  <si>
+    <t>SM/10554</t>
+  </si>
+  <si>
+    <t>TSM/010694</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Panchita to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10300</t>
+  </si>
+  <si>
+    <t>TSM/009255</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Deara to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/17679</t>
+  </si>
+  <si>
+    <t>TSM/011275</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Dhalani Water Supply Scheme at Bagdah Block (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/08066</t>
+  </si>
+  <si>
+    <t>TSM/007034</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Palla Water Supply Scheme at Bongaon Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08047</t>
+  </si>
+  <si>
+    <t>TSM/007048</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of ICHHLAMPUR ZONE-II Water Supply Scheme at BONGAON Block (PHASE-I)</t>
+  </si>
+  <si>
+    <t>SM/07601</t>
+  </si>
+  <si>
+    <t>TSM/006918</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Matiagacha Water Supply Scheme at Habra-II Block, Dist.-North 24 Parganas (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07621</t>
+  </si>
+  <si>
+    <t>TSM/006790</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Matiagacha Water Supply Scheme at Habra-II Block, Dist.-North 24 Parganas (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/07622</t>
+  </si>
+  <si>
+    <t>TSM/006791</t>
+  </si>
+  <si>
+    <t>Retrofitting of Chaumuha Water Supply scheme under Barasat - II Block for providing Functional House Tap Connection</t>
+  </si>
+  <si>
+    <t>SM/07023</t>
+  </si>
+  <si>
+    <t>TSM/006274</t>
+  </si>
+  <si>
+    <t>Retrofiting of Jeliakhali Paschim khanda water supply scheme under sandeshkhali- II Block for providing Functional House Tap Conection</t>
+  </si>
+  <si>
+    <t>SM/07025</t>
+  </si>
+  <si>
+    <t>TSM/006278</t>
+  </si>
+  <si>
+    <t>Retrofitting of Konanagar water supply scheme under Hasnabad Block for providing Functional House Tap Conection</t>
+  </si>
+  <si>
+    <t>SM/07027</t>
+  </si>
+  <si>
+    <t>TSM/006279</t>
+  </si>
+  <si>
+    <t>Retrofitting of Chowlpur &amp; its adj. mouzas water supply scheme for providing Functional House Tap Connection (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07713</t>
+  </si>
+  <si>
+    <t>TSM/006714</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Dakshin Bagundi Water Supply Scheme at Basirhat-I Block, Dist.-North 24 Parganas (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07845</t>
+  </si>
+  <si>
+    <t>TSM/006765</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Hingalganj Piped Water Supply Scheme (Zone -I), Hingalganj Block</t>
+  </si>
+  <si>
+    <t>SM/09224</t>
+  </si>
+  <si>
+    <t>TSM/007044</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Mollahati Water Supply Scheme at Bongaon Block under North 24 Parganas Water Supply Division-I, P.H.E. Dte. (Phase-I).</t>
+  </si>
+  <si>
+    <t>SM/08731</t>
+  </si>
+  <si>
+    <t>TSM/007652</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Ichhapur Piped Water Supply Scheme, Gaighata Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08270</t>
+  </si>
+  <si>
+    <t>TSM/007376</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) inconnection with Jal Jeevan Mission (JJM and JAL SWAPNA)under command area of Bangangram (Zone-II) Water SupplyScheme at Bongaon Block (Phase-II).</t>
+  </si>
+  <si>
+    <t>SM/08237</t>
+  </si>
+  <si>
+    <t>TSM/007283</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan mission (JJM and Jal Swapna) under command area of Taranipur W/S Scheme (Zone-II) at Swarupnagar Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase -I).</t>
+  </si>
+  <si>
+    <t>SM/09728</t>
+  </si>
+  <si>
+    <t>TSM/009446</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of GOTRA W/S Scheme at Basirhat I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase - I).</t>
+  </si>
+  <si>
+    <t>SM/08642</t>
+  </si>
+  <si>
+    <t>TSM/007633</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of BARABANKRA W/S Scheme at Swarupnagar Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase-I).</t>
+  </si>
+  <si>
+    <t>SM/08659</t>
+  </si>
+  <si>
+    <t>TSM/007634</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of RAHARHATI W/S Scheme at Basirhat II Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase - I).</t>
+  </si>
+  <si>
+    <t>SM/08646</t>
+  </si>
+  <si>
+    <t>TSM/007642</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of GOKNA W/S Scheme at Baduria Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase-I).</t>
+  </si>
+  <si>
+    <t>SM/08647</t>
+  </si>
+  <si>
+    <t>TSM/007641</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection under command area of Rajbari W/S Scheme, Sandeshkhali-I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase II &amp; Final).</t>
+  </si>
+  <si>
+    <t>SM/10553</t>
+  </si>
+  <si>
+    <t>TSM/010693</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Ashariya Narayanpur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10558</t>
+  </si>
+  <si>
+    <t>TSM/010450</t>
+  </si>
+  <si>
+    <t>Augmentation of Magurati Srirampur W/S Scheme for providing FHTC under Barasat Arsenic Division, PHE Dte. (Phase - II)</t>
+  </si>
+  <si>
+    <t>SM/10559</t>
+  </si>
+  <si>
+    <t>TSM/009206</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Hariharpur Water Supply Scheme at Bagdah Block (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/08071</t>
+  </si>
+  <si>
+    <t>TSM/007039</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Gaighata to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10519</t>
+  </si>
+  <si>
+    <t>TSM/010005</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Patulia Block- Barrackpur-II, Dist-North 24 Parganas.</t>
+  </si>
+  <si>
+    <t>SM/10100</t>
+  </si>
+  <si>
+    <t>TSM/009519</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Gangrapota to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10309</t>
+  </si>
+  <si>
+    <t>TSM/009254</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Chikanpara to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10690</t>
+  </si>
+  <si>
+    <t>TSM/010451</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Bira Rajibpur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10782</t>
+  </si>
+  <si>
+    <t>TSM/010461</t>
+  </si>
+  <si>
+    <t>Providing FHTC (Functional Household Tap Connection) for Mohanpur Water Supply Scheme in Barrackpore-II Block of North 24 Parganas District Under North 24 Pargans W/S Division-I, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>SM/10579</t>
+  </si>
+  <si>
+    <t>TSM/010599</t>
+  </si>
+  <si>
+    <t>Providing FHTC (Functional Household Tap Connection) by augmentation for Auldanga Zone-I Water Supply Scheme in Bagdah Block of North 24 Parganas District under North 24 Pgs. W/S Div-I, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>SM/10580</t>
+  </si>
+  <si>
+    <t>TSM/010408</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-VI-A (Beraberia) in Amdanga &amp; Barasat-I Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/12566</t>
+  </si>
+  <si>
+    <t>TSM/011870</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Rajnagar to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11630</t>
+  </si>
+  <si>
+    <t>TSM/011079</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Bajitpur Zone-II to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11701</t>
+  </si>
+  <si>
+    <t>TSM/011316</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Mirjanagar to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11702</t>
+  </si>
+  <si>
+    <t>TSM/011080</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Based Piped Water Supply Scheme for BAHIRA to accommodate FHTC in Barasat-II Block of North 24 Parganas District under Barasat Arsenic Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11544</t>
+  </si>
+  <si>
+    <t>TSM/010752</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Based Piped Water Supply Scheme for CHAUMUHA to accommodate FHTC in Barasat-II Block of North 24 Parganas District under Barasat Arsenic Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11545</t>
+  </si>
+  <si>
+    <t>TSM/010751</t>
+  </si>
+  <si>
+    <t>Retrofitting of Bagband Saiberia &amp; its adj. mouzas water supply scheme for providing Functional House Tap Connection (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07709</t>
+  </si>
+  <si>
+    <t>TSM/006717</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for SHIBALAYA to accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/13472</t>
+  </si>
+  <si>
+    <t>TSM/011976</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Nabatkati to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11760</t>
+  </si>
+  <si>
+    <t>TSM/011379</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-VII-A (Kharu) in Amdanga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11941</t>
+  </si>
+  <si>
+    <t>TSM/011892</t>
+  </si>
+  <si>
+    <t>Mallik Gheri Piped Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/13813</t>
+  </si>
+  <si>
+    <t>TSM/014697</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-I-B (Telinipara) in Barrackpore-II Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/13902</t>
+  </si>
+  <si>
+    <t>TSM/011942</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Gokna to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/13405</t>
+  </si>
+  <si>
+    <t>TSM/011319</t>
+  </si>
+  <si>
+    <t>Niruli Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/12714</t>
+  </si>
+  <si>
+    <t>TSM/014715</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-XII (Abjannagar) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/13435</t>
+  </si>
+  <si>
+    <t>TSM/015250</t>
+  </si>
+  <si>
+    <t>Augmentation of Berachampa Zone-3 Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/13894</t>
+  </si>
+  <si>
+    <t>TSM/015720</t>
+  </si>
+  <si>
+    <t>Uchildaha Piped water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/13815</t>
+  </si>
+  <si>
+    <t>TSM/014828</t>
+  </si>
+  <si>
+    <t>SM/13535</t>
+  </si>
+  <si>
+    <t>TSM/011511</t>
+  </si>
+  <si>
+    <t>Augmentation of Thakdari Piped Water Supply Scheme in Rajarhat Block of North 24 Parganas District under Barasat Arsenic Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>SM/15559</t>
+  </si>
+  <si>
+    <t>TSM/017800</t>
+  </si>
+  <si>
+    <t>SM/14542</t>
+  </si>
+  <si>
+    <t>TSM/011507</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-IX (Khejurdanga) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/15821</t>
+  </si>
+  <si>
+    <t>TSM/014754</t>
+  </si>
+  <si>
+    <t>Retrofitting of Atapur water supply scheme under sandeshkhali- II Block for providing Functional House Tap Connection in North 24 Pargana District (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07706</t>
+  </si>
+  <si>
+    <t>TSM/006712</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-XI (Jhikra) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/18261</t>
+  </si>
+  <si>
+    <t>TSM/015092</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Rajapur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/17408</t>
+  </si>
+  <si>
+    <t>TSM/011322</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Bergum to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10514</t>
+  </si>
+  <si>
+    <t>TSM/010006</t>
+  </si>
+  <si>
+    <t>Kaugachhi Zone-III Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/14502</t>
+  </si>
+  <si>
+    <t>TSM/016342</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for TILDANGA to accommodate FHTC under Jal Swapna Mission under Baduria Block in North 24 Parganas District under Barasat Arsenic Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11659</t>
+  </si>
+  <si>
+    <t>TSM/010996</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Sadiknagar (Zone-II) to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11523</t>
+  </si>
+  <si>
+    <t>TSM/011066</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-III-A (Algaria) in Barasat-I Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/13794</t>
+  </si>
+  <si>
+    <t>TSM/012002</t>
+  </si>
+  <si>
+    <t>RAIGACHHI Piped Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/18599</t>
+  </si>
+  <si>
+    <t>TSM/016043</t>
+  </si>
+  <si>
+    <t>Augmentation of CHOWLPUR Piped Water Supply Scheme in Barasat-II Block of North 24 Parganas District under Barasat Arsenic Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/13420</t>
+  </si>
+  <si>
+    <t>TSM/015209</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Rupmari to Accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/12122</t>
+  </si>
+  <si>
+    <t>TSM/011175</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for RAJAPURA to accommodate FHTC under Jal Swapna Mission under Hasnabad Block in North 24 Parganas District under Barasat Arsenic Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/13761</t>
+  </si>
+  <si>
+    <t>TSM/011116</t>
+  </si>
+  <si>
+    <t>Augmentation of Berachampa Zone-2 Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/13893</t>
+  </si>
+  <si>
+    <t>TSM/015719</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Gopalpur Gadpukuria Piped Water Supply Scheme at Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08067</t>
+  </si>
+  <si>
+    <t>TSM/007036</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Gopalpur Gadpukuria Piped Water Supply Scheme at Bagdah Block (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/08068</t>
+  </si>
+  <si>
+    <t>TSM/007037</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Paikpara Water Supply Scheme at Bongaon Block (Phase-II).</t>
+  </si>
+  <si>
+    <t>SM/08043</t>
+  </si>
+  <si>
+    <t>TSM/007082</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Malidah Water Supply Scheme at Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07848</t>
+  </si>
+  <si>
+    <t>TSM/006767</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of PAIKPARA Water Supply Scheme at BONGAON Block (PHASE-I)</t>
+  </si>
+  <si>
+    <t>SM/07603</t>
+  </si>
+  <si>
+    <t>TSM/006917</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Rajbari Water Supply Scheme, Sandeshkhali - I Block.</t>
+  </si>
+  <si>
+    <t>SM/07611</t>
+  </si>
+  <si>
+    <t>TSM/006776</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Talsa and Adjoining mouzas Water Supply Scheme at Habra-II Block, Dist.-North 24 Parganas (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/07612</t>
+  </si>
+  <si>
+    <t>TSM/006782</t>
+  </si>
+  <si>
+    <t>Retrofitting of Puturia &amp; its adj. mouzas water supply scheme for providing Functional House Tap Connection (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07707</t>
+  </si>
+  <si>
+    <t>TSM/006716</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Humaipur Piped Water Supply Scheme at Barasat-II Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07842</t>
+  </si>
+  <si>
+    <t>TSM/006770</t>
+  </si>
+  <si>
+    <t>Retrofitting of Jashaikati Zone - II and Its Adjoining Mouzas Water Supply Scheme under Baduria Block for providing Functional House Tap Connection in North 24 Parganas under Barasat Arsenic Division PHE Dte (Phase - II)</t>
+  </si>
+  <si>
+    <t>SM/08723</t>
+  </si>
+  <si>
+    <t>TSM/007659</t>
+  </si>
+  <si>
+    <t>Retrofitting of Jashaikati Zone - I and Its Adjoining Mouzas Water Supply Scheme under Baduria Block for providing Functional House Tap Connection in North 24 Parganas under Barasat Arsenic Division PHE Dte (Phase- II)</t>
+  </si>
+  <si>
+    <t>SM/08724</t>
+  </si>
+  <si>
+    <t>TSM/007658</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Sindrani (Zone-I) Piped Water Supply Scheme at Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08266</t>
+  </si>
+  <si>
+    <t>TSM/007377</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Koniara Piped Water Supply Scheme, Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08267</t>
+  </si>
+  <si>
+    <t>TSM/007379</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Gaighata Piped Water Supply Scheme at Gaighata Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08777</t>
+  </si>
+  <si>
+    <t>TSM/007616</t>
+  </si>
+  <si>
+    <t>Retrofitting of Rohanda &amp; Its adjoining Mouzas Water Supply Scheme under Barasat II Block for providing Functional House Tap Connection in North 24 Pargana District (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08247</t>
+  </si>
+  <si>
+    <t>TSM/007342</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Maslandapur Piped Water Supply Scheme (Zone-I) at Habra-I Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08778</t>
+  </si>
+  <si>
+    <t>TSM/007612</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Helencha Piped Water Supply Scheme, Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08263</t>
+  </si>
+  <si>
+    <t>TSM/007361</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Janaphul to accommodate</t>
+  </si>
+  <si>
+    <t>SM/10529</t>
+  </si>
+  <si>
+    <t>TSM/009758</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection under command area of Kanmari (Zone-II) W/S Scheme, Sandeshkhali-I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase I).</t>
+  </si>
+  <si>
+    <t>SM/10557</t>
+  </si>
+  <si>
+    <t>TSM/010697</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) inconnection with Jal Jeevan Mission (JJM and JAL SWAPNA)under command area of Khamarkalla Water Supply Scheme at Bongaon Block (Phase-II).</t>
+  </si>
+  <si>
+    <t>SM/08239</t>
+  </si>
+  <si>
+    <t>TSM/007278</t>
+  </si>
+  <si>
+    <t>NITYABARIA PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10182</t>
+  </si>
+  <si>
+    <t>TSM/008650</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bharatpur to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11534</t>
+  </si>
+  <si>
+    <t>TSM/011109</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme For Bouthakurani to Accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/11536</t>
+  </si>
+  <si>
+    <t>TSM/011171</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bansghata to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/12276</t>
+  </si>
+  <si>
+    <t>TSM/011166</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Gabberia to accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/10781</t>
+  </si>
+  <si>
+    <t>TSM/009736</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Ghona to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11627</t>
+  </si>
+  <si>
+    <t>TSM/011073</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Dakshin Chatra Zone II to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11658</t>
+  </si>
+  <si>
+    <t>TSM/011370</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for JASHAIKATI ZONE-II to accommodate FHTC under Jal Swapna Mission under Baduria Block in North 24 Parganas District under Barasat Arsenic Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11708</t>
+  </si>
+  <si>
+    <t>TSM/010998</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Nurpur to accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/11595</t>
+  </si>
+  <si>
+    <t>TSM/011203</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Kamlabas to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11602</t>
+  </si>
+  <si>
+    <t>TSM/010859</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED WATER SUPPLY SCHEME FOR ICHHLAMPUR ZONE-I WTO ACCOMMODATE FHTC IN BONGAON BLOCK OF NORTH 24 PARGANAS DISTRICT UNDER N 24 PGS. W/S. DIV-I, PHE. DTE.</t>
+  </si>
+  <si>
+    <t>SM/11214</t>
+  </si>
+  <si>
+    <t>TSM/009082</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Based Piped Water Supply Scheme for MAHISHGADI to accommodate FHTC in Barasat-II Block of North 24 Parganas District under Barasat Arsenic Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11559</t>
+  </si>
+  <si>
+    <t>TSM/010753</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Srinagar to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11528</t>
+  </si>
+  <si>
+    <t>TSM/011070</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Raharhati to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11531</t>
+  </si>
+  <si>
+    <t>TSM/011077</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Monipur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11632</t>
+  </si>
+  <si>
+    <t>TSM/011192</t>
+  </si>
+  <si>
+    <t>Bachhra piped Water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/12712</t>
+  </si>
+  <si>
+    <t>TSM/014837</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Dakshin Bhebia Zone-I to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/12123</t>
+  </si>
+  <si>
+    <t>TSM/010932</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Bayra Water Supply Scheme at Bagdah Block under North 24 Pgs. W/S Division-I, P.H.E. Dte. (Phase-I).</t>
+  </si>
+  <si>
+    <t>SM/08732</t>
+  </si>
+  <si>
+    <t>TSM/007650</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Zafarpur Piped Water Supply Scheme at Basirhat-II Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08645</t>
+  </si>
+  <si>
+    <t>TSM/007606</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Kshudra Mangalgathi, Mirzzapur, Swetpur, Daibagnapol, Mongal Nagar Noajispur, Bajitnagar, Mobarakpur &amp; Bora Bisweswarpur m</t>
+  </si>
+  <si>
+    <t>SM/08653</t>
+  </si>
+  <si>
+    <t>TSM/007627</t>
+  </si>
+  <si>
+    <t>Retrofitting of Rajapura water supply scheme under Hasnabad Block for providing Functional House Tap Connection</t>
+  </si>
+  <si>
+    <t>SM/07022</t>
+  </si>
+  <si>
+    <t>TSM/006284</t>
+  </si>
+  <si>
+    <t>Chutkia Radhanagar Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/13524</t>
+  </si>
+  <si>
+    <t>TSM/015450</t>
+  </si>
+  <si>
+    <t>Kachurhula Zone-I Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/13522</t>
+  </si>
+  <si>
+    <t>TSM/015511</t>
+  </si>
+  <si>
+    <t>SM/13547</t>
+  </si>
+  <si>
+    <t>TSM/011538</t>
+  </si>
+  <si>
+    <t>Augmentation of Chhota Sehara Piped water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/14514</t>
+  </si>
+  <si>
+    <t>TSM/018702</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Mohanpur</t>
+  </si>
+  <si>
+    <t>SM/14151</t>
+  </si>
+  <si>
+    <t>TSM/012029</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based Chandrapur Piped Water Supply scheme to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/14161</t>
+  </si>
+  <si>
+    <t>TSM/015769</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of CHAMPAPUKURIA W/S Scheme at Basirhat II Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase-I).</t>
+  </si>
+  <si>
+    <t>SM/08658</t>
+  </si>
+  <si>
+    <t>TSM/007648</t>
+  </si>
+  <si>
+    <t>Additional detail project report for augmentation of Ground water based PWSS for Gangrapota</t>
+  </si>
+  <si>
+    <t>SM/13984</t>
+  </si>
+  <si>
+    <t>TSM/014709</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Sindrani (Zone-II) to accommodate FHTC, Block - Bagdah</t>
+  </si>
+  <si>
+    <t>SM/10786</t>
+  </si>
+  <si>
+    <t>TSM/009319</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Sindrani Zone-I to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10375</t>
+  </si>
+  <si>
+    <t>TSM/009253</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Kankpul to accommodate</t>
+  </si>
+  <si>
+    <t>SM/10530</t>
+  </si>
+  <si>
+    <t>TSM/009763</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Hasnabad to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/12124</t>
+  </si>
+  <si>
+    <t>TSM/010922</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based Bodai Zone-I PWSS to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/18416</t>
+  </si>
+  <si>
+    <t>TSM/015584</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-IV/A (Tentulia) in Barasat-I Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11921</t>
+  </si>
+  <si>
+    <t>TSM/011601</t>
+  </si>
+  <si>
+    <t>TARULIA Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/18598</t>
+  </si>
+  <si>
+    <t>TSM/016290</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Sankchura to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11653</t>
+  </si>
+  <si>
+    <t>TSM/011430</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based Nebadhai Duttapukur Zone-I PWSS to Accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/13471</t>
+  </si>
+  <si>
+    <t>TSM/011244</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) inconnection with Jal Jeevan Mission (JJM and JAL SWAPNA)within the command area of Surface Water Based Water SupplyScheme (Zone-VII-Khoru OHR) at Amdanga Block</t>
+  </si>
+  <si>
+    <t>SM/08244</t>
+  </si>
+  <si>
+    <t>TSM/007437</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Parmadan Water Supply Scheme at Bagdah Block (Phase-II).</t>
+  </si>
+  <si>
+    <t>SM/08041</t>
+  </si>
+  <si>
+    <t>TSM/007086</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Chandpur Water Supply Scheme at Bagdah Block under (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08042</t>
+  </si>
+  <si>
+    <t>TSM/007085</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Surface Water Based Water Supply Scheme (Zone-VIII) at Kanchiara OHR site under (Phase-I) for Arsenic affected areas of N</t>
+  </si>
+  <si>
+    <t>SM/08045</t>
+  </si>
+  <si>
+    <t>TSM/007089</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Dobila Water Supply Scheme at Swarupnagar Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07854</t>
+  </si>
+  <si>
+    <t>TSM/006771</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Malidah Water Supply Scheme at Bagdah Block (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/07616</t>
+  </si>
+  <si>
+    <t>TSM/006784</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Kamlabas Water Supply Scheme at Bagdah Block (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/07620</t>
+  </si>
+  <si>
+    <t>TSM/006787</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Kulia Water Supply Scheme at Baduria Block, Dist.-North 24 Parganas (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07843</t>
+  </si>
+  <si>
+    <t>TSM/006766</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Hingalganj Piped Water Supply Scheme (Zone -II), Hingalganj Block</t>
+  </si>
+  <si>
+    <t>SM/09225</t>
+  </si>
+  <si>
+    <t>TSM/007045</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Chikanpara Piped Water Supply Scheme, Gaighata Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08269</t>
+  </si>
+  <si>
+    <t>TSM/007378</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) inconnection with Jal Jeevan Mission (JJM and JAL SWAPNA)under command area of Parmadan Water Supply Scheme atBagdah Block (Phase-I).</t>
+  </si>
+  <si>
+    <t>SM/08234</t>
+  </si>
+  <si>
+    <t>TSM/007277</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) inconnection with Jal Jeevan Mission (JJM and JAL SWAPNA)within the command area of Surface Water Based Water SupplyScheme (Zone-III Algoria OHR) at Barasat-I Block</t>
+  </si>
+  <si>
+    <t>SM/08243</t>
+  </si>
+  <si>
+    <t>TSM/007435</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Akipur mouza (rest part after Phase-I) &amp; Bakpukhuria mouza of Akipur Piped Water Supply Scheme, Basirhat-II Block under B</t>
+  </si>
+  <si>
+    <t>SM/08771</t>
+  </si>
+  <si>
+    <t>TSM/007356</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of PIFA W/S Scheme at Basirhat -I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase -I).</t>
+  </si>
+  <si>
+    <t>SM/08789</t>
+  </si>
+  <si>
+    <t>TSM/007640</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Gangrapota Piped Water Supply Scheme, Bongaon Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08264</t>
+  </si>
+  <si>
+    <t>TSM/007364</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan mission (JJM and Jal Swapna) under command area of Jhupkhali W/S Scheme, Sandeshkhali-II Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase I).</t>
+  </si>
+  <si>
+    <t>SM/10505</t>
+  </si>
+  <si>
+    <t>TSM/010489</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan mission (JJM and Jal Swapna) under command area of Laukhali Patharghata W/S Scheme, Sandeshkhali-I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase</t>
+  </si>
+  <si>
+    <t>SM/10506</t>
+  </si>
+  <si>
+    <t>TSM/010492</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan mission (JJM and Jal Swapna) under command area of Kalinagar (Zone-II) W/S Scheme, Sandeshkhali-I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase</t>
+  </si>
+  <si>
+    <t>SM/10508</t>
+  </si>
+  <si>
+    <t>TSM/010495</t>
+  </si>
+  <si>
+    <t>Providing FHTC (Functional Household Tap Connection) by augmentation under Jal Swapna for Bilkanda Zone-I Water Supply Scheme in Barrackpore-II Block of North 24 Parganas District.</t>
+  </si>
+  <si>
+    <t>SM/10105</t>
+  </si>
+  <si>
+    <t>TSM/009496</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Bandipur Block- Barrackpur-II, Dist-North 24 Parganas.</t>
+  </si>
+  <si>
+    <t>SM/10109</t>
+  </si>
+  <si>
+    <t>TSM/009515</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Talsa to accommodate</t>
+  </si>
+  <si>
+    <t>SM/10693</t>
+  </si>
+  <si>
+    <t>TSM/009762</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Chandpara to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10587</t>
+  </si>
+  <si>
+    <t>TSM/010456</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Ichhapur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10565</t>
+  </si>
+  <si>
+    <t>TSM/010453</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection under command area of Bermajur W/S Scheme, Sandeshkhali-II Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase II &amp; Final).</t>
+  </si>
+  <si>
+    <t>SM/10616</t>
+  </si>
+  <si>
+    <t>TSM/010695</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Champali to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10584</t>
+  </si>
+  <si>
+    <t>TSM/010452</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Fakirtakia to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10392</t>
+  </si>
+  <si>
+    <t>TSM/009735</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Patua to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11656</t>
+  </si>
+  <si>
+    <t>TSM/011371</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Durgamandap</t>
+  </si>
+  <si>
+    <t>SM/10370</t>
+  </si>
+  <si>
+    <t>TSM/009737</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Dakshin Debipur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11703</t>
+  </si>
+  <si>
+    <t>TSM/011421</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-VIII-C (Pasardanga) in Amdanga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/11971</t>
+  </si>
+  <si>
+    <t>TSM/011826</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Sangrampur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11605</t>
+  </si>
+  <si>
+    <t>TSM/011031</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Mathurapur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11530</t>
+  </si>
+  <si>
+    <t>TSM/011075</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Raghunathpur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11628</t>
+  </si>
+  <si>
+    <t>TSM/011076</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Debhog to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11753</t>
+  </si>
+  <si>
+    <t>TSM/011429</t>
+  </si>
+  <si>
+    <t>SM/13531</t>
+  </si>
+  <si>
+    <t>TSM/011524</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Krishnachandrapur Piped Water Supply Scheme, Bongaon Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08265</t>
+  </si>
+  <si>
+    <t>TSM/007360</t>
+  </si>
+  <si>
+    <t>Sankardaha Piped water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/13518</t>
+  </si>
+  <si>
+    <t>TSM/015446</t>
+  </si>
+  <si>
+    <t>SM/13537</t>
+  </si>
+  <si>
+    <t>TSM/011508</t>
+  </si>
+  <si>
+    <t>Phulbari Abad Piped Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/12717</t>
+  </si>
+  <si>
+    <t>TSM/014714</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Matiagachha PWSS to Accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/13446</t>
+  </si>
+  <si>
+    <t>TSM/011247</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Padmapukuria to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/13314</t>
+  </si>
+  <si>
+    <t>TSM/011170</t>
+  </si>
+  <si>
+    <t>SULANGGARI Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/14634</t>
+  </si>
+  <si>
+    <t>TSM/016291</t>
+  </si>
+  <si>
+    <t>Augmentation of Hingalganj Piped water supply scheme Zone-I</t>
+  </si>
+  <si>
+    <t>SM/14512</t>
+  </si>
+  <si>
+    <t>TSM/018807</t>
+  </si>
+  <si>
+    <t>SM/14540</t>
+  </si>
+  <si>
+    <t>TSM/011513</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-V (Matikumra) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/15820</t>
+  </si>
+  <si>
+    <t>TSM/014790</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-II (Uttar Kalsur) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/15822</t>
+  </si>
+  <si>
+    <t>TSM/014788</t>
+  </si>
+  <si>
+    <t>Khariat Abad Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/15829</t>
+  </si>
+  <si>
+    <t>TSM/015513</t>
+  </si>
+  <si>
+    <t>Ketarchak Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/15833</t>
+  </si>
+  <si>
+    <t>TSM/015343</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-XVI (Kalijug Biswanathpur) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/18260</t>
+  </si>
+  <si>
+    <t>TSM/015251</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Arsenic Affected areas of Zone-VI (Bashbaruni) in Deganga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/18265</t>
+  </si>
+  <si>
+    <t>TSM/015249</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Swethpur Zone-II to Accommodate FHTC.</t>
+  </si>
+  <si>
+    <t>SM/18712</t>
+  </si>
+  <si>
+    <t>TSM/011242</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Paschim Madhyampur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11606</t>
+  </si>
+  <si>
+    <t>TSM/011027</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Ghatpatila Zone-II to Accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/11666</t>
+  </si>
+  <si>
+    <t>TSM/011105</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Noorpur Piped Water Supply Scheme, Minakhan Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08259</t>
+  </si>
+  <si>
+    <t>TSM/007365</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Chandipur to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/18582</t>
+  </si>
+  <si>
+    <t>TSM/011307</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Kola Water Supply Scheme at Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08069</t>
+  </si>
+  <si>
+    <t>TSM/007038</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Malancha Zone-II to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10574</t>
+  </si>
+  <si>
+    <t>TSM/010446</t>
+  </si>
+  <si>
+    <t>Augmentation of Surface Water Based Piped Water Supply Scheme for Zone-VI-B (Tapanpur) in Amdanga Block of North 24 Parganas District Under North 24 Parganas W/S Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/12372</t>
+  </si>
+  <si>
+    <t>TSM/011863</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Kamlabas Water Supply Scheme at Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07849</t>
+  </si>
+  <si>
+    <t>TSM/006774</t>
+  </si>
+  <si>
+    <t>Augmentation of ground water based piped water supply scheme for Krishnachandrapur to accommodate FHTC, Block - Bongaon</t>
+  </si>
+  <si>
+    <t>SM/10308</t>
+  </si>
+  <si>
+    <t>TSM/009318</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Gopalpur Chandigarh Mouza (Part), Dariala, Birpur and Banspol mouzas within Humaipur Piped Water Supply Scheme at Barasat-</t>
+  </si>
+  <si>
+    <t>SM/08076</t>
+  </si>
+  <si>
+    <t>TSM/007035</t>
+  </si>
+  <si>
+    <t>Retrofitting of Bagband Saiberia &amp; Its adjoining Mouzas water Supply Scheme under Barasat- II Block for providing Functional House Tap Connection in North 24 Parganas ( Phase- II) .</t>
+  </si>
+  <si>
+    <t>SM/08177</t>
+  </si>
+  <si>
+    <t>TSM/007027</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Surface Water Based Water Supply Scheme (Zone-V) at Kharki OHR site under (Phase-I) for Arsenic affected areas of North 2</t>
+  </si>
+  <si>
+    <t>SM/08046</t>
+  </si>
+  <si>
+    <t>TSM/007088</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Ashudi Water Supply Scheme at Habra-II Block, Dist.-North 24 Parganas (Phase-II)</t>
+  </si>
+  <si>
+    <t>SM/07619</t>
+  </si>
+  <si>
+    <t>TSM/006789</t>
+  </si>
+  <si>
+    <t>Retrofitting of Mahishgadi &amp; its adj. mouzas water supply scheme for providing Functional House Tap Connection (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07710</t>
+  </si>
+  <si>
+    <t>TSM/006715</t>
+  </si>
+  <si>
+    <t>Retrofitting of Paltadanga &amp; its adj. mouzas water supply scheme for providing Functional House Tap Connection (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07711</t>
+  </si>
+  <si>
+    <t>TSM/006719</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Hariharpur Water Supply Scheme at Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/07847</t>
+  </si>
+  <si>
+    <t>TSM/006768</t>
+  </si>
+  <si>
+    <t>Retrofitting of Dwarir Jangle Water Supply Scheme under Sandeshkhali - II Block for providing Functional House Tap Connection in North 24 Pargana District under Barasat Arsenic Division PHE Dte (Phase - II)</t>
+  </si>
+  <si>
+    <t>SM/08725</t>
+  </si>
+  <si>
+    <t>TSM/007654</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Durgamandop Piped Water Supply Scheme, Sandeshkhali-II Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08764</t>
+  </si>
+  <si>
+    <t>TSM/007371</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) inconnection with Jal Jeevan Mission (JJM and JAL SWAPNA)under command area of PASCHIM PANCHBERIA ZONE-II Water Supply Scheme at Bongaon Block (Phase-II).</t>
+  </si>
+  <si>
+    <t>SM/08240</t>
+  </si>
+  <si>
+    <t>TSM/007287</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) inconnection with Jal Jeevan Mission (JJM and JAL SWAPNA)within the command area of Surface Water Based Water Supply Scheme (Zone-VI-Beraberia OHR) at Amdanga Block</t>
+  </si>
+  <si>
+    <t>SM/08241</t>
+  </si>
+  <si>
+    <t>TSM/007436</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Kamarpur &amp; Its Adjoining mouzas Piped Water Supply Scheme at Habra-II Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08774</t>
+  </si>
+  <si>
+    <t>TSM/007621</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Bergum Piped Water Supply Scheme at Habra-I Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08775</t>
+  </si>
+  <si>
+    <t>TSM/007619</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of NITYANANDAKATI BALTI W/S Scheme at Swarupnagar Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase-I).</t>
+  </si>
+  <si>
+    <t>SM/08651</t>
+  </si>
+  <si>
+    <t>TSM/007635</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) from existing and new proposed distribution system within command area of GOBINDAPUR W/S Scheme at Swarupnagar Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase - I).</t>
+  </si>
+  <si>
+    <t>SM/08641</t>
+  </si>
+  <si>
+    <t>TSM/007632</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection Jal Jeevan Mission (JJM and Jal SWAPNA) under command area of DEBOG W/S Scheme at Basirhat I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase - I).</t>
+  </si>
+  <si>
+    <t>SM/08643</t>
+  </si>
+  <si>
+    <t>TSM/007638</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Kalitala Piped Water Supply Scheme, Hingalganj Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08257</t>
+  </si>
+  <si>
+    <t>TSM/007358</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jivan Mission (JJM and Jal Swapna) under command area of Bagdah Piped Water Supply Scheme, Bagdah Block (Phase-I)</t>
+  </si>
+  <si>
+    <t>SM/08261</t>
+  </si>
+  <si>
+    <t>TSM/007369</t>
+  </si>
+  <si>
+    <t>Providing FHTC (Functional Household Tap Connection) by augmentation for Bagangram Zone-I Water Supply Scheme in Bongaon Block of North 24 Pgs. District under North 24 Pgs. Water Supply Division-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>SM/10412</t>
+  </si>
+  <si>
+    <t>TSM/010391</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Maslandapur Zone-I to accommodate</t>
+  </si>
+  <si>
+    <t>SM/10531</t>
+  </si>
+  <si>
+    <t>TSM/009760</t>
+  </si>
+  <si>
+    <t>Ground Water Based Piped Water Supply Scheme for augmentation of Paikpara Zone-II in Bongaon Block of North 24 Parganas District under North 24 Parganas W/S Division-I, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>SM/10546</t>
+  </si>
+  <si>
+    <t>TSM/010666</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Kurulia Zone-II to accommodate FHTC</t>
+  </si>
+  <si>
+    <t>SM/10301</t>
+  </si>
+  <si>
+    <t>TSM/009252</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground water based piped water supply scheme for Kumarjole</t>
+  </si>
+  <si>
+    <t>SM/10302</t>
+  </si>
+  <si>
+    <t>TSM/009738</t>
+  </si>
+  <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of PASCHIM PANCHBERIA ZONE-I Water Supply Scheme at BONGAON Block (PHASE-I)</t>
   </si>
   <si>
     <t>SM/07606</t>
   </si>
   <si>
     <t>TSM/006921</t>
-  </si>
-[...2194 lines deleted...]
-    <t>TSM/009738</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan mission (JJM and Jal Swapna) under command area of Kalinagar (Zone-I) W/S Scheme, Sandeshkhali-I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase I</t>
   </si>
   <si>
     <t>SM/10507</t>
   </si>
   <si>
     <t>TSM/010494</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan mission (JJM and Jal Swapna) under command area of Chunchura W/S Scheme, Sandeshkhali-I Block, Dist. - North 24 Parganas under Barasat Division, PHE. Dte. (Phase I).</t>
   </si>
   <si>
     <t>SM/10509</t>
   </si>
   <si>
     <t>TSM/010493</t>
   </si>
   <si>
     <t>Augmentation of Ground Water Based Piped Water Supply Scheme for Santoshpur Zone-II to Accommodate FHTC Block- Bongaon, Dist-North 24 Parganas.</t>
   </si>
   <si>
     <t>SM/10110</t>
   </si>
@@ -18127,14151 +18127,14151 @@
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C227" s="3" t="s">
         <v>683</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>684</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>685</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H227" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I227" s="4">
-        <v>465</v>
+        <v>3195</v>
       </c>
       <c r="J227" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K227" s="4">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="L227" s="4">
-        <v>467</v>
+        <v>2195</v>
       </c>
       <c r="M227" s="4">
-        <v>40.1</v>
+        <v>464.15</v>
       </c>
       <c r="N227" s="4">
         <v>0</v>
       </c>
       <c r="O227" s="4">
         <v>0</v>
       </c>
       <c r="P227" s="4">
-        <v>40.1</v>
+        <v>464.15</v>
       </c>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C228" s="3" t="s">
         <v>686</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>687</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>688</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G228" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H228" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I228" s="4">
-        <v>3195</v>
+        <v>4017</v>
       </c>
       <c r="J228" s="4">
         <v>0</v>
       </c>
       <c r="K228" s="4">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="L228" s="4">
-        <v>2195</v>
+        <v>3767</v>
       </c>
       <c r="M228" s="4">
-        <v>464.15</v>
+        <v>860.25</v>
       </c>
       <c r="N228" s="4">
         <v>0</v>
       </c>
       <c r="O228" s="4">
         <v>0</v>
       </c>
       <c r="P228" s="4">
-        <v>464.15</v>
+        <v>860.25</v>
       </c>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C229" s="3" t="s">
         <v>689</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>690</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>691</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G229" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H229" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I229" s="4">
-        <v>4017</v>
+        <v>4150</v>
       </c>
       <c r="J229" s="4">
         <v>0</v>
       </c>
       <c r="K229" s="4">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="L229" s="4">
-        <v>3767</v>
+        <v>3750</v>
       </c>
       <c r="M229" s="4">
-        <v>860.25</v>
+        <v>1273.39</v>
       </c>
       <c r="N229" s="4">
         <v>0</v>
       </c>
       <c r="O229" s="4">
         <v>0</v>
       </c>
       <c r="P229" s="4">
-        <v>860.25</v>
+        <v>1273.39</v>
       </c>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C230" s="3" t="s">
         <v>692</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>693</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>694</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G230" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H230" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I230" s="4">
-        <v>4150</v>
+        <v>1097</v>
       </c>
       <c r="J230" s="4">
         <v>0</v>
       </c>
       <c r="K230" s="4">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="L230" s="4">
-        <v>3750</v>
+        <v>1097</v>
       </c>
       <c r="M230" s="4">
-        <v>1273.39</v>
+        <v>329.58</v>
       </c>
       <c r="N230" s="4">
         <v>0</v>
       </c>
       <c r="O230" s="4">
         <v>0</v>
       </c>
       <c r="P230" s="4">
-        <v>1273.39</v>
+        <v>329.58</v>
       </c>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C231" s="3" t="s">
         <v>695</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>696</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>697</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H231" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I231" s="4">
-        <v>1097</v>
+        <v>205</v>
       </c>
       <c r="J231" s="4">
         <v>0</v>
       </c>
       <c r="K231" s="4">
         <v>0</v>
       </c>
       <c r="L231" s="4">
-        <v>1097</v>
+        <v>205</v>
       </c>
       <c r="M231" s="4">
-        <v>329.58</v>
+        <v>153.49</v>
       </c>
       <c r="N231" s="4">
         <v>0</v>
       </c>
       <c r="O231" s="4">
         <v>0</v>
       </c>
       <c r="P231" s="4">
-        <v>329.58</v>
+        <v>153.49</v>
       </c>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C232" s="3" t="s">
         <v>698</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>700</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H232" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I232" s="4">
-        <v>205</v>
+        <v>2928</v>
       </c>
       <c r="J232" s="4">
         <v>0</v>
       </c>
       <c r="K232" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L232" s="4">
-        <v>205</v>
+        <v>2628</v>
       </c>
       <c r="M232" s="4">
-        <v>153.49</v>
+        <v>660.77</v>
       </c>
       <c r="N232" s="4">
         <v>0</v>
       </c>
       <c r="O232" s="4">
         <v>0</v>
       </c>
       <c r="P232" s="4">
-        <v>153.49</v>
+        <v>660.77</v>
       </c>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C233" s="3" t="s">
         <v>701</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>702</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>703</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G233" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H233" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I233" s="4">
-        <v>2928</v>
+        <v>3351</v>
       </c>
       <c r="J233" s="4">
         <v>0</v>
       </c>
       <c r="K233" s="4">
         <v>300</v>
       </c>
       <c r="L233" s="4">
-        <v>2628</v>
+        <v>3051</v>
       </c>
       <c r="M233" s="4">
-        <v>660.77</v>
+        <v>929.85</v>
       </c>
       <c r="N233" s="4">
         <v>0</v>
       </c>
       <c r="O233" s="4">
         <v>0</v>
       </c>
       <c r="P233" s="4">
-        <v>660.77</v>
+        <v>929.85</v>
       </c>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C234" s="3" t="s">
         <v>704</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>705</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>706</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H234" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I234" s="4">
-        <v>3351</v>
+        <v>698</v>
       </c>
       <c r="J234" s="4">
         <v>0</v>
       </c>
       <c r="K234" s="4">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="L234" s="4">
-        <v>3051</v>
+        <v>698</v>
       </c>
       <c r="M234" s="4">
-        <v>929.85</v>
+        <v>57.27</v>
       </c>
       <c r="N234" s="4">
         <v>0</v>
       </c>
       <c r="O234" s="4">
         <v>0</v>
       </c>
       <c r="P234" s="4">
-        <v>929.85</v>
+        <v>57.27</v>
       </c>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C235" s="3" t="s">
         <v>707</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>708</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>709</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H235" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I235" s="4">
-        <v>698</v>
+        <v>8360</v>
       </c>
       <c r="J235" s="4">
         <v>0</v>
       </c>
       <c r="K235" s="4">
-        <v>0</v>
+        <v>750</v>
       </c>
       <c r="L235" s="4">
-        <v>698</v>
+        <v>7610</v>
       </c>
       <c r="M235" s="4">
-        <v>57.27</v>
+        <v>1376.36</v>
       </c>
       <c r="N235" s="4">
         <v>0</v>
       </c>
       <c r="O235" s="4">
         <v>0</v>
       </c>
       <c r="P235" s="4">
-        <v>57.27</v>
+        <v>1376.36</v>
       </c>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C236" s="3" t="s">
         <v>710</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>711</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F236" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G236" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H236" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I236" s="4">
-        <v>8360</v>
+        <v>2639</v>
       </c>
       <c r="J236" s="4">
         <v>0</v>
       </c>
       <c r="K236" s="4">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="L236" s="4">
-        <v>7610</v>
+        <v>1939</v>
       </c>
       <c r="M236" s="4">
-        <v>1376.36</v>
+        <v>978.15</v>
       </c>
       <c r="N236" s="4">
         <v>0</v>
       </c>
       <c r="O236" s="4">
         <v>0</v>
       </c>
       <c r="P236" s="4">
-        <v>1376.36</v>
+        <v>978.15</v>
       </c>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C237" s="3" t="s">
         <v>713</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>714</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>715</v>
       </c>
       <c r="F237" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H237" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I237" s="4">
-        <v>2639</v>
+        <v>824</v>
       </c>
       <c r="J237" s="4">
         <v>0</v>
       </c>
       <c r="K237" s="4">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="L237" s="4">
-        <v>1939</v>
+        <v>824</v>
       </c>
       <c r="M237" s="4">
-        <v>978.15</v>
+        <v>420.97</v>
       </c>
       <c r="N237" s="4">
         <v>0</v>
       </c>
       <c r="O237" s="4">
         <v>0</v>
       </c>
       <c r="P237" s="4">
-        <v>978.15</v>
+        <v>420.97</v>
       </c>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C238" s="3" t="s">
         <v>716</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>717</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>718</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H238" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I238" s="4">
-        <v>824</v>
+        <v>3308</v>
       </c>
       <c r="J238" s="4">
         <v>0</v>
       </c>
       <c r="K238" s="4">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="L238" s="4">
-        <v>824</v>
+        <v>2958</v>
       </c>
       <c r="M238" s="4">
-        <v>420.97</v>
+        <v>815.25</v>
       </c>
       <c r="N238" s="4">
         <v>0</v>
       </c>
       <c r="O238" s="4">
         <v>0</v>
       </c>
       <c r="P238" s="4">
-        <v>420.97</v>
+        <v>815.25</v>
       </c>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C239" s="3" t="s">
         <v>719</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>720</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>721</v>
       </c>
       <c r="F239" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G239" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H239" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I239" s="4">
-        <v>3308</v>
+        <v>6631</v>
       </c>
       <c r="J239" s="4">
         <v>0</v>
       </c>
       <c r="K239" s="4">
-        <v>350</v>
+        <v>600</v>
       </c>
       <c r="L239" s="4">
-        <v>2958</v>
+        <v>6031</v>
       </c>
       <c r="M239" s="4">
-        <v>815.25</v>
+        <v>996.66</v>
       </c>
       <c r="N239" s="4">
         <v>0</v>
       </c>
       <c r="O239" s="4">
         <v>0</v>
       </c>
       <c r="P239" s="4">
-        <v>815.25</v>
+        <v>996.66</v>
       </c>
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C240" s="3" t="s">
         <v>722</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>723</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>724</v>
       </c>
       <c r="F240" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G240" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H240" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I240" s="4">
-        <v>6631</v>
+        <v>225</v>
       </c>
       <c r="J240" s="4">
         <v>0</v>
       </c>
       <c r="K240" s="4">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="L240" s="4">
-        <v>6031</v>
+        <v>225</v>
       </c>
       <c r="M240" s="4">
-        <v>996.66</v>
+        <v>363.83</v>
       </c>
       <c r="N240" s="4">
         <v>0</v>
       </c>
       <c r="O240" s="4">
         <v>0</v>
       </c>
       <c r="P240" s="4">
-        <v>996.66</v>
+        <v>363.83</v>
       </c>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C241" s="3" t="s">
         <v>725</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>726</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>727</v>
       </c>
       <c r="F241" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G241" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H241" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I241" s="4">
-        <v>225</v>
+        <v>2412</v>
       </c>
       <c r="J241" s="4">
         <v>0</v>
       </c>
       <c r="K241" s="4">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="L241" s="4">
-        <v>225</v>
+        <v>2162</v>
       </c>
       <c r="M241" s="4">
-        <v>363.83</v>
+        <v>738.24</v>
       </c>
       <c r="N241" s="4">
         <v>0</v>
       </c>
       <c r="O241" s="4">
         <v>0</v>
       </c>
       <c r="P241" s="4">
-        <v>363.83</v>
+        <v>738.24</v>
       </c>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C242" s="3" t="s">
         <v>728</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>729</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>730</v>
       </c>
       <c r="F242" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G242" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H242" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I242" s="4">
-        <v>2412</v>
+        <v>3070</v>
       </c>
       <c r="J242" s="4">
         <v>0</v>
       </c>
       <c r="K242" s="4">
-        <v>250</v>
+        <v>1800</v>
       </c>
       <c r="L242" s="4">
-        <v>2162</v>
+        <v>1270</v>
       </c>
       <c r="M242" s="4">
-        <v>738.24</v>
+        <v>899.67</v>
       </c>
       <c r="N242" s="4">
         <v>0</v>
       </c>
       <c r="O242" s="4">
         <v>0</v>
       </c>
       <c r="P242" s="4">
-        <v>738.24</v>
+        <v>899.67</v>
       </c>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C243" s="3" t="s">
         <v>731</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>732</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>733</v>
       </c>
       <c r="F243" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H243" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I243" s="4">
-        <v>3070</v>
+        <v>4011</v>
       </c>
       <c r="J243" s="4">
         <v>0</v>
       </c>
       <c r="K243" s="4">
-        <v>1800</v>
+        <v>400</v>
       </c>
       <c r="L243" s="4">
-        <v>1270</v>
+        <v>3611</v>
       </c>
       <c r="M243" s="4">
-        <v>899.67</v>
+        <v>1269.72</v>
       </c>
       <c r="N243" s="4">
         <v>0</v>
       </c>
       <c r="O243" s="4">
         <v>0</v>
       </c>
       <c r="P243" s="4">
-        <v>899.67</v>
+        <v>1269.72</v>
       </c>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C244" s="3" t="s">
         <v>734</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>735</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>736</v>
       </c>
       <c r="F244" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G244" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H244" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I244" s="4">
-        <v>4011</v>
+        <v>3181</v>
       </c>
       <c r="J244" s="4">
         <v>0</v>
       </c>
       <c r="K244" s="4">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="L244" s="4">
-        <v>3611</v>
+        <v>2881</v>
       </c>
       <c r="M244" s="4">
-        <v>1269.72</v>
+        <v>697.66</v>
       </c>
       <c r="N244" s="4">
         <v>0</v>
       </c>
       <c r="O244" s="4">
         <v>0</v>
       </c>
       <c r="P244" s="4">
-        <v>1269.72</v>
+        <v>697.66</v>
       </c>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C245" s="3" t="s">
         <v>737</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>738</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>739</v>
       </c>
       <c r="F245" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G245" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H245" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I245" s="4">
-        <v>3181</v>
+        <v>2867</v>
       </c>
       <c r="J245" s="4">
         <v>0</v>
       </c>
       <c r="K245" s="4">
-        <v>300</v>
+        <v>1324</v>
       </c>
       <c r="L245" s="4">
-        <v>2881</v>
+        <v>1543</v>
       </c>
       <c r="M245" s="4">
-        <v>697.66</v>
+        <v>956.05</v>
       </c>
       <c r="N245" s="4">
         <v>0</v>
       </c>
       <c r="O245" s="4">
         <v>0</v>
       </c>
       <c r="P245" s="4">
-        <v>697.66</v>
+        <v>956.05</v>
       </c>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C246" s="3" t="s">
         <v>740</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>741</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>742</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G246" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H246" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I246" s="4">
-        <v>2867</v>
+        <v>2453</v>
       </c>
       <c r="J246" s="4">
         <v>0</v>
       </c>
       <c r="K246" s="4">
-        <v>1324</v>
+        <v>200</v>
       </c>
       <c r="L246" s="4">
-        <v>1543</v>
+        <v>2253</v>
       </c>
       <c r="M246" s="4">
-        <v>956.05</v>
+        <v>606.65</v>
       </c>
       <c r="N246" s="4">
         <v>0</v>
       </c>
       <c r="O246" s="4">
         <v>0</v>
       </c>
       <c r="P246" s="4">
-        <v>956.05</v>
+        <v>606.65</v>
       </c>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C247" s="3" t="s">
         <v>743</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>744</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>745</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G247" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H247" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I247" s="4">
-        <v>2453</v>
+        <v>902</v>
       </c>
       <c r="J247" s="4">
         <v>0</v>
       </c>
       <c r="K247" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L247" s="4">
-        <v>2253</v>
+        <v>902</v>
       </c>
       <c r="M247" s="4">
-        <v>606.65</v>
+        <v>709.91</v>
       </c>
       <c r="N247" s="4">
         <v>0</v>
       </c>
       <c r="O247" s="4">
         <v>0</v>
       </c>
       <c r="P247" s="4">
-        <v>606.65</v>
+        <v>709.91</v>
       </c>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C248" s="3" t="s">
         <v>746</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>747</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>748</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H248" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I248" s="4">
-        <v>902</v>
+        <v>1121</v>
       </c>
       <c r="J248" s="4">
         <v>0</v>
       </c>
       <c r="K248" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L248" s="4">
-        <v>902</v>
+        <v>1021</v>
       </c>
       <c r="M248" s="4">
-        <v>709.91</v>
+        <v>425.28</v>
       </c>
       <c r="N248" s="4">
         <v>0</v>
       </c>
       <c r="O248" s="4">
         <v>0</v>
       </c>
       <c r="P248" s="4">
-        <v>709.91</v>
+        <v>425.28</v>
       </c>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C249" s="3" t="s">
         <v>749</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>750</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>751</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H249" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I249" s="4">
-        <v>1121</v>
+        <v>900</v>
       </c>
       <c r="J249" s="4">
         <v>0</v>
       </c>
       <c r="K249" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L249" s="4">
-        <v>1021</v>
+        <v>900</v>
       </c>
       <c r="M249" s="4">
-        <v>425.28</v>
+        <v>60.31</v>
       </c>
       <c r="N249" s="4">
         <v>0</v>
       </c>
       <c r="O249" s="4">
         <v>0</v>
       </c>
       <c r="P249" s="4">
-        <v>425.28</v>
+        <v>60.31</v>
       </c>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C250" s="3" t="s">
         <v>752</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>754</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G250" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H250" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I250" s="4">
-        <v>900</v>
+        <v>4647</v>
       </c>
       <c r="J250" s="4">
         <v>0</v>
       </c>
       <c r="K250" s="4">
-        <v>0</v>
+        <v>1350</v>
       </c>
       <c r="L250" s="4">
-        <v>900</v>
+        <v>3297</v>
       </c>
       <c r="M250" s="4">
-        <v>60.31</v>
+        <v>1320.45</v>
       </c>
       <c r="N250" s="4">
         <v>0</v>
       </c>
       <c r="O250" s="4">
         <v>0</v>
       </c>
       <c r="P250" s="4">
-        <v>60.31</v>
+        <v>1320.45</v>
       </c>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C251" s="3" t="s">
         <v>755</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>756</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G251" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H251" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I251" s="4">
-        <v>4647</v>
+        <v>584</v>
       </c>
       <c r="J251" s="4">
         <v>0</v>
       </c>
       <c r="K251" s="4">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="L251" s="4">
-        <v>3297</v>
+        <v>584</v>
       </c>
       <c r="M251" s="4">
-        <v>1320.45</v>
+        <v>570.24</v>
       </c>
       <c r="N251" s="4">
         <v>0</v>
       </c>
       <c r="O251" s="4">
         <v>0</v>
       </c>
       <c r="P251" s="4">
-        <v>1320.45</v>
+        <v>570.24</v>
       </c>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C252" s="3" t="s">
         <v>758</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>759</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>760</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G252" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H252" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I252" s="4">
-        <v>584</v>
+        <v>3570</v>
       </c>
       <c r="J252" s="4">
         <v>0</v>
       </c>
       <c r="K252" s="4">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="L252" s="4">
-        <v>584</v>
+        <v>3220</v>
       </c>
       <c r="M252" s="4">
-        <v>570.24</v>
+        <v>998.54</v>
       </c>
       <c r="N252" s="4">
         <v>0</v>
       </c>
       <c r="O252" s="4">
         <v>0</v>
       </c>
       <c r="P252" s="4">
-        <v>570.24</v>
+        <v>998.54</v>
       </c>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C253" s="3" t="s">
         <v>761</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>762</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>763</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G253" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H253" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I253" s="4">
-        <v>3570</v>
+        <v>1209</v>
       </c>
       <c r="J253" s="4">
         <v>0</v>
       </c>
       <c r="K253" s="4">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="L253" s="4">
-        <v>3220</v>
+        <v>1209</v>
       </c>
       <c r="M253" s="4">
-        <v>998.54</v>
+        <v>697.08</v>
       </c>
       <c r="N253" s="4">
         <v>0</v>
       </c>
       <c r="O253" s="4">
         <v>0</v>
       </c>
       <c r="P253" s="4">
-        <v>998.54</v>
+        <v>697.08</v>
       </c>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C254" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D254" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="D254" s="3" t="s">
+      <c r="E254" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="E254" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F254" s="3" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="G254" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H254" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I254" s="4">
-        <v>1209</v>
+        <v>13904</v>
       </c>
       <c r="J254" s="4">
         <v>0</v>
       </c>
       <c r="K254" s="4">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="L254" s="4">
-        <v>1209</v>
+        <v>11904</v>
       </c>
       <c r="M254" s="4">
-        <v>697.08</v>
+        <v>720.77</v>
       </c>
       <c r="N254" s="4">
         <v>0</v>
       </c>
       <c r="O254" s="4">
         <v>0</v>
       </c>
       <c r="P254" s="4">
-        <v>697.08</v>
+        <v>720.77</v>
       </c>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C255" s="3" t="s">
         <v>166</v>
       </c>
       <c r="D255" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G255" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H255" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I255" s="4">
-        <v>13904</v>
+        <v>12584</v>
       </c>
       <c r="J255" s="4">
         <v>0</v>
       </c>
       <c r="K255" s="4">
-        <v>2000</v>
+        <v>2200</v>
       </c>
       <c r="L255" s="4">
-        <v>11904</v>
+        <v>10384</v>
       </c>
       <c r="M255" s="4">
-        <v>720.77</v>
+        <v>652.34</v>
       </c>
       <c r="N255" s="4">
         <v>0</v>
       </c>
       <c r="O255" s="4">
         <v>0</v>
       </c>
       <c r="P255" s="4">
-        <v>720.77</v>
+        <v>652.34</v>
       </c>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>166</v>
+        <v>768</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>769</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>770</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H256" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I256" s="4">
-        <v>12584</v>
+        <v>0</v>
       </c>
       <c r="J256" s="4">
         <v>0</v>
       </c>
       <c r="K256" s="4">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="L256" s="4">
-        <v>10384</v>
+        <v>0</v>
       </c>
       <c r="M256" s="4">
-        <v>652.34</v>
+        <v>999.82</v>
       </c>
       <c r="N256" s="4">
         <v>0</v>
       </c>
       <c r="O256" s="4">
         <v>0</v>
       </c>
       <c r="P256" s="4">
-        <v>652.34</v>
+        <v>999.82</v>
       </c>
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C257" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D257" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="D257" s="3" t="s">
+      <c r="E257" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="E257" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F257" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H257" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I257" s="4">
-        <v>0</v>
+        <v>19952</v>
       </c>
       <c r="J257" s="4">
         <v>0</v>
       </c>
       <c r="K257" s="4">
-        <v>0</v>
+        <v>2575</v>
       </c>
       <c r="L257" s="4">
-        <v>0</v>
+        <v>17377</v>
       </c>
       <c r="M257" s="4">
-        <v>999.82</v>
+        <v>1034.29</v>
       </c>
       <c r="N257" s="4">
         <v>0</v>
       </c>
       <c r="O257" s="4">
         <v>0</v>
       </c>
       <c r="P257" s="4">
-        <v>999.82</v>
+        <v>1034.29</v>
       </c>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>166</v>
+        <v>773</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>774</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>775</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H258" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I258" s="4">
-        <v>19952</v>
+        <v>3995</v>
       </c>
       <c r="J258" s="4">
         <v>0</v>
       </c>
       <c r="K258" s="4">
-        <v>2575</v>
+        <v>400</v>
       </c>
       <c r="L258" s="4">
-        <v>17377</v>
+        <v>3595</v>
       </c>
       <c r="M258" s="4">
-        <v>1034.29</v>
+        <v>1327.23</v>
       </c>
       <c r="N258" s="4">
         <v>0</v>
       </c>
       <c r="O258" s="4">
         <v>0</v>
       </c>
       <c r="P258" s="4">
-        <v>1034.29</v>
+        <v>1327.23</v>
       </c>
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C259" s="3" t="s">
         <v>776</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>777</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>778</v>
       </c>
       <c r="F259" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G259" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H259" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I259" s="4">
-        <v>3995</v>
+        <v>5054</v>
       </c>
       <c r="J259" s="4">
         <v>0</v>
       </c>
       <c r="K259" s="4">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="L259" s="4">
-        <v>3595</v>
+        <v>4554</v>
       </c>
       <c r="M259" s="4">
-        <v>1327.23</v>
+        <v>2059.51</v>
       </c>
       <c r="N259" s="4">
         <v>0</v>
       </c>
       <c r="O259" s="4">
         <v>0</v>
       </c>
       <c r="P259" s="4">
-        <v>1327.23</v>
+        <v>2059.51</v>
       </c>
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C260" s="3" t="s">
         <v>779</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>780</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>781</v>
       </c>
       <c r="F260" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H260" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I260" s="4">
-        <v>5054</v>
+        <v>0</v>
       </c>
       <c r="J260" s="4">
         <v>0</v>
       </c>
       <c r="K260" s="4">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="L260" s="4">
-        <v>4554</v>
+        <v>0</v>
       </c>
       <c r="M260" s="4">
-        <v>2059.51</v>
+        <v>858.68</v>
       </c>
       <c r="N260" s="4">
         <v>0</v>
       </c>
       <c r="O260" s="4">
         <v>0</v>
       </c>
       <c r="P260" s="4">
-        <v>2059.51</v>
+        <v>858.68</v>
       </c>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C261" s="3" t="s">
         <v>782</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>783</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>784</v>
       </c>
       <c r="F261" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H261" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I261" s="4">
-        <v>0</v>
+        <v>109879</v>
       </c>
       <c r="J261" s="4">
         <v>0</v>
       </c>
       <c r="K261" s="4">
-        <v>0</v>
+        <v>109879</v>
       </c>
       <c r="L261" s="4">
         <v>0</v>
       </c>
       <c r="M261" s="4">
-        <v>858.68</v>
+        <v>8915.09</v>
       </c>
       <c r="N261" s="4">
         <v>0</v>
       </c>
       <c r="O261" s="4">
         <v>0</v>
       </c>
       <c r="P261" s="4">
-        <v>858.68</v>
+        <v>8915.09</v>
       </c>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C262" s="3" t="s">
         <v>785</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>786</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>787</v>
       </c>
       <c r="F262" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G262" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H262" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I262" s="4">
-        <v>109879</v>
+        <v>1569</v>
       </c>
       <c r="J262" s="4">
         <v>0</v>
       </c>
       <c r="K262" s="4">
-        <v>109879</v>
+        <v>400</v>
       </c>
       <c r="L262" s="4">
-        <v>0</v>
+        <v>1169</v>
       </c>
       <c r="M262" s="4">
-        <v>8915.09</v>
+        <v>1114.63</v>
       </c>
       <c r="N262" s="4">
         <v>0</v>
       </c>
       <c r="O262" s="4">
         <v>0</v>
       </c>
       <c r="P262" s="4">
-        <v>8915.09</v>
+        <v>1114.63</v>
       </c>
       <c r="Q262" s="1"/>
       <c r="R262" s="1"/>
       <c r="S262" s="1"/>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C263" s="3" t="s">
         <v>788</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>789</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>790</v>
       </c>
       <c r="F263" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H263" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I263" s="4">
-        <v>1569</v>
+        <v>3839</v>
       </c>
       <c r="J263" s="4">
         <v>0</v>
       </c>
       <c r="K263" s="4">
-        <v>400</v>
+        <v>900</v>
       </c>
       <c r="L263" s="4">
-        <v>1169</v>
+        <v>2939</v>
       </c>
       <c r="M263" s="4">
-        <v>1114.63</v>
+        <v>1214.7</v>
       </c>
       <c r="N263" s="4">
         <v>0</v>
       </c>
       <c r="O263" s="4">
         <v>0</v>
       </c>
       <c r="P263" s="4">
-        <v>1114.63</v>
+        <v>1214.7</v>
       </c>
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C264" s="3" t="s">
         <v>791</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>792</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>793</v>
       </c>
       <c r="F264" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G264" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H264" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I264" s="4">
-        <v>3839</v>
+        <v>1178</v>
       </c>
       <c r="J264" s="4">
-        <v>0</v>
+        <v>213</v>
       </c>
       <c r="K264" s="4">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="L264" s="4">
-        <v>2939</v>
+        <v>1391</v>
       </c>
       <c r="M264" s="4">
-        <v>1214.7</v>
+        <v>1022.72</v>
       </c>
       <c r="N264" s="4">
         <v>0</v>
       </c>
       <c r="O264" s="4">
         <v>0</v>
       </c>
       <c r="P264" s="4">
-        <v>1214.7</v>
+        <v>1022.72</v>
       </c>
       <c r="Q264" s="1"/>
       <c r="R264" s="1"/>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C265" s="3" t="s">
         <v>794</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>795</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>796</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H265" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I265" s="4">
-        <v>1178</v>
+        <v>2100</v>
       </c>
       <c r="J265" s="4">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="K265" s="4">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="L265" s="4">
-        <v>1391</v>
+        <v>1100</v>
       </c>
       <c r="M265" s="4">
-        <v>1022.72</v>
+        <v>226.61</v>
       </c>
       <c r="N265" s="4">
         <v>0</v>
       </c>
       <c r="O265" s="4">
         <v>0</v>
       </c>
       <c r="P265" s="4">
-        <v>1022.72</v>
+        <v>226.61</v>
       </c>
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C266" s="3" t="s">
         <v>797</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>798</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>799</v>
       </c>
       <c r="F266" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G266" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H266" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I266" s="4">
-        <v>2100</v>
+        <v>863</v>
       </c>
       <c r="J266" s="4">
         <v>0</v>
       </c>
       <c r="K266" s="4">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="L266" s="4">
-        <v>1100</v>
+        <v>863</v>
       </c>
       <c r="M266" s="4">
-        <v>226.61</v>
+        <v>150.09</v>
       </c>
       <c r="N266" s="4">
         <v>0</v>
       </c>
       <c r="O266" s="4">
         <v>0</v>
       </c>
       <c r="P266" s="4">
-        <v>226.61</v>
+        <v>150.09</v>
       </c>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C267" s="3" t="s">
         <v>800</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>801</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>802</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G267" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H267" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I267" s="4">
-        <v>863</v>
+        <v>2929</v>
       </c>
       <c r="J267" s="4">
         <v>0</v>
       </c>
       <c r="K267" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L267" s="4">
-        <v>863</v>
+        <v>2629</v>
       </c>
       <c r="M267" s="4">
-        <v>150.09</v>
+        <v>601.14</v>
       </c>
       <c r="N267" s="4">
         <v>0</v>
       </c>
       <c r="O267" s="4">
         <v>0</v>
       </c>
       <c r="P267" s="4">
-        <v>150.09</v>
+        <v>601.14</v>
       </c>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C268" s="3" t="s">
         <v>803</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>804</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>805</v>
       </c>
       <c r="F268" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H268" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I268" s="4">
-        <v>2929</v>
+        <v>2800</v>
       </c>
       <c r="J268" s="4">
         <v>0</v>
       </c>
       <c r="K268" s="4">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="L268" s="4">
-        <v>2629</v>
+        <v>2600</v>
       </c>
       <c r="M268" s="4">
-        <v>601.14</v>
+        <v>812.18</v>
       </c>
       <c r="N268" s="4">
         <v>0</v>
       </c>
       <c r="O268" s="4">
         <v>0</v>
       </c>
       <c r="P268" s="4">
-        <v>601.14</v>
+        <v>812.18</v>
       </c>
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C269" s="3" t="s">
         <v>806</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>807</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>808</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H269" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I269" s="4">
-        <v>2800</v>
+        <v>100</v>
       </c>
       <c r="J269" s="4">
         <v>0</v>
       </c>
       <c r="K269" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L269" s="4">
-        <v>2600</v>
+        <v>100</v>
       </c>
       <c r="M269" s="4">
-        <v>812.18</v>
+        <v>6.6</v>
       </c>
       <c r="N269" s="4">
         <v>0</v>
       </c>
       <c r="O269" s="4">
         <v>0</v>
       </c>
       <c r="P269" s="4">
-        <v>812.18</v>
+        <v>6.6</v>
       </c>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C270" s="3" t="s">
         <v>809</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>810</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F270" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H270" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I270" s="4">
-        <v>100</v>
+        <v>1129</v>
       </c>
       <c r="J270" s="4">
         <v>0</v>
       </c>
       <c r="K270" s="4">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="L270" s="4">
-        <v>100</v>
+        <v>1048</v>
       </c>
       <c r="M270" s="4">
-        <v>6.6</v>
+        <v>73.37</v>
       </c>
       <c r="N270" s="4">
         <v>0</v>
       </c>
       <c r="O270" s="4">
         <v>0</v>
       </c>
       <c r="P270" s="4">
-        <v>6.6</v>
+        <v>73.37</v>
       </c>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C271" s="3" t="s">
         <v>812</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>813</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>814</v>
       </c>
       <c r="F271" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G271" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H271" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I271" s="4">
-        <v>1129</v>
+        <v>1369</v>
       </c>
       <c r="J271" s="4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K271" s="4">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="L271" s="4">
-        <v>1048</v>
+        <v>1371</v>
       </c>
       <c r="M271" s="4">
-        <v>73.37</v>
+        <v>85.45</v>
       </c>
       <c r="N271" s="4">
         <v>0</v>
       </c>
       <c r="O271" s="4">
         <v>0</v>
       </c>
       <c r="P271" s="4">
-        <v>73.37</v>
+        <v>85.45</v>
       </c>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C272" s="3" t="s">
         <v>815</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>816</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>817</v>
       </c>
       <c r="F272" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H272" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I272" s="4">
-        <v>1369</v>
+        <v>848</v>
       </c>
       <c r="J272" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K272" s="4">
         <v>0</v>
       </c>
       <c r="L272" s="4">
-        <v>1371</v>
+        <v>848</v>
       </c>
       <c r="M272" s="4">
-        <v>85.45</v>
+        <v>54.83</v>
       </c>
       <c r="N272" s="4">
         <v>0</v>
       </c>
       <c r="O272" s="4">
         <v>0</v>
       </c>
       <c r="P272" s="4">
-        <v>85.45</v>
+        <v>54.83</v>
       </c>
       <c r="Q272" s="1"/>
       <c r="R272" s="1"/>
       <c r="S272" s="1"/>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C273" s="3" t="s">
         <v>818</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>819</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>820</v>
       </c>
       <c r="F273" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H273" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I273" s="4">
-        <v>848</v>
+        <v>467</v>
       </c>
       <c r="J273" s="4">
         <v>0</v>
       </c>
       <c r="K273" s="4">
         <v>0</v>
       </c>
       <c r="L273" s="4">
-        <v>848</v>
+        <v>467</v>
       </c>
       <c r="M273" s="4">
-        <v>54.83</v>
+        <v>32.21</v>
       </c>
       <c r="N273" s="4">
         <v>0</v>
       </c>
       <c r="O273" s="4">
         <v>0</v>
       </c>
       <c r="P273" s="4">
-        <v>54.83</v>
+        <v>32.21</v>
       </c>
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C274" s="3" t="s">
         <v>821</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>822</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>823</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H274" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I274" s="4">
-        <v>467</v>
+        <v>1040</v>
       </c>
       <c r="J274" s="4">
         <v>0</v>
       </c>
       <c r="K274" s="4">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="L274" s="4">
-        <v>467</v>
+        <v>981</v>
       </c>
       <c r="M274" s="4">
-        <v>32.21</v>
+        <v>94.95</v>
       </c>
       <c r="N274" s="4">
         <v>0</v>
       </c>
       <c r="O274" s="4">
         <v>0</v>
       </c>
       <c r="P274" s="4">
-        <v>32.21</v>
+        <v>94.95</v>
       </c>
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C275" s="3" t="s">
         <v>824</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>825</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>826</v>
       </c>
       <c r="F275" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H275" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I275" s="4">
-        <v>1040</v>
+        <v>1206</v>
       </c>
       <c r="J275" s="4">
-        <v>0</v>
+        <v>1116</v>
       </c>
       <c r="K275" s="4">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="L275" s="4">
-        <v>981</v>
+        <v>2322</v>
       </c>
       <c r="M275" s="4">
-        <v>94.95</v>
+        <v>99.86</v>
       </c>
       <c r="N275" s="4">
         <v>0</v>
       </c>
       <c r="O275" s="4">
         <v>0</v>
       </c>
       <c r="P275" s="4">
-        <v>94.95</v>
+        <v>99.86</v>
       </c>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C276" s="3" t="s">
         <v>827</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>828</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>829</v>
       </c>
       <c r="F276" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H276" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I276" s="4">
-        <v>1206</v>
+        <v>1050</v>
       </c>
       <c r="J276" s="4">
-        <v>1116</v>
+        <v>93</v>
       </c>
       <c r="K276" s="4">
         <v>0</v>
       </c>
       <c r="L276" s="4">
-        <v>2322</v>
+        <v>1143</v>
       </c>
       <c r="M276" s="4">
-        <v>99.86</v>
+        <v>84.77</v>
       </c>
       <c r="N276" s="4">
         <v>0</v>
       </c>
       <c r="O276" s="4">
         <v>0</v>
       </c>
       <c r="P276" s="4">
-        <v>99.86</v>
+        <v>84.77</v>
       </c>
       <c r="Q276" s="1"/>
       <c r="R276" s="1"/>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C277" s="3" t="s">
         <v>830</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>831</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>832</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H277" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I277" s="4">
-        <v>1050</v>
+        <v>1008</v>
       </c>
       <c r="J277" s="4">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="K277" s="4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="L277" s="4">
-        <v>1143</v>
+        <v>1006</v>
       </c>
       <c r="M277" s="4">
-        <v>84.77</v>
+        <v>79.93</v>
       </c>
       <c r="N277" s="4">
         <v>0</v>
       </c>
       <c r="O277" s="4">
         <v>0</v>
       </c>
       <c r="P277" s="4">
-        <v>84.77</v>
+        <v>79.93</v>
       </c>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C278" s="3" t="s">
         <v>833</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>834</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>835</v>
       </c>
       <c r="F278" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H278" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I278" s="4">
-        <v>1008</v>
+        <v>300</v>
       </c>
       <c r="J278" s="4">
         <v>0</v>
       </c>
       <c r="K278" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="L278" s="4">
-        <v>1006</v>
+        <v>300</v>
       </c>
       <c r="M278" s="4">
-        <v>79.93</v>
+        <v>22.88</v>
       </c>
       <c r="N278" s="4">
         <v>0</v>
       </c>
       <c r="O278" s="4">
         <v>0</v>
       </c>
       <c r="P278" s="4">
-        <v>79.93</v>
+        <v>22.88</v>
       </c>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C279" s="3" t="s">
         <v>836</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>837</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>838</v>
       </c>
       <c r="F279" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H279" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I279" s="4">
-        <v>300</v>
+        <v>4853</v>
       </c>
       <c r="J279" s="4">
         <v>0</v>
       </c>
       <c r="K279" s="4">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="L279" s="4">
-        <v>300</v>
+        <v>3453</v>
       </c>
       <c r="M279" s="4">
-        <v>22.88</v>
+        <v>589.31</v>
       </c>
       <c r="N279" s="4">
         <v>0</v>
       </c>
       <c r="O279" s="4">
         <v>0</v>
       </c>
       <c r="P279" s="4">
-        <v>22.88</v>
+        <v>589.31</v>
       </c>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C280" s="3" t="s">
         <v>839</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>840</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>841</v>
       </c>
       <c r="F280" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H280" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I280" s="4">
-        <v>4853</v>
+        <v>798</v>
       </c>
       <c r="J280" s="4">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K280" s="4">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="L280" s="4">
-        <v>3453</v>
+        <v>802</v>
       </c>
       <c r="M280" s="4">
-        <v>589.31</v>
+        <v>99.33</v>
       </c>
       <c r="N280" s="4">
         <v>0</v>
       </c>
       <c r="O280" s="4">
         <v>0</v>
       </c>
       <c r="P280" s="4">
-        <v>589.31</v>
+        <v>99.33</v>
       </c>
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C281" s="3" t="s">
         <v>842</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>843</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>844</v>
       </c>
       <c r="F281" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H281" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I281" s="4">
-        <v>798</v>
+        <v>2236</v>
       </c>
       <c r="J281" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="K281" s="4">
-        <v>0</v>
+        <v>755</v>
       </c>
       <c r="L281" s="4">
-        <v>802</v>
+        <v>1481</v>
       </c>
       <c r="M281" s="4">
-        <v>99.33</v>
+        <v>145.34</v>
       </c>
       <c r="N281" s="4">
         <v>0</v>
       </c>
       <c r="O281" s="4">
         <v>0</v>
       </c>
       <c r="P281" s="4">
-        <v>99.33</v>
+        <v>145.34</v>
       </c>
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C282" s="3" t="s">
         <v>845</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>846</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>847</v>
       </c>
       <c r="F282" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H282" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I282" s="4">
-        <v>2236</v>
+        <v>1073</v>
       </c>
       <c r="J282" s="4">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="K282" s="4">
-        <v>755</v>
+        <v>0</v>
       </c>
       <c r="L282" s="4">
-        <v>1481</v>
+        <v>1085</v>
       </c>
       <c r="M282" s="4">
-        <v>145.34</v>
+        <v>61.96</v>
       </c>
       <c r="N282" s="4">
         <v>0</v>
       </c>
       <c r="O282" s="4">
         <v>0</v>
       </c>
       <c r="P282" s="4">
-        <v>145.34</v>
+        <v>61.96</v>
       </c>
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C283" s="3" t="s">
         <v>848</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>849</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>850</v>
       </c>
       <c r="F283" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H283" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I283" s="4">
-        <v>1073</v>
+        <v>1100</v>
       </c>
       <c r="J283" s="4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="K283" s="4">
         <v>0</v>
       </c>
       <c r="L283" s="4">
-        <v>1085</v>
+        <v>1100</v>
       </c>
       <c r="M283" s="4">
-        <v>61.96</v>
+        <v>148.48</v>
       </c>
       <c r="N283" s="4">
         <v>0</v>
       </c>
       <c r="O283" s="4">
         <v>0</v>
       </c>
       <c r="P283" s="4">
-        <v>61.96</v>
+        <v>148.48</v>
       </c>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C284" s="3" t="s">
         <v>851</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>852</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>853</v>
       </c>
       <c r="F284" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G284" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H284" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I284" s="4">
-        <v>1100</v>
+        <v>1500</v>
       </c>
       <c r="J284" s="4">
         <v>0</v>
       </c>
       <c r="K284" s="4">
         <v>0</v>
       </c>
       <c r="L284" s="4">
-        <v>1100</v>
+        <v>1500</v>
       </c>
       <c r="M284" s="4">
-        <v>148.48</v>
+        <v>99.01</v>
       </c>
       <c r="N284" s="4">
         <v>0</v>
       </c>
       <c r="O284" s="4">
         <v>0</v>
       </c>
       <c r="P284" s="4">
-        <v>148.48</v>
+        <v>99.01</v>
       </c>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C285" s="3" t="s">
         <v>854</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>855</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>856</v>
       </c>
       <c r="F285" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G285" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H285" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I285" s="4">
-        <v>1500</v>
+        <v>3500</v>
       </c>
       <c r="J285" s="4">
         <v>0</v>
       </c>
       <c r="K285" s="4">
         <v>0</v>
       </c>
       <c r="L285" s="4">
-        <v>1500</v>
+        <v>3500</v>
       </c>
       <c r="M285" s="4">
-        <v>99.01</v>
+        <v>225.64</v>
       </c>
       <c r="N285" s="4">
         <v>0</v>
       </c>
       <c r="O285" s="4">
         <v>0</v>
       </c>
       <c r="P285" s="4">
-        <v>99.01</v>
+        <v>225.64</v>
       </c>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C286" s="3" t="s">
         <v>857</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>858</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>859</v>
       </c>
       <c r="F286" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G286" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H286" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I286" s="4">
-        <v>3500</v>
+        <v>1000</v>
       </c>
       <c r="J286" s="4">
         <v>0</v>
       </c>
       <c r="K286" s="4">
         <v>0</v>
       </c>
       <c r="L286" s="4">
-        <v>3500</v>
+        <v>1000</v>
       </c>
       <c r="M286" s="4">
-        <v>225.64</v>
+        <v>67.63</v>
       </c>
       <c r="N286" s="4">
         <v>0</v>
       </c>
       <c r="O286" s="4">
         <v>0</v>
       </c>
       <c r="P286" s="4">
-        <v>225.64</v>
+        <v>67.63</v>
       </c>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C287" s="3" t="s">
         <v>860</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>861</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>862</v>
       </c>
       <c r="F287" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G287" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H287" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I287" s="4">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="J287" s="4">
         <v>0</v>
       </c>
       <c r="K287" s="4">
         <v>0</v>
       </c>
       <c r="L287" s="4">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="M287" s="4">
-        <v>67.63</v>
+        <v>262.67</v>
       </c>
       <c r="N287" s="4">
         <v>0</v>
       </c>
       <c r="O287" s="4">
         <v>0</v>
       </c>
       <c r="P287" s="4">
-        <v>67.63</v>
+        <v>262.67</v>
       </c>
       <c r="Q287" s="1"/>
       <c r="R287" s="1"/>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C288" s="3" t="s">
         <v>863</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>864</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>865</v>
       </c>
       <c r="F288" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H288" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I288" s="4">
-        <v>4000</v>
+        <v>544</v>
       </c>
       <c r="J288" s="4">
         <v>0</v>
       </c>
       <c r="K288" s="4">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="L288" s="4">
-        <v>4000</v>
+        <v>144</v>
       </c>
       <c r="M288" s="4">
-        <v>262.67</v>
+        <v>89.4</v>
       </c>
       <c r="N288" s="4">
         <v>0</v>
       </c>
       <c r="O288" s="4">
         <v>0</v>
       </c>
       <c r="P288" s="4">
-        <v>262.67</v>
+        <v>89.4</v>
       </c>
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C289" s="3" t="s">
         <v>866</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>867</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>868</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H289" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I289" s="4">
-        <v>544</v>
+        <v>2452</v>
       </c>
       <c r="J289" s="4">
         <v>0</v>
       </c>
       <c r="K289" s="4">
-        <v>400</v>
+        <v>1139</v>
       </c>
       <c r="L289" s="4">
-        <v>144</v>
+        <v>1313</v>
       </c>
       <c r="M289" s="4">
-        <v>89.4</v>
+        <v>774.12</v>
       </c>
       <c r="N289" s="4">
         <v>0</v>
       </c>
       <c r="O289" s="4">
         <v>0</v>
       </c>
       <c r="P289" s="4">
-        <v>89.4</v>
+        <v>774.12</v>
       </c>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C290" s="3" t="s">
         <v>869</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>870</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>871</v>
       </c>
       <c r="F290" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H290" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I290" s="4">
-        <v>2452</v>
+        <v>180</v>
       </c>
       <c r="J290" s="4">
         <v>0</v>
       </c>
       <c r="K290" s="4">
-        <v>1139</v>
+        <v>0</v>
       </c>
       <c r="L290" s="4">
-        <v>1313</v>
+        <v>180</v>
       </c>
       <c r="M290" s="4">
-        <v>774.12</v>
+        <v>69.7</v>
       </c>
       <c r="N290" s="4">
         <v>0</v>
       </c>
       <c r="O290" s="4">
         <v>0</v>
       </c>
       <c r="P290" s="4">
-        <v>774.12</v>
+        <v>69.7</v>
       </c>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C291" s="3" t="s">
         <v>872</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>873</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>874</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G291" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H291" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I291" s="4">
-        <v>180</v>
+        <v>222</v>
       </c>
       <c r="J291" s="4">
         <v>0</v>
       </c>
       <c r="K291" s="4">
         <v>0</v>
       </c>
       <c r="L291" s="4">
-        <v>180</v>
+        <v>222</v>
       </c>
       <c r="M291" s="4">
-        <v>69.7</v>
+        <v>14.47</v>
       </c>
       <c r="N291" s="4">
         <v>0</v>
       </c>
       <c r="O291" s="4">
         <v>0</v>
       </c>
       <c r="P291" s="4">
-        <v>69.7</v>
+        <v>14.47</v>
       </c>
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C292" s="3" t="s">
         <v>875</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>876</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>877</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H292" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I292" s="4">
-        <v>222</v>
+        <v>2282</v>
       </c>
       <c r="J292" s="4">
         <v>0</v>
       </c>
       <c r="K292" s="4">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="L292" s="4">
-        <v>222</v>
+        <v>2082</v>
       </c>
       <c r="M292" s="4">
-        <v>14.47</v>
+        <v>789.43</v>
       </c>
       <c r="N292" s="4">
         <v>0</v>
       </c>
       <c r="O292" s="4">
         <v>0</v>
       </c>
       <c r="P292" s="4">
-        <v>14.47</v>
+        <v>789.43</v>
       </c>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C293" s="3" t="s">
         <v>878</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>879</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>880</v>
       </c>
       <c r="F293" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H293" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I293" s="4">
-        <v>2282</v>
+        <v>9490</v>
       </c>
       <c r="J293" s="4">
         <v>0</v>
       </c>
       <c r="K293" s="4">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="L293" s="4">
-        <v>2082</v>
+        <v>8990</v>
       </c>
       <c r="M293" s="4">
-        <v>789.43</v>
+        <v>990.56</v>
       </c>
       <c r="N293" s="4">
         <v>0</v>
       </c>
       <c r="O293" s="4">
         <v>0</v>
       </c>
       <c r="P293" s="4">
-        <v>789.43</v>
+        <v>990.56</v>
       </c>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C294" s="3" t="s">
         <v>881</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>882</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>883</v>
       </c>
       <c r="F294" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H294" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I294" s="4">
-        <v>9490</v>
+        <v>3430</v>
       </c>
       <c r="J294" s="4">
         <v>0</v>
       </c>
       <c r="K294" s="4">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="L294" s="4">
-        <v>8990</v>
+        <v>3130</v>
       </c>
       <c r="M294" s="4">
-        <v>990.56</v>
+        <v>474.07</v>
       </c>
       <c r="N294" s="4">
         <v>0</v>
       </c>
       <c r="O294" s="4">
         <v>0</v>
       </c>
       <c r="P294" s="4">
-        <v>990.56</v>
+        <v>474.07</v>
       </c>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C295" s="3" t="s">
         <v>884</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>885</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>886</v>
       </c>
       <c r="F295" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H295" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I295" s="4">
-        <v>3430</v>
+        <v>2485</v>
       </c>
       <c r="J295" s="4">
         <v>0</v>
       </c>
       <c r="K295" s="4">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="L295" s="4">
-        <v>3130</v>
+        <v>2285</v>
       </c>
       <c r="M295" s="4">
-        <v>474.07</v>
+        <v>745.73</v>
       </c>
       <c r="N295" s="4">
         <v>0</v>
       </c>
       <c r="O295" s="4">
         <v>0</v>
       </c>
       <c r="P295" s="4">
-        <v>474.07</v>
+        <v>745.73</v>
       </c>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C296" s="3" t="s">
         <v>887</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>888</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>889</v>
       </c>
       <c r="F296" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G296" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H296" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I296" s="4">
-        <v>2485</v>
+        <v>3502</v>
       </c>
       <c r="J296" s="4">
         <v>0</v>
       </c>
       <c r="K296" s="4">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="L296" s="4">
-        <v>2285</v>
+        <v>3202</v>
       </c>
       <c r="M296" s="4">
-        <v>745.73</v>
+        <v>1038.21</v>
       </c>
       <c r="N296" s="4">
         <v>0</v>
       </c>
       <c r="O296" s="4">
         <v>0</v>
       </c>
       <c r="P296" s="4">
-        <v>745.73</v>
+        <v>1038.21</v>
       </c>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C297" s="3" t="s">
         <v>890</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>891</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>892</v>
       </c>
       <c r="F297" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H297" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I297" s="4">
-        <v>3502</v>
+        <v>6589</v>
       </c>
       <c r="J297" s="4">
         <v>0</v>
       </c>
       <c r="K297" s="4">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="L297" s="4">
-        <v>3202</v>
+        <v>5789</v>
       </c>
       <c r="M297" s="4">
-        <v>1038.21</v>
+        <v>993.32</v>
       </c>
       <c r="N297" s="4">
         <v>0</v>
       </c>
       <c r="O297" s="4">
         <v>0</v>
       </c>
       <c r="P297" s="4">
-        <v>1038.21</v>
+        <v>993.32</v>
       </c>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C298" s="3" t="s">
         <v>893</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>894</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>895</v>
       </c>
       <c r="F298" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H298" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I298" s="4">
-        <v>6589</v>
+        <v>1297</v>
       </c>
       <c r="J298" s="4">
         <v>0</v>
       </c>
       <c r="K298" s="4">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="L298" s="4">
-        <v>5789</v>
+        <v>1297</v>
       </c>
       <c r="M298" s="4">
-        <v>993.32</v>
+        <v>635.36</v>
       </c>
       <c r="N298" s="4">
         <v>0</v>
       </c>
       <c r="O298" s="4">
         <v>0</v>
       </c>
       <c r="P298" s="4">
-        <v>993.32</v>
+        <v>635.36</v>
       </c>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C299" s="3" t="s">
         <v>896</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>897</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>898</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H299" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I299" s="4">
-        <v>1297</v>
+        <v>3286</v>
       </c>
       <c r="J299" s="4">
         <v>0</v>
       </c>
       <c r="K299" s="4">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="L299" s="4">
-        <v>1297</v>
+        <v>2636</v>
       </c>
       <c r="M299" s="4">
-        <v>635.36</v>
+        <v>1121.01</v>
       </c>
       <c r="N299" s="4">
         <v>0</v>
       </c>
       <c r="O299" s="4">
         <v>0</v>
       </c>
       <c r="P299" s="4">
-        <v>635.36</v>
+        <v>1121.01</v>
       </c>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C300" s="3" t="s">
         <v>899</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>900</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>901</v>
       </c>
       <c r="F300" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H300" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I300" s="4">
-        <v>3286</v>
+        <v>557</v>
       </c>
       <c r="J300" s="4">
         <v>0</v>
       </c>
       <c r="K300" s="4">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="L300" s="4">
-        <v>2636</v>
+        <v>557</v>
       </c>
       <c r="M300" s="4">
-        <v>1121.01</v>
+        <v>171.91</v>
       </c>
       <c r="N300" s="4">
         <v>0</v>
       </c>
       <c r="O300" s="4">
         <v>0</v>
       </c>
       <c r="P300" s="4">
-        <v>1121.01</v>
+        <v>171.91</v>
       </c>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C301" s="3" t="s">
         <v>902</v>
       </c>
       <c r="D301" s="3" t="s">
         <v>903</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>904</v>
       </c>
       <c r="F301" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H301" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I301" s="4">
-        <v>557</v>
+        <v>1639</v>
       </c>
       <c r="J301" s="4">
         <v>0</v>
       </c>
       <c r="K301" s="4">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="L301" s="4">
-        <v>557</v>
+        <v>1389</v>
       </c>
       <c r="M301" s="4">
-        <v>171.91</v>
+        <v>522.67</v>
       </c>
       <c r="N301" s="4">
         <v>0</v>
       </c>
       <c r="O301" s="4">
         <v>0</v>
       </c>
       <c r="P301" s="4">
-        <v>171.91</v>
+        <v>522.67</v>
       </c>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C302" s="3" t="s">
         <v>905</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>906</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>907</v>
       </c>
       <c r="F302" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G302" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H302" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I302" s="4">
-        <v>1639</v>
+        <v>1702</v>
       </c>
       <c r="J302" s="4">
         <v>0</v>
       </c>
       <c r="K302" s="4">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="L302" s="4">
-        <v>1389</v>
+        <v>1402</v>
       </c>
       <c r="M302" s="4">
-        <v>522.67</v>
+        <v>472.02</v>
       </c>
       <c r="N302" s="4">
         <v>0</v>
       </c>
       <c r="O302" s="4">
         <v>0</v>
       </c>
       <c r="P302" s="4">
-        <v>522.67</v>
+        <v>472.02</v>
       </c>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C303" s="3" t="s">
         <v>908</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>909</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>910</v>
       </c>
       <c r="F303" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G303" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H303" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I303" s="4">
-        <v>1702</v>
+        <v>1990</v>
       </c>
       <c r="J303" s="4">
         <v>0</v>
       </c>
       <c r="K303" s="4">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="L303" s="4">
-        <v>1402</v>
+        <v>1790</v>
       </c>
       <c r="M303" s="4">
-        <v>472.02</v>
+        <v>578.98</v>
       </c>
       <c r="N303" s="4">
         <v>0</v>
       </c>
       <c r="O303" s="4">
         <v>0</v>
       </c>
       <c r="P303" s="4">
-        <v>472.02</v>
+        <v>578.98</v>
       </c>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C304" s="3" t="s">
         <v>911</v>
       </c>
       <c r="D304" s="3" t="s">
         <v>912</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F304" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G304" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H304" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I304" s="4">
-        <v>1990</v>
+        <v>248</v>
       </c>
       <c r="J304" s="4">
         <v>0</v>
       </c>
       <c r="K304" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L304" s="4">
-        <v>1790</v>
+        <v>248</v>
       </c>
       <c r="M304" s="4">
-        <v>578.98</v>
+        <v>260.23</v>
       </c>
       <c r="N304" s="4">
         <v>0</v>
       </c>
       <c r="O304" s="4">
         <v>0</v>
       </c>
       <c r="P304" s="4">
-        <v>578.98</v>
+        <v>260.23</v>
       </c>
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C305" s="3" t="s">
         <v>914</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>915</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>916</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G305" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H305" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I305" s="4">
-        <v>248</v>
+        <v>1230</v>
       </c>
       <c r="J305" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="K305" s="4">
         <v>0</v>
       </c>
       <c r="L305" s="4">
-        <v>248</v>
+        <v>1280</v>
       </c>
       <c r="M305" s="4">
-        <v>260.23</v>
+        <v>89.02</v>
       </c>
       <c r="N305" s="4">
         <v>0</v>
       </c>
       <c r="O305" s="4">
         <v>0</v>
       </c>
       <c r="P305" s="4">
-        <v>260.23</v>
+        <v>89.02</v>
       </c>
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C306" s="3" t="s">
         <v>917</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>918</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>919</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G306" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H306" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I306" s="4">
-        <v>1230</v>
+        <v>2468</v>
       </c>
       <c r="J306" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K306" s="4">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="L306" s="4">
-        <v>1280</v>
+        <v>2268</v>
       </c>
       <c r="M306" s="4">
-        <v>89.02</v>
+        <v>749.37</v>
       </c>
       <c r="N306" s="4">
         <v>0</v>
       </c>
       <c r="O306" s="4">
         <v>0</v>
       </c>
       <c r="P306" s="4">
-        <v>89.02</v>
+        <v>749.37</v>
       </c>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C307" s="3" t="s">
         <v>920</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>921</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>922</v>
       </c>
       <c r="F307" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G307" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H307" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I307" s="4">
-        <v>2468</v>
+        <v>1278</v>
       </c>
       <c r="J307" s="4">
         <v>0</v>
       </c>
       <c r="K307" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="L307" s="4">
-        <v>2268</v>
+        <v>1178</v>
       </c>
       <c r="M307" s="4">
-        <v>749.37</v>
+        <v>455.04</v>
       </c>
       <c r="N307" s="4">
         <v>0</v>
       </c>
       <c r="O307" s="4">
         <v>0</v>
       </c>
       <c r="P307" s="4">
-        <v>749.37</v>
+        <v>455.04</v>
       </c>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C308" s="3" t="s">
         <v>923</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>924</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>925</v>
       </c>
       <c r="F308" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H308" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I308" s="4">
-        <v>1278</v>
+        <v>2255</v>
       </c>
       <c r="J308" s="4">
         <v>0</v>
       </c>
       <c r="K308" s="4">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="L308" s="4">
-        <v>1178</v>
+        <v>2055</v>
       </c>
       <c r="M308" s="4">
-        <v>455.04</v>
+        <v>828.52</v>
       </c>
       <c r="N308" s="4">
         <v>0</v>
       </c>
       <c r="O308" s="4">
         <v>0</v>
       </c>
       <c r="P308" s="4">
-        <v>455.04</v>
+        <v>828.52</v>
       </c>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C309" s="3" t="s">
         <v>926</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>927</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>928</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G309" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H309" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I309" s="4">
-        <v>2255</v>
+        <v>1847</v>
       </c>
       <c r="J309" s="4">
         <v>0</v>
       </c>
       <c r="K309" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L309" s="4">
-        <v>2055</v>
+        <v>1847</v>
       </c>
       <c r="M309" s="4">
-        <v>828.52</v>
+        <v>1020.87</v>
       </c>
       <c r="N309" s="4">
         <v>0</v>
       </c>
       <c r="O309" s="4">
         <v>0</v>
       </c>
       <c r="P309" s="4">
-        <v>828.52</v>
+        <v>1020.87</v>
       </c>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C310" s="3" t="s">
         <v>929</v>
       </c>
       <c r="D310" s="3" t="s">
         <v>930</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>931</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G310" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H310" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I310" s="4">
-        <v>1847</v>
+        <v>7793</v>
       </c>
       <c r="J310" s="4">
         <v>0</v>
       </c>
       <c r="K310" s="4">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="L310" s="4">
-        <v>1847</v>
+        <v>7593</v>
       </c>
       <c r="M310" s="4">
-        <v>1020.87</v>
+        <v>1028.82</v>
       </c>
       <c r="N310" s="4">
         <v>0</v>
       </c>
       <c r="O310" s="4">
         <v>0</v>
       </c>
       <c r="P310" s="4">
-        <v>1020.87</v>
+        <v>1028.82</v>
       </c>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C311" s="3" t="s">
         <v>932</v>
       </c>
       <c r="D311" s="3" t="s">
         <v>933</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>934</v>
       </c>
       <c r="F311" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G311" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H311" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I311" s="4">
-        <v>7793</v>
+        <v>14065</v>
       </c>
       <c r="J311" s="4">
         <v>0</v>
       </c>
       <c r="K311" s="4">
-        <v>200</v>
+        <v>3638</v>
       </c>
       <c r="L311" s="4">
-        <v>7593</v>
+        <v>10427</v>
       </c>
       <c r="M311" s="4">
-        <v>1028.82</v>
+        <v>2478.35</v>
       </c>
       <c r="N311" s="4">
         <v>0</v>
       </c>
       <c r="O311" s="4">
         <v>0</v>
       </c>
       <c r="P311" s="4">
-        <v>1028.82</v>
+        <v>2478.35</v>
       </c>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C312" s="3" t="s">
         <v>935</v>
       </c>
       <c r="D312" s="3" t="s">
         <v>936</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>937</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G312" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H312" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I312" s="4">
-        <v>14065</v>
+        <v>1435</v>
       </c>
       <c r="J312" s="4">
         <v>0</v>
       </c>
       <c r="K312" s="4">
-        <v>3638</v>
+        <v>0</v>
       </c>
       <c r="L312" s="4">
-        <v>10427</v>
+        <v>1435</v>
       </c>
       <c r="M312" s="4">
-        <v>2478.35</v>
+        <v>786.23</v>
       </c>
       <c r="N312" s="4">
         <v>0</v>
       </c>
       <c r="O312" s="4">
         <v>0</v>
       </c>
       <c r="P312" s="4">
-        <v>2478.35</v>
+        <v>786.23</v>
       </c>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C313" s="3" t="s">
         <v>938</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>939</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>940</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G313" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H313" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I313" s="4">
-        <v>1435</v>
+        <v>2777</v>
       </c>
       <c r="J313" s="4">
         <v>0</v>
       </c>
       <c r="K313" s="4">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="L313" s="4">
-        <v>1435</v>
+        <v>2177</v>
       </c>
       <c r="M313" s="4">
-        <v>786.23</v>
+        <v>920.04</v>
       </c>
       <c r="N313" s="4">
         <v>0</v>
       </c>
       <c r="O313" s="4">
         <v>0</v>
       </c>
       <c r="P313" s="4">
-        <v>786.23</v>
+        <v>920.04</v>
       </c>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C314" s="3" t="s">
         <v>941</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>942</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>943</v>
       </c>
       <c r="F314" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G314" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H314" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I314" s="4">
-        <v>2777</v>
+        <v>2885</v>
       </c>
       <c r="J314" s="4">
-        <v>0</v>
+        <v>1398</v>
       </c>
       <c r="K314" s="4">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="L314" s="4">
-        <v>2177</v>
+        <v>4283</v>
       </c>
       <c r="M314" s="4">
-        <v>920.04</v>
+        <v>998.95</v>
       </c>
       <c r="N314" s="4">
         <v>0</v>
       </c>
       <c r="O314" s="4">
         <v>0</v>
       </c>
       <c r="P314" s="4">
-        <v>920.04</v>
+        <v>998.95</v>
       </c>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C315" s="3" t="s">
         <v>944</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>945</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>946</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H315" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I315" s="4">
-        <v>2885</v>
+        <v>2107</v>
       </c>
       <c r="J315" s="4">
-        <v>1398</v>
+        <v>0</v>
       </c>
       <c r="K315" s="4">
         <v>0</v>
       </c>
       <c r="L315" s="4">
-        <v>4283</v>
+        <v>2107</v>
       </c>
       <c r="M315" s="4">
-        <v>998.95</v>
+        <v>1165.33</v>
       </c>
       <c r="N315" s="4">
         <v>0</v>
       </c>
       <c r="O315" s="4">
         <v>0</v>
       </c>
       <c r="P315" s="4">
-        <v>998.95</v>
+        <v>1165.33</v>
       </c>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C316" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="D316" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="D316" s="3" t="s">
+      <c r="E316" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="E316" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F316" s="3" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H316" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I316" s="4">
-        <v>2107</v>
+        <v>18529</v>
       </c>
       <c r="J316" s="4">
         <v>0</v>
       </c>
       <c r="K316" s="4">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="L316" s="4">
-        <v>2107</v>
+        <v>17629</v>
       </c>
       <c r="M316" s="4">
-        <v>1165.33</v>
+        <v>960.53</v>
       </c>
       <c r="N316" s="4">
         <v>0</v>
       </c>
       <c r="O316" s="4">
         <v>0</v>
       </c>
       <c r="P316" s="4">
-        <v>1165.33</v>
+        <v>960.53</v>
       </c>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>354</v>
+        <v>949</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>950</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>951</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G317" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H317" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I317" s="4">
-        <v>18529</v>
+        <v>750</v>
       </c>
       <c r="J317" s="4">
         <v>0</v>
       </c>
       <c r="K317" s="4">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="L317" s="4">
-        <v>17629</v>
+        <v>750</v>
       </c>
       <c r="M317" s="4">
-        <v>960.53</v>
+        <v>308.06</v>
       </c>
       <c r="N317" s="4">
         <v>0</v>
       </c>
       <c r="O317" s="4">
         <v>0</v>
       </c>
       <c r="P317" s="4">
-        <v>960.53</v>
+        <v>308.06</v>
       </c>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C318" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D318" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="D318" s="3" t="s">
+      <c r="E318" s="3" t="s">
         <v>953</v>
       </c>
-      <c r="E318" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F318" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G318" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H318" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I318" s="4">
-        <v>750</v>
+        <v>20010</v>
       </c>
       <c r="J318" s="4">
         <v>0</v>
       </c>
       <c r="K318" s="4">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="L318" s="4">
-        <v>750</v>
+        <v>19110</v>
       </c>
       <c r="M318" s="4">
-        <v>308.06</v>
+        <v>1138.26</v>
       </c>
       <c r="N318" s="4">
         <v>0</v>
       </c>
       <c r="O318" s="4">
         <v>0</v>
       </c>
       <c r="P318" s="4">
-        <v>308.06</v>
+        <v>1138.26</v>
       </c>
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>166</v>
+        <v>954</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>955</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>956</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G319" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H319" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I319" s="4">
-        <v>20010</v>
+        <v>3232</v>
       </c>
       <c r="J319" s="4">
         <v>0</v>
       </c>
       <c r="K319" s="4">
-        <v>900</v>
+        <v>695</v>
       </c>
       <c r="L319" s="4">
-        <v>19110</v>
+        <v>2537</v>
       </c>
       <c r="M319" s="4">
-        <v>1138.26</v>
+        <v>1038.35</v>
       </c>
       <c r="N319" s="4">
         <v>0</v>
       </c>
       <c r="O319" s="4">
         <v>0</v>
       </c>
       <c r="P319" s="4">
-        <v>1138.26</v>
+        <v>1038.35</v>
       </c>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C320" s="3" t="s">
         <v>957</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>958</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>959</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H320" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I320" s="4">
-        <v>3232</v>
+        <v>650</v>
       </c>
       <c r="J320" s="4">
-        <v>0</v>
+        <v>612</v>
       </c>
       <c r="K320" s="4">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="L320" s="4">
-        <v>2537</v>
+        <v>1262</v>
       </c>
       <c r="M320" s="4">
-        <v>1038.35</v>
+        <v>74.7</v>
       </c>
       <c r="N320" s="4">
         <v>0</v>
       </c>
       <c r="O320" s="4">
         <v>0</v>
       </c>
       <c r="P320" s="4">
-        <v>1038.35</v>
+        <v>74.7</v>
       </c>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C321" s="3" t="s">
         <v>960</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>961</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>962</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H321" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I321" s="4">
-        <v>650</v>
+        <v>4444</v>
       </c>
       <c r="J321" s="4">
-        <v>612</v>
+        <v>0</v>
       </c>
       <c r="K321" s="4">
-        <v>0</v>
+        <v>704</v>
       </c>
       <c r="L321" s="4">
-        <v>1262</v>
+        <v>3740</v>
       </c>
       <c r="M321" s="4">
-        <v>74.7</v>
+        <v>1312.14</v>
       </c>
       <c r="N321" s="4">
         <v>0</v>
       </c>
       <c r="O321" s="4">
         <v>0</v>
       </c>
       <c r="P321" s="4">
-        <v>74.7</v>
+        <v>1312.14</v>
       </c>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C322" s="3" t="s">
         <v>963</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>964</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>965</v>
       </c>
       <c r="F322" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G322" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H322" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I322" s="4">
-        <v>4444</v>
+        <v>3543</v>
       </c>
       <c r="J322" s="4">
         <v>0</v>
       </c>
       <c r="K322" s="4">
-        <v>704</v>
+        <v>0</v>
       </c>
       <c r="L322" s="4">
-        <v>3740</v>
+        <v>3543</v>
       </c>
       <c r="M322" s="4">
-        <v>1312.14</v>
+        <v>649.79</v>
       </c>
       <c r="N322" s="4">
         <v>0</v>
       </c>
       <c r="O322" s="4">
         <v>0</v>
       </c>
       <c r="P322" s="4">
-        <v>1312.14</v>
+        <v>649.79</v>
       </c>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C323" s="3" t="s">
         <v>966</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>967</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>968</v>
       </c>
       <c r="F323" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G323" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H323" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I323" s="4">
-        <v>3543</v>
+        <v>2890</v>
       </c>
       <c r="J323" s="4">
         <v>0</v>
       </c>
       <c r="K323" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L323" s="4">
-        <v>3543</v>
+        <v>2590</v>
       </c>
       <c r="M323" s="4">
-        <v>649.79</v>
+        <v>837.91</v>
       </c>
       <c r="N323" s="4">
         <v>0</v>
       </c>
       <c r="O323" s="4">
         <v>0</v>
       </c>
       <c r="P323" s="4">
-        <v>649.79</v>
+        <v>837.91</v>
       </c>
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C324" s="3" t="s">
         <v>969</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>970</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>971</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H324" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I324" s="4">
-        <v>2890</v>
+        <v>1561</v>
       </c>
       <c r="J324" s="4">
         <v>0</v>
       </c>
       <c r="K324" s="4">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="L324" s="4">
-        <v>2590</v>
+        <v>1061</v>
       </c>
       <c r="M324" s="4">
-        <v>837.91</v>
+        <v>660.36</v>
       </c>
       <c r="N324" s="4">
         <v>0</v>
       </c>
       <c r="O324" s="4">
         <v>0</v>
       </c>
       <c r="P324" s="4">
-        <v>837.91</v>
+        <v>660.36</v>
       </c>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C325" s="3" t="s">
         <v>972</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>973</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>974</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H325" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I325" s="4">
-        <v>1561</v>
+        <v>1606</v>
       </c>
       <c r="J325" s="4">
         <v>0</v>
       </c>
       <c r="K325" s="4">
-        <v>500</v>
+        <v>201</v>
       </c>
       <c r="L325" s="4">
-        <v>1061</v>
+        <v>1405</v>
       </c>
       <c r="M325" s="4">
-        <v>660.36</v>
+        <v>518</v>
       </c>
       <c r="N325" s="4">
         <v>0</v>
       </c>
       <c r="O325" s="4">
         <v>0</v>
       </c>
       <c r="P325" s="4">
-        <v>660.36</v>
+        <v>518</v>
       </c>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C326" s="3" t="s">
         <v>975</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>976</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>977</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G326" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H326" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I326" s="4">
-        <v>1606</v>
+        <v>948</v>
       </c>
       <c r="J326" s="4">
         <v>0</v>
       </c>
       <c r="K326" s="4">
-        <v>201</v>
+        <v>0</v>
       </c>
       <c r="L326" s="4">
-        <v>1405</v>
+        <v>948</v>
       </c>
       <c r="M326" s="4">
-        <v>518</v>
+        <v>437.19</v>
       </c>
       <c r="N326" s="4">
         <v>0</v>
       </c>
       <c r="O326" s="4">
         <v>0</v>
       </c>
       <c r="P326" s="4">
-        <v>518</v>
+        <v>437.19</v>
       </c>
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C327" s="3" t="s">
         <v>978</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>979</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>980</v>
       </c>
       <c r="F327" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G327" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H327" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I327" s="4">
-        <v>948</v>
+        <v>2931</v>
       </c>
       <c r="J327" s="4">
         <v>0</v>
       </c>
       <c r="K327" s="4">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="L327" s="4">
-        <v>948</v>
+        <v>2731</v>
       </c>
       <c r="M327" s="4">
-        <v>437.19</v>
+        <v>845.42</v>
       </c>
       <c r="N327" s="4">
         <v>0</v>
       </c>
       <c r="O327" s="4">
         <v>0</v>
       </c>
       <c r="P327" s="4">
-        <v>437.19</v>
+        <v>845.42</v>
       </c>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C328" s="3" t="s">
         <v>981</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>982</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>983</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H328" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I328" s="4">
-        <v>2931</v>
+        <v>2070</v>
       </c>
       <c r="J328" s="4">
         <v>0</v>
       </c>
       <c r="K328" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L328" s="4">
-        <v>2731</v>
+        <v>2070</v>
       </c>
       <c r="M328" s="4">
-        <v>845.42</v>
+        <v>1046.62</v>
       </c>
       <c r="N328" s="4">
         <v>0</v>
       </c>
       <c r="O328" s="4">
         <v>0</v>
       </c>
       <c r="P328" s="4">
-        <v>845.42</v>
+        <v>1046.62</v>
       </c>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C329" s="3" t="s">
         <v>984</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>985</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>986</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H329" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I329" s="4">
-        <v>2070</v>
+        <v>567</v>
       </c>
       <c r="J329" s="4">
         <v>0</v>
       </c>
       <c r="K329" s="4">
         <v>0</v>
       </c>
       <c r="L329" s="4">
-        <v>2070</v>
+        <v>567</v>
       </c>
       <c r="M329" s="4">
-        <v>1046.62</v>
+        <v>414.24</v>
       </c>
       <c r="N329" s="4">
         <v>0</v>
       </c>
       <c r="O329" s="4">
         <v>0</v>
       </c>
       <c r="P329" s="4">
-        <v>1046.62</v>
+        <v>414.24</v>
       </c>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C330" s="3" t="s">
         <v>987</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>988</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>989</v>
       </c>
       <c r="F330" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H330" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I330" s="4">
-        <v>567</v>
+        <v>1663</v>
       </c>
       <c r="J330" s="4">
         <v>0</v>
       </c>
       <c r="K330" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L330" s="4">
-        <v>567</v>
+        <v>1563</v>
       </c>
       <c r="M330" s="4">
-        <v>414.24</v>
+        <v>1299.65</v>
       </c>
       <c r="N330" s="4">
         <v>0</v>
       </c>
       <c r="O330" s="4">
         <v>0</v>
       </c>
       <c r="P330" s="4">
-        <v>414.24</v>
+        <v>1299.65</v>
       </c>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C331" s="3" t="s">
         <v>990</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>991</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>992</v>
       </c>
       <c r="F331" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G331" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H331" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I331" s="4">
-        <v>1663</v>
+        <v>279</v>
       </c>
       <c r="J331" s="4">
         <v>0</v>
       </c>
       <c r="K331" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L331" s="4">
-        <v>1563</v>
+        <v>279</v>
       </c>
       <c r="M331" s="4">
-        <v>1299.65</v>
+        <v>324.63</v>
       </c>
       <c r="N331" s="4">
         <v>0</v>
       </c>
       <c r="O331" s="4">
         <v>0</v>
       </c>
       <c r="P331" s="4">
-        <v>1299.65</v>
+        <v>324.63</v>
       </c>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C332" s="3" t="s">
         <v>993</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>994</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>995</v>
       </c>
       <c r="F332" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G332" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H332" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I332" s="4">
-        <v>279</v>
+        <v>2997</v>
       </c>
       <c r="J332" s="4">
         <v>0</v>
       </c>
       <c r="K332" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L332" s="4">
-        <v>279</v>
+        <v>2697</v>
       </c>
       <c r="M332" s="4">
-        <v>324.63</v>
+        <v>905.25</v>
       </c>
       <c r="N332" s="4">
         <v>0</v>
       </c>
       <c r="O332" s="4">
         <v>0</v>
       </c>
       <c r="P332" s="4">
-        <v>324.63</v>
+        <v>905.25</v>
       </c>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C333" s="3" t="s">
         <v>996</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>997</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>998</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G333" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H333" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I333" s="4">
-        <v>2997</v>
+        <v>2110</v>
       </c>
       <c r="J333" s="4">
         <v>0</v>
       </c>
       <c r="K333" s="4">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="L333" s="4">
-        <v>2697</v>
+        <v>2110</v>
       </c>
       <c r="M333" s="4">
-        <v>905.25</v>
+        <v>135.21</v>
       </c>
       <c r="N333" s="4">
         <v>0</v>
       </c>
       <c r="O333" s="4">
         <v>0</v>
       </c>
       <c r="P333" s="4">
-        <v>905.25</v>
+        <v>135.21</v>
       </c>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C334" s="3" t="s">
         <v>999</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>1000</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="F334" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H334" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I334" s="4">
-        <v>2110</v>
+        <v>1368</v>
       </c>
       <c r="J334" s="4">
         <v>0</v>
       </c>
       <c r="K334" s="4">
-        <v>0</v>
+        <v>385</v>
       </c>
       <c r="L334" s="4">
-        <v>2110</v>
+        <v>983</v>
       </c>
       <c r="M334" s="4">
-        <v>135.21</v>
+        <v>87.78</v>
       </c>
       <c r="N334" s="4">
         <v>0</v>
       </c>
       <c r="O334" s="4">
         <v>0</v>
       </c>
       <c r="P334" s="4">
-        <v>135.21</v>
+        <v>87.78</v>
       </c>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C335" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="F335" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H335" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I335" s="4">
-        <v>1368</v>
+        <v>1241</v>
       </c>
       <c r="J335" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K335" s="4">
-        <v>385</v>
+        <v>0</v>
       </c>
       <c r="L335" s="4">
-        <v>983</v>
+        <v>1242</v>
       </c>
       <c r="M335" s="4">
-        <v>87.78</v>
+        <v>99.82</v>
       </c>
       <c r="N335" s="4">
         <v>0</v>
       </c>
       <c r="O335" s="4">
         <v>0</v>
       </c>
       <c r="P335" s="4">
-        <v>87.78</v>
+        <v>99.82</v>
       </c>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C336" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="F336" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H336" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I336" s="4">
-        <v>1241</v>
+        <v>711</v>
       </c>
       <c r="J336" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K336" s="4">
         <v>0</v>
       </c>
       <c r="L336" s="4">
-        <v>1242</v>
+        <v>711</v>
       </c>
       <c r="M336" s="4">
-        <v>99.82</v>
+        <v>59.57</v>
       </c>
       <c r="N336" s="4">
         <v>0</v>
       </c>
       <c r="O336" s="4">
         <v>0</v>
       </c>
       <c r="P336" s="4">
-        <v>99.82</v>
+        <v>59.57</v>
       </c>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C337" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="F337" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H337" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I337" s="4">
-        <v>711</v>
+        <v>1066</v>
       </c>
       <c r="J337" s="4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K337" s="4">
         <v>0</v>
       </c>
       <c r="L337" s="4">
-        <v>711</v>
+        <v>1068</v>
       </c>
       <c r="M337" s="4">
-        <v>59.57</v>
+        <v>69.29</v>
       </c>
       <c r="N337" s="4">
         <v>0</v>
       </c>
       <c r="O337" s="4">
         <v>0</v>
       </c>
       <c r="P337" s="4">
-        <v>59.57</v>
+        <v>69.29</v>
       </c>
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C338" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G338" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H338" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I338" s="4">
-        <v>1066</v>
+        <v>2525</v>
       </c>
       <c r="J338" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K338" s="4">
-        <v>0</v>
+        <v>1440</v>
       </c>
       <c r="L338" s="4">
-        <v>1068</v>
+        <v>1085</v>
       </c>
       <c r="M338" s="4">
-        <v>69.29</v>
+        <v>198.98</v>
       </c>
       <c r="N338" s="4">
         <v>0</v>
       </c>
       <c r="O338" s="4">
         <v>0</v>
       </c>
       <c r="P338" s="4">
-        <v>69.29</v>
+        <v>198.98</v>
       </c>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C339" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="F339" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H339" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I339" s="4">
-        <v>2525</v>
+        <v>1306</v>
       </c>
       <c r="J339" s="4">
         <v>0</v>
       </c>
       <c r="K339" s="4">
-        <v>1440</v>
+        <v>270</v>
       </c>
       <c r="L339" s="4">
-        <v>1085</v>
+        <v>1036</v>
       </c>
       <c r="M339" s="4">
-        <v>198.98</v>
+        <v>87.47</v>
       </c>
       <c r="N339" s="4">
         <v>0</v>
       </c>
       <c r="O339" s="4">
         <v>0</v>
       </c>
       <c r="P339" s="4">
-        <v>198.98</v>
+        <v>87.47</v>
       </c>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C340" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="F340" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H340" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I340" s="4">
-        <v>1306</v>
+        <v>1390</v>
       </c>
       <c r="J340" s="4">
         <v>0</v>
       </c>
       <c r="K340" s="4">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="L340" s="4">
-        <v>1036</v>
+        <v>1390</v>
       </c>
       <c r="M340" s="4">
-        <v>87.47</v>
+        <v>97.68</v>
       </c>
       <c r="N340" s="4">
         <v>0</v>
       </c>
       <c r="O340" s="4">
         <v>0</v>
       </c>
       <c r="P340" s="4">
-        <v>87.47</v>
+        <v>97.68</v>
       </c>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C341" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="F341" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H341" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I341" s="4">
-        <v>1390</v>
+        <v>1417</v>
       </c>
       <c r="J341" s="4">
         <v>0</v>
       </c>
       <c r="K341" s="4">
         <v>0</v>
       </c>
       <c r="L341" s="4">
-        <v>1390</v>
+        <v>1417</v>
       </c>
       <c r="M341" s="4">
-        <v>97.68</v>
+        <v>92.43</v>
       </c>
       <c r="N341" s="4">
         <v>0</v>
       </c>
       <c r="O341" s="4">
         <v>0</v>
       </c>
       <c r="P341" s="4">
-        <v>97.68</v>
+        <v>92.43</v>
       </c>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C342" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="F342" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H342" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I342" s="4">
-        <v>1417</v>
+        <v>1333</v>
       </c>
       <c r="J342" s="4">
-        <v>0</v>
+        <v>152</v>
       </c>
       <c r="K342" s="4">
         <v>0</v>
       </c>
       <c r="L342" s="4">
-        <v>1417</v>
+        <v>1485</v>
       </c>
       <c r="M342" s="4">
-        <v>92.43</v>
+        <v>95.59</v>
       </c>
       <c r="N342" s="4">
         <v>0</v>
       </c>
       <c r="O342" s="4">
         <v>0</v>
       </c>
       <c r="P342" s="4">
-        <v>92.43</v>
+        <v>95.59</v>
       </c>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C343" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="F343" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H343" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I343" s="4">
-        <v>1333</v>
+        <v>1900</v>
       </c>
       <c r="J343" s="4">
-        <v>152</v>
+        <v>0</v>
       </c>
       <c r="K343" s="4">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="L343" s="4">
-        <v>1485</v>
+        <v>1807</v>
       </c>
       <c r="M343" s="4">
-        <v>95.59</v>
+        <v>130.03</v>
       </c>
       <c r="N343" s="4">
         <v>0</v>
       </c>
       <c r="O343" s="4">
         <v>0</v>
       </c>
       <c r="P343" s="4">
-        <v>95.59</v>
+        <v>130.03</v>
       </c>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C344" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="F344" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H344" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I344" s="4">
-        <v>1900</v>
+        <v>1431</v>
       </c>
       <c r="J344" s="4">
-        <v>0</v>
+        <v>907</v>
       </c>
       <c r="K344" s="4">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="L344" s="4">
-        <v>1807</v>
+        <v>2338</v>
       </c>
       <c r="M344" s="4">
-        <v>130.03</v>
+        <v>93.01</v>
       </c>
       <c r="N344" s="4">
         <v>0</v>
       </c>
       <c r="O344" s="4">
         <v>0</v>
       </c>
       <c r="P344" s="4">
-        <v>130.03</v>
+        <v>93.01</v>
       </c>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C345" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="F345" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H345" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I345" s="4">
-        <v>1431</v>
+        <v>679</v>
       </c>
       <c r="J345" s="4">
-        <v>907</v>
+        <v>0</v>
       </c>
       <c r="K345" s="4">
         <v>0</v>
       </c>
       <c r="L345" s="4">
-        <v>2338</v>
+        <v>679</v>
       </c>
       <c r="M345" s="4">
-        <v>93.01</v>
+        <v>44.13</v>
       </c>
       <c r="N345" s="4">
         <v>0</v>
       </c>
       <c r="O345" s="4">
         <v>0</v>
       </c>
       <c r="P345" s="4">
-        <v>93.01</v>
+        <v>44.13</v>
       </c>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C346" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="F346" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H346" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I346" s="4">
-        <v>679</v>
+        <v>2393</v>
       </c>
       <c r="J346" s="4">
         <v>0</v>
       </c>
       <c r="K346" s="4">
         <v>0</v>
       </c>
       <c r="L346" s="4">
-        <v>679</v>
+        <v>2393</v>
       </c>
       <c r="M346" s="4">
-        <v>44.13</v>
+        <v>164.51</v>
       </c>
       <c r="N346" s="4">
         <v>0</v>
       </c>
       <c r="O346" s="4">
         <v>0</v>
       </c>
       <c r="P346" s="4">
-        <v>44.13</v>
+        <v>164.51</v>
       </c>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C347" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="D347" s="3" t="s">
         <v>1039</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="F347" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G347" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H347" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I347" s="4">
-        <v>2393</v>
+        <v>1396</v>
       </c>
       <c r="J347" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K347" s="4">
         <v>0</v>
       </c>
       <c r="L347" s="4">
-        <v>2393</v>
+        <v>1397</v>
       </c>
       <c r="M347" s="4">
-        <v>164.51</v>
+        <v>97.98</v>
       </c>
       <c r="N347" s="4">
         <v>0</v>
       </c>
       <c r="O347" s="4">
         <v>0</v>
       </c>
       <c r="P347" s="4">
-        <v>164.51</v>
+        <v>97.98</v>
       </c>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C348" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>1042</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="F348" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G348" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H348" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I348" s="4">
-        <v>1396</v>
+        <v>2027</v>
       </c>
       <c r="J348" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K348" s="4">
         <v>0</v>
       </c>
       <c r="L348" s="4">
-        <v>1397</v>
+        <v>2027</v>
       </c>
       <c r="M348" s="4">
-        <v>97.98</v>
+        <v>139.9</v>
       </c>
       <c r="N348" s="4">
         <v>0</v>
       </c>
       <c r="O348" s="4">
         <v>0</v>
       </c>
       <c r="P348" s="4">
-        <v>97.98</v>
+        <v>139.9</v>
       </c>
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C349" s="3" t="s">
         <v>1044</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="F349" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G349" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H349" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I349" s="4">
-        <v>2027</v>
+        <v>2765</v>
       </c>
       <c r="J349" s="4">
         <v>0</v>
       </c>
       <c r="K349" s="4">
-        <v>0</v>
+        <v>719</v>
       </c>
       <c r="L349" s="4">
-        <v>2027</v>
+        <v>2046</v>
       </c>
       <c r="M349" s="4">
-        <v>139.9</v>
+        <v>193.64</v>
       </c>
       <c r="N349" s="4">
         <v>0</v>
       </c>
       <c r="O349" s="4">
         <v>0</v>
       </c>
       <c r="P349" s="4">
-        <v>139.9</v>
+        <v>193.64</v>
       </c>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C350" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>1048</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H350" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I350" s="4">
-        <v>2765</v>
+        <v>1316</v>
       </c>
       <c r="J350" s="4">
         <v>0</v>
       </c>
       <c r="K350" s="4">
-        <v>719</v>
+        <v>100</v>
       </c>
       <c r="L350" s="4">
-        <v>2046</v>
+        <v>1216</v>
       </c>
       <c r="M350" s="4">
-        <v>193.64</v>
+        <v>377.53</v>
       </c>
       <c r="N350" s="4">
         <v>0</v>
       </c>
       <c r="O350" s="4">
         <v>0</v>
       </c>
       <c r="P350" s="4">
-        <v>193.64</v>
+        <v>377.53</v>
       </c>
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C351" s="3" t="s">
         <v>1050</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H351" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I351" s="4">
-        <v>1316</v>
+        <v>1727</v>
       </c>
       <c r="J351" s="4">
         <v>0</v>
       </c>
       <c r="K351" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L351" s="4">
-        <v>1216</v>
+        <v>1727</v>
       </c>
       <c r="M351" s="4">
-        <v>377.53</v>
+        <v>309.66</v>
       </c>
       <c r="N351" s="4">
         <v>0</v>
       </c>
       <c r="O351" s="4">
         <v>0</v>
       </c>
       <c r="P351" s="4">
-        <v>377.53</v>
+        <v>309.66</v>
       </c>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C352" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="D352" s="3" t="s">
         <v>1054</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="F352" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H352" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I352" s="4">
-        <v>1727</v>
+        <v>1615</v>
       </c>
       <c r="J352" s="4">
         <v>0</v>
       </c>
       <c r="K352" s="4">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="L352" s="4">
-        <v>1727</v>
+        <v>1496</v>
       </c>
       <c r="M352" s="4">
-        <v>309.66</v>
+        <v>92.02</v>
       </c>
       <c r="N352" s="4">
         <v>0</v>
       </c>
       <c r="O352" s="4">
         <v>0</v>
       </c>
       <c r="P352" s="4">
-        <v>309.66</v>
+        <v>92.02</v>
       </c>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C353" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>1058</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H353" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I353" s="4">
-        <v>1615</v>
+        <v>2277</v>
       </c>
       <c r="J353" s="4">
         <v>0</v>
       </c>
       <c r="K353" s="4">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="L353" s="4">
-        <v>1496</v>
+        <v>2277</v>
       </c>
       <c r="M353" s="4">
-        <v>92.02</v>
+        <v>1219.24</v>
       </c>
       <c r="N353" s="4">
         <v>0</v>
       </c>
       <c r="O353" s="4">
         <v>0</v>
       </c>
       <c r="P353" s="4">
-        <v>92.02</v>
+        <v>1219.24</v>
       </c>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C354" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H354" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I354" s="4">
-        <v>2277</v>
+        <v>1229</v>
       </c>
       <c r="J354" s="4">
         <v>0</v>
       </c>
       <c r="K354" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L354" s="4">
-        <v>2277</v>
+        <v>1129</v>
       </c>
       <c r="M354" s="4">
-        <v>1219.24</v>
+        <v>365.57</v>
       </c>
       <c r="N354" s="4">
         <v>0</v>
       </c>
       <c r="O354" s="4">
         <v>0</v>
       </c>
       <c r="P354" s="4">
-        <v>1219.24</v>
+        <v>365.57</v>
       </c>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C355" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>1063</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="F355" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H355" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I355" s="4">
-        <v>1229</v>
+        <v>1178</v>
       </c>
       <c r="J355" s="4">
         <v>0</v>
       </c>
       <c r="K355" s="4">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="L355" s="4">
-        <v>1129</v>
+        <v>578</v>
       </c>
       <c r="M355" s="4">
-        <v>365.57</v>
+        <v>922.45</v>
       </c>
       <c r="N355" s="4">
         <v>0</v>
       </c>
       <c r="O355" s="4">
         <v>0</v>
       </c>
       <c r="P355" s="4">
-        <v>365.57</v>
+        <v>922.45</v>
       </c>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C356" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="D356" s="3" t="s">
         <v>1066</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="F356" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G356" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H356" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I356" s="4">
-        <v>1178</v>
+        <v>5062</v>
       </c>
       <c r="J356" s="4">
         <v>0</v>
       </c>
       <c r="K356" s="4">
-        <v>600</v>
+        <v>350</v>
       </c>
       <c r="L356" s="4">
-        <v>578</v>
+        <v>4712</v>
       </c>
       <c r="M356" s="4">
-        <v>922.45</v>
+        <v>1244.2</v>
       </c>
       <c r="N356" s="4">
         <v>0</v>
       </c>
       <c r="O356" s="4">
         <v>0</v>
       </c>
       <c r="P356" s="4">
-        <v>922.45</v>
+        <v>1244.2</v>
       </c>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C357" s="3" t="s">
         <v>1068</v>
       </c>
       <c r="D357" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="F357" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H357" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I357" s="4">
-        <v>5062</v>
+        <v>145</v>
       </c>
       <c r="J357" s="4">
         <v>0</v>
       </c>
       <c r="K357" s="4">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="L357" s="4">
-        <v>4712</v>
+        <v>145</v>
       </c>
       <c r="M357" s="4">
-        <v>1244.2</v>
+        <v>449.15</v>
       </c>
       <c r="N357" s="4">
         <v>0</v>
       </c>
       <c r="O357" s="4">
         <v>0</v>
       </c>
       <c r="P357" s="4">
-        <v>1244.2</v>
+        <v>449.15</v>
       </c>
       <c r="Q357" s="1"/>
       <c r="R357" s="1"/>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C358" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="F358" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H358" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I358" s="4">
-        <v>145</v>
+        <v>783</v>
       </c>
       <c r="J358" s="4">
         <v>0</v>
       </c>
       <c r="K358" s="4">
         <v>0</v>
       </c>
       <c r="L358" s="4">
-        <v>145</v>
+        <v>783</v>
       </c>
       <c r="M358" s="4">
-        <v>449.15</v>
+        <v>375</v>
       </c>
       <c r="N358" s="4">
         <v>0</v>
       </c>
       <c r="O358" s="4">
         <v>0</v>
       </c>
       <c r="P358" s="4">
-        <v>449.15</v>
+        <v>375</v>
       </c>
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C359" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>1075</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>1076</v>
       </c>
       <c r="F359" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G359" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H359" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I359" s="4">
-        <v>783</v>
+        <v>3154</v>
       </c>
       <c r="J359" s="4">
         <v>0</v>
       </c>
       <c r="K359" s="4">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="L359" s="4">
-        <v>783</v>
+        <v>2804</v>
       </c>
       <c r="M359" s="4">
-        <v>375</v>
+        <v>607.13</v>
       </c>
       <c r="N359" s="4">
         <v>0</v>
       </c>
       <c r="O359" s="4">
         <v>0</v>
       </c>
       <c r="P359" s="4">
-        <v>375</v>
+        <v>607.13</v>
       </c>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C360" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>1078</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="F360" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G360" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H360" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I360" s="4">
-        <v>3154</v>
+        <v>1560</v>
       </c>
       <c r="J360" s="4">
         <v>0</v>
       </c>
       <c r="K360" s="4">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="L360" s="4">
-        <v>2804</v>
+        <v>1360</v>
       </c>
       <c r="M360" s="4">
-        <v>607.13</v>
+        <v>540.65</v>
       </c>
       <c r="N360" s="4">
         <v>0</v>
       </c>
       <c r="O360" s="4">
         <v>0</v>
       </c>
       <c r="P360" s="4">
-        <v>607.13</v>
+        <v>540.65</v>
       </c>
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C361" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>1082</v>
       </c>
       <c r="F361" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G361" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H361" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I361" s="4">
-        <v>1560</v>
+        <v>499</v>
       </c>
       <c r="J361" s="4">
         <v>0</v>
       </c>
       <c r="K361" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L361" s="4">
-        <v>1360</v>
+        <v>499</v>
       </c>
       <c r="M361" s="4">
-        <v>540.65</v>
+        <v>461.21</v>
       </c>
       <c r="N361" s="4">
         <v>0</v>
       </c>
       <c r="O361" s="4">
         <v>0</v>
       </c>
       <c r="P361" s="4">
-        <v>540.65</v>
+        <v>461.21</v>
       </c>
       <c r="Q361" s="1"/>
       <c r="R361" s="1"/>
       <c r="S361" s="1"/>
       <c r="T361" s="1"/>
       <c r="U361" s="1"/>
       <c r="V361" s="1"/>
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C362" s="3" t="s">
         <v>1083</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="F362" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G362" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H362" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I362" s="4">
-        <v>499</v>
+        <v>873</v>
       </c>
       <c r="J362" s="4">
         <v>0</v>
       </c>
       <c r="K362" s="4">
         <v>0</v>
       </c>
       <c r="L362" s="4">
-        <v>499</v>
+        <v>873</v>
       </c>
       <c r="M362" s="4">
-        <v>461.21</v>
+        <v>438.9</v>
       </c>
       <c r="N362" s="4">
         <v>0</v>
       </c>
       <c r="O362" s="4">
         <v>0</v>
       </c>
       <c r="P362" s="4">
-        <v>461.21</v>
+        <v>438.9</v>
       </c>
       <c r="Q362" s="1"/>
       <c r="R362" s="1"/>
       <c r="S362" s="1"/>
       <c r="T362" s="1"/>
       <c r="U362" s="1"/>
       <c r="V362" s="1"/>
       <c r="W362" s="1"/>
     </row>
     <row r="363" spans="1:23">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C363" s="3" t="s">
         <v>1086</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>1087</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="F363" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G363" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H363" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I363" s="4">
-        <v>873</v>
+        <v>4558</v>
       </c>
       <c r="J363" s="4">
         <v>0</v>
       </c>
       <c r="K363" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L363" s="4">
-        <v>873</v>
+        <v>4258</v>
       </c>
       <c r="M363" s="4">
-        <v>438.9</v>
+        <v>1290.69</v>
       </c>
       <c r="N363" s="4">
         <v>0</v>
       </c>
       <c r="O363" s="4">
         <v>0</v>
       </c>
       <c r="P363" s="4">
-        <v>438.9</v>
+        <v>1290.69</v>
       </c>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C364" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>1090</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="F364" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G364" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H364" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I364" s="4">
-        <v>4558</v>
+        <v>128</v>
       </c>
       <c r="J364" s="4">
         <v>0</v>
       </c>
       <c r="K364" s="4">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="L364" s="4">
-        <v>4258</v>
+        <v>128</v>
       </c>
       <c r="M364" s="4">
-        <v>1290.69</v>
+        <v>231.78</v>
       </c>
       <c r="N364" s="4">
         <v>0</v>
       </c>
       <c r="O364" s="4">
         <v>0</v>
       </c>
       <c r="P364" s="4">
-        <v>1290.69</v>
+        <v>231.78</v>
       </c>
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C365" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="D365" s="3" t="s">
         <v>1093</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="F365" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G365" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H365" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I365" s="4">
-        <v>128</v>
+        <v>4192</v>
       </c>
       <c r="J365" s="4">
         <v>0</v>
       </c>
       <c r="K365" s="4">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="L365" s="4">
-        <v>128</v>
+        <v>3792</v>
       </c>
       <c r="M365" s="4">
-        <v>231.78</v>
+        <v>807.83</v>
       </c>
       <c r="N365" s="4">
         <v>0</v>
       </c>
       <c r="O365" s="4">
         <v>0</v>
       </c>
       <c r="P365" s="4">
-        <v>231.78</v>
+        <v>807.83</v>
       </c>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C366" s="3" t="s">
         <v>1095</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>1097</v>
       </c>
       <c r="F366" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G366" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H366" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I366" s="4">
-        <v>4192</v>
+        <v>564</v>
       </c>
       <c r="J366" s="4">
         <v>0</v>
       </c>
       <c r="K366" s="4">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="L366" s="4">
-        <v>3792</v>
+        <v>564</v>
       </c>
       <c r="M366" s="4">
-        <v>807.83</v>
+        <v>303.04</v>
       </c>
       <c r="N366" s="4">
         <v>0</v>
       </c>
       <c r="O366" s="4">
         <v>0</v>
       </c>
       <c r="P366" s="4">
-        <v>807.83</v>
+        <v>303.04</v>
       </c>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
     </row>
     <row r="367" spans="1:23">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C367" s="3" t="s">
         <v>1098</v>
       </c>
       <c r="D367" s="3" t="s">
         <v>1099</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="F367" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H367" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I367" s="4">
-        <v>564</v>
+        <v>2260</v>
       </c>
       <c r="J367" s="4">
         <v>0</v>
       </c>
       <c r="K367" s="4">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="L367" s="4">
-        <v>564</v>
+        <v>2060</v>
       </c>
       <c r="M367" s="4">
-        <v>303.04</v>
+        <v>655.97</v>
       </c>
       <c r="N367" s="4">
         <v>0</v>
       </c>
       <c r="O367" s="4">
         <v>0</v>
       </c>
       <c r="P367" s="4">
-        <v>303.04</v>
+        <v>655.97</v>
       </c>
       <c r="Q367" s="1"/>
       <c r="R367" s="1"/>
       <c r="S367" s="1"/>
       <c r="T367" s="1"/>
       <c r="U367" s="1"/>
       <c r="V367" s="1"/>
       <c r="W367" s="1"/>
     </row>
     <row r="368" spans="1:23">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C368" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="D368" s="3" t="s">
         <v>1102</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>1103</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H368" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I368" s="4">
-        <v>2260</v>
+        <v>634</v>
       </c>
       <c r="J368" s="4">
         <v>0</v>
       </c>
       <c r="K368" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L368" s="4">
-        <v>2060</v>
+        <v>634</v>
       </c>
       <c r="M368" s="4">
-        <v>655.97</v>
+        <v>642.14</v>
       </c>
       <c r="N368" s="4">
         <v>0</v>
       </c>
       <c r="O368" s="4">
         <v>0</v>
       </c>
       <c r="P368" s="4">
-        <v>655.97</v>
+        <v>642.14</v>
       </c>
       <c r="Q368" s="1"/>
       <c r="R368" s="1"/>
       <c r="S368" s="1"/>
       <c r="T368" s="1"/>
       <c r="U368" s="1"/>
       <c r="V368" s="1"/>
       <c r="W368" s="1"/>
     </row>
     <row r="369" spans="1:23">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C369" s="3" t="s">
         <v>1104</v>
       </c>
       <c r="D369" s="3" t="s">
         <v>1105</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G369" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H369" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I369" s="4">
-        <v>634</v>
+        <v>5111</v>
       </c>
       <c r="J369" s="4">
         <v>0</v>
       </c>
       <c r="K369" s="4">
-        <v>0</v>
+        <v>167</v>
       </c>
       <c r="L369" s="4">
-        <v>634</v>
+        <v>4944</v>
       </c>
       <c r="M369" s="4">
-        <v>642.14</v>
+        <v>1321.26</v>
       </c>
       <c r="N369" s="4">
         <v>0</v>
       </c>
       <c r="O369" s="4">
         <v>0</v>
       </c>
       <c r="P369" s="4">
-        <v>642.14</v>
+        <v>1321.26</v>
       </c>
       <c r="Q369" s="1"/>
       <c r="R369" s="1"/>
       <c r="S369" s="1"/>
       <c r="T369" s="1"/>
       <c r="U369" s="1"/>
       <c r="V369" s="1"/>
       <c r="W369" s="1"/>
     </row>
     <row r="370" spans="1:23">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C370" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="D370" s="3" t="s">
         <v>1108</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>1109</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H370" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I370" s="4">
-        <v>5111</v>
+        <v>900</v>
       </c>
       <c r="J370" s="4">
-        <v>0</v>
+        <v>868</v>
       </c>
       <c r="K370" s="4">
-        <v>167</v>
+        <v>0</v>
       </c>
       <c r="L370" s="4">
-        <v>4944</v>
+        <v>1768</v>
       </c>
       <c r="M370" s="4">
-        <v>1321.26</v>
+        <v>91.82</v>
       </c>
       <c r="N370" s="4">
         <v>0</v>
       </c>
       <c r="O370" s="4">
         <v>0</v>
       </c>
       <c r="P370" s="4">
-        <v>1321.26</v>
+        <v>91.82</v>
       </c>
       <c r="Q370" s="1"/>
       <c r="R370" s="1"/>
       <c r="S370" s="1"/>
       <c r="T370" s="1"/>
       <c r="U370" s="1"/>
       <c r="V370" s="1"/>
       <c r="W370" s="1"/>
     </row>
     <row r="371" spans="1:23">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C371" s="3" t="s">
         <v>1110</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>1111</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="F371" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G371" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H371" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I371" s="4">
-        <v>900</v>
+        <v>1500</v>
       </c>
       <c r="J371" s="4">
-        <v>868</v>
+        <v>0</v>
       </c>
       <c r="K371" s="4">
         <v>0</v>
       </c>
       <c r="L371" s="4">
-        <v>1768</v>
+        <v>1500</v>
       </c>
       <c r="M371" s="4">
-        <v>91.82</v>
+        <v>100.07</v>
       </c>
       <c r="N371" s="4">
         <v>0</v>
       </c>
       <c r="O371" s="4">
         <v>0</v>
       </c>
       <c r="P371" s="4">
-        <v>91.82</v>
+        <v>100.07</v>
       </c>
       <c r="Q371" s="1"/>
       <c r="R371" s="1"/>
       <c r="S371" s="1"/>
       <c r="T371" s="1"/>
       <c r="U371" s="1"/>
       <c r="V371" s="1"/>
       <c r="W371" s="1"/>
     </row>
     <row r="372" spans="1:23">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C372" s="3" t="s">
         <v>1113</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>1114</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>1115</v>
       </c>
       <c r="F372" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H372" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I372" s="4">
-        <v>1500</v>
+        <v>3882</v>
       </c>
       <c r="J372" s="4">
         <v>0</v>
       </c>
       <c r="K372" s="4">
-        <v>0</v>
+        <v>2487</v>
       </c>
       <c r="L372" s="4">
-        <v>1500</v>
+        <v>1395</v>
       </c>
       <c r="M372" s="4">
-        <v>100.07</v>
+        <v>297.03</v>
       </c>
       <c r="N372" s="4">
         <v>0</v>
       </c>
       <c r="O372" s="4">
         <v>0</v>
       </c>
       <c r="P372" s="4">
-        <v>100.07</v>
+        <v>297.03</v>
       </c>
       <c r="Q372" s="1"/>
       <c r="R372" s="1"/>
       <c r="S372" s="1"/>
       <c r="T372" s="1"/>
       <c r="U372" s="1"/>
       <c r="V372" s="1"/>
       <c r="W372" s="1"/>
     </row>
     <row r="373" spans="1:23">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C373" s="3" t="s">
         <v>1116</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>1117</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>1118</v>
       </c>
       <c r="F373" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G373" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H373" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I373" s="4">
-        <v>3882</v>
+        <v>1559</v>
       </c>
       <c r="J373" s="4">
-        <v>0</v>
+        <v>135</v>
       </c>
       <c r="K373" s="4">
-        <v>2487</v>
+        <v>0</v>
       </c>
       <c r="L373" s="4">
-        <v>1395</v>
+        <v>1694</v>
       </c>
       <c r="M373" s="4">
-        <v>297.03</v>
+        <v>99.68</v>
       </c>
       <c r="N373" s="4">
         <v>0</v>
       </c>
       <c r="O373" s="4">
         <v>0</v>
       </c>
       <c r="P373" s="4">
-        <v>297.03</v>
+        <v>99.68</v>
       </c>
       <c r="Q373" s="1"/>
       <c r="R373" s="1"/>
       <c r="S373" s="1"/>
       <c r="T373" s="1"/>
       <c r="U373" s="1"/>
       <c r="V373" s="1"/>
       <c r="W373" s="1"/>
     </row>
     <row r="374" spans="1:23">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C374" s="3" t="s">
         <v>1119</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>1120</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1121</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="G374" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H374" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I374" s="4">
-        <v>1559</v>
+        <v>976</v>
       </c>
       <c r="J374" s="4">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="K374" s="4">
         <v>0</v>
       </c>
       <c r="L374" s="4">
-        <v>1694</v>
+        <v>976</v>
       </c>
       <c r="M374" s="4">
-        <v>99.68</v>
+        <v>759.76</v>
       </c>
       <c r="N374" s="4">
         <v>0</v>
       </c>
       <c r="O374" s="4">
         <v>0</v>
       </c>
       <c r="P374" s="4">
-        <v>99.68</v>
+        <v>759.76</v>
       </c>
       <c r="Q374" s="1"/>
       <c r="R374" s="1"/>
       <c r="S374" s="1"/>
       <c r="T374" s="1"/>
       <c r="U374" s="1"/>
       <c r="V374" s="1"/>
       <c r="W374" s="1"/>
     </row>
     <row r="375" spans="1:23">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C375" s="3" t="s">
         <v>1122</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>1123</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>1124</v>
       </c>
       <c r="F375" s="3" t="s">
         <v>138</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H375" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I375" s="4">
-        <v>976</v>
+        <v>564</v>
       </c>
       <c r="J375" s="4">
         <v>0</v>
       </c>
       <c r="K375" s="4">
         <v>0</v>
       </c>
       <c r="L375" s="4">
-        <v>976</v>
+        <v>564</v>
       </c>
       <c r="M375" s="4">
-        <v>759.76</v>
+        <v>602.01</v>
       </c>
       <c r="N375" s="4">
         <v>0</v>
       </c>
       <c r="O375" s="4">
         <v>0</v>
       </c>
       <c r="P375" s="4">
-        <v>759.76</v>
+        <v>602.01</v>
       </c>
       <c r="Q375" s="1"/>
       <c r="R375" s="1"/>
       <c r="S375" s="1"/>
       <c r="T375" s="1"/>
       <c r="U375" s="1"/>
       <c r="V375" s="1"/>
       <c r="W375" s="1"/>
     </row>
     <row r="376" spans="1:23">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C376" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D376" s="3" t="s">
         <v>1125</v>
       </c>
-      <c r="D376" s="3" t="s">
+      <c r="E376" s="3" t="s">
         <v>1126</v>
       </c>
-      <c r="E376" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F376" s="3" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H376" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I376" s="4">
-        <v>564</v>
+        <v>16596</v>
       </c>
       <c r="J376" s="4">
         <v>0</v>
       </c>
       <c r="K376" s="4">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="L376" s="4">
-        <v>564</v>
+        <v>15096</v>
       </c>
       <c r="M376" s="4">
-        <v>602.01</v>
+        <v>860.32</v>
       </c>
       <c r="N376" s="4">
         <v>0</v>
       </c>
       <c r="O376" s="4">
         <v>0</v>
       </c>
       <c r="P376" s="4">
-        <v>602.01</v>
+        <v>860.32</v>
       </c>
       <c r="Q376" s="1"/>
       <c r="R376" s="1"/>
       <c r="S376" s="1"/>
       <c r="T376" s="1"/>
       <c r="U376" s="1"/>
       <c r="V376" s="1"/>
       <c r="W376" s="1"/>
     </row>
     <row r="377" spans="1:23">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C377" s="3" t="s">
-        <v>160</v>
+        <v>1127</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G377" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H377" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I377" s="4">
-        <v>16596</v>
+        <v>0</v>
       </c>
       <c r="J377" s="4">
         <v>0</v>
       </c>
       <c r="K377" s="4">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="L377" s="4">
-        <v>15096</v>
+        <v>0</v>
       </c>
       <c r="M377" s="4">
-        <v>860.32</v>
+        <v>681.04</v>
       </c>
       <c r="N377" s="4">
         <v>0</v>
       </c>
       <c r="O377" s="4">
         <v>0</v>
       </c>
       <c r="P377" s="4">
-        <v>860.32</v>
+        <v>681.04</v>
       </c>
       <c r="Q377" s="1"/>
       <c r="R377" s="1"/>
       <c r="S377" s="1"/>
       <c r="T377" s="1"/>
       <c r="U377" s="1"/>
       <c r="V377" s="1"/>
       <c r="W377" s="1"/>
     </row>
     <row r="378" spans="1:23">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C378" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="D378" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>1132</v>
       </c>
       <c r="F378" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H378" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I378" s="4">
-        <v>0</v>
+        <v>3639</v>
       </c>
       <c r="J378" s="4">
         <v>0</v>
       </c>
       <c r="K378" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L378" s="4">
-        <v>0</v>
+        <v>3339</v>
       </c>
       <c r="M378" s="4">
-        <v>681.04</v>
+        <v>1151.22</v>
       </c>
       <c r="N378" s="4">
         <v>0</v>
       </c>
       <c r="O378" s="4">
         <v>0</v>
       </c>
       <c r="P378" s="4">
-        <v>681.04</v>
+        <v>1151.22</v>
       </c>
       <c r="Q378" s="1"/>
       <c r="R378" s="1"/>
       <c r="S378" s="1"/>
       <c r="T378" s="1"/>
       <c r="U378" s="1"/>
       <c r="V378" s="1"/>
       <c r="W378" s="1"/>
     </row>
     <row r="379" spans="1:23">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C379" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="D379" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="F379" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H379" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I379" s="4">
-        <v>3639</v>
+        <v>8977</v>
       </c>
       <c r="J379" s="4">
         <v>0</v>
       </c>
       <c r="K379" s="4">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="L379" s="4">
-        <v>3339</v>
+        <v>8477</v>
       </c>
       <c r="M379" s="4">
-        <v>1151.22</v>
+        <v>2742.81</v>
       </c>
       <c r="N379" s="4">
         <v>0</v>
       </c>
       <c r="O379" s="4">
         <v>0</v>
       </c>
       <c r="P379" s="4">
-        <v>1151.22</v>
+        <v>2742.81</v>
       </c>
       <c r="Q379" s="1"/>
       <c r="R379" s="1"/>
       <c r="S379" s="1"/>
       <c r="T379" s="1"/>
       <c r="U379" s="1"/>
       <c r="V379" s="1"/>
       <c r="W379" s="1"/>
     </row>
     <row r="380" spans="1:23">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C380" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="D380" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>1138</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G380" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H380" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I380" s="4">
-        <v>8977</v>
+        <v>1200</v>
       </c>
       <c r="J380" s="4">
         <v>0</v>
       </c>
       <c r="K380" s="4">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="L380" s="4">
-        <v>8477</v>
+        <v>1200</v>
       </c>
       <c r="M380" s="4">
-        <v>2742.81</v>
+        <v>80.66</v>
       </c>
       <c r="N380" s="4">
         <v>0</v>
       </c>
       <c r="O380" s="4">
         <v>0</v>
       </c>
       <c r="P380" s="4">
-        <v>2742.81</v>
+        <v>80.66</v>
       </c>
       <c r="Q380" s="1"/>
       <c r="R380" s="1"/>
       <c r="S380" s="1"/>
       <c r="T380" s="1"/>
       <c r="U380" s="1"/>
       <c r="V380" s="1"/>
       <c r="W380" s="1"/>
     </row>
     <row r="381" spans="1:23">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C381" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="D381" s="3" t="s">
         <v>1140</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G381" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H381" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I381" s="4">
-        <v>1200</v>
+        <v>2050</v>
       </c>
       <c r="J381" s="4">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="K381" s="4">
         <v>0</v>
       </c>
       <c r="L381" s="4">
-        <v>1200</v>
+        <v>2061</v>
       </c>
       <c r="M381" s="4">
-        <v>80.66</v>
+        <v>273.98</v>
       </c>
       <c r="N381" s="4">
         <v>0</v>
       </c>
       <c r="O381" s="4">
         <v>0</v>
       </c>
       <c r="P381" s="4">
-        <v>80.66</v>
+        <v>273.98</v>
       </c>
       <c r="Q381" s="1"/>
       <c r="R381" s="1"/>
       <c r="S381" s="1"/>
       <c r="T381" s="1"/>
       <c r="U381" s="1"/>
       <c r="V381" s="1"/>
       <c r="W381" s="1"/>
     </row>
     <row r="382" spans="1:23">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C382" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="D382" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>1144</v>
       </c>
       <c r="F382" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G382" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H382" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I382" s="4">
-        <v>2050</v>
+        <v>2254</v>
       </c>
       <c r="J382" s="4">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="K382" s="4">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="L382" s="4">
-        <v>2061</v>
+        <v>2004</v>
       </c>
       <c r="M382" s="4">
-        <v>273.98</v>
+        <v>459.65</v>
       </c>
       <c r="N382" s="4">
         <v>0</v>
       </c>
       <c r="O382" s="4">
         <v>0</v>
       </c>
       <c r="P382" s="4">
-        <v>273.98</v>
+        <v>459.65</v>
       </c>
       <c r="Q382" s="1"/>
       <c r="R382" s="1"/>
       <c r="S382" s="1"/>
       <c r="T382" s="1"/>
       <c r="U382" s="1"/>
       <c r="V382" s="1"/>
       <c r="W382" s="1"/>
     </row>
     <row r="383" spans="1:23">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C383" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="D383" s="3" t="s">
         <v>1146</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>1147</v>
       </c>
       <c r="F383" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G383" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H383" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I383" s="4">
-        <v>2254</v>
+        <v>2729</v>
       </c>
       <c r="J383" s="4">
         <v>0</v>
       </c>
       <c r="K383" s="4">
         <v>250</v>
       </c>
       <c r="L383" s="4">
-        <v>2004</v>
+        <v>2479</v>
       </c>
       <c r="M383" s="4">
-        <v>459.65</v>
+        <v>439.11</v>
       </c>
       <c r="N383" s="4">
         <v>0</v>
       </c>
       <c r="O383" s="4">
         <v>0</v>
       </c>
       <c r="P383" s="4">
-        <v>459.65</v>
+        <v>439.11</v>
       </c>
       <c r="Q383" s="1"/>
       <c r="R383" s="1"/>
       <c r="S383" s="1"/>
       <c r="T383" s="1"/>
       <c r="U383" s="1"/>
       <c r="V383" s="1"/>
       <c r="W383" s="1"/>
     </row>
     <row r="384" spans="1:23">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C384" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F384" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G384" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H384" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I384" s="4">
-        <v>2729</v>
+        <v>1499</v>
       </c>
       <c r="J384" s="4">
         <v>0</v>
       </c>
       <c r="K384" s="4">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="L384" s="4">
-        <v>2479</v>
+        <v>1399</v>
       </c>
       <c r="M384" s="4">
-        <v>439.11</v>
+        <v>540.34</v>
       </c>
       <c r="N384" s="4">
         <v>0</v>
       </c>
       <c r="O384" s="4">
         <v>0</v>
       </c>
       <c r="P384" s="4">
-        <v>439.11</v>
+        <v>540.34</v>
       </c>
       <c r="Q384" s="1"/>
       <c r="R384" s="1"/>
       <c r="S384" s="1"/>
       <c r="T384" s="1"/>
       <c r="U384" s="1"/>
       <c r="V384" s="1"/>
       <c r="W384" s="1"/>
     </row>
     <row r="385" spans="1:23">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C385" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="D385" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>1153</v>
       </c>
       <c r="F385" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G385" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H385" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I385" s="4">
-        <v>1499</v>
+        <v>3558</v>
       </c>
       <c r="J385" s="4">
         <v>0</v>
       </c>
       <c r="K385" s="4">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="L385" s="4">
-        <v>1399</v>
+        <v>3158</v>
       </c>
       <c r="M385" s="4">
-        <v>540.34</v>
+        <v>1066.99</v>
       </c>
       <c r="N385" s="4">
         <v>0</v>
       </c>
       <c r="O385" s="4">
         <v>0</v>
       </c>
       <c r="P385" s="4">
-        <v>540.34</v>
+        <v>1066.99</v>
       </c>
       <c r="Q385" s="1"/>
       <c r="R385" s="1"/>
       <c r="S385" s="1"/>
       <c r="T385" s="1"/>
       <c r="U385" s="1"/>
       <c r="V385" s="1"/>
       <c r="W385" s="1"/>
     </row>
     <row r="386" spans="1:23">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C386" s="3" t="s">
         <v>1154</v>
       </c>
       <c r="D386" s="3" t="s">
         <v>1155</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>1156</v>
       </c>
       <c r="F386" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G386" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H386" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I386" s="4">
-        <v>3558</v>
+        <v>4361</v>
       </c>
       <c r="J386" s="4">
         <v>0</v>
       </c>
       <c r="K386" s="4">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="L386" s="4">
-        <v>3158</v>
+        <v>3561</v>
       </c>
       <c r="M386" s="4">
-        <v>1066.99</v>
+        <v>2249.01</v>
       </c>
       <c r="N386" s="4">
         <v>0</v>
       </c>
       <c r="O386" s="4">
         <v>0</v>
       </c>
       <c r="P386" s="4">
-        <v>1066.99</v>
+        <v>2249.01</v>
       </c>
       <c r="Q386" s="1"/>
       <c r="R386" s="1"/>
       <c r="S386" s="1"/>
       <c r="T386" s="1"/>
       <c r="U386" s="1"/>
       <c r="V386" s="1"/>
       <c r="W386" s="1"/>
     </row>
     <row r="387" spans="1:23">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C387" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="D387" s="3" t="s">
         <v>1158</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>1159</v>
       </c>
       <c r="F387" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G387" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H387" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I387" s="4">
-        <v>4361</v>
+        <v>3712</v>
       </c>
       <c r="J387" s="4">
         <v>0</v>
       </c>
       <c r="K387" s="4">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="L387" s="4">
-        <v>3561</v>
+        <v>3112</v>
       </c>
       <c r="M387" s="4">
-        <v>2249.01</v>
+        <v>722.76</v>
       </c>
       <c r="N387" s="4">
         <v>0</v>
       </c>
       <c r="O387" s="4">
         <v>0</v>
       </c>
       <c r="P387" s="4">
-        <v>2249.01</v>
+        <v>722.76</v>
       </c>
       <c r="Q387" s="1"/>
       <c r="R387" s="1"/>
       <c r="S387" s="1"/>
       <c r="T387" s="1"/>
       <c r="U387" s="1"/>
       <c r="V387" s="1"/>
       <c r="W387" s="1"/>
     </row>
     <row r="388" spans="1:23">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C388" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="D388" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>1162</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G388" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H388" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I388" s="4">
-        <v>3712</v>
+        <v>4266</v>
       </c>
       <c r="J388" s="4">
         <v>0</v>
       </c>
       <c r="K388" s="4">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="L388" s="4">
-        <v>3112</v>
+        <v>4266</v>
       </c>
       <c r="M388" s="4">
-        <v>722.76</v>
+        <v>1481.95</v>
       </c>
       <c r="N388" s="4">
         <v>0</v>
       </c>
       <c r="O388" s="4">
         <v>0</v>
       </c>
       <c r="P388" s="4">
-        <v>722.76</v>
+        <v>1481.95</v>
       </c>
       <c r="Q388" s="1"/>
       <c r="R388" s="1"/>
       <c r="S388" s="1"/>
       <c r="T388" s="1"/>
       <c r="U388" s="1"/>
       <c r="V388" s="1"/>
       <c r="W388" s="1"/>
     </row>
     <row r="389" spans="1:23">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C389" s="3" t="s">
         <v>1163</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>1164</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>1165</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G389" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H389" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I389" s="4">
-        <v>4266</v>
+        <v>2561</v>
       </c>
       <c r="J389" s="4">
         <v>0</v>
       </c>
       <c r="K389" s="4">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="L389" s="4">
-        <v>4266</v>
+        <v>2311</v>
       </c>
       <c r="M389" s="4">
-        <v>1481.95</v>
+        <v>801.07</v>
       </c>
       <c r="N389" s="4">
         <v>0</v>
       </c>
       <c r="O389" s="4">
         <v>0</v>
       </c>
       <c r="P389" s="4">
-        <v>1481.95</v>
+        <v>801.07</v>
       </c>
       <c r="Q389" s="1"/>
       <c r="R389" s="1"/>
       <c r="S389" s="1"/>
       <c r="T389" s="1"/>
       <c r="U389" s="1"/>
       <c r="V389" s="1"/>
       <c r="W389" s="1"/>
     </row>
     <row r="390" spans="1:23">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C390" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="E390" s="3" t="s">
         <v>1168</v>
       </c>
       <c r="F390" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H390" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I390" s="4">
-        <v>2561</v>
+        <v>2387</v>
       </c>
       <c r="J390" s="4">
         <v>0</v>
       </c>
       <c r="K390" s="4">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="L390" s="4">
-        <v>2311</v>
+        <v>2187</v>
       </c>
       <c r="M390" s="4">
-        <v>801.07</v>
+        <v>466.65</v>
       </c>
       <c r="N390" s="4">
         <v>0</v>
       </c>
       <c r="O390" s="4">
         <v>0</v>
       </c>
       <c r="P390" s="4">
-        <v>801.07</v>
+        <v>466.65</v>
       </c>
       <c r="Q390" s="1"/>
       <c r="R390" s="1"/>
       <c r="S390" s="1"/>
       <c r="T390" s="1"/>
       <c r="U390" s="1"/>
       <c r="V390" s="1"/>
       <c r="W390" s="1"/>
     </row>
     <row r="391" spans="1:23">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C391" s="3" t="s">
         <v>1169</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>1170</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H391" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I391" s="4">
-        <v>2387</v>
+        <v>1454</v>
       </c>
       <c r="J391" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K391" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L391" s="4">
-        <v>2187</v>
+        <v>1464</v>
       </c>
       <c r="M391" s="4">
-        <v>466.65</v>
+        <v>92.41</v>
       </c>
       <c r="N391" s="4">
         <v>0</v>
       </c>
       <c r="O391" s="4">
         <v>0</v>
       </c>
       <c r="P391" s="4">
-        <v>466.65</v>
+        <v>92.41</v>
       </c>
       <c r="Q391" s="1"/>
       <c r="R391" s="1"/>
       <c r="S391" s="1"/>
       <c r="T391" s="1"/>
       <c r="U391" s="1"/>
       <c r="V391" s="1"/>
       <c r="W391" s="1"/>
     </row>
     <row r="392" spans="1:23">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C392" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>1174</v>
       </c>
       <c r="F392" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H392" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I392" s="4">
-        <v>1454</v>
+        <v>1692</v>
       </c>
       <c r="J392" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K392" s="4">
-        <v>0</v>
+        <v>1507</v>
       </c>
       <c r="L392" s="4">
-        <v>1464</v>
+        <v>185</v>
       </c>
       <c r="M392" s="4">
-        <v>92.41</v>
+        <v>89.3</v>
       </c>
       <c r="N392" s="4">
         <v>0</v>
       </c>
       <c r="O392" s="4">
         <v>0</v>
       </c>
       <c r="P392" s="4">
-        <v>92.41</v>
+        <v>89.3</v>
       </c>
       <c r="Q392" s="1"/>
       <c r="R392" s="1"/>
       <c r="S392" s="1"/>
       <c r="T392" s="1"/>
       <c r="U392" s="1"/>
       <c r="V392" s="1"/>
       <c r="W392" s="1"/>
     </row>
     <row r="393" spans="1:23">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C393" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="D393" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>1177</v>
       </c>
       <c r="F393" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H393" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I393" s="4">
-        <v>1692</v>
+        <v>1235</v>
       </c>
       <c r="J393" s="4">
         <v>0</v>
       </c>
       <c r="K393" s="4">
-        <v>1507</v>
+        <v>110</v>
       </c>
       <c r="L393" s="4">
-        <v>185</v>
+        <v>1125</v>
       </c>
       <c r="M393" s="4">
-        <v>89.3</v>
+        <v>75.47</v>
       </c>
       <c r="N393" s="4">
         <v>0</v>
       </c>
       <c r="O393" s="4">
         <v>0</v>
       </c>
       <c r="P393" s="4">
-        <v>89.3</v>
+        <v>75.47</v>
       </c>
       <c r="Q393" s="1"/>
       <c r="R393" s="1"/>
       <c r="S393" s="1"/>
       <c r="T393" s="1"/>
       <c r="U393" s="1"/>
       <c r="V393" s="1"/>
       <c r="W393" s="1"/>
     </row>
     <row r="394" spans="1:23">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C394" s="3" t="s">
         <v>1178</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>1179</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>1180</v>
       </c>
       <c r="F394" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G394" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H394" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I394" s="4">
-        <v>1235</v>
+        <v>1446</v>
       </c>
       <c r="J394" s="4">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="K394" s="4">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="L394" s="4">
-        <v>1125</v>
+        <v>1452</v>
       </c>
       <c r="M394" s="4">
-        <v>75.47</v>
+        <v>93.98</v>
       </c>
       <c r="N394" s="4">
         <v>0</v>
       </c>
       <c r="O394" s="4">
         <v>0</v>
       </c>
       <c r="P394" s="4">
-        <v>75.47</v>
+        <v>93.98</v>
       </c>
       <c r="Q394" s="1"/>
       <c r="R394" s="1"/>
       <c r="S394" s="1"/>
       <c r="T394" s="1"/>
       <c r="U394" s="1"/>
       <c r="V394" s="1"/>
       <c r="W394" s="1"/>
     </row>
     <row r="395" spans="1:23">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C395" s="3" t="s">
         <v>1181</v>
       </c>
       <c r="D395" s="3" t="s">
         <v>1182</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>1183</v>
       </c>
       <c r="F395" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H395" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I395" s="4">
-        <v>1446</v>
+        <v>380</v>
       </c>
       <c r="J395" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="K395" s="4">
-        <v>0</v>
+        <v>275</v>
       </c>
       <c r="L395" s="4">
-        <v>1452</v>
+        <v>105</v>
       </c>
       <c r="M395" s="4">
-        <v>93.98</v>
+        <v>24.84</v>
       </c>
       <c r="N395" s="4">
         <v>0</v>
       </c>
       <c r="O395" s="4">
         <v>0</v>
       </c>
       <c r="P395" s="4">
-        <v>93.98</v>
+        <v>24.84</v>
       </c>
       <c r="Q395" s="1"/>
       <c r="R395" s="1"/>
       <c r="S395" s="1"/>
       <c r="T395" s="1"/>
       <c r="U395" s="1"/>
       <c r="V395" s="1"/>
       <c r="W395" s="1"/>
     </row>
     <row r="396" spans="1:23">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C396" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="D396" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="F396" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H396" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I396" s="4">
-        <v>380</v>
+        <v>987</v>
       </c>
       <c r="J396" s="4">
         <v>0</v>
       </c>
       <c r="K396" s="4">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="L396" s="4">
-        <v>105</v>
+        <v>987</v>
       </c>
       <c r="M396" s="4">
-        <v>24.84</v>
+        <v>64.05</v>
       </c>
       <c r="N396" s="4">
         <v>0</v>
       </c>
       <c r="O396" s="4">
         <v>0</v>
       </c>
       <c r="P396" s="4">
-        <v>24.84</v>
+        <v>64.05</v>
       </c>
       <c r="Q396" s="1"/>
       <c r="R396" s="1"/>
       <c r="S396" s="1"/>
       <c r="T396" s="1"/>
       <c r="U396" s="1"/>
       <c r="V396" s="1"/>
       <c r="W396" s="1"/>
     </row>
     <row r="397" spans="1:23">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C397" s="3" t="s">
         <v>1187</v>
       </c>
       <c r="D397" s="3" t="s">
         <v>1188</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>1189</v>
       </c>
       <c r="F397" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H397" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I397" s="4">
-        <v>987</v>
+        <v>2338</v>
       </c>
       <c r="J397" s="4">
         <v>0</v>
       </c>
       <c r="K397" s="4">
-        <v>0</v>
+        <v>2240</v>
       </c>
       <c r="L397" s="4">
-        <v>987</v>
+        <v>98</v>
       </c>
       <c r="M397" s="4">
-        <v>64.05</v>
+        <v>133.68</v>
       </c>
       <c r="N397" s="4">
         <v>0</v>
       </c>
       <c r="O397" s="4">
         <v>0</v>
       </c>
       <c r="P397" s="4">
-        <v>64.05</v>
+        <v>133.68</v>
       </c>
       <c r="Q397" s="1"/>
       <c r="R397" s="1"/>
       <c r="S397" s="1"/>
       <c r="T397" s="1"/>
       <c r="U397" s="1"/>
       <c r="V397" s="1"/>
       <c r="W397" s="1"/>
     </row>
     <row r="398" spans="1:23">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C398" s="3" t="s">
         <v>1190</v>
       </c>
       <c r="D398" s="3" t="s">
         <v>1191</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>1192</v>
       </c>
       <c r="F398" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G398" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H398" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I398" s="4">
-        <v>2338</v>
+        <v>700</v>
       </c>
       <c r="J398" s="4">
         <v>0</v>
       </c>
       <c r="K398" s="4">
-        <v>2240</v>
+        <v>0</v>
       </c>
       <c r="L398" s="4">
-        <v>98</v>
+        <v>700</v>
       </c>
       <c r="M398" s="4">
-        <v>133.68</v>
+        <v>47.8</v>
       </c>
       <c r="N398" s="4">
         <v>0</v>
       </c>
       <c r="O398" s="4">
         <v>0</v>
       </c>
       <c r="P398" s="4">
-        <v>133.68</v>
+        <v>47.8</v>
       </c>
       <c r="Q398" s="1"/>
       <c r="R398" s="1"/>
       <c r="S398" s="1"/>
       <c r="T398" s="1"/>
       <c r="U398" s="1"/>
       <c r="V398" s="1"/>
       <c r="W398" s="1"/>
     </row>
     <row r="399" spans="1:23">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C399" s="3" t="s">
         <v>1193</v>
       </c>
       <c r="D399" s="3" t="s">
         <v>1194</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>1195</v>
       </c>
       <c r="F399" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H399" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I399" s="4">
-        <v>700</v>
+        <v>2724</v>
       </c>
       <c r="J399" s="4">
         <v>0</v>
       </c>
       <c r="K399" s="4">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="L399" s="4">
-        <v>700</v>
+        <v>1624</v>
       </c>
       <c r="M399" s="4">
-        <v>47.8</v>
+        <v>419.92</v>
       </c>
       <c r="N399" s="4">
         <v>0</v>
       </c>
       <c r="O399" s="4">
         <v>0</v>
       </c>
       <c r="P399" s="4">
-        <v>47.8</v>
+        <v>419.92</v>
       </c>
       <c r="Q399" s="1"/>
       <c r="R399" s="1"/>
       <c r="S399" s="1"/>
       <c r="T399" s="1"/>
       <c r="U399" s="1"/>
       <c r="V399" s="1"/>
       <c r="W399" s="1"/>
     </row>
     <row r="400" spans="1:23">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C400" s="3" t="s">
         <v>1196</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>1197</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>1198</v>
       </c>
       <c r="F400" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G400" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H400" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I400" s="4">
-        <v>2724</v>
+        <v>3550</v>
       </c>
       <c r="J400" s="4">
         <v>0</v>
       </c>
       <c r="K400" s="4">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="L400" s="4">
-        <v>1624</v>
+        <v>3550</v>
       </c>
       <c r="M400" s="4">
-        <v>419.92</v>
+        <v>230.73</v>
       </c>
       <c r="N400" s="4">
         <v>0</v>
       </c>
       <c r="O400" s="4">
         <v>0</v>
       </c>
       <c r="P400" s="4">
-        <v>419.92</v>
+        <v>230.73</v>
       </c>
       <c r="Q400" s="1"/>
       <c r="R400" s="1"/>
       <c r="S400" s="1"/>
       <c r="T400" s="1"/>
       <c r="U400" s="1"/>
       <c r="V400" s="1"/>
       <c r="W400" s="1"/>
     </row>
     <row r="401" spans="1:23">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C401" s="3" t="s">
         <v>1199</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>1200</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="F401" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H401" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I401" s="4">
-        <v>3550</v>
+        <v>1008</v>
       </c>
       <c r="J401" s="4">
-        <v>0</v>
+        <v>423</v>
       </c>
       <c r="K401" s="4">
         <v>0</v>
       </c>
       <c r="L401" s="4">
-        <v>3550</v>
+        <v>1431</v>
       </c>
       <c r="M401" s="4">
-        <v>230.73</v>
+        <v>57.5</v>
       </c>
       <c r="N401" s="4">
         <v>0</v>
       </c>
       <c r="O401" s="4">
         <v>0</v>
       </c>
       <c r="P401" s="4">
-        <v>230.73</v>
+        <v>57.5</v>
       </c>
       <c r="Q401" s="1"/>
       <c r="R401" s="1"/>
       <c r="S401" s="1"/>
       <c r="T401" s="1"/>
       <c r="U401" s="1"/>
       <c r="V401" s="1"/>
       <c r="W401" s="1"/>
     </row>
     <row r="402" spans="1:23">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C402" s="3" t="s">
         <v>1202</v>
       </c>
       <c r="D402" s="3" t="s">
         <v>1203</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>1204</v>
       </c>
       <c r="F402" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H402" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I402" s="4">
-        <v>1008</v>
+        <v>1595</v>
       </c>
       <c r="J402" s="4">
-        <v>423</v>
+        <v>324</v>
       </c>
       <c r="K402" s="4">
         <v>0</v>
       </c>
       <c r="L402" s="4">
-        <v>1431</v>
+        <v>1919</v>
       </c>
       <c r="M402" s="4">
-        <v>57.5</v>
+        <v>99.94</v>
       </c>
       <c r="N402" s="4">
         <v>0</v>
       </c>
       <c r="O402" s="4">
         <v>0</v>
       </c>
       <c r="P402" s="4">
-        <v>57.5</v>
+        <v>99.94</v>
       </c>
       <c r="Q402" s="1"/>
       <c r="R402" s="1"/>
       <c r="S402" s="1"/>
       <c r="T402" s="1"/>
       <c r="U402" s="1"/>
       <c r="V402" s="1"/>
       <c r="W402" s="1"/>
     </row>
     <row r="403" spans="1:23">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C403" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D403" s="3" t="s">
         <v>1206</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="F403" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G403" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H403" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I403" s="4">
-        <v>1595</v>
+        <v>550</v>
       </c>
       <c r="J403" s="4">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="K403" s="4">
         <v>0</v>
       </c>
       <c r="L403" s="4">
-        <v>1919</v>
+        <v>550</v>
       </c>
       <c r="M403" s="4">
-        <v>99.94</v>
+        <v>60.85</v>
       </c>
       <c r="N403" s="4">
         <v>0</v>
       </c>
       <c r="O403" s="4">
         <v>0</v>
       </c>
       <c r="P403" s="4">
-        <v>99.94</v>
+        <v>60.85</v>
       </c>
       <c r="Q403" s="1"/>
       <c r="R403" s="1"/>
       <c r="S403" s="1"/>
       <c r="T403" s="1"/>
       <c r="U403" s="1"/>
       <c r="V403" s="1"/>
       <c r="W403" s="1"/>
     </row>
     <row r="404" spans="1:23">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C404" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="D404" s="3" t="s">
         <v>1209</v>
       </c>
       <c r="E404" s="3" t="s">
         <v>1210</v>
       </c>
       <c r="F404" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G404" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H404" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I404" s="4">
-        <v>550</v>
+        <v>1200</v>
       </c>
       <c r="J404" s="4">
         <v>0</v>
       </c>
       <c r="K404" s="4">
         <v>0</v>
       </c>
       <c r="L404" s="4">
-        <v>550</v>
+        <v>1200</v>
       </c>
       <c r="M404" s="4">
-        <v>60.85</v>
+        <v>80.66</v>
       </c>
       <c r="N404" s="4">
         <v>0</v>
       </c>
       <c r="O404" s="4">
         <v>0</v>
       </c>
       <c r="P404" s="4">
-        <v>60.85</v>
+        <v>80.66</v>
       </c>
       <c r="Q404" s="1"/>
       <c r="R404" s="1"/>
       <c r="S404" s="1"/>
       <c r="T404" s="1"/>
       <c r="U404" s="1"/>
       <c r="V404" s="1"/>
       <c r="W404" s="1"/>
     </row>
     <row r="405" spans="1:23">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C405" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>1212</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>1213</v>
       </c>
       <c r="F405" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G405" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H405" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I405" s="4">
-        <v>1200</v>
+        <v>2407</v>
       </c>
       <c r="J405" s="4">
         <v>0</v>
       </c>
       <c r="K405" s="4">
         <v>0</v>
       </c>
       <c r="L405" s="4">
-        <v>1200</v>
+        <v>2407</v>
       </c>
       <c r="M405" s="4">
-        <v>80.66</v>
+        <v>177.55</v>
       </c>
       <c r="N405" s="4">
         <v>0</v>
       </c>
       <c r="O405" s="4">
         <v>0</v>
       </c>
       <c r="P405" s="4">
-        <v>80.66</v>
+        <v>177.55</v>
       </c>
       <c r="Q405" s="1"/>
       <c r="R405" s="1"/>
       <c r="S405" s="1"/>
       <c r="T405" s="1"/>
       <c r="U405" s="1"/>
       <c r="V405" s="1"/>
       <c r="W405" s="1"/>
     </row>
     <row r="406" spans="1:23">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C406" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="D406" s="3" t="s">
         <v>1215</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="F406" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H406" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I406" s="4">
-        <v>2407</v>
+        <v>2213</v>
       </c>
       <c r="J406" s="4">
         <v>0</v>
       </c>
       <c r="K406" s="4">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L406" s="4">
-        <v>2407</v>
+        <v>1713</v>
       </c>
       <c r="M406" s="4">
-        <v>177.55</v>
+        <v>404.01</v>
       </c>
       <c r="N406" s="4">
         <v>0</v>
       </c>
       <c r="O406" s="4">
         <v>0</v>
       </c>
       <c r="P406" s="4">
-        <v>177.55</v>
+        <v>404.01</v>
       </c>
       <c r="Q406" s="1"/>
       <c r="R406" s="1"/>
       <c r="S406" s="1"/>
       <c r="T406" s="1"/>
       <c r="U406" s="1"/>
       <c r="V406" s="1"/>
       <c r="W406" s="1"/>
     </row>
     <row r="407" spans="1:23">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C407" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="D407" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="F407" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H407" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I407" s="4">
-        <v>2213</v>
+        <v>4537</v>
       </c>
       <c r="J407" s="4">
         <v>0</v>
       </c>
       <c r="K407" s="4">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="L407" s="4">
-        <v>1713</v>
+        <v>3737</v>
       </c>
       <c r="M407" s="4">
-        <v>404.01</v>
+        <v>603.79</v>
       </c>
       <c r="N407" s="4">
         <v>0</v>
       </c>
       <c r="O407" s="4">
         <v>0</v>
       </c>
       <c r="P407" s="4">
-        <v>404.01</v>
+        <v>603.79</v>
       </c>
       <c r="Q407" s="1"/>
       <c r="R407" s="1"/>
       <c r="S407" s="1"/>
       <c r="T407" s="1"/>
       <c r="U407" s="1"/>
       <c r="V407" s="1"/>
       <c r="W407" s="1"/>
     </row>
     <row r="408" spans="1:23">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C408" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="F408" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G408" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H408" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I408" s="4">
-        <v>4537</v>
+        <v>3439</v>
       </c>
       <c r="J408" s="4">
         <v>0</v>
       </c>
       <c r="K408" s="4">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="L408" s="4">
-        <v>3737</v>
+        <v>2839</v>
       </c>
       <c r="M408" s="4">
-        <v>603.79</v>
+        <v>455.09</v>
       </c>
       <c r="N408" s="4">
         <v>0</v>
       </c>
       <c r="O408" s="4">
         <v>0</v>
       </c>
       <c r="P408" s="4">
-        <v>603.79</v>
+        <v>455.09</v>
       </c>
       <c r="Q408" s="1"/>
       <c r="R408" s="1"/>
       <c r="S408" s="1"/>
       <c r="T408" s="1"/>
       <c r="U408" s="1"/>
       <c r="V408" s="1"/>
       <c r="W408" s="1"/>
     </row>
     <row r="409" spans="1:23">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C409" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G409" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H409" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I409" s="4">
-        <v>3439</v>
+        <v>8463</v>
       </c>
       <c r="J409" s="4">
         <v>0</v>
       </c>
       <c r="K409" s="4">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="L409" s="4">
-        <v>2839</v>
+        <v>8163</v>
       </c>
       <c r="M409" s="4">
-        <v>455.09</v>
+        <v>866.8</v>
       </c>
       <c r="N409" s="4">
         <v>0</v>
       </c>
       <c r="O409" s="4">
         <v>0</v>
       </c>
       <c r="P409" s="4">
-        <v>455.09</v>
+        <v>866.8</v>
       </c>
       <c r="Q409" s="1"/>
       <c r="R409" s="1"/>
       <c r="S409" s="1"/>
       <c r="T409" s="1"/>
       <c r="U409" s="1"/>
       <c r="V409" s="1"/>
       <c r="W409" s="1"/>
     </row>
     <row r="410" spans="1:23">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C410" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="D410" s="3" t="s">
         <v>1227</v>
       </c>
       <c r="E410" s="3" t="s">
         <v>1228</v>
       </c>
       <c r="F410" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G410" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H410" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I410" s="4">
-        <v>8463</v>
+        <v>5976</v>
       </c>
       <c r="J410" s="4">
         <v>0</v>
       </c>
       <c r="K410" s="4">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="L410" s="4">
-        <v>8163</v>
+        <v>5976</v>
       </c>
       <c r="M410" s="4">
-        <v>866.8</v>
+        <v>788.19</v>
       </c>
       <c r="N410" s="4">
         <v>0</v>
       </c>
       <c r="O410" s="4">
         <v>0</v>
       </c>
       <c r="P410" s="4">
-        <v>866.8</v>
+        <v>788.19</v>
       </c>
       <c r="Q410" s="1"/>
       <c r="R410" s="1"/>
       <c r="S410" s="1"/>
       <c r="T410" s="1"/>
       <c r="U410" s="1"/>
       <c r="V410" s="1"/>
       <c r="W410" s="1"/>
     </row>
     <row r="411" spans="1:23">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C411" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="D411" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="F411" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G411" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H411" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I411" s="4">
-        <v>5976</v>
+        <v>1254</v>
       </c>
       <c r="J411" s="4">
         <v>0</v>
       </c>
       <c r="K411" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L411" s="4">
-        <v>5976</v>
+        <v>1154</v>
       </c>
       <c r="M411" s="4">
-        <v>788.19</v>
+        <v>399.28</v>
       </c>
       <c r="N411" s="4">
         <v>0</v>
       </c>
       <c r="O411" s="4">
         <v>0</v>
       </c>
       <c r="P411" s="4">
-        <v>788.19</v>
+        <v>399.28</v>
       </c>
       <c r="Q411" s="1"/>
       <c r="R411" s="1"/>
       <c r="S411" s="1"/>
       <c r="T411" s="1"/>
       <c r="U411" s="1"/>
       <c r="V411" s="1"/>
       <c r="W411" s="1"/>
     </row>
     <row r="412" spans="1:23">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C412" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="D412" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="E412" s="3" t="s">
         <v>1234</v>
       </c>
       <c r="F412" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G412" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H412" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I412" s="4">
-        <v>1254</v>
+        <v>5060</v>
       </c>
       <c r="J412" s="4">
         <v>0</v>
       </c>
       <c r="K412" s="4">
-        <v>100</v>
+        <v>371</v>
       </c>
       <c r="L412" s="4">
-        <v>1154</v>
+        <v>4689</v>
       </c>
       <c r="M412" s="4">
-        <v>399.28</v>
+        <v>880.49</v>
       </c>
       <c r="N412" s="4">
         <v>0</v>
       </c>
       <c r="O412" s="4">
         <v>0</v>
       </c>
       <c r="P412" s="4">
-        <v>399.28</v>
+        <v>880.49</v>
       </c>
       <c r="Q412" s="1"/>
       <c r="R412" s="1"/>
       <c r="S412" s="1"/>
       <c r="T412" s="1"/>
       <c r="U412" s="1"/>
       <c r="V412" s="1"/>
       <c r="W412" s="1"/>
     </row>
     <row r="413" spans="1:23">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C413" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="D413" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="E413" s="3" t="s">
         <v>1237</v>
       </c>
       <c r="F413" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G413" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H413" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I413" s="4">
-        <v>5060</v>
+        <v>2129</v>
       </c>
       <c r="J413" s="4">
         <v>0</v>
       </c>
       <c r="K413" s="4">
-        <v>371</v>
+        <v>200</v>
       </c>
       <c r="L413" s="4">
-        <v>4689</v>
+        <v>1929</v>
       </c>
       <c r="M413" s="4">
-        <v>880.49</v>
+        <v>666.15</v>
       </c>
       <c r="N413" s="4">
         <v>0</v>
       </c>
       <c r="O413" s="4">
         <v>0</v>
       </c>
       <c r="P413" s="4">
-        <v>880.49</v>
+        <v>666.15</v>
       </c>
       <c r="Q413" s="1"/>
       <c r="R413" s="1"/>
       <c r="S413" s="1"/>
       <c r="T413" s="1"/>
       <c r="U413" s="1"/>
       <c r="V413" s="1"/>
       <c r="W413" s="1"/>
     </row>
     <row r="414" spans="1:23">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C414" s="3" t="s">
         <v>1238</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>1239</v>
       </c>
       <c r="E414" s="3" t="s">
         <v>1240</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H414" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I414" s="4">
-        <v>2129</v>
+        <v>896</v>
       </c>
       <c r="J414" s="4">
         <v>0</v>
       </c>
       <c r="K414" s="4">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="L414" s="4">
-        <v>1929</v>
+        <v>396</v>
       </c>
       <c r="M414" s="4">
-        <v>666.15</v>
+        <v>158.22</v>
       </c>
       <c r="N414" s="4">
         <v>0</v>
       </c>
       <c r="O414" s="4">
         <v>0</v>
       </c>
       <c r="P414" s="4">
-        <v>666.15</v>
+        <v>158.22</v>
       </c>
       <c r="Q414" s="1"/>
       <c r="R414" s="1"/>
       <c r="S414" s="1"/>
       <c r="T414" s="1"/>
       <c r="U414" s="1"/>
       <c r="V414" s="1"/>
       <c r="W414" s="1"/>
     </row>
     <row r="415" spans="1:23">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C415" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="D415" s="3" t="s">
         <v>1242</v>
       </c>
       <c r="E415" s="3" t="s">
         <v>1243</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H415" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I415" s="4">
-        <v>896</v>
+        <v>192</v>
       </c>
       <c r="J415" s="4">
         <v>0</v>
       </c>
       <c r="K415" s="4">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="L415" s="4">
-        <v>396</v>
+        <v>192</v>
       </c>
       <c r="M415" s="4">
-        <v>158.22</v>
+        <v>497.76</v>
       </c>
       <c r="N415" s="4">
         <v>0</v>
       </c>
       <c r="O415" s="4">
         <v>0</v>
       </c>
       <c r="P415" s="4">
-        <v>158.22</v>
+        <v>497.76</v>
       </c>
       <c r="Q415" s="1"/>
       <c r="R415" s="1"/>
       <c r="S415" s="1"/>
       <c r="T415" s="1"/>
       <c r="U415" s="1"/>
       <c r="V415" s="1"/>
       <c r="W415" s="1"/>
     </row>
     <row r="416" spans="1:23">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C416" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="D416" s="3" t="s">
         <v>1245</v>
       </c>
       <c r="E416" s="3" t="s">
         <v>1246</v>
       </c>
       <c r="F416" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H416" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I416" s="4">
-        <v>192</v>
+        <v>1210</v>
       </c>
       <c r="J416" s="4">
         <v>0</v>
       </c>
       <c r="K416" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L416" s="4">
-        <v>192</v>
+        <v>910</v>
       </c>
       <c r="M416" s="4">
-        <v>497.76</v>
+        <v>772.26</v>
       </c>
       <c r="N416" s="4">
         <v>0</v>
       </c>
       <c r="O416" s="4">
         <v>0</v>
       </c>
       <c r="P416" s="4">
-        <v>497.76</v>
+        <v>772.26</v>
       </c>
       <c r="Q416" s="1"/>
       <c r="R416" s="1"/>
       <c r="S416" s="1"/>
       <c r="T416" s="1"/>
       <c r="U416" s="1"/>
       <c r="V416" s="1"/>
       <c r="W416" s="1"/>
     </row>
     <row r="417" spans="1:23">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C417" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="D417" s="3" t="s">
         <v>1248</v>
       </c>
       <c r="E417" s="3" t="s">
         <v>1249</v>
       </c>
       <c r="F417" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H417" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I417" s="4">
-        <v>1210</v>
+        <v>1127</v>
       </c>
       <c r="J417" s="4">
         <v>0</v>
       </c>
       <c r="K417" s="4">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="L417" s="4">
-        <v>910</v>
+        <v>1127</v>
       </c>
       <c r="M417" s="4">
-        <v>772.26</v>
+        <v>610.62</v>
       </c>
       <c r="N417" s="4">
         <v>0</v>
       </c>
       <c r="O417" s="4">
         <v>0</v>
       </c>
       <c r="P417" s="4">
-        <v>772.26</v>
+        <v>610.62</v>
       </c>
       <c r="Q417" s="1"/>
       <c r="R417" s="1"/>
       <c r="S417" s="1"/>
       <c r="T417" s="1"/>
       <c r="U417" s="1"/>
       <c r="V417" s="1"/>
       <c r="W417" s="1"/>
     </row>
     <row r="418" spans="1:23">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C418" s="3" t="s">
         <v>1250</v>
       </c>
       <c r="D418" s="3" t="s">
         <v>1251</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>1252</v>
       </c>
       <c r="F418" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H418" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I418" s="4">
-        <v>1127</v>
+        <v>1224</v>
       </c>
       <c r="J418" s="4">
         <v>0</v>
       </c>
       <c r="K418" s="4">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="L418" s="4">
-        <v>1127</v>
+        <v>624</v>
       </c>
       <c r="M418" s="4">
-        <v>610.62</v>
+        <v>745.57</v>
       </c>
       <c r="N418" s="4">
         <v>0</v>
       </c>
       <c r="O418" s="4">
         <v>0</v>
       </c>
       <c r="P418" s="4">
-        <v>610.62</v>
+        <v>745.57</v>
       </c>
       <c r="Q418" s="1"/>
       <c r="R418" s="1"/>
       <c r="S418" s="1"/>
       <c r="T418" s="1"/>
       <c r="U418" s="1"/>
       <c r="V418" s="1"/>
       <c r="W418" s="1"/>
     </row>
     <row r="419" spans="1:23">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C419" s="3" t="s">
         <v>1253</v>
       </c>
       <c r="D419" s="3" t="s">
         <v>1254</v>
       </c>
       <c r="E419" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="F419" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H419" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I419" s="4">
-        <v>1224</v>
+        <v>1718</v>
       </c>
       <c r="J419" s="4">
         <v>0</v>
       </c>
       <c r="K419" s="4">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="L419" s="4">
-        <v>624</v>
+        <v>1568</v>
       </c>
       <c r="M419" s="4">
-        <v>745.57</v>
+        <v>393.65</v>
       </c>
       <c r="N419" s="4">
         <v>0</v>
       </c>
       <c r="O419" s="4">
         <v>0</v>
       </c>
       <c r="P419" s="4">
-        <v>745.57</v>
+        <v>393.65</v>
       </c>
       <c r="Q419" s="1"/>
       <c r="R419" s="1"/>
       <c r="S419" s="1"/>
       <c r="T419" s="1"/>
       <c r="U419" s="1"/>
       <c r="V419" s="1"/>
       <c r="W419" s="1"/>
     </row>
     <row r="420" spans="1:23">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C420" s="3" t="s">
         <v>1256</v>
       </c>
       <c r="D420" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="F420" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G420" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H420" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I420" s="4">
-        <v>1718</v>
+        <v>3371</v>
       </c>
       <c r="J420" s="4">
         <v>0</v>
       </c>
       <c r="K420" s="4">
-        <v>150</v>
+        <v>950</v>
       </c>
       <c r="L420" s="4">
-        <v>1568</v>
+        <v>2421</v>
       </c>
       <c r="M420" s="4">
-        <v>393.65</v>
+        <v>850.12</v>
       </c>
       <c r="N420" s="4">
         <v>0</v>
       </c>
       <c r="O420" s="4">
         <v>0</v>
       </c>
       <c r="P420" s="4">
-        <v>393.65</v>
+        <v>850.12</v>
       </c>
       <c r="Q420" s="1"/>
       <c r="R420" s="1"/>
       <c r="S420" s="1"/>
       <c r="T420" s="1"/>
       <c r="U420" s="1"/>
       <c r="V420" s="1"/>
       <c r="W420" s="1"/>
     </row>
     <row r="421" spans="1:23">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C421" s="3" t="s">
         <v>1259</v>
       </c>
       <c r="D421" s="3" t="s">
         <v>1260</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>1261</v>
       </c>
       <c r="F421" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G421" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H421" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I421" s="4">
-        <v>3371</v>
+        <v>6025</v>
       </c>
       <c r="J421" s="4">
         <v>0</v>
       </c>
       <c r="K421" s="4">
-        <v>950</v>
+        <v>300</v>
       </c>
       <c r="L421" s="4">
-        <v>2421</v>
+        <v>5725</v>
       </c>
       <c r="M421" s="4">
-        <v>850.12</v>
+        <v>934.91</v>
       </c>
       <c r="N421" s="4">
         <v>0</v>
       </c>
       <c r="O421" s="4">
         <v>0</v>
       </c>
       <c r="P421" s="4">
-        <v>850.12</v>
+        <v>934.91</v>
       </c>
       <c r="Q421" s="1"/>
       <c r="R421" s="1"/>
       <c r="S421" s="1"/>
       <c r="T421" s="1"/>
       <c r="U421" s="1"/>
       <c r="V421" s="1"/>
       <c r="W421" s="1"/>
     </row>
     <row r="422" spans="1:23">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C422" s="3" t="s">
         <v>1262</v>
       </c>
       <c r="D422" s="3" t="s">
         <v>1263</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>1264</v>
       </c>
       <c r="F422" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G422" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H422" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I422" s="4">
-        <v>6025</v>
+        <v>1891</v>
       </c>
       <c r="J422" s="4">
         <v>0</v>
       </c>
       <c r="K422" s="4">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="L422" s="4">
-        <v>5725</v>
+        <v>1741</v>
       </c>
       <c r="M422" s="4">
-        <v>934.91</v>
+        <v>505.56</v>
       </c>
       <c r="N422" s="4">
         <v>0</v>
       </c>
       <c r="O422" s="4">
         <v>0</v>
       </c>
       <c r="P422" s="4">
-        <v>934.91</v>
+        <v>505.56</v>
       </c>
       <c r="Q422" s="1"/>
       <c r="R422" s="1"/>
       <c r="S422" s="1"/>
       <c r="T422" s="1"/>
       <c r="U422" s="1"/>
       <c r="V422" s="1"/>
       <c r="W422" s="1"/>
     </row>
     <row r="423" spans="1:23">
       <c r="A423" s="3">
         <v>421</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C423" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="D423" s="3" t="s">
         <v>1266</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>1267</v>
       </c>
       <c r="F423" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G423" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H423" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I423" s="4">
-        <v>1891</v>
+        <v>1065</v>
       </c>
       <c r="J423" s="4">
         <v>0</v>
       </c>
       <c r="K423" s="4">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L423" s="4">
-        <v>1741</v>
+        <v>965</v>
       </c>
       <c r="M423" s="4">
-        <v>505.56</v>
+        <v>315</v>
       </c>
       <c r="N423" s="4">
         <v>0</v>
       </c>
       <c r="O423" s="4">
         <v>0</v>
       </c>
       <c r="P423" s="4">
-        <v>505.56</v>
+        <v>315</v>
       </c>
       <c r="Q423" s="1"/>
       <c r="R423" s="1"/>
       <c r="S423" s="1"/>
       <c r="T423" s="1"/>
       <c r="U423" s="1"/>
       <c r="V423" s="1"/>
       <c r="W423" s="1"/>
     </row>
     <row r="424" spans="1:23">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C424" s="3" t="s">
         <v>1268</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>1269</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="F424" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G424" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H424" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I424" s="4">
-        <v>1065</v>
+        <v>938</v>
       </c>
       <c r="J424" s="4">
         <v>0</v>
       </c>
       <c r="K424" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L424" s="4">
-        <v>965</v>
+        <v>938</v>
       </c>
       <c r="M424" s="4">
-        <v>315</v>
+        <v>433.45</v>
       </c>
       <c r="N424" s="4">
         <v>0</v>
       </c>
       <c r="O424" s="4">
         <v>0</v>
       </c>
       <c r="P424" s="4">
-        <v>315</v>
+        <v>433.45</v>
       </c>
       <c r="Q424" s="1"/>
       <c r="R424" s="1"/>
       <c r="S424" s="1"/>
       <c r="T424" s="1"/>
       <c r="U424" s="1"/>
       <c r="V424" s="1"/>
       <c r="W424" s="1"/>
     </row>
     <row r="425" spans="1:23">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C425" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D425" s="3" t="s">
         <v>1271</v>
       </c>
-      <c r="D425" s="3" t="s">
+      <c r="E425" s="3" t="s">
         <v>1272</v>
       </c>
-      <c r="E425" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F425" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G425" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H425" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I425" s="4">
-        <v>938</v>
+        <v>13080</v>
       </c>
       <c r="J425" s="4">
         <v>0</v>
       </c>
       <c r="K425" s="4">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="L425" s="4">
-        <v>938</v>
+        <v>12180</v>
       </c>
       <c r="M425" s="4">
-        <v>433.45</v>
+        <v>678.06</v>
       </c>
       <c r="N425" s="4">
         <v>0</v>
       </c>
       <c r="O425" s="4">
         <v>0</v>
       </c>
       <c r="P425" s="4">
-        <v>433.45</v>
+        <v>678.06</v>
       </c>
       <c r="Q425" s="1"/>
       <c r="R425" s="1"/>
       <c r="S425" s="1"/>
       <c r="T425" s="1"/>
       <c r="U425" s="1"/>
       <c r="V425" s="1"/>
       <c r="W425" s="1"/>
     </row>
     <row r="426" spans="1:23">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C426" s="3" t="s">
-        <v>160</v>
+        <v>1273</v>
       </c>
       <c r="D426" s="3" t="s">
         <v>1274</v>
       </c>
       <c r="E426" s="3" t="s">
         <v>1275</v>
       </c>
       <c r="F426" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G426" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H426" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I426" s="4">
-        <v>13080</v>
+        <v>1880</v>
       </c>
       <c r="J426" s="4">
         <v>0</v>
       </c>
       <c r="K426" s="4">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="L426" s="4">
-        <v>12180</v>
+        <v>1880</v>
       </c>
       <c r="M426" s="4">
-        <v>678.06</v>
+        <v>144.14</v>
       </c>
       <c r="N426" s="4">
         <v>0</v>
       </c>
       <c r="O426" s="4">
         <v>0</v>
       </c>
       <c r="P426" s="4">
-        <v>678.06</v>
+        <v>144.14</v>
       </c>
       <c r="Q426" s="1"/>
       <c r="R426" s="1"/>
       <c r="S426" s="1"/>
       <c r="T426" s="1"/>
       <c r="U426" s="1"/>
       <c r="V426" s="1"/>
       <c r="W426" s="1"/>
     </row>
     <row r="427" spans="1:23">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C427" s="3" t="s">
         <v>1276</v>
       </c>
       <c r="D427" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="E427" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="G427" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H427" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I427" s="4">
-        <v>1880</v>
+        <v>1217</v>
       </c>
       <c r="J427" s="4">
         <v>0</v>
       </c>
       <c r="K427" s="4">
         <v>0</v>
       </c>
       <c r="L427" s="4">
-        <v>1880</v>
+        <v>1217</v>
       </c>
       <c r="M427" s="4">
-        <v>144.14</v>
+        <v>920.98</v>
       </c>
       <c r="N427" s="4">
         <v>0</v>
       </c>
       <c r="O427" s="4">
         <v>0</v>
       </c>
       <c r="P427" s="4">
-        <v>144.14</v>
+        <v>920.98</v>
       </c>
       <c r="Q427" s="1"/>
       <c r="R427" s="1"/>
       <c r="S427" s="1"/>
       <c r="T427" s="1"/>
       <c r="U427" s="1"/>
       <c r="V427" s="1"/>
       <c r="W427" s="1"/>
     </row>
     <row r="428" spans="1:23">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C428" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D428" s="3" t="s">
         <v>1279</v>
       </c>
-      <c r="D428" s="3" t="s">
+      <c r="E428" s="3" t="s">
         <v>1280</v>
       </c>
-      <c r="E428" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F428" s="3" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="G428" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H428" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I428" s="4">
-        <v>1217</v>
+        <v>12685</v>
       </c>
       <c r="J428" s="4">
         <v>0</v>
       </c>
       <c r="K428" s="4">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="L428" s="4">
-        <v>1217</v>
+        <v>12085</v>
       </c>
       <c r="M428" s="4">
-        <v>920.98</v>
+        <v>660.09</v>
       </c>
       <c r="N428" s="4">
         <v>0</v>
       </c>
       <c r="O428" s="4">
         <v>0</v>
       </c>
       <c r="P428" s="4">
-        <v>920.98</v>
+        <v>660.09</v>
       </c>
       <c r="Q428" s="1"/>
       <c r="R428" s="1"/>
       <c r="S428" s="1"/>
       <c r="T428" s="1"/>
       <c r="U428" s="1"/>
       <c r="V428" s="1"/>
       <c r="W428" s="1"/>
     </row>
     <row r="429" spans="1:23">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C429" s="3" t="s">
-        <v>166</v>
+        <v>1281</v>
       </c>
       <c r="D429" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="E429" s="3" t="s">
         <v>1283</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="G429" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H429" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I429" s="4">
-        <v>12685</v>
+        <v>958</v>
       </c>
       <c r="J429" s="4">
         <v>0</v>
       </c>
       <c r="K429" s="4">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="L429" s="4">
-        <v>12085</v>
+        <v>958</v>
       </c>
       <c r="M429" s="4">
-        <v>660.09</v>
+        <v>647.71</v>
       </c>
       <c r="N429" s="4">
         <v>0</v>
       </c>
       <c r="O429" s="4">
         <v>0</v>
       </c>
       <c r="P429" s="4">
-        <v>660.09</v>
+        <v>647.71</v>
       </c>
       <c r="Q429" s="1"/>
       <c r="R429" s="1"/>
       <c r="S429" s="1"/>
       <c r="T429" s="1"/>
       <c r="U429" s="1"/>
       <c r="V429" s="1"/>
       <c r="W429" s="1"/>
     </row>
     <row r="430" spans="1:23">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C430" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H430" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I430" s="4">
-        <v>958</v>
+        <v>1920</v>
       </c>
       <c r="J430" s="4">
-        <v>0</v>
+        <v>2464</v>
       </c>
       <c r="K430" s="4">
         <v>0</v>
       </c>
       <c r="L430" s="4">
-        <v>958</v>
+        <v>4384</v>
       </c>
       <c r="M430" s="4">
-        <v>647.71</v>
+        <v>808.59</v>
       </c>
       <c r="N430" s="4">
         <v>0</v>
       </c>
       <c r="O430" s="4">
         <v>0</v>
       </c>
       <c r="P430" s="4">
-        <v>647.71</v>
+        <v>808.59</v>
       </c>
       <c r="Q430" s="1"/>
       <c r="R430" s="1"/>
       <c r="S430" s="1"/>
       <c r="T430" s="1"/>
       <c r="U430" s="1"/>
       <c r="V430" s="1"/>
       <c r="W430" s="1"/>
     </row>
     <row r="431" spans="1:23">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C431" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="D431" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="E431" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="F431" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H431" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I431" s="4">
-        <v>1920</v>
+        <v>4479</v>
       </c>
       <c r="J431" s="4">
-        <v>2464</v>
+        <v>0</v>
       </c>
       <c r="K431" s="4">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L431" s="4">
-        <v>4384</v>
+        <v>3979</v>
       </c>
       <c r="M431" s="4">
-        <v>808.59</v>
+        <v>1446.05</v>
       </c>
       <c r="N431" s="4">
         <v>0</v>
       </c>
       <c r="O431" s="4">
         <v>0</v>
       </c>
       <c r="P431" s="4">
-        <v>808.59</v>
+        <v>1446.05</v>
       </c>
       <c r="Q431" s="1"/>
       <c r="R431" s="1"/>
       <c r="S431" s="1"/>
       <c r="T431" s="1"/>
       <c r="U431" s="1"/>
       <c r="V431" s="1"/>
       <c r="W431" s="1"/>
     </row>
     <row r="432" spans="1:23">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C432" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="D432" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>1292</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H432" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I432" s="4">
-        <v>4479</v>
+        <v>3786</v>
       </c>
       <c r="J432" s="4">
         <v>0</v>
       </c>
       <c r="K432" s="4">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="L432" s="4">
-        <v>3979</v>
+        <v>3786</v>
       </c>
       <c r="M432" s="4">
-        <v>1446.05</v>
+        <v>1224.19</v>
       </c>
       <c r="N432" s="4">
         <v>0</v>
       </c>
       <c r="O432" s="4">
         <v>0</v>
       </c>
       <c r="P432" s="4">
-        <v>1446.05</v>
+        <v>1224.19</v>
       </c>
       <c r="Q432" s="1"/>
       <c r="R432" s="1"/>
       <c r="S432" s="1"/>
       <c r="T432" s="1"/>
       <c r="U432" s="1"/>
       <c r="V432" s="1"/>
       <c r="W432" s="1"/>
     </row>
     <row r="433" spans="1:23">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C433" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="D433" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>1295</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H433" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I433" s="4">
-        <v>3786</v>
+        <v>0</v>
       </c>
       <c r="J433" s="4">
         <v>0</v>
       </c>
       <c r="K433" s="4">
         <v>0</v>
       </c>
       <c r="L433" s="4">
-        <v>3786</v>
+        <v>0</v>
       </c>
       <c r="M433" s="4">
-        <v>1224.19</v>
+        <v>811.68</v>
       </c>
       <c r="N433" s="4">
         <v>0</v>
       </c>
       <c r="O433" s="4">
         <v>0</v>
       </c>
       <c r="P433" s="4">
-        <v>1224.19</v>
+        <v>811.68</v>
       </c>
       <c r="Q433" s="1"/>
       <c r="R433" s="1"/>
       <c r="S433" s="1"/>
       <c r="T433" s="1"/>
       <c r="U433" s="1"/>
       <c r="V433" s="1"/>
       <c r="W433" s="1"/>
     </row>
     <row r="434" spans="1:23">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C434" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D434" s="3" t="s">
         <v>1296</v>
       </c>
-      <c r="D434" s="3" t="s">
+      <c r="E434" s="3" t="s">
         <v>1297</v>
       </c>
-      <c r="E434" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F434" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G434" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H434" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I434" s="4">
-        <v>0</v>
+        <v>20272</v>
       </c>
       <c r="J434" s="4">
         <v>0</v>
       </c>
       <c r="K434" s="4">
-        <v>0</v>
+        <v>1896</v>
       </c>
       <c r="L434" s="4">
-        <v>0</v>
+        <v>18376</v>
       </c>
       <c r="M434" s="4">
-        <v>811.68</v>
+        <v>1050.88</v>
       </c>
       <c r="N434" s="4">
         <v>0</v>
       </c>
       <c r="O434" s="4">
         <v>0</v>
       </c>
       <c r="P434" s="4">
-        <v>811.68</v>
+        <v>1050.88</v>
       </c>
       <c r="Q434" s="1"/>
       <c r="R434" s="1"/>
       <c r="S434" s="1"/>
       <c r="T434" s="1"/>
       <c r="U434" s="1"/>
       <c r="V434" s="1"/>
       <c r="W434" s="1"/>
     </row>
     <row r="435" spans="1:23">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C435" s="3" t="s">
-        <v>166</v>
+        <v>1298</v>
       </c>
       <c r="D435" s="3" t="s">
         <v>1299</v>
       </c>
       <c r="E435" s="3" t="s">
         <v>1300</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G435" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H435" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I435" s="4">
-        <v>20272</v>
+        <v>4667</v>
       </c>
       <c r="J435" s="4">
         <v>0</v>
       </c>
       <c r="K435" s="4">
-        <v>1896</v>
+        <v>1000</v>
       </c>
       <c r="L435" s="4">
-        <v>18376</v>
+        <v>3667</v>
       </c>
       <c r="M435" s="4">
-        <v>1050.88</v>
+        <v>1294.9</v>
       </c>
       <c r="N435" s="4">
         <v>0</v>
       </c>
       <c r="O435" s="4">
-        <v>0</v>
+        <v>8.5</v>
       </c>
       <c r="P435" s="4">
-        <v>1050.88</v>
+        <v>1286.4</v>
       </c>
       <c r="Q435" s="1"/>
       <c r="R435" s="1"/>
       <c r="S435" s="1"/>
       <c r="T435" s="1"/>
       <c r="U435" s="1"/>
       <c r="V435" s="1"/>
       <c r="W435" s="1"/>
     </row>
     <row r="436" spans="1:23">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C436" s="3" t="s">
         <v>1301</v>
       </c>
       <c r="D436" s="3" t="s">
         <v>1302</v>
       </c>
       <c r="E436" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F436" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G436" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H436" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I436" s="4">
-        <v>4667</v>
+        <v>4893</v>
       </c>
       <c r="J436" s="4">
         <v>0</v>
       </c>
       <c r="K436" s="4">
-        <v>1000</v>
+        <v>1300</v>
       </c>
       <c r="L436" s="4">
-        <v>3667</v>
+        <v>3593</v>
       </c>
       <c r="M436" s="4">
-        <v>1294.9</v>
+        <v>1300.14</v>
       </c>
       <c r="N436" s="4">
         <v>0</v>
       </c>
       <c r="O436" s="4">
-        <v>8.5</v>
+        <v>0</v>
       </c>
       <c r="P436" s="4">
-        <v>1286.4</v>
+        <v>1300.14</v>
       </c>
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
     </row>
     <row r="437" spans="1:23">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C437" s="3" t="s">
         <v>1304</v>
       </c>
       <c r="D437" s="3" t="s">
         <v>1305</v>
       </c>
       <c r="E437" s="3" t="s">
         <v>1306</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="G437" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H437" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I437" s="4">
-        <v>4893</v>
+        <v>1936</v>
       </c>
       <c r="J437" s="4">
         <v>0</v>
       </c>
       <c r="K437" s="4">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="L437" s="4">
-        <v>3593</v>
+        <v>1936</v>
       </c>
       <c r="M437" s="4">
-        <v>1300.14</v>
+        <v>1521.01</v>
       </c>
       <c r="N437" s="4">
         <v>0</v>
       </c>
       <c r="O437" s="4">
         <v>0</v>
       </c>
       <c r="P437" s="4">
-        <v>1300.14</v>
+        <v>1521.01</v>
       </c>
       <c r="Q437" s="1"/>
       <c r="R437" s="1"/>
       <c r="S437" s="1"/>
       <c r="T437" s="1"/>
       <c r="U437" s="1"/>
       <c r="V437" s="1"/>
       <c r="W437" s="1"/>
     </row>
     <row r="438" spans="1:23">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C438" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="D438" s="3" t="s">
         <v>1308</v>
       </c>
       <c r="E438" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="F438" s="3" t="s">
         <v>138</v>
       </c>
       <c r="G438" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H438" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I438" s="4">
-        <v>1936</v>
+        <v>1519</v>
       </c>
       <c r="J438" s="4">
         <v>0</v>
       </c>
       <c r="K438" s="4">
         <v>0</v>
       </c>
       <c r="L438" s="4">
-        <v>1936</v>
+        <v>1519</v>
       </c>
       <c r="M438" s="4">
-        <v>1521.01</v>
+        <v>1333.54</v>
       </c>
       <c r="N438" s="4">
         <v>0</v>
       </c>
       <c r="O438" s="4">
         <v>0</v>
       </c>
       <c r="P438" s="4">
-        <v>1521.01</v>
+        <v>1333.54</v>
       </c>
       <c r="Q438" s="1"/>
       <c r="R438" s="1"/>
       <c r="S438" s="1"/>
       <c r="T438" s="1"/>
       <c r="U438" s="1"/>
       <c r="V438" s="1"/>
       <c r="W438" s="1"/>
     </row>
     <row r="439" spans="1:23">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C439" s="3" t="s">
         <v>1310</v>
       </c>
       <c r="D439" s="3" t="s">
         <v>1311</v>
       </c>
       <c r="E439" s="3" t="s">
         <v>1312</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="G439" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H439" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I439" s="4">
-        <v>1519</v>
+        <v>3626</v>
       </c>
       <c r="J439" s="4">
         <v>0</v>
       </c>
       <c r="K439" s="4">
-        <v>0</v>
+        <v>1060</v>
       </c>
       <c r="L439" s="4">
-        <v>1519</v>
+        <v>2566</v>
       </c>
       <c r="M439" s="4">
-        <v>1333.54</v>
+        <v>1188.71</v>
       </c>
       <c r="N439" s="4">
         <v>0</v>
       </c>
       <c r="O439" s="4">
         <v>0</v>
       </c>
       <c r="P439" s="4">
-        <v>1333.54</v>
+        <v>1188.71</v>
       </c>
       <c r="Q439" s="1"/>
       <c r="R439" s="1"/>
       <c r="S439" s="1"/>
       <c r="T439" s="1"/>
       <c r="U439" s="1"/>
       <c r="V439" s="1"/>
       <c r="W439" s="1"/>
     </row>
     <row r="440" spans="1:23">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C440" s="3" t="s">
         <v>1313</v>
       </c>
       <c r="D440" s="3" t="s">
         <v>1314</v>
       </c>
       <c r="E440" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="F440" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G440" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H440" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I440" s="4">
-        <v>3626</v>
+        <v>3203</v>
       </c>
       <c r="J440" s="4">
         <v>0</v>
       </c>
       <c r="K440" s="4">
-        <v>1060</v>
+        <v>500</v>
       </c>
       <c r="L440" s="4">
-        <v>2566</v>
+        <v>2703</v>
       </c>
       <c r="M440" s="4">
-        <v>1188.71</v>
+        <v>1079.23</v>
       </c>
       <c r="N440" s="4">
         <v>0</v>
       </c>
       <c r="O440" s="4">
         <v>0</v>
       </c>
       <c r="P440" s="4">
-        <v>1188.71</v>
+        <v>1079.23</v>
       </c>
       <c r="Q440" s="1"/>
       <c r="R440" s="1"/>
       <c r="S440" s="1"/>
       <c r="T440" s="1"/>
       <c r="U440" s="1"/>
       <c r="V440" s="1"/>
       <c r="W440" s="1"/>
     </row>
     <row r="441" spans="1:23">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C441" s="3" t="s">
         <v>1316</v>
       </c>
       <c r="D441" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="E441" s="3" t="s">
         <v>1318</v>
       </c>
       <c r="F441" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G441" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H441" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I441" s="4">
-        <v>3203</v>
+        <v>1903</v>
       </c>
       <c r="J441" s="4">
         <v>0</v>
       </c>
       <c r="K441" s="4">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="L441" s="4">
-        <v>2703</v>
+        <v>1753</v>
       </c>
       <c r="M441" s="4">
-        <v>1079.23</v>
+        <v>882.07</v>
       </c>
       <c r="N441" s="4">
         <v>0</v>
       </c>
       <c r="O441" s="4">
         <v>0</v>
       </c>
       <c r="P441" s="4">
-        <v>1079.23</v>
+        <v>882.07</v>
       </c>
       <c r="Q441" s="1"/>
       <c r="R441" s="1"/>
       <c r="S441" s="1"/>
       <c r="T441" s="1"/>
       <c r="U441" s="1"/>
       <c r="V441" s="1"/>
       <c r="W441" s="1"/>
     </row>
     <row r="442" spans="1:23">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C442" s="3" t="s">
         <v>1319</v>
       </c>
       <c r="D442" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="F442" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G442" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H442" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I442" s="4">
-        <v>1903</v>
+        <v>3804</v>
       </c>
       <c r="J442" s="4">
         <v>0</v>
       </c>
       <c r="K442" s="4">
-        <v>150</v>
+        <v>800</v>
       </c>
       <c r="L442" s="4">
-        <v>1753</v>
+        <v>3004</v>
       </c>
       <c r="M442" s="4">
-        <v>882.07</v>
+        <v>753.37</v>
       </c>
       <c r="N442" s="4">
         <v>0</v>
       </c>
       <c r="O442" s="4">
         <v>0</v>
       </c>
       <c r="P442" s="4">
-        <v>882.07</v>
+        <v>753.37</v>
       </c>
       <c r="Q442" s="1"/>
       <c r="R442" s="1"/>
       <c r="S442" s="1"/>
       <c r="T442" s="1"/>
       <c r="U442" s="1"/>
       <c r="V442" s="1"/>
       <c r="W442" s="1"/>
     </row>
     <row r="443" spans="1:23">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C443" s="3" t="s">
         <v>1322</v>
       </c>
       <c r="D443" s="3" t="s">
         <v>1323</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>1324</v>
       </c>
       <c r="F443" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G443" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H443" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I443" s="4">
-        <v>3804</v>
+        <v>2541</v>
       </c>
       <c r="J443" s="4">
         <v>0</v>
       </c>
       <c r="K443" s="4">
-        <v>800</v>
+        <v>250</v>
       </c>
       <c r="L443" s="4">
-        <v>3004</v>
+        <v>2291</v>
       </c>
       <c r="M443" s="4">
-        <v>753.37</v>
+        <v>838.59</v>
       </c>
       <c r="N443" s="4">
         <v>0</v>
       </c>
       <c r="O443" s="4">
         <v>0</v>
       </c>
       <c r="P443" s="4">
-        <v>753.37</v>
+        <v>838.59</v>
       </c>
       <c r="Q443" s="1"/>
       <c r="R443" s="1"/>
       <c r="S443" s="1"/>
       <c r="T443" s="1"/>
       <c r="U443" s="1"/>
       <c r="V443" s="1"/>
       <c r="W443" s="1"/>
     </row>
     <row r="444" spans="1:23">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C444" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="D444" s="3" t="s">
         <v>1326</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>1327</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G444" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H444" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I444" s="4">
-        <v>2541</v>
+        <v>1400</v>
       </c>
       <c r="J444" s="4">
         <v>0</v>
       </c>
       <c r="K444" s="4">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="L444" s="4">
-        <v>2291</v>
+        <v>1400</v>
       </c>
       <c r="M444" s="4">
-        <v>838.59</v>
+        <v>98.93</v>
       </c>
       <c r="N444" s="4">
         <v>0</v>
       </c>
       <c r="O444" s="4">
         <v>0</v>
       </c>
       <c r="P444" s="4">
-        <v>838.59</v>
+        <v>98.93</v>
       </c>
       <c r="Q444" s="1"/>
       <c r="R444" s="1"/>
       <c r="S444" s="1"/>
       <c r="T444" s="1"/>
       <c r="U444" s="1"/>
       <c r="V444" s="1"/>
       <c r="W444" s="1"/>
     </row>
     <row r="445" spans="1:23">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C445" s="3" t="s">
         <v>1328</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>1330</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G445" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H445" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I445" s="4">
-        <v>1400</v>
+        <v>6552</v>
       </c>
       <c r="J445" s="4">
         <v>0</v>
       </c>
       <c r="K445" s="4">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="L445" s="4">
-        <v>1400</v>
+        <v>5552</v>
       </c>
       <c r="M445" s="4">
-        <v>98.93</v>
+        <v>1089.94</v>
       </c>
       <c r="N445" s="4">
         <v>0</v>
       </c>
       <c r="O445" s="4">
         <v>0</v>
       </c>
       <c r="P445" s="4">
-        <v>98.93</v>
+        <v>1089.94</v>
       </c>
       <c r="Q445" s="1"/>
       <c r="R445" s="1"/>
       <c r="S445" s="1"/>
       <c r="T445" s="1"/>
       <c r="U445" s="1"/>
       <c r="V445" s="1"/>
       <c r="W445" s="1"/>
     </row>
     <row r="446" spans="1:23">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C446" s="3" t="s">
         <v>1331</v>
       </c>
       <c r="D446" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="E446" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H446" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I446" s="4">
-        <v>6552</v>
+        <v>528</v>
       </c>
       <c r="J446" s="4">
         <v>0</v>
       </c>
       <c r="K446" s="4">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="L446" s="4">
-        <v>5552</v>
+        <v>528</v>
       </c>
       <c r="M446" s="4">
-        <v>1089.94</v>
+        <v>34.3</v>
       </c>
       <c r="N446" s="4">
         <v>0</v>
       </c>
       <c r="O446" s="4">
         <v>0</v>
       </c>
       <c r="P446" s="4">
-        <v>1089.94</v>
+        <v>34.3</v>
       </c>
       <c r="Q446" s="1"/>
       <c r="R446" s="1"/>
       <c r="S446" s="1"/>
       <c r="T446" s="1"/>
       <c r="U446" s="1"/>
       <c r="V446" s="1"/>
       <c r="W446" s="1"/>
     </row>
     <row r="447" spans="1:23">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C447" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="D447" s="3" t="s">
         <v>1335</v>
       </c>
       <c r="E447" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H447" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I447" s="4">
-        <v>528</v>
+        <v>3609</v>
       </c>
       <c r="J447" s="4">
         <v>0</v>
       </c>
       <c r="K447" s="4">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="L447" s="4">
-        <v>528</v>
+        <v>3309</v>
       </c>
       <c r="M447" s="4">
-        <v>34.3</v>
+        <v>872.16</v>
       </c>
       <c r="N447" s="4">
         <v>0</v>
       </c>
       <c r="O447" s="4">
         <v>0</v>
       </c>
       <c r="P447" s="4">
-        <v>34.3</v>
+        <v>872.16</v>
       </c>
       <c r="Q447" s="1"/>
       <c r="R447" s="1"/>
       <c r="S447" s="1"/>
       <c r="T447" s="1"/>
       <c r="U447" s="1"/>
       <c r="V447" s="1"/>
       <c r="W447" s="1"/>
     </row>
     <row r="448" spans="1:23">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C448" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="D448" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="F448" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G448" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H448" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I448" s="4">
-        <v>3609</v>
+        <v>4762</v>
       </c>
       <c r="J448" s="4">
         <v>0</v>
       </c>
       <c r="K448" s="4">
-        <v>300</v>
+        <v>750</v>
       </c>
       <c r="L448" s="4">
-        <v>3309</v>
+        <v>4012</v>
       </c>
       <c r="M448" s="4">
-        <v>872.16</v>
+        <v>1216.5</v>
       </c>
       <c r="N448" s="4">
         <v>0</v>
       </c>
       <c r="O448" s="4">
         <v>0</v>
       </c>
       <c r="P448" s="4">
-        <v>872.16</v>
+        <v>1216.5</v>
       </c>
       <c r="Q448" s="1"/>
       <c r="R448" s="1"/>
       <c r="S448" s="1"/>
       <c r="T448" s="1"/>
       <c r="U448" s="1"/>
       <c r="V448" s="1"/>
       <c r="W448" s="1"/>
     </row>
     <row r="449" spans="1:23">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C449" s="3" t="s">
         <v>1340</v>
       </c>
       <c r="D449" s="3" t="s">
         <v>1341</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G449" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H449" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I449" s="4">
-        <v>4762</v>
+        <v>883</v>
       </c>
       <c r="J449" s="4">
         <v>0</v>
       </c>
       <c r="K449" s="4">
-        <v>750</v>
+        <v>248</v>
       </c>
       <c r="L449" s="4">
-        <v>4012</v>
+        <v>635</v>
       </c>
       <c r="M449" s="4">
-        <v>1216.5</v>
+        <v>55.2</v>
       </c>
       <c r="N449" s="4">
         <v>0</v>
       </c>
       <c r="O449" s="4">
         <v>0</v>
       </c>
       <c r="P449" s="4">
-        <v>1216.5</v>
+        <v>55.2</v>
       </c>
       <c r="Q449" s="1"/>
       <c r="R449" s="1"/>
       <c r="S449" s="1"/>
       <c r="T449" s="1"/>
       <c r="U449" s="1"/>
       <c r="V449" s="1"/>
       <c r="W449" s="1"/>
     </row>
     <row r="450" spans="1:23">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C450" s="3" t="s">
         <v>1343</v>
       </c>
       <c r="D450" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G450" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H450" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I450" s="4">
-        <v>883</v>
+        <v>3585</v>
       </c>
       <c r="J450" s="4">
         <v>0</v>
       </c>
       <c r="K450" s="4">
-        <v>248</v>
+        <v>400</v>
       </c>
       <c r="L450" s="4">
-        <v>635</v>
+        <v>3185</v>
       </c>
       <c r="M450" s="4">
-        <v>55.2</v>
+        <v>567.55</v>
       </c>
       <c r="N450" s="4">
         <v>0</v>
       </c>
       <c r="O450" s="4">
         <v>0</v>
       </c>
       <c r="P450" s="4">
-        <v>55.2</v>
+        <v>567.55</v>
       </c>
       <c r="Q450" s="1"/>
       <c r="R450" s="1"/>
       <c r="S450" s="1"/>
       <c r="T450" s="1"/>
       <c r="U450" s="1"/>
       <c r="V450" s="1"/>
       <c r="W450" s="1"/>
     </row>
     <row r="451" spans="1:23">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C451" s="3" t="s">
         <v>1346</v>
       </c>
       <c r="D451" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G451" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H451" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I451" s="4">
-        <v>3585</v>
+        <v>2274</v>
       </c>
       <c r="J451" s="4">
         <v>0</v>
       </c>
       <c r="K451" s="4">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="L451" s="4">
-        <v>3185</v>
+        <v>2274</v>
       </c>
       <c r="M451" s="4">
-        <v>567.55</v>
+        <v>144.46</v>
       </c>
       <c r="N451" s="4">
         <v>0</v>
       </c>
       <c r="O451" s="4">
         <v>0</v>
       </c>
       <c r="P451" s="4">
-        <v>567.55</v>
+        <v>144.46</v>
       </c>
       <c r="Q451" s="1"/>
       <c r="R451" s="1"/>
       <c r="S451" s="1"/>
       <c r="T451" s="1"/>
       <c r="U451" s="1"/>
       <c r="V451" s="1"/>
       <c r="W451" s="1"/>
     </row>
     <row r="452" spans="1:23">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C452" s="3" t="s">
         <v>1349</v>
       </c>
       <c r="D452" s="3" t="s">
         <v>1350</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="F452" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G452" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H452" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I452" s="4">
-        <v>2274</v>
+        <v>1762</v>
       </c>
       <c r="J452" s="4">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="K452" s="4">
         <v>0</v>
       </c>
       <c r="L452" s="4">
-        <v>2274</v>
+        <v>1773</v>
       </c>
       <c r="M452" s="4">
-        <v>144.46</v>
+        <v>98.47</v>
       </c>
       <c r="N452" s="4">
         <v>0</v>
       </c>
       <c r="O452" s="4">
         <v>0</v>
       </c>
       <c r="P452" s="4">
-        <v>144.46</v>
+        <v>98.47</v>
       </c>
       <c r="Q452" s="1"/>
       <c r="R452" s="1"/>
       <c r="S452" s="1"/>
       <c r="T452" s="1"/>
       <c r="U452" s="1"/>
       <c r="V452" s="1"/>
       <c r="W452" s="1"/>
     </row>
     <row r="453" spans="1:23">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C453" s="3" t="s">
         <v>1352</v>
       </c>
       <c r="D453" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="F453" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G453" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H453" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I453" s="4">
-        <v>1762</v>
+        <v>1293</v>
       </c>
       <c r="J453" s="4">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="K453" s="4">
         <v>0</v>
       </c>
       <c r="L453" s="4">
-        <v>1773</v>
+        <v>1351</v>
       </c>
       <c r="M453" s="4">
-        <v>98.47</v>
+        <v>94.8</v>
       </c>
       <c r="N453" s="4">
         <v>0</v>
       </c>
       <c r="O453" s="4">
         <v>0</v>
       </c>
       <c r="P453" s="4">
-        <v>98.47</v>
+        <v>94.8</v>
       </c>
       <c r="Q453" s="1"/>
       <c r="R453" s="1"/>
       <c r="S453" s="1"/>
       <c r="T453" s="1"/>
       <c r="U453" s="1"/>
       <c r="V453" s="1"/>
       <c r="W453" s="1"/>
     </row>
     <row r="454" spans="1:23">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C454" s="3" t="s">
         <v>1355</v>
       </c>
       <c r="D454" s="3" t="s">
         <v>1356</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="F454" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H454" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I454" s="4">
-        <v>1293</v>
+        <v>349</v>
       </c>
       <c r="J454" s="4">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="K454" s="4">
         <v>0</v>
       </c>
       <c r="L454" s="4">
-        <v>1351</v>
+        <v>349</v>
       </c>
       <c r="M454" s="4">
-        <v>94.8</v>
+        <v>25.19</v>
       </c>
       <c r="N454" s="4">
         <v>0</v>
       </c>
       <c r="O454" s="4">
         <v>0</v>
       </c>
       <c r="P454" s="4">
-        <v>94.8</v>
+        <v>25.19</v>
       </c>
       <c r="Q454" s="1"/>
       <c r="R454" s="1"/>
       <c r="S454" s="1"/>
       <c r="T454" s="1"/>
       <c r="U454" s="1"/>
       <c r="V454" s="1"/>
       <c r="W454" s="1"/>
     </row>
     <row r="455" spans="1:23">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C455" s="3" t="s">
         <v>1358</v>
       </c>
       <c r="D455" s="3" t="s">
         <v>1359</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="F455" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G455" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H455" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I455" s="4">
-        <v>349</v>
+        <v>1402</v>
       </c>
       <c r="J455" s="4">
         <v>0</v>
       </c>
       <c r="K455" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="L455" s="4">
-        <v>349</v>
+        <v>1352</v>
       </c>
       <c r="M455" s="4">
-        <v>25.19</v>
+        <v>99.71</v>
       </c>
       <c r="N455" s="4">
         <v>0</v>
       </c>
       <c r="O455" s="4">
         <v>0</v>
       </c>
       <c r="P455" s="4">
-        <v>25.19</v>
+        <v>99.71</v>
       </c>
       <c r="Q455" s="1"/>
       <c r="R455" s="1"/>
       <c r="S455" s="1"/>
       <c r="T455" s="1"/>
       <c r="U455" s="1"/>
       <c r="V455" s="1"/>
       <c r="W455" s="1"/>
     </row>
     <row r="456" spans="1:23">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C456" s="3" t="s">
         <v>1361</v>
       </c>
       <c r="D456" s="3" t="s">
         <v>1362</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>1363</v>
       </c>
       <c r="F456" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H456" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I456" s="4">
-        <v>1402</v>
+        <v>1228</v>
       </c>
       <c r="J456" s="4">
         <v>0</v>
       </c>
       <c r="K456" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="L456" s="4">
-        <v>1352</v>
+        <v>1228</v>
       </c>
       <c r="M456" s="4">
-        <v>99.71</v>
+        <v>89.46</v>
       </c>
       <c r="N456" s="4">
         <v>0</v>
       </c>
       <c r="O456" s="4">
         <v>0</v>
       </c>
       <c r="P456" s="4">
-        <v>99.71</v>
+        <v>89.46</v>
       </c>
       <c r="Q456" s="1"/>
       <c r="R456" s="1"/>
       <c r="S456" s="1"/>
       <c r="T456" s="1"/>
       <c r="U456" s="1"/>
       <c r="V456" s="1"/>
       <c r="W456" s="1"/>
     </row>
     <row r="457" spans="1:23">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C457" s="3" t="s">
         <v>1364</v>
       </c>
       <c r="D457" s="3" t="s">
         <v>1365</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>1366</v>
       </c>
       <c r="F457" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H457" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I457" s="4">
-        <v>1228</v>
+        <v>413</v>
       </c>
       <c r="J457" s="4">
         <v>0</v>
       </c>
       <c r="K457" s="4">
         <v>0</v>
       </c>
       <c r="L457" s="4">
-        <v>1228</v>
+        <v>413</v>
       </c>
       <c r="M457" s="4">
-        <v>89.46</v>
+        <v>37.68</v>
       </c>
       <c r="N457" s="4">
         <v>0</v>
       </c>
       <c r="O457" s="4">
         <v>0</v>
       </c>
       <c r="P457" s="4">
-        <v>89.46</v>
+        <v>37.68</v>
       </c>
       <c r="Q457" s="1"/>
       <c r="R457" s="1"/>
       <c r="S457" s="1"/>
       <c r="T457" s="1"/>
       <c r="U457" s="1"/>
       <c r="V457" s="1"/>
       <c r="W457" s="1"/>
     </row>
     <row r="458" spans="1:23">
       <c r="A458" s="3">
         <v>456</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C458" s="3" t="s">
         <v>1367</v>
       </c>
       <c r="D458" s="3" t="s">
         <v>1368</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="F458" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G458" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H458" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I458" s="4">
-        <v>413</v>
+        <v>765</v>
       </c>
       <c r="J458" s="4">
-        <v>0</v>
+        <v>1981</v>
       </c>
       <c r="K458" s="4">
         <v>0</v>
       </c>
       <c r="L458" s="4">
-        <v>413</v>
+        <v>2746</v>
       </c>
       <c r="M458" s="4">
-        <v>37.68</v>
+        <v>70.12</v>
       </c>
       <c r="N458" s="4">
         <v>0</v>
       </c>
       <c r="O458" s="4">
         <v>0</v>
       </c>
       <c r="P458" s="4">
-        <v>37.68</v>
+        <v>70.12</v>
       </c>
       <c r="Q458" s="1"/>
       <c r="R458" s="1"/>
       <c r="S458" s="1"/>
       <c r="T458" s="1"/>
       <c r="U458" s="1"/>
       <c r="V458" s="1"/>
       <c r="W458" s="1"/>
     </row>
     <row r="459" spans="1:23">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C459" s="3" t="s">
         <v>1370</v>
       </c>
       <c r="D459" s="3" t="s">
         <v>1371</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>1372</v>
       </c>
       <c r="F459" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G459" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H459" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I459" s="4">
-        <v>765</v>
+        <v>1200</v>
       </c>
       <c r="J459" s="4">
-        <v>1981</v>
+        <v>0</v>
       </c>
       <c r="K459" s="4">
         <v>0</v>
       </c>
       <c r="L459" s="4">
-        <v>2746</v>
+        <v>1200</v>
       </c>
       <c r="M459" s="4">
-        <v>70.12</v>
+        <v>99.01</v>
       </c>
       <c r="N459" s="4">
         <v>0</v>
       </c>
       <c r="O459" s="4">
         <v>0</v>
       </c>
       <c r="P459" s="4">
-        <v>70.12</v>
+        <v>99.01</v>
       </c>
       <c r="Q459" s="1"/>
       <c r="R459" s="1"/>
       <c r="S459" s="1"/>
       <c r="T459" s="1"/>
       <c r="U459" s="1"/>
       <c r="V459" s="1"/>
       <c r="W459" s="1"/>
     </row>
     <row r="460" spans="1:23">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C460" s="3" t="s">
         <v>1373</v>
       </c>
       <c r="D460" s="3" t="s">
         <v>1374</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>1375</v>
       </c>
       <c r="F460" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H460" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I460" s="4">
-        <v>1200</v>
+        <v>1041</v>
       </c>
       <c r="J460" s="4">
         <v>0</v>
       </c>
       <c r="K460" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L460" s="4">
-        <v>1200</v>
+        <v>1040</v>
       </c>
       <c r="M460" s="4">
-        <v>99.01</v>
+        <v>56.45</v>
       </c>
       <c r="N460" s="4">
         <v>0</v>
       </c>
       <c r="O460" s="4">
         <v>0</v>
       </c>
       <c r="P460" s="4">
-        <v>99.01</v>
+        <v>56.45</v>
       </c>
       <c r="Q460" s="1"/>
       <c r="R460" s="1"/>
       <c r="S460" s="1"/>
       <c r="T460" s="1"/>
       <c r="U460" s="1"/>
       <c r="V460" s="1"/>
       <c r="W460" s="1"/>
     </row>
     <row r="461" spans="1:23">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C461" s="3" t="s">
         <v>1376</v>
       </c>
       <c r="D461" s="3" t="s">
         <v>1377</v>
       </c>
       <c r="E461" s="3" t="s">
         <v>1378</v>
       </c>
       <c r="F461" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G461" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H461" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I461" s="4">
-        <v>1041</v>
+        <v>3452</v>
       </c>
       <c r="J461" s="4">
         <v>0</v>
       </c>
       <c r="K461" s="4">
-        <v>1</v>
+        <v>672</v>
       </c>
       <c r="L461" s="4">
-        <v>1040</v>
+        <v>2780</v>
       </c>
       <c r="M461" s="4">
-        <v>56.45</v>
+        <v>249.86</v>
       </c>
       <c r="N461" s="4">
         <v>0</v>
       </c>
       <c r="O461" s="4">
         <v>0</v>
       </c>
       <c r="P461" s="4">
-        <v>56.45</v>
+        <v>249.86</v>
       </c>
       <c r="Q461" s="1"/>
       <c r="R461" s="1"/>
       <c r="S461" s="1"/>
       <c r="T461" s="1"/>
       <c r="U461" s="1"/>
       <c r="V461" s="1"/>
       <c r="W461" s="1"/>
     </row>
     <row r="462" spans="1:23">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C462" s="3" t="s">
         <v>1379</v>
       </c>
       <c r="D462" s="3" t="s">
         <v>1380</v>
       </c>
       <c r="E462" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="F462" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G462" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H462" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I462" s="4">
-        <v>3452</v>
+        <v>1161</v>
       </c>
       <c r="J462" s="4">
         <v>0</v>
       </c>
       <c r="K462" s="4">
-        <v>672</v>
+        <v>0</v>
       </c>
       <c r="L462" s="4">
-        <v>2780</v>
+        <v>1161</v>
       </c>
       <c r="M462" s="4">
-        <v>249.86</v>
+        <v>79.82</v>
       </c>
       <c r="N462" s="4">
         <v>0</v>
       </c>
       <c r="O462" s="4">
         <v>0</v>
       </c>
       <c r="P462" s="4">
-        <v>249.86</v>
+        <v>79.82</v>
       </c>
       <c r="Q462" s="1"/>
       <c r="R462" s="1"/>
       <c r="S462" s="1"/>
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
     </row>
     <row r="463" spans="1:23">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C463" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>1383</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>1384</v>
       </c>
       <c r="F463" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G463" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H463" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I463" s="4">
-        <v>1161</v>
+        <v>3230</v>
       </c>
       <c r="J463" s="4">
         <v>0</v>
       </c>
       <c r="K463" s="4">
         <v>0</v>
       </c>
       <c r="L463" s="4">
-        <v>1161</v>
+        <v>3230</v>
       </c>
       <c r="M463" s="4">
-        <v>79.82</v>
+        <v>210.37</v>
       </c>
       <c r="N463" s="4">
         <v>0</v>
       </c>
       <c r="O463" s="4">
         <v>0</v>
       </c>
       <c r="P463" s="4">
-        <v>79.82</v>
+        <v>210.37</v>
       </c>
       <c r="Q463" s="1"/>
       <c r="R463" s="1"/>
       <c r="S463" s="1"/>
       <c r="T463" s="1"/>
       <c r="U463" s="1"/>
       <c r="V463" s="1"/>
       <c r="W463" s="1"/>
     </row>
     <row r="464" spans="1:23">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C464" s="3" t="s">
         <v>1385</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>1386</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="F464" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G464" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H464" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I464" s="4">
-        <v>3230</v>
+        <v>1200</v>
       </c>
       <c r="J464" s="4">
         <v>0</v>
       </c>
       <c r="K464" s="4">
         <v>0</v>
       </c>
       <c r="L464" s="4">
-        <v>3230</v>
+        <v>1200</v>
       </c>
       <c r="M464" s="4">
-        <v>210.37</v>
+        <v>78.68</v>
       </c>
       <c r="N464" s="4">
         <v>0</v>
       </c>
       <c r="O464" s="4">
         <v>0</v>
       </c>
       <c r="P464" s="4">
-        <v>210.37</v>
+        <v>78.68</v>
       </c>
       <c r="Q464" s="1"/>
       <c r="R464" s="1"/>
       <c r="S464" s="1"/>
       <c r="T464" s="1"/>
       <c r="U464" s="1"/>
       <c r="V464" s="1"/>
       <c r="W464" s="1"/>
     </row>
     <row r="465" spans="1:23">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C465" s="3" t="s">
         <v>1388</v>
       </c>
       <c r="D465" s="3" t="s">
         <v>1389</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>1390</v>
       </c>
       <c r="F465" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G465" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H465" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I465" s="4">
-        <v>1200</v>
+        <v>4000</v>
       </c>
       <c r="J465" s="4">
         <v>0</v>
       </c>
       <c r="K465" s="4">
         <v>0</v>
       </c>
       <c r="L465" s="4">
-        <v>1200</v>
+        <v>4000</v>
       </c>
       <c r="M465" s="4">
-        <v>78.68</v>
+        <v>253.69</v>
       </c>
       <c r="N465" s="4">
         <v>0</v>
       </c>
       <c r="O465" s="4">
         <v>0</v>
       </c>
       <c r="P465" s="4">
-        <v>78.68</v>
+        <v>253.69</v>
       </c>
       <c r="Q465" s="1"/>
       <c r="R465" s="1"/>
       <c r="S465" s="1"/>
       <c r="T465" s="1"/>
       <c r="U465" s="1"/>
       <c r="V465" s="1"/>
       <c r="W465" s="1"/>
     </row>
     <row r="466" spans="1:23">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C466" s="3" t="s">
         <v>1391</v>
       </c>
       <c r="D466" s="3" t="s">
         <v>1392</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>1393</v>
       </c>
       <c r="F466" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G466" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H466" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I466" s="4">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="J466" s="4">
         <v>0</v>
       </c>
       <c r="K466" s="4">
         <v>0</v>
       </c>
       <c r="L466" s="4">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="M466" s="4">
-        <v>253.69</v>
+        <v>100.22</v>
       </c>
       <c r="N466" s="4">
         <v>0</v>
       </c>
       <c r="O466" s="4">
         <v>0</v>
       </c>
       <c r="P466" s="4">
-        <v>253.69</v>
+        <v>100.22</v>
       </c>
       <c r="Q466" s="1"/>
       <c r="R466" s="1"/>
       <c r="S466" s="1"/>
       <c r="T466" s="1"/>
       <c r="U466" s="1"/>
       <c r="V466" s="1"/>
       <c r="W466" s="1"/>
     </row>
     <row r="467" spans="1:23">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C467" s="3" t="s">
         <v>1394</v>
       </c>
       <c r="D467" s="3" t="s">
         <v>1395</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>1396</v>
       </c>
       <c r="F467" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G467" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H467" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I467" s="4">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="J467" s="4">
         <v>0</v>
       </c>
       <c r="K467" s="4">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="L467" s="4">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="M467" s="4">
-        <v>100.22</v>
+        <v>98.87</v>
       </c>
       <c r="N467" s="4">
         <v>0</v>
       </c>
       <c r="O467" s="4">
         <v>0</v>
       </c>
       <c r="P467" s="4">
-        <v>100.22</v>
+        <v>98.87</v>
       </c>
       <c r="Q467" s="1"/>
       <c r="R467" s="1"/>
       <c r="S467" s="1"/>
       <c r="T467" s="1"/>
       <c r="U467" s="1"/>
       <c r="V467" s="1"/>
       <c r="W467" s="1"/>
     </row>
     <row r="468" spans="1:23">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C468" s="3" t="s">
         <v>1397</v>
       </c>
       <c r="D468" s="3" t="s">
         <v>1398</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="F468" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H468" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I468" s="4">
-        <v>1000</v>
+        <v>1495</v>
       </c>
       <c r="J468" s="4">
         <v>0</v>
       </c>
       <c r="K468" s="4">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="L468" s="4">
-        <v>800</v>
+        <v>1495</v>
       </c>
       <c r="M468" s="4">
-        <v>98.87</v>
+        <v>97.54</v>
       </c>
       <c r="N468" s="4">
         <v>0</v>
       </c>
       <c r="O468" s="4">
         <v>0</v>
       </c>
       <c r="P468" s="4">
-        <v>98.87</v>
+        <v>97.54</v>
       </c>
       <c r="Q468" s="1"/>
       <c r="R468" s="1"/>
       <c r="S468" s="1"/>
       <c r="T468" s="1"/>
       <c r="U468" s="1"/>
       <c r="V468" s="1"/>
       <c r="W468" s="1"/>
     </row>
     <row r="469" spans="1:23">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C469" s="3" t="s">
         <v>1400</v>
       </c>
       <c r="D469" s="3" t="s">
         <v>1401</v>
       </c>
       <c r="E469" s="3" t="s">
         <v>1402</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H469" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I469" s="4">
-        <v>1495</v>
+        <v>1699</v>
       </c>
       <c r="J469" s="4">
         <v>0</v>
       </c>
       <c r="K469" s="4">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="L469" s="4">
-        <v>1495</v>
+        <v>1449</v>
       </c>
       <c r="M469" s="4">
-        <v>97.54</v>
+        <v>662.45</v>
       </c>
       <c r="N469" s="4">
         <v>0</v>
       </c>
       <c r="O469" s="4">
         <v>0</v>
       </c>
       <c r="P469" s="4">
-        <v>97.54</v>
+        <v>662.45</v>
       </c>
       <c r="Q469" s="1"/>
       <c r="R469" s="1"/>
       <c r="S469" s="1"/>
       <c r="T469" s="1"/>
       <c r="U469" s="1"/>
       <c r="V469" s="1"/>
       <c r="W469" s="1"/>
     </row>
     <row r="470" spans="1:23">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C470" s="3" t="s">
         <v>1403</v>
       </c>
       <c r="D470" s="3" t="s">
         <v>1404</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>1405</v>
       </c>
       <c r="F470" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G470" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H470" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I470" s="4">
-        <v>1699</v>
+        <v>3857</v>
       </c>
       <c r="J470" s="4">
         <v>0</v>
       </c>
       <c r="K470" s="4">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="L470" s="4">
-        <v>1449</v>
+        <v>3457</v>
       </c>
       <c r="M470" s="4">
-        <v>662.45</v>
+        <v>702.5</v>
       </c>
       <c r="N470" s="4">
         <v>0</v>
       </c>
       <c r="O470" s="4">
         <v>0</v>
       </c>
       <c r="P470" s="4">
-        <v>662.45</v>
+        <v>702.5</v>
       </c>
       <c r="Q470" s="1"/>
       <c r="R470" s="1"/>
       <c r="S470" s="1"/>
       <c r="T470" s="1"/>
       <c r="U470" s="1"/>
       <c r="V470" s="1"/>
       <c r="W470" s="1"/>
     </row>
     <row r="471" spans="1:23">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C471" s="3" t="s">
         <v>1406</v>
       </c>
       <c r="D471" s="3" t="s">
         <v>1407</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>1408</v>
       </c>
       <c r="F471" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G471" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H471" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I471" s="4">
-        <v>3857</v>
+        <v>3716</v>
       </c>
       <c r="J471" s="4">
         <v>0</v>
       </c>
       <c r="K471" s="4">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="L471" s="4">
-        <v>3457</v>
+        <v>3466</v>
       </c>
       <c r="M471" s="4">
-        <v>702.5</v>
+        <v>685.5</v>
       </c>
       <c r="N471" s="4">
         <v>0</v>
       </c>
       <c r="O471" s="4">
         <v>0</v>
       </c>
       <c r="P471" s="4">
-        <v>702.5</v>
+        <v>685.5</v>
       </c>
       <c r="Q471" s="1"/>
       <c r="R471" s="1"/>
       <c r="S471" s="1"/>
       <c r="T471" s="1"/>
       <c r="U471" s="1"/>
       <c r="V471" s="1"/>
       <c r="W471" s="1"/>
     </row>
     <row r="472" spans="1:23">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C472" s="3" t="s">
         <v>1409</v>
       </c>
       <c r="D472" s="3" t="s">
         <v>1410</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>1411</v>
       </c>
       <c r="F472" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G472" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H472" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I472" s="4">
-        <v>3716</v>
+        <v>3329</v>
       </c>
       <c r="J472" s="4">
         <v>0</v>
       </c>
       <c r="K472" s="4">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="L472" s="4">
-        <v>3466</v>
+        <v>2979</v>
       </c>
       <c r="M472" s="4">
-        <v>685.5</v>
+        <v>509.03</v>
       </c>
       <c r="N472" s="4">
         <v>0</v>
       </c>
       <c r="O472" s="4">
         <v>0</v>
       </c>
       <c r="P472" s="4">
-        <v>685.5</v>
+        <v>509.03</v>
       </c>
       <c r="Q472" s="1"/>
       <c r="R472" s="1"/>
       <c r="S472" s="1"/>
       <c r="T472" s="1"/>
       <c r="U472" s="1"/>
       <c r="V472" s="1"/>
       <c r="W472" s="1"/>
     </row>
     <row r="473" spans="1:23">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C473" s="3" t="s">
         <v>1412</v>
       </c>
       <c r="D473" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="E473" s="3" t="s">
         <v>1414</v>
       </c>
       <c r="F473" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G473" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H473" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I473" s="4">
-        <v>3329</v>
+        <v>1421</v>
       </c>
       <c r="J473" s="4">
         <v>0</v>
       </c>
       <c r="K473" s="4">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="L473" s="4">
-        <v>2979</v>
+        <v>921</v>
       </c>
       <c r="M473" s="4">
-        <v>509.03</v>
+        <v>902.7</v>
       </c>
       <c r="N473" s="4">
         <v>0</v>
       </c>
       <c r="O473" s="4">
         <v>0</v>
       </c>
       <c r="P473" s="4">
-        <v>509.03</v>
+        <v>902.7</v>
       </c>
       <c r="Q473" s="1"/>
       <c r="R473" s="1"/>
       <c r="S473" s="1"/>
       <c r="T473" s="1"/>
       <c r="U473" s="1"/>
       <c r="V473" s="1"/>
       <c r="W473" s="1"/>
     </row>
     <row r="474" spans="1:23">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C474" s="3" t="s">
         <v>1415</v>
       </c>
       <c r="D474" s="3" t="s">
         <v>1416</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>1417</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G474" s="3" t="s">
         <v>20</v>
       </c>
       <c r="H474" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I474" s="4">
-        <v>1421</v>
+        <v>465</v>
       </c>
       <c r="J474" s="4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K474" s="4">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="L474" s="4">
-        <v>921</v>
+        <v>467</v>
       </c>
       <c r="M474" s="4">
-        <v>902.7</v>
+        <v>40.1</v>
       </c>
       <c r="N474" s="4">
         <v>0</v>
       </c>
       <c r="O474" s="4">
         <v>0</v>
       </c>
       <c r="P474" s="4">
-        <v>902.7</v>
+        <v>40.1</v>
       </c>
       <c r="Q474" s="1"/>
       <c r="R474" s="1"/>
       <c r="S474" s="1"/>
       <c r="T474" s="1"/>
       <c r="U474" s="1"/>
       <c r="V474" s="1"/>
       <c r="W474" s="1"/>
     </row>
     <row r="475" spans="1:23">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C475" s="3" t="s">
         <v>1418</v>
       </c>
       <c r="D475" s="3" t="s">
         <v>1419</v>
       </c>
       <c r="E475" s="3" t="s">
         <v>1420</v>
       </c>