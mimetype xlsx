--- v0 (2025-12-13)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List of Scheme Sanctioned" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="491">
   <si>
     <t>List of Scheme Sanctioned (Rs. in Lakh)</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>SlSSC No.</t>
   </si>
   <si>
     <t>Scheme Type</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
@@ -155,50 +155,56 @@
   <si>
     <t>SM/01396</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
     <t>Junior Engineer-I</t>
   </si>
   <si>
     <t>Administrative Approval Issued</t>
   </si>
   <si>
     <t>MVS</t>
   </si>
   <si>
     <t>09/02/2021</t>
   </si>
   <si>
     <t>GO2021006713PH</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
     <t>04/12/2020</t>
   </si>
   <si>
     <t>Lalgola</t>
   </si>
   <si>
     <t>Retrofitting For Providing Functional Household Tap Connection (FHTC) In Connection With Jal Jeevan Mission And Jal Swapna At Nasipur (Code-314186) In The Command Area Of Nasipur Zone-I Ground Water Supply Scheme (Part-C) (SM/07690)</t>
   </si>
   <si>
     <t>SM/07690</t>
   </si>
   <si>
     <t>TSM/006448</t>
   </si>
   <si>
     <t>SM/00871</t>
   </si>
   <si>
     <t>Assistant Engineer-I</t>
   </si>
   <si>
     <t>JE</t>
   </si>
   <si>
     <t>SVS</t>
@@ -1476,2582 +1482,50 @@
     <t>SM/01484</t>
   </si>
   <si>
     <t>PH222365421M000</t>
   </si>
   <si>
     <t>GO2223012261PH</t>
   </si>
   <si>
     <t>AUGMENTATION OF GROUND WATER BASED RAMNAGAR DOEMKANUN ZONE-II PWSS RANINAGAR -II BLOCK WITHIN MURSHIDABAD DISTRICT UNDER BERHAMPORE DIVISION -I , PHE DTE. (SM/14046)</t>
   </si>
   <si>
     <t>SM/14046</t>
   </si>
   <si>
     <t>TSM/016385</t>
   </si>
   <si>
     <t>SM/01748</t>
   </si>
   <si>
     <t>PH222365380M000</t>
   </si>
   <si>
     <t>GO2223010890PH</t>
-  </si>
-[...2530 lines deleted...]
-    <t>GO2021006699PH</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4419,54 +1893,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AD259"/>
+  <dimension ref="A1:AD79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A259" sqref="A259"/>
+      <selection activeCell="A79" sqref="A79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -4633,22459 +2107,6681 @@
       </c>
       <c r="S3" s="3">
         <v>383.46</v>
       </c>
       <c r="T3" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X3" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y3" s="2" t="s">
         <v>45</v>
       </c>
       <c r="Z3" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA3" s="2">
         <v>259.69</v>
       </c>
       <c r="AB3" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>259.69</v>
+        <v>47</v>
+      </c>
+      <c r="AC3" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD3" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:30">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M4" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N4" s="3"/>
       <c r="O4" s="3">
         <v>2723</v>
       </c>
       <c r="P4" s="3">
         <v>1920</v>
       </c>
       <c r="Q4" s="3">
         <v>1920</v>
       </c>
       <c r="R4" s="3">
         <v>129.56</v>
       </c>
       <c r="S4" s="3">
         <v>129.56</v>
       </c>
       <c r="T4" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X4" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y4" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="Z4" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA4" s="2">
         <v>111.5</v>
       </c>
       <c r="AB4" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>111.5</v>
+        <v>47</v>
+      </c>
+      <c r="AC4" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD4" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:30">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J5" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="3"/>
       <c r="O5" s="3">
         <v>6340</v>
       </c>
       <c r="P5" s="3">
         <v>767</v>
       </c>
       <c r="Q5" s="3">
         <v>5380</v>
       </c>
       <c r="R5" s="3">
         <v>64.01</v>
       </c>
       <c r="S5" s="3">
         <v>64.01</v>
       </c>
       <c r="T5" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X5" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y5" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="Z5" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA5" s="2">
         <v>118.11</v>
       </c>
       <c r="AB5" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>43.31</v>
+        <v>47</v>
+      </c>
+      <c r="AC5" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD5" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:30">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M6" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N6" s="3"/>
       <c r="O6" s="3">
         <v>2570</v>
       </c>
       <c r="P6" s="3">
         <v>2126</v>
       </c>
       <c r="Q6" s="3">
         <v>2126</v>
       </c>
       <c r="R6" s="3">
         <v>143.18</v>
       </c>
       <c r="S6" s="3">
         <v>143.18</v>
       </c>
       <c r="T6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X6" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y6" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="Z6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA6" s="2">
         <v>32.28</v>
       </c>
       <c r="AB6" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>32.27</v>
+        <v>47</v>
+      </c>
+      <c r="AC6" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD6" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="K7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M7" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N7" s="3"/>
       <c r="O7" s="3">
         <v>1966</v>
       </c>
       <c r="P7" s="3">
         <v>1454</v>
       </c>
       <c r="Q7" s="3">
         <v>1454</v>
       </c>
       <c r="R7" s="3">
         <v>99.92</v>
       </c>
       <c r="S7" s="3">
         <v>99.92</v>
       </c>
       <c r="T7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X7" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y7" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Z7" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA7" s="2">
         <v>18.37</v>
       </c>
       <c r="AB7" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>84.66</v>
+        <v>47</v>
+      </c>
+      <c r="AC7" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD7" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M8" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N8" s="3"/>
       <c r="O8" s="3">
         <v>7500</v>
       </c>
       <c r="P8" s="3">
         <v>4053</v>
       </c>
       <c r="Q8" s="3">
         <v>9240</v>
       </c>
       <c r="R8" s="3">
         <v>312.34</v>
       </c>
       <c r="S8" s="3">
         <v>312.34</v>
       </c>
       <c r="T8" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y8" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="Z8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA8" s="2">
         <v>34.66</v>
       </c>
       <c r="AB8" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>301.55</v>
+        <v>47</v>
+      </c>
+      <c r="AC8" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD8" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J9" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M9" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N9" s="3"/>
       <c r="O9" s="3">
         <v>4114</v>
       </c>
       <c r="P9" s="3">
         <v>7186</v>
       </c>
       <c r="Q9" s="3">
         <v>3458</v>
       </c>
       <c r="R9" s="3">
         <v>552.45</v>
       </c>
       <c r="S9" s="3">
         <v>552.45</v>
       </c>
       <c r="T9" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y9" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="Z9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA9" s="2">
         <v>400.92</v>
       </c>
       <c r="AB9" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>400.92</v>
+        <v>47</v>
+      </c>
+      <c r="AC9" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD9" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G10" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L10" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="M10" s="3" t="s">
         <v>85</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
       <c r="N10" s="3"/>
       <c r="O10" s="3">
         <v>8044</v>
       </c>
       <c r="P10" s="3">
         <v>6774</v>
       </c>
       <c r="Q10" s="3">
         <v>6844</v>
       </c>
       <c r="R10" s="3">
         <v>533.01</v>
       </c>
       <c r="S10" s="3">
         <v>533.01</v>
       </c>
       <c r="T10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y10" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Z10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA10" s="2">
         <v>326.26</v>
       </c>
       <c r="AB10" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>326.26</v>
+        <v>47</v>
+      </c>
+      <c r="AC10" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD10" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M11" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N11" s="3"/>
       <c r="O11" s="3">
         <v>826</v>
       </c>
       <c r="P11" s="3">
         <v>1169</v>
       </c>
       <c r="Q11" s="3">
         <v>1169</v>
       </c>
       <c r="R11" s="3">
         <v>72.72</v>
       </c>
       <c r="S11" s="3">
         <v>72.72</v>
       </c>
       <c r="T11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X11" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Y11" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Z11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA11" s="2">
         <v>64.2</v>
       </c>
       <c r="AB11" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>64.2</v>
+        <v>47</v>
+      </c>
+      <c r="AC11" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD11" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="2">
         <v>10</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M12" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N12" s="3"/>
       <c r="O12" s="3">
         <v>857</v>
       </c>
       <c r="P12" s="3">
         <v>717</v>
       </c>
       <c r="Q12" s="3">
         <v>717</v>
       </c>
       <c r="R12" s="3">
         <v>46.15</v>
       </c>
       <c r="S12" s="3">
         <v>46.15</v>
       </c>
       <c r="T12" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X12" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Y12" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="Z12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA12" s="2">
         <v>27.23</v>
       </c>
       <c r="AB12" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>33.77</v>
+        <v>47</v>
+      </c>
+      <c r="AC12" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD12" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="K13" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M13" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N13" s="3"/>
       <c r="O13" s="3">
         <v>281</v>
       </c>
       <c r="P13" s="3">
         <v>250</v>
       </c>
       <c r="Q13" s="3">
         <v>250</v>
       </c>
       <c r="R13" s="3">
         <v>21.55</v>
       </c>
       <c r="S13" s="3">
         <v>21.55</v>
       </c>
       <c r="T13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X13" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="Y13" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="Z13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA13" s="2">
         <v>5.13</v>
       </c>
       <c r="AB13" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>18.9</v>
+        <v>47</v>
+      </c>
+      <c r="AC13" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD13" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M14" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N14" s="3"/>
       <c r="O14" s="3">
         <v>1590</v>
       </c>
       <c r="P14" s="3">
         <v>1305</v>
       </c>
       <c r="Q14" s="3">
         <v>1305</v>
       </c>
       <c r="R14" s="3">
         <v>87.8</v>
       </c>
       <c r="S14" s="3">
         <v>87.8</v>
       </c>
       <c r="T14" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X14" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="Y14" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="Z14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA14" s="2">
         <v>19.75</v>
       </c>
       <c r="AB14" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>67.33</v>
+        <v>47</v>
+      </c>
+      <c r="AC14" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD14" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:30">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="J15" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M15" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N15" s="3"/>
       <c r="O15" s="3">
         <v>1127</v>
       </c>
       <c r="P15" s="3">
         <v>837</v>
       </c>
       <c r="Q15" s="3">
         <v>837</v>
       </c>
       <c r="R15" s="3">
         <v>58.14</v>
       </c>
       <c r="S15" s="3">
         <v>58.14</v>
       </c>
       <c r="T15" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X15" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="Y15" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="Z15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA15" s="2">
         <v>3.55</v>
       </c>
       <c r="AB15" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>47</v>
+      </c>
+      <c r="AC15" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD15" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:30">
       <c r="A16" s="2">
         <v>14</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M16" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N16" s="3"/>
       <c r="O16" s="3">
         <v>524</v>
       </c>
       <c r="P16" s="3">
         <v>235</v>
       </c>
       <c r="Q16" s="3">
         <v>386</v>
       </c>
       <c r="R16" s="3">
         <v>16.62</v>
       </c>
       <c r="S16" s="3">
         <v>16.62</v>
       </c>
       <c r="T16" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X16" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y16" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="Z16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA16" s="2">
         <v>10.54</v>
       </c>
       <c r="AB16" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>10.54</v>
+        <v>47</v>
+      </c>
+      <c r="AC16" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD16" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:30">
       <c r="A17" s="2">
         <v>15</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="K17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M17" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N17" s="3"/>
       <c r="O17" s="3">
         <v>1853</v>
       </c>
       <c r="P17" s="3">
         <v>1220</v>
       </c>
       <c r="Q17" s="3">
         <v>1220</v>
       </c>
       <c r="R17" s="3">
         <v>76.68</v>
       </c>
       <c r="S17" s="3">
         <v>76.68</v>
       </c>
       <c r="T17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X17" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y17" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="Z17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA17" s="2">
         <v>61.23</v>
       </c>
       <c r="AB17" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>61.23</v>
+        <v>47</v>
+      </c>
+      <c r="AC17" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD17" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:30">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M18" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N18" s="3"/>
       <c r="O18" s="3">
         <v>5694</v>
       </c>
       <c r="P18" s="3">
         <v>5343</v>
       </c>
       <c r="Q18" s="3">
         <v>5343</v>
       </c>
       <c r="R18" s="3">
         <v>362.25</v>
       </c>
       <c r="S18" s="3">
         <v>362.25</v>
       </c>
       <c r="T18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X18" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Y18" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Z18" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA18" s="2">
         <v>338.24</v>
       </c>
       <c r="AB18" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>338.24</v>
+        <v>47</v>
+      </c>
+      <c r="AC18" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD18" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:30">
       <c r="A19" s="2">
         <v>17</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H19" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="K19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N19" s="3"/>
       <c r="O19" s="3">
         <v>4204</v>
       </c>
       <c r="P19" s="3">
         <v>9334</v>
       </c>
       <c r="Q19" s="3">
         <v>4492</v>
       </c>
       <c r="R19" s="3">
         <v>650.52</v>
       </c>
       <c r="S19" s="3">
         <v>650.52</v>
       </c>
       <c r="T19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X19" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Y19" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Z19" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA19" s="2">
         <v>574.81</v>
       </c>
       <c r="AB19" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>574.81</v>
+        <v>47</v>
+      </c>
+      <c r="AC19" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD19" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:30">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H20" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="K20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N20" s="3"/>
       <c r="O20" s="3">
         <v>12923</v>
       </c>
       <c r="P20" s="3">
         <v>6617</v>
       </c>
       <c r="Q20" s="3">
         <v>9496</v>
       </c>
       <c r="R20" s="3">
         <v>460.21</v>
       </c>
       <c r="S20" s="3">
         <v>460.21</v>
       </c>
       <c r="T20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X20" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Y20" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Z20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA20" s="2">
         <v>350.09</v>
       </c>
       <c r="AB20" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>350.09</v>
+        <v>47</v>
+      </c>
+      <c r="AC20" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD20" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:30">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="J21" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M21" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N21" s="3"/>
       <c r="O21" s="3">
         <v>6613</v>
       </c>
       <c r="P21" s="3">
         <v>13110</v>
       </c>
       <c r="Q21" s="3">
         <v>5663</v>
       </c>
       <c r="R21" s="3">
         <v>964.85</v>
       </c>
       <c r="S21" s="3">
         <v>964.85</v>
       </c>
       <c r="T21" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X21" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Y21" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Z21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA21" s="2">
         <v>42.93</v>
       </c>
       <c r="AB21" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>810.12</v>
+        <v>47</v>
+      </c>
+      <c r="AC21" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD21" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:30">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="J22" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N22" s="3"/>
       <c r="O22" s="3">
         <v>3682</v>
       </c>
       <c r="P22" s="3">
         <v>5174</v>
       </c>
       <c r="Q22" s="3">
         <v>3493</v>
       </c>
       <c r="R22" s="3">
         <v>384.82</v>
       </c>
       <c r="S22" s="3">
         <v>384.82</v>
       </c>
       <c r="T22" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X22" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Y22" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Z22" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA22" s="2">
         <v>1.46</v>
       </c>
       <c r="AB22" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>346.94</v>
+        <v>47</v>
+      </c>
+      <c r="AC22" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD22" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:30">
       <c r="A23" s="2">
         <v>21</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J23" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M23" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N23" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O23" s="3">
         <v>1279</v>
       </c>
       <c r="P23" s="3">
         <v>349</v>
       </c>
       <c r="Q23" s="3">
         <v>349</v>
       </c>
       <c r="R23" s="3">
         <v>354.9</v>
       </c>
       <c r="S23" s="3">
         <v>354.9</v>
       </c>
       <c r="T23" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U23" s="3"/>
       <c r="V23" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X23" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="Y23" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="Z23" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA23" s="2">
         <v>752.33</v>
       </c>
       <c r="AB23" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>256.94</v>
+        <v>47</v>
+      </c>
+      <c r="AC23" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD23" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24" spans="1:30">
       <c r="A24" s="2">
         <v>22</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J24" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M24" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N24" s="3"/>
       <c r="O24" s="3">
         <v>6892</v>
       </c>
       <c r="P24" s="3">
         <v>10847</v>
       </c>
       <c r="Q24" s="3">
         <v>6837</v>
       </c>
       <c r="R24" s="3">
         <v>777.42</v>
       </c>
       <c r="S24" s="3">
         <v>777.42</v>
       </c>
       <c r="T24" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X24" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y24" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="Z24" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA24" s="2">
         <v>4.86</v>
       </c>
       <c r="AB24" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>707.49</v>
+        <v>47</v>
+      </c>
+      <c r="AC24" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD24" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:30">
       <c r="A25" s="2">
         <v>23</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J25" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M25" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N25" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O25" s="3">
         <v>3777</v>
       </c>
       <c r="P25" s="3">
         <v>2695</v>
       </c>
       <c r="Q25" s="3">
         <v>2695</v>
       </c>
       <c r="R25" s="3">
         <v>899.98</v>
       </c>
       <c r="S25" s="3">
         <v>899.98</v>
       </c>
       <c r="T25" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U25" s="3"/>
       <c r="V25" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X25" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="Y25" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="Z25" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA25" s="2">
         <v>146.03</v>
       </c>
       <c r="AB25" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>675.54</v>
+        <v>47</v>
+      </c>
+      <c r="AC25" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD25" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="26" spans="1:30">
       <c r="A26" s="2">
         <v>24</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="K26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M26" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N26" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O26" s="3">
         <v>452</v>
       </c>
       <c r="P26" s="3">
         <v>299</v>
       </c>
       <c r="Q26" s="3">
         <v>299</v>
       </c>
       <c r="R26" s="3">
         <v>231.37</v>
       </c>
       <c r="S26" s="3">
         <v>231.37</v>
       </c>
       <c r="T26" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U26" s="3"/>
       <c r="V26" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X26" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="Y26" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="Z26" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA26" s="2">
         <v>146.9</v>
       </c>
       <c r="AB26" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>136.44</v>
+        <v>47</v>
+      </c>
+      <c r="AC26" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD26" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="27" spans="1:30">
       <c r="A27" s="2">
         <v>25</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="K27" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M27" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N27" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O27" s="3">
         <v>2369</v>
       </c>
       <c r="P27" s="3">
         <v>671</v>
       </c>
       <c r="Q27" s="3">
         <v>671</v>
       </c>
       <c r="R27" s="3">
         <v>838.18</v>
       </c>
       <c r="S27" s="3">
         <v>838.18</v>
       </c>
       <c r="T27" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U27" s="3"/>
       <c r="V27" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X27" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="Y27" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="Z27" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA27" s="2">
         <v>26.59</v>
       </c>
       <c r="AB27" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>537.19</v>
+        <v>47</v>
+      </c>
+      <c r="AC27" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD27" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:30">
       <c r="A28" s="2">
         <v>26</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J28" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="K28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M28" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N28" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O28" s="3">
         <v>4204</v>
       </c>
       <c r="P28" s="3">
         <v>342</v>
       </c>
       <c r="Q28" s="3">
         <v>342</v>
       </c>
       <c r="R28" s="3">
         <v>804.99</v>
       </c>
       <c r="S28" s="3">
         <v>804.99</v>
       </c>
       <c r="T28" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U28" s="3"/>
       <c r="V28" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X28" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="Y28" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="Z28" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA28" s="2">
         <v>600.88</v>
       </c>
       <c r="AB28" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>535.26</v>
+        <v>47</v>
+      </c>
+      <c r="AC28" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD28" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:30">
       <c r="A29" s="2">
         <v>27</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="K29" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M29" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N29" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O29" s="3">
         <v>2390</v>
       </c>
       <c r="P29" s="3">
         <v>369</v>
       </c>
       <c r="Q29" s="3">
         <v>369</v>
       </c>
       <c r="R29" s="3">
         <v>775.12</v>
       </c>
       <c r="S29" s="3">
         <v>775.12</v>
       </c>
       <c r="T29" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U29" s="3"/>
       <c r="V29" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X29" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="Y29" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="Z29" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA29" s="2">
         <v>449.79</v>
       </c>
       <c r="AB29" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>520.19</v>
+        <v>47</v>
+      </c>
+      <c r="AC29" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD29" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:30">
       <c r="A30" s="2">
         <v>28</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="J30" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="K30" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M30" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N30" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O30" s="3">
         <v>1869</v>
       </c>
       <c r="P30" s="3">
         <v>214</v>
       </c>
       <c r="Q30" s="3">
         <v>797</v>
       </c>
       <c r="R30" s="3">
         <v>244.16</v>
       </c>
       <c r="S30" s="3">
         <v>244.16</v>
       </c>
       <c r="T30" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U30" s="3"/>
       <c r="V30" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X30" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="Y30" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="Z30" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA30" s="2">
         <v>199.33</v>
       </c>
       <c r="AB30" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>147.68</v>
+        <v>47</v>
+      </c>
+      <c r="AC30" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD30" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:30">
       <c r="A31" s="2">
         <v>29</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J31" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="K31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M31" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="N31" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O31" s="3">
         <v>2588</v>
       </c>
       <c r="P31" s="3">
         <v>250</v>
       </c>
       <c r="Q31" s="3">
         <v>250</v>
       </c>
       <c r="R31" s="3">
         <v>436.62</v>
       </c>
       <c r="S31" s="3">
         <v>436.62</v>
       </c>
       <c r="T31" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U31" s="3"/>
       <c r="V31" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X31" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Y31" s="2" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="Z31" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA31" s="2">
         <v>36.21</v>
       </c>
       <c r="AB31" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>273.41</v>
+        <v>47</v>
+      </c>
+      <c r="AC31" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD31" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:30">
       <c r="A32" s="2">
         <v>30</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J32" s="3"/>
       <c r="K32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M32" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N32" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O32" s="3">
         <v>528</v>
       </c>
       <c r="P32" s="3">
         <v>100</v>
       </c>
       <c r="Q32" s="3">
         <v>100</v>
       </c>
       <c r="R32" s="3">
         <v>40.62</v>
       </c>
       <c r="S32" s="3">
         <v>40.62</v>
       </c>
       <c r="T32" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U32" s="3"/>
       <c r="V32" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X32" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="Y32" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="Z32" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA32" s="2">
         <v>61.08</v>
       </c>
       <c r="AB32" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>36.8</v>
+        <v>47</v>
+      </c>
+      <c r="AC32" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD32" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="33" spans="1:30">
       <c r="A33" s="2">
         <v>31</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J33" s="3"/>
       <c r="K33" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M33" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N33" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O33" s="3">
         <v>332</v>
       </c>
       <c r="P33" s="3">
         <v>100</v>
       </c>
       <c r="Q33" s="3">
         <v>100</v>
       </c>
       <c r="R33" s="3">
         <v>40.62</v>
       </c>
       <c r="S33" s="3">
         <v>40.62</v>
       </c>
       <c r="T33" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U33" s="3"/>
       <c r="V33" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X33" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="Y33" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="Z33" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA33" s="2">
         <v>61.08</v>
       </c>
       <c r="AB33" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>36.35</v>
+        <v>47</v>
+      </c>
+      <c r="AC33" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD33" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="34" spans="1:30">
       <c r="A34" s="2">
         <v>32</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J34" s="3"/>
       <c r="K34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M34" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N34" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O34" s="3">
         <v>400</v>
       </c>
       <c r="P34" s="3">
         <v>814</v>
       </c>
       <c r="Q34" s="3">
         <v>814</v>
       </c>
       <c r="R34" s="3">
         <v>439.33</v>
       </c>
       <c r="S34" s="3">
         <v>439.33</v>
       </c>
       <c r="T34" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U34" s="3"/>
       <c r="V34" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X34" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="Y34" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="Z34" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA34" s="2">
         <v>127.2</v>
       </c>
       <c r="AB34" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>383.24</v>
+        <v>47</v>
+      </c>
+      <c r="AC34" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD34" s="2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="35" spans="1:30">
       <c r="A35" s="2">
         <v>33</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J35" s="3"/>
       <c r="K35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M35" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="N35" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O35" s="3">
         <v>435</v>
       </c>
       <c r="P35" s="3">
         <v>446</v>
       </c>
       <c r="Q35" s="3">
         <v>446</v>
       </c>
       <c r="R35" s="3">
         <v>421.98</v>
       </c>
       <c r="S35" s="3">
         <v>421.98</v>
       </c>
       <c r="T35" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U35" s="3"/>
       <c r="V35" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X35" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="Y35" s="2" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="Z35" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA35" s="2">
         <v>238.78</v>
       </c>
       <c r="AB35" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>175.6</v>
+        <v>47</v>
+      </c>
+      <c r="AC35" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD35" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="36" spans="1:30">
       <c r="A36" s="2">
         <v>34</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K36" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M36" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N36" s="3"/>
       <c r="O36" s="3">
         <v>1050</v>
       </c>
       <c r="P36" s="3">
         <v>856</v>
       </c>
       <c r="Q36" s="3">
         <v>856</v>
       </c>
       <c r="R36" s="3">
         <v>65.9</v>
       </c>
       <c r="S36" s="3">
         <v>65.9</v>
       </c>
       <c r="T36" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U36" s="3"/>
       <c r="V36" s="3"/>
       <c r="W36" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X36" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y36" s="2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="Z36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA36" s="2">
         <v>35.66</v>
       </c>
       <c r="AB36" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>35.66</v>
+        <v>47</v>
+      </c>
+      <c r="AC36" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD36" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:30">
       <c r="A37" s="2">
         <v>35</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="J37" s="3"/>
       <c r="K37" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M37" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N37" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O37" s="3">
         <v>2771</v>
       </c>
       <c r="P37" s="3">
         <v>3460</v>
       </c>
       <c r="Q37" s="3">
         <v>3460</v>
       </c>
       <c r="R37" s="3">
         <v>1265.2</v>
       </c>
       <c r="S37" s="3">
         <v>1265.2</v>
       </c>
       <c r="T37" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U37" s="3"/>
       <c r="V37" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X37" s="2" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="Y37" s="2" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="Z37" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA37" s="2">
         <v>730.65</v>
       </c>
       <c r="AB37" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>821.44</v>
+        <v>47</v>
+      </c>
+      <c r="AC37" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD37" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:30">
       <c r="A38" s="2">
         <v>36</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="K38" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M38" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N38" s="3"/>
       <c r="O38" s="3">
         <v>983</v>
       </c>
       <c r="P38" s="3">
         <v>882</v>
       </c>
       <c r="Q38" s="3">
         <v>882</v>
       </c>
       <c r="R38" s="3">
         <v>59.03</v>
       </c>
       <c r="S38" s="3">
         <v>59.03</v>
       </c>
       <c r="T38" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U38" s="3"/>
       <c r="V38" s="3"/>
       <c r="W38" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X38" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="Y38" s="2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="Z38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA38" s="2">
         <v>18.78</v>
       </c>
       <c r="AB38" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>58.66</v>
+        <v>47</v>
+      </c>
+      <c r="AC38" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD38" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:30">
       <c r="A39" s="2">
         <v>37</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="K39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M39" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N39" s="3"/>
       <c r="O39" s="3">
         <v>1547</v>
       </c>
       <c r="P39" s="3">
         <v>1410</v>
       </c>
       <c r="Q39" s="3">
         <v>1410</v>
       </c>
       <c r="R39" s="3">
         <v>87.91</v>
       </c>
       <c r="S39" s="3">
         <v>87.91</v>
       </c>
       <c r="T39" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U39" s="3"/>
       <c r="V39" s="3"/>
       <c r="W39" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X39" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="Y39" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="Z39" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA39" s="2">
         <v>16.64</v>
       </c>
       <c r="AB39" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>87.36</v>
+        <v>47</v>
+      </c>
+      <c r="AC39" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD39" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:30">
       <c r="A40" s="2">
         <v>38</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="J40" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M40" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N40" s="3"/>
       <c r="O40" s="3">
         <v>2113</v>
       </c>
       <c r="P40" s="3">
         <v>1471</v>
       </c>
       <c r="Q40" s="3">
         <v>1587</v>
       </c>
       <c r="R40" s="3">
         <v>98.85</v>
       </c>
       <c r="S40" s="3">
         <v>98.85</v>
       </c>
       <c r="T40" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U40" s="3"/>
       <c r="V40" s="3"/>
       <c r="W40" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X40" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y40" s="2" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="Z40" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA40" s="2">
         <v>11.94</v>
       </c>
       <c r="AB40" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>91.04</v>
+        <v>47</v>
+      </c>
+      <c r="AC40" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD40" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="41" spans="1:30">
       <c r="A41" s="2">
         <v>39</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="J41" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="K41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M41" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N41" s="3"/>
       <c r="O41" s="3">
         <v>1431</v>
       </c>
       <c r="P41" s="3">
         <v>1206</v>
       </c>
       <c r="Q41" s="3">
         <v>1207</v>
       </c>
       <c r="R41" s="3">
         <v>84.54</v>
       </c>
       <c r="S41" s="3">
         <v>84.54</v>
       </c>
       <c r="T41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U41" s="3"/>
       <c r="V41" s="3"/>
       <c r="W41" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X41" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y41" s="2" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Z41" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA41" s="2">
         <v>91.48</v>
       </c>
       <c r="AB41" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>46.83</v>
+        <v>47</v>
+      </c>
+      <c r="AC41" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD41" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:30">
       <c r="A42" s="2">
         <v>40</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="J42" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M42" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N42" s="3"/>
       <c r="O42" s="3">
         <v>5125</v>
       </c>
       <c r="P42" s="3">
         <v>14430</v>
       </c>
       <c r="Q42" s="3">
         <v>4593</v>
       </c>
       <c r="R42" s="3">
         <v>1063.3</v>
       </c>
       <c r="S42" s="3">
         <v>1063.3</v>
       </c>
       <c r="T42" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
       <c r="W42" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X42" s="2" t="s">
         <v>44</v>
       </c>
       <c r="Y42" s="2" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="Z42" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA42" s="2">
         <v>35.32</v>
       </c>
       <c r="AB42" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>862.26</v>
+        <v>47</v>
+      </c>
+      <c r="AC42" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD42" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:30">
       <c r="A43" s="2">
         <v>41</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M43" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N43" s="3"/>
       <c r="O43" s="3">
         <v>1264</v>
       </c>
       <c r="P43" s="3">
         <v>959</v>
       </c>
       <c r="Q43" s="3">
         <v>959</v>
       </c>
       <c r="R43" s="3">
         <v>64.96</v>
       </c>
       <c r="S43" s="3">
         <v>64.96</v>
       </c>
       <c r="T43" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U43" s="3"/>
       <c r="V43" s="3"/>
       <c r="W43" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X43" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y43" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="Z43" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA43" s="2">
         <v>55.66</v>
       </c>
       <c r="AB43" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>55.66</v>
+        <v>47</v>
+      </c>
+      <c r="AC43" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD43" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:30">
       <c r="A44" s="2">
         <v>42</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="J44" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="K44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M44" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N44" s="3"/>
       <c r="O44" s="3">
         <v>1649</v>
       </c>
       <c r="P44" s="3">
         <v>1274</v>
       </c>
       <c r="Q44" s="3">
         <v>1275</v>
       </c>
       <c r="R44" s="3">
         <v>80.61</v>
       </c>
       <c r="S44" s="3">
         <v>80.61</v>
       </c>
       <c r="T44" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U44" s="3"/>
       <c r="V44" s="3"/>
       <c r="W44" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X44" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Y44" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="Z44" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA44" s="2">
         <v>5.82</v>
       </c>
       <c r="AB44" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>80.47</v>
+        <v>47</v>
+      </c>
+      <c r="AC44" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD44" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="45" spans="1:30">
       <c r="A45" s="2">
         <v>43</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J45" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="K45" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M45" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N45" s="3"/>
       <c r="O45" s="3">
         <v>1125</v>
       </c>
       <c r="P45" s="3">
         <v>1069</v>
       </c>
       <c r="Q45" s="3">
         <v>1069</v>
       </c>
       <c r="R45" s="3">
         <v>71.2</v>
       </c>
       <c r="S45" s="3">
         <v>71.2</v>
       </c>
       <c r="T45" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U45" s="3"/>
       <c r="V45" s="3"/>
       <c r="W45" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X45" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="Y45" s="2" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="Z45" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA45" s="2">
         <v>71.9</v>
       </c>
       <c r="AB45" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>71.9</v>
+        <v>47</v>
+      </c>
+      <c r="AC45" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD45" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:30">
       <c r="A46" s="2">
         <v>44</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K46" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M46" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N46" s="3"/>
       <c r="O46" s="3">
         <v>1493</v>
       </c>
       <c r="P46" s="3">
         <v>1363</v>
       </c>
       <c r="Q46" s="3">
         <v>1363</v>
       </c>
       <c r="R46" s="3">
         <v>95.9</v>
       </c>
       <c r="S46" s="3">
         <v>95.9</v>
       </c>
       <c r="T46" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U46" s="3"/>
       <c r="V46" s="3"/>
       <c r="W46" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X46" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y46" s="2" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="Z46" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA46" s="2">
         <v>47.01</v>
       </c>
       <c r="AB46" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>94.76</v>
+        <v>47</v>
+      </c>
+      <c r="AC46" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD46" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="47" spans="1:30">
       <c r="A47" s="2">
         <v>45</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="J47" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="K47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M47" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N47" s="3"/>
       <c r="O47" s="3">
         <v>1174</v>
       </c>
       <c r="P47" s="3">
         <v>1290</v>
       </c>
       <c r="Q47" s="3">
         <v>1290</v>
       </c>
       <c r="R47" s="3">
         <v>83.34</v>
       </c>
       <c r="S47" s="3">
         <v>83.34</v>
       </c>
       <c r="T47" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U47" s="3"/>
       <c r="V47" s="3"/>
       <c r="W47" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X47" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y47" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="Z47" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA47" s="2">
         <v>27.05</v>
       </c>
       <c r="AB47" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>82.71</v>
+        <v>47</v>
+      </c>
+      <c r="AC47" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD47" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:30">
       <c r="A48" s="2">
         <v>46</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K48" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M48" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N48" s="3"/>
       <c r="O48" s="3">
         <v>1648</v>
       </c>
       <c r="P48" s="3">
         <v>1238</v>
       </c>
       <c r="Q48" s="3">
         <v>1238</v>
       </c>
       <c r="R48" s="3">
         <v>93.76</v>
       </c>
       <c r="S48" s="3">
         <v>93.76</v>
       </c>
       <c r="T48" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U48" s="3"/>
       <c r="V48" s="3"/>
       <c r="W48" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X48" s="2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="Y48" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="Z48" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA48" s="2">
         <v>19.17</v>
       </c>
       <c r="AB48" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>93.14</v>
+        <v>47</v>
+      </c>
+      <c r="AC48" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD48" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="49" spans="1:30">
       <c r="A49" s="2">
         <v>47</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="3" t="s">
         <v>41</v>
       </c>
       <c r="N49" s="3"/>
       <c r="O49" s="3">
         <v>5237</v>
       </c>
       <c r="P49" s="3">
         <v>2141</v>
       </c>
       <c r="Q49" s="3">
         <v>4583</v>
       </c>
       <c r="R49" s="3">
         <v>173.44</v>
       </c>
       <c r="S49" s="3">
         <v>173.44</v>
       </c>
       <c r="T49" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U49" s="3"/>
       <c r="V49" s="3"/>
       <c r="W49" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X49" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="Y49" s="2" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="Z49" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA49" s="2">
         <v>21.7</v>
       </c>
       <c r="AB49" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>128.03</v>
+        <v>47</v>
+      </c>
+      <c r="AC49" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD49" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:30">
       <c r="A50" s="2">
         <v>48</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="J50" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M50" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N50" s="3"/>
       <c r="O50" s="3">
         <v>7035</v>
       </c>
       <c r="P50" s="3">
         <v>9759</v>
       </c>
       <c r="Q50" s="3">
         <v>6259</v>
       </c>
       <c r="R50" s="3">
         <v>717.96</v>
       </c>
       <c r="S50" s="3">
         <v>717.96</v>
       </c>
       <c r="T50" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U50" s="3"/>
       <c r="V50" s="3"/>
       <c r="W50" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X50" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Y50" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Z50" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA50" s="2">
         <v>102.77</v>
       </c>
       <c r="AB50" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>542.96</v>
+        <v>47</v>
+      </c>
+      <c r="AC50" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD50" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="51" spans="1:30">
       <c r="A51" s="2">
         <v>49</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="J51" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M51" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N51" s="3"/>
       <c r="O51" s="3">
         <v>5242</v>
       </c>
       <c r="P51" s="3">
         <v>11888</v>
       </c>
       <c r="Q51" s="3">
         <v>7620</v>
       </c>
       <c r="R51" s="3">
         <v>870.99</v>
       </c>
       <c r="S51" s="3">
         <v>870.99</v>
       </c>
       <c r="T51" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U51" s="3"/>
       <c r="V51" s="3"/>
       <c r="W51" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X51" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Y51" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Z51" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA51" s="2">
         <v>793.79</v>
       </c>
       <c r="AB51" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>793.79</v>
+        <v>47</v>
+      </c>
+      <c r="AC51" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD51" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="52" spans="1:30">
       <c r="A52" s="2">
         <v>50</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J52" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="K52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M52" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N52" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O52" s="3">
         <v>4681</v>
       </c>
       <c r="P52" s="3">
         <v>2310</v>
       </c>
       <c r="Q52" s="3">
         <v>2310</v>
       </c>
       <c r="R52" s="3">
         <v>902.24</v>
       </c>
       <c r="S52" s="3">
         <v>902.24</v>
       </c>
       <c r="T52" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U52" s="3"/>
       <c r="V52" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X52" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="Y52" s="2" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="Z52" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA52" s="2">
         <v>130.74</v>
       </c>
       <c r="AB52" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>559.26</v>
+        <v>47</v>
+      </c>
+      <c r="AC52" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD52" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="53" spans="1:30">
       <c r="A53" s="2">
         <v>51</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="J53" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M53" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N53" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O53" s="3">
         <v>857</v>
       </c>
       <c r="P53" s="3">
         <v>552</v>
       </c>
       <c r="Q53" s="3">
         <v>552</v>
       </c>
       <c r="R53" s="3">
         <v>512.37</v>
       </c>
       <c r="S53" s="3">
         <v>512.37</v>
       </c>
       <c r="T53" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U53" s="3"/>
       <c r="V53" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X53" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="Y53" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="Z53" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA53" s="2">
         <v>441.4</v>
       </c>
       <c r="AB53" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>441.4</v>
+        <v>47</v>
+      </c>
+      <c r="AC53" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD53" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="54" spans="1:30">
       <c r="A54" s="2">
         <v>52</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="J54" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="K54" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M54" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N54" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O54" s="3">
         <v>1178</v>
       </c>
       <c r="P54" s="3">
         <v>300</v>
       </c>
       <c r="Q54" s="3">
         <v>300</v>
       </c>
       <c r="R54" s="3">
         <v>797.62</v>
       </c>
       <c r="S54" s="3">
         <v>797.62</v>
       </c>
       <c r="T54" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U54" s="3"/>
       <c r="V54" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X54" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="Y54" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="Z54" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA54" s="2">
         <v>41.38</v>
       </c>
       <c r="AB54" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>385.6</v>
+        <v>47</v>
+      </c>
+      <c r="AC54" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD54" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:30">
       <c r="A55" s="2">
         <v>53</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="J55" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="K55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M55" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N55" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O55" s="3">
         <v>2133</v>
       </c>
       <c r="P55" s="3">
         <v>653</v>
       </c>
       <c r="Q55" s="3">
         <v>653</v>
       </c>
       <c r="R55" s="3">
         <v>591.27</v>
       </c>
       <c r="S55" s="3">
         <v>591.27</v>
       </c>
       <c r="T55" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U55" s="3"/>
       <c r="V55" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X55" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="Y55" s="2" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="Z55" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA55" s="2">
         <v>564.83</v>
       </c>
       <c r="AB55" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>304.31</v>
+        <v>47</v>
+      </c>
+      <c r="AC55" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD55" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:30">
       <c r="A56" s="2">
         <v>54</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J56" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="K56" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M56" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N56" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O56" s="3">
         <v>983</v>
       </c>
       <c r="P56" s="3">
         <v>312</v>
       </c>
       <c r="Q56" s="3">
         <v>312</v>
       </c>
       <c r="R56" s="3">
         <v>662.31</v>
       </c>
       <c r="S56" s="3">
         <v>662.31</v>
       </c>
       <c r="T56" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U56" s="3"/>
       <c r="V56" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X56" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="Y56" s="2" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="Z56" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA56" s="2">
         <v>454.99</v>
       </c>
       <c r="AB56" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>431.49</v>
+        <v>47</v>
+      </c>
+      <c r="AC56" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD56" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:30">
       <c r="A57" s="2">
         <v>55</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="J57" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="K57" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M57" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N57" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O57" s="3">
         <v>4229</v>
       </c>
       <c r="P57" s="3">
         <v>330</v>
       </c>
       <c r="Q57" s="3">
         <v>330</v>
       </c>
       <c r="R57" s="3">
         <v>527.09</v>
       </c>
       <c r="S57" s="3">
         <v>527.09</v>
       </c>
       <c r="T57" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U57" s="3"/>
       <c r="V57" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X57" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="Y57" s="2" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="Z57" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA57" s="2">
         <v>18.02</v>
       </c>
       <c r="AB57" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>382.56</v>
+        <v>47</v>
+      </c>
+      <c r="AC57" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD57" s="2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="58" spans="1:30">
       <c r="A58" s="2">
         <v>56</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="J58" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="K58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M58" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N58" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O58" s="3">
         <v>3138</v>
       </c>
       <c r="P58" s="3">
         <v>385</v>
       </c>
       <c r="Q58" s="3">
         <v>385</v>
       </c>
       <c r="R58" s="3">
         <v>969.51</v>
       </c>
       <c r="S58" s="3">
         <v>969.51</v>
       </c>
       <c r="T58" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U58" s="3"/>
       <c r="V58" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X58" s="2" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="Y58" s="2" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="Z58" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA58" s="2">
         <v>850.06</v>
       </c>
       <c r="AB58" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>693.97</v>
+        <v>47</v>
+      </c>
+      <c r="AC58" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD58" s="2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="59" spans="1:30">
       <c r="A59" s="2">
         <v>57</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="J59" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K59" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="M59" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N59" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O59" s="3">
         <v>2271</v>
       </c>
       <c r="P59" s="3">
         <v>721</v>
       </c>
       <c r="Q59" s="3">
         <v>721</v>
       </c>
       <c r="R59" s="3">
         <v>546.4</v>
       </c>
       <c r="S59" s="3">
         <v>546.4</v>
       </c>
       <c r="T59" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U59" s="3"/>
       <c r="V59" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X59" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="Y59" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="Z59" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA59" s="2">
         <v>45.47</v>
       </c>
       <c r="AB59" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>358.39</v>
+        <v>47</v>
+      </c>
+      <c r="AC59" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD59" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:30">
       <c r="A60" s="2">
         <v>58</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J60" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="K60" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M60" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N60" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O60" s="3">
         <v>1817</v>
       </c>
       <c r="P60" s="3">
         <v>664</v>
       </c>
       <c r="Q60" s="3">
         <v>748</v>
       </c>
       <c r="R60" s="3">
         <v>933.72</v>
       </c>
       <c r="S60" s="3">
         <v>933.72</v>
       </c>
       <c r="T60" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U60" s="3"/>
       <c r="V60" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X60" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="Y60" s="2" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="Z60" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA60" s="2">
         <v>1326.37</v>
       </c>
       <c r="AB60" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>535.31</v>
+        <v>47</v>
+      </c>
+      <c r="AC60" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD60" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:30">
       <c r="A61" s="2">
         <v>59</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J61" s="3"/>
       <c r="K61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M61" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N61" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O61" s="3">
         <v>829</v>
       </c>
       <c r="P61" s="3">
         <v>28</v>
       </c>
       <c r="Q61" s="3">
         <v>28</v>
       </c>
       <c r="R61" s="3">
         <v>31.51</v>
       </c>
       <c r="S61" s="3">
         <v>31.51</v>
       </c>
       <c r="T61" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U61" s="3"/>
       <c r="V61" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X61" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="Y61" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="Z61" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA61" s="2">
         <v>45.02</v>
       </c>
       <c r="AB61" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>28.81</v>
+        <v>47</v>
+      </c>
+      <c r="AC61" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD61" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:30">
       <c r="A62" s="2">
         <v>60</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J62" s="3"/>
       <c r="K62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M62" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N62" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O62" s="3">
         <v>141</v>
       </c>
       <c r="P62" s="3">
         <v>78</v>
       </c>
       <c r="Q62" s="3">
         <v>78</v>
       </c>
       <c r="R62" s="3">
         <v>38.14</v>
       </c>
       <c r="S62" s="3">
         <v>38.14</v>
       </c>
       <c r="T62" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U62" s="3"/>
       <c r="V62" s="3" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X62" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="Y62" s="2" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="Z62" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA62" s="2">
         <v>57.07</v>
       </c>
       <c r="AB62" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>34.85</v>
+        <v>47</v>
+      </c>
+      <c r="AC62" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD62" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:30">
       <c r="A63" s="2">
         <v>61</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="J63" s="3"/>
       <c r="K63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M63" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N63" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O63" s="3">
         <v>120</v>
       </c>
       <c r="P63" s="3">
         <v>100</v>
       </c>
       <c r="Q63" s="3">
         <v>100</v>
       </c>
       <c r="R63" s="3">
         <v>40.62</v>
       </c>
       <c r="S63" s="3">
         <v>40.62</v>
       </c>
       <c r="T63" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U63" s="3"/>
       <c r="V63" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X63" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="Y63" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="Z63" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA63" s="2">
         <v>61</v>
       </c>
       <c r="AB63" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>36.77</v>
+        <v>47</v>
+      </c>
+      <c r="AC63" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD63" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:30">
       <c r="A64" s="2">
         <v>62</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="J64" s="3"/>
       <c r="K64" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M64" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N64" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O64" s="3">
         <v>332</v>
       </c>
       <c r="P64" s="3">
         <v>100</v>
       </c>
       <c r="Q64" s="3">
         <v>100</v>
       </c>
       <c r="R64" s="3">
         <v>40.62</v>
       </c>
       <c r="S64" s="3">
         <v>40.62</v>
       </c>
       <c r="T64" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U64" s="3"/>
       <c r="V64" s="3" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X64" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="Y64" s="2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="Z64" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA64" s="2">
         <v>61.08</v>
       </c>
       <c r="AB64" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>36.53</v>
+        <v>47</v>
+      </c>
+      <c r="AC64" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD64" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="65" spans="1:30">
       <c r="A65" s="2">
         <v>63</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="J65" s="3" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="K65" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M65" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N65" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O65" s="3">
         <v>6299</v>
       </c>
       <c r="P65" s="3">
         <v>1169</v>
       </c>
       <c r="Q65" s="3">
         <v>1169</v>
       </c>
       <c r="R65" s="3">
         <v>994.64</v>
       </c>
       <c r="S65" s="3">
         <v>994.64</v>
       </c>
       <c r="T65" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U65" s="3"/>
       <c r="V65" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X65" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="Y65" s="2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="Z65" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA65" s="2">
         <v>68.85</v>
       </c>
       <c r="AB65" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>479.69</v>
+        <v>47</v>
+      </c>
+      <c r="AC65" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD65" s="2" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="66" spans="1:30">
       <c r="A66" s="2">
         <v>64</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="J66" s="3"/>
       <c r="K66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M66" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="N66" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O66" s="3">
         <v>1556</v>
       </c>
       <c r="P66" s="3">
         <v>1482</v>
       </c>
       <c r="Q66" s="3">
         <v>1482</v>
       </c>
       <c r="R66" s="3">
         <v>711.04</v>
       </c>
       <c r="S66" s="3">
         <v>711.04</v>
       </c>
       <c r="T66" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U66" s="3"/>
       <c r="V66" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X66" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="Y66" s="2" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="Z66" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA66" s="2">
         <v>49.94</v>
       </c>
       <c r="AB66" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>385.31</v>
+        <v>47</v>
+      </c>
+      <c r="AC66" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD66" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="67" spans="1:30">
       <c r="A67" s="2">
         <v>65</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="J67" s="3"/>
       <c r="K67" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M67" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N67" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O67" s="3">
         <v>961</v>
       </c>
       <c r="P67" s="3">
         <v>1042</v>
       </c>
       <c r="Q67" s="3">
         <v>1042</v>
       </c>
       <c r="R67" s="3">
         <v>613.13</v>
       </c>
       <c r="S67" s="3">
         <v>613.13</v>
       </c>
       <c r="T67" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U67" s="3"/>
       <c r="V67" s="3" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X67" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="Y67" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="Z67" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA67" s="2">
         <v>558.26</v>
       </c>
       <c r="AB67" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>339.35</v>
+        <v>47</v>
+      </c>
+      <c r="AC67" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD67" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="68" spans="1:30">
       <c r="A68" s="2">
         <v>66</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="J68" s="3"/>
       <c r="K68" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="M68" s="3" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="N68" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O68" s="3">
         <v>8053</v>
       </c>
       <c r="P68" s="3">
         <v>3022</v>
       </c>
       <c r="Q68" s="3">
         <v>3022</v>
       </c>
       <c r="R68" s="3">
         <v>1308.69</v>
       </c>
       <c r="S68" s="3">
         <v>1308.69</v>
       </c>
       <c r="T68" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U68" s="3"/>
       <c r="V68" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X68" s="2" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="Y68" s="2" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="Z68" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA68" s="2">
         <v>1064.18</v>
       </c>
       <c r="AB68" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>936.71</v>
+        <v>47</v>
+      </c>
+      <c r="AC68" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD68" s="2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="69" spans="1:30">
       <c r="A69" s="2">
         <v>67</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J69" s="3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="K69" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M69" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N69" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O69" s="3">
         <v>3765</v>
       </c>
       <c r="P69" s="3">
         <v>1091</v>
       </c>
       <c r="Q69" s="3">
         <v>1091</v>
       </c>
       <c r="R69" s="3">
         <v>1074.75</v>
       </c>
       <c r="S69" s="3">
         <v>1074.75</v>
       </c>
       <c r="T69" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U69" s="3"/>
       <c r="V69" s="3" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X69" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="Y69" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="Z69" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA69" s="2">
         <v>110.29</v>
       </c>
       <c r="AB69" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>780.94</v>
+        <v>47</v>
+      </c>
+      <c r="AC69" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD69" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:30">
       <c r="A70" s="2">
         <v>68</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="J70" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M70" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N70" s="3"/>
       <c r="O70" s="3">
         <v>1965</v>
       </c>
       <c r="P70" s="3">
         <v>1461</v>
       </c>
       <c r="Q70" s="3">
         <v>1461</v>
       </c>
       <c r="R70" s="3">
         <v>99.51</v>
       </c>
       <c r="S70" s="3">
         <v>99.51</v>
       </c>
       <c r="T70" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U70" s="3"/>
       <c r="V70" s="3"/>
       <c r="W70" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X70" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y70" s="2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="Z70" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA70" s="2">
         <v>19.95</v>
       </c>
       <c r="AB70" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>98.47</v>
+        <v>47</v>
+      </c>
+      <c r="AC70" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD70" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="71" spans="1:30">
       <c r="A71" s="2">
         <v>69</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="J71" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="K71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M71" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N71" s="3"/>
       <c r="O71" s="3">
         <v>2620</v>
       </c>
       <c r="P71" s="3">
         <v>1906</v>
       </c>
       <c r="Q71" s="3">
         <v>1906</v>
       </c>
       <c r="R71" s="3">
         <v>118.61</v>
       </c>
       <c r="S71" s="3">
         <v>118.61</v>
       </c>
       <c r="T71" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U71" s="3"/>
       <c r="V71" s="3"/>
       <c r="W71" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X71" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y71" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="Z71" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA71" s="2">
         <v>95.85</v>
       </c>
       <c r="AB71" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>95.85</v>
+        <v>47</v>
+      </c>
+      <c r="AC71" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD71" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="72" spans="1:30">
       <c r="A72" s="2">
         <v>70</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="J72" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="K72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M72" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N72" s="3"/>
       <c r="O72" s="3">
         <v>2306</v>
       </c>
       <c r="P72" s="3">
         <v>1738</v>
       </c>
       <c r="Q72" s="3">
         <v>1738</v>
       </c>
       <c r="R72" s="3">
         <v>115.48</v>
       </c>
       <c r="S72" s="3">
         <v>115.48</v>
       </c>
       <c r="T72" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U72" s="3"/>
       <c r="V72" s="3"/>
       <c r="W72" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X72" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y72" s="2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="Z72" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA72" s="2">
         <v>78.84</v>
       </c>
       <c r="AB72" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>78.84</v>
+        <v>47</v>
+      </c>
+      <c r="AC72" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD72" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="73" spans="1:30">
       <c r="A73" s="2">
         <v>71</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G73" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="J73" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="H73" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M73" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N73" s="3"/>
       <c r="O73" s="3">
         <v>1574</v>
       </c>
       <c r="P73" s="3">
         <v>1347</v>
       </c>
       <c r="Q73" s="3">
         <v>1349</v>
       </c>
       <c r="R73" s="3">
         <v>89.83</v>
       </c>
       <c r="S73" s="3">
         <v>89.83</v>
       </c>
       <c r="T73" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U73" s="3"/>
       <c r="V73" s="3"/>
       <c r="W73" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X73" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Y73" s="2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="Z73" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA73" s="2">
         <v>17.89</v>
       </c>
       <c r="AB73" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>89.28</v>
+        <v>47</v>
+      </c>
+      <c r="AC73" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD73" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:30">
       <c r="A74" s="2">
         <v>72</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="J74" s="3"/>
       <c r="K74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M74" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="N74" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O74" s="3">
         <v>366</v>
       </c>
       <c r="P74" s="3">
         <v>436</v>
       </c>
       <c r="Q74" s="3">
         <v>436</v>
       </c>
       <c r="R74" s="3">
         <v>300.98</v>
       </c>
       <c r="S74" s="3">
         <v>300.98</v>
       </c>
       <c r="T74" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U74" s="3"/>
       <c r="V74" s="3" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X74" s="2" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="Y74" s="2" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="Z74" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA74" s="2">
         <v>233.8</v>
       </c>
       <c r="AB74" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>236.24</v>
+        <v>47</v>
+      </c>
+      <c r="AC74" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD74" s="2" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="75" spans="1:30">
       <c r="A75" s="2">
         <v>73</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="J75" s="3" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K75" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M75" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N75" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O75" s="3">
         <v>477</v>
       </c>
       <c r="P75" s="3">
         <v>57</v>
       </c>
       <c r="Q75" s="3">
         <v>57</v>
       </c>
       <c r="R75" s="3">
         <v>360.07</v>
       </c>
       <c r="S75" s="3">
         <v>360.07</v>
       </c>
       <c r="T75" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U75" s="3"/>
       <c r="V75" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="X75" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="Y75" s="2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="Z75" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA75" s="2">
         <v>144.92</v>
       </c>
       <c r="AB75" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>113.07</v>
+        <v>47</v>
+      </c>
+      <c r="AC75" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD75" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:30">
       <c r="A76" s="2">
         <v>74</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="J76" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K76" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M76" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N76" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O76" s="3">
         <v>3250</v>
       </c>
       <c r="P76" s="3">
         <v>1303</v>
       </c>
       <c r="Q76" s="3">
         <v>1303</v>
       </c>
       <c r="R76" s="3">
         <v>649.29</v>
       </c>
       <c r="S76" s="3">
         <v>649.29</v>
       </c>
       <c r="T76" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U76" s="3"/>
       <c r="V76" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X76" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="Y76" s="2" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="Z76" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA76" s="2">
         <v>448.37</v>
       </c>
       <c r="AB76" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>486.51</v>
+        <v>47</v>
+      </c>
+      <c r="AC76" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD76" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:30">
       <c r="A77" s="2">
         <v>75</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="J77" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="K77" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M77" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N77" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O77" s="3">
         <v>1997</v>
       </c>
       <c r="P77" s="3">
         <v>1100</v>
       </c>
       <c r="Q77" s="3">
         <v>1100</v>
       </c>
       <c r="R77" s="3">
         <v>770.8</v>
       </c>
       <c r="S77" s="3">
         <v>770.8</v>
       </c>
       <c r="T77" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U77" s="3"/>
       <c r="V77" s="3" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X77" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="Y77" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="Z77" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA77" s="2">
         <v>62.25</v>
       </c>
       <c r="AB77" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>549.69</v>
+        <v>47</v>
+      </c>
+      <c r="AC77" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD77" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:30">
       <c r="A78" s="2">
         <v>76</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="J78" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="K78" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M78" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N78" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="O78" s="3">
         <v>4454</v>
       </c>
       <c r="P78" s="3">
         <v>255</v>
       </c>
       <c r="Q78" s="3">
         <v>255</v>
       </c>
       <c r="R78" s="3">
         <v>686.91</v>
       </c>
       <c r="S78" s="3">
         <v>686.91</v>
       </c>
       <c r="T78" s="3" t="s">
         <v>42</v>
       </c>
       <c r="U78" s="3"/>
       <c r="V78" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>43</v>
       </c>
       <c r="X78" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="Y78" s="2" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="Z78" s="2" t="s">
         <v>46</v>
       </c>
       <c r="AA78" s="2">
         <v>43.12</v>
       </c>
       <c r="AB78" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>273.79</v>
+        <v>47</v>
+      </c>
+      <c r="AC78" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="AD78" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:30">
-      <c r="A79" s="2">
-[...23 lines deleted...]
-      <c r="I79" s="3" t="s">
+      <c r="A79" s="6" t="s">
         <v>490</v>
       </c>
-      <c r="J79" s="3"/>
-[...15795 lines deleted...]
-      <c r="AD259" s="6"/>
+      <c r="B79" s="6"/>
+      <c r="C79" s="6"/>
+      <c r="D79" s="6"/>
+      <c r="E79" s="6"/>
+      <c r="F79" s="6"/>
+      <c r="G79" s="6"/>
+      <c r="H79" s="7"/>
+      <c r="I79" s="7"/>
+      <c r="J79" s="7"/>
+      <c r="K79" s="7"/>
+      <c r="L79" s="7"/>
+      <c r="M79" s="7"/>
+      <c r="N79" s="7"/>
+      <c r="O79" s="7">
+        <v>207448</v>
+      </c>
+      <c r="P79" s="7">
+        <v>171089</v>
+      </c>
+      <c r="Q79" s="7">
+        <v>144823</v>
+      </c>
+      <c r="R79" s="7">
+        <v>31189.57</v>
+      </c>
+      <c r="S79" s="7">
+        <v>31189.57</v>
+      </c>
+      <c r="T79" s="7"/>
+      <c r="U79" s="7"/>
+      <c r="V79" s="7"/>
+      <c r="W79" s="7"/>
+      <c r="X79" s="6"/>
+      <c r="Y79" s="6"/>
+      <c r="Z79" s="6"/>
+      <c r="AA79" s="6">
+        <v>14831.29</v>
+      </c>
+      <c r="AB79" s="6"/>
+      <c r="AC79" s="6">
+        <v>21836.12</v>
+      </c>
+      <c r="AD79" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:X1"/>
-    <mergeCell ref="A259:N259"/>
-    <mergeCell ref="T259:Z259"/>
+    <mergeCell ref="A79:N79"/>
+    <mergeCell ref="T79:Z79"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>