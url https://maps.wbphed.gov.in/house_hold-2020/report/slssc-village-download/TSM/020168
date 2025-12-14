--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,98 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List of villages where scheme a" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>List of villages where scheme approved in SlSSC</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Gram Panchayat</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Village Code</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Scheme SM Code</t>
   </si>
   <si>
     <t>TSM Code</t>
   </si>
   <si>
     <t>Scheme Type</t>
   </si>
   <si>
     <t>Scheme coverage type</t>
   </si>
   <si>
     <t>Total Households</t>
   </si>
   <si>
     <t>FHTCs approved in SLSSC</t>
   </si>
   <si>
     <t>Corrected FHTCs</t>
   </si>
   <si>
     <t>SLSSC Date</t>
+  </si>
+  <si>
+    <t>DARJEELING</t>
+  </si>
+  <si>
+    <t>Naxalbari</t>
+  </si>
+  <si>
+    <t>MONIRAM</t>
+  </si>
+  <si>
+    <t>Mir Jangla</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BIRSING PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/15271</t>
+  </si>
+  <si>
+    <t>TSM/020168</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>MVS</t>
+  </si>
+  <si>
+    <t>16/11/2022</t>
+  </si>
+  <si>
+    <t>NAXALBARI</t>
+  </si>
+  <si>
+    <t>Fakna</t>
+  </si>
+  <si>
+    <t>HATIGHISA</t>
+  </si>
+  <si>
+    <t>Birsing</t>
+  </si>
+  <si>
+    <t>Huchaimallik</t>
+  </si>
+  <si>
+    <t>Jamidarguri</t>
+  </si>
+  <si>
+    <t>Jamidargurir Chhat</t>
+  </si>
+  <si>
+    <t>Mirjangler Chhat</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -142,56 +196,65 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="10">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
@@ -471,167 +534,502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O3"/>
+  <dimension ref="A1:O10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15">
-      <c r="A2" s="2" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="3" t="s">
+      <c r="H2" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="3" t="s">
+      <c r="I2" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="3" t="s">
+      <c r="J2" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="3" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="3" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="3" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="3" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="3" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
-      <c r="A3" s="4" t="s">
+      <c r="A3" s="2">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="5"/>
-[...12 lines deleted...]
-      <c r="O3" s="6" t="s">
+      <c r="C3" s="3" t="s">
         <v>17</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" s="3">
+        <v>306573</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" s="4">
+        <v>294</v>
+      </c>
+      <c r="M3" s="4">
+        <v>0</v>
+      </c>
+      <c r="N3" s="4">
+        <v>0</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15">
+      <c r="A4" s="2">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" s="3">
+        <v>306587</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" s="4">
+        <v>391</v>
+      </c>
+      <c r="M4" s="4">
+        <v>0</v>
+      </c>
+      <c r="N4" s="4">
+        <v>0</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15">
+      <c r="A5" s="2">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="3">
+        <v>306622</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" s="4">
+        <v>677</v>
+      </c>
+      <c r="M5" s="4">
+        <v>0</v>
+      </c>
+      <c r="N5" s="4">
+        <v>0</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15">
+      <c r="A6" s="2">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" s="3">
+        <v>306625</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" s="4">
+        <v>220</v>
+      </c>
+      <c r="M6" s="4">
+        <v>0</v>
+      </c>
+      <c r="N6" s="4">
+        <v>0</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15">
+      <c r="A7" s="2">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3">
+        <v>306627</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I7" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" s="4">
+        <v>259</v>
+      </c>
+      <c r="M7" s="4">
+        <v>0</v>
+      </c>
+      <c r="N7" s="4">
+        <v>0</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15">
+      <c r="A8" s="2">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" s="3">
+        <v>306628</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" s="4">
+        <v>85</v>
+      </c>
+      <c r="M8" s="4">
+        <v>0</v>
+      </c>
+      <c r="N8" s="4">
+        <v>0</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15">
+      <c r="A9" s="2">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="3">
+        <v>306631</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" s="4">
+        <v>225</v>
+      </c>
+      <c r="M9" s="4">
+        <v>0</v>
+      </c>
+      <c r="N9" s="4">
+        <v>0</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15">
+      <c r="A10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="8"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="9"/>
+      <c r="K10" s="9"/>
+      <c r="L10" s="9">
+        <v>2151</v>
+      </c>
+      <c r="M10" s="9">
+        <v>0</v>
+      </c>
+      <c r="N10" s="9">
+        <v>0</v>
+      </c>
+      <c r="O10" s="9" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
-    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A10:K10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>