--- v0 (2025-12-14)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List of villages where scheme a" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>List of villages where scheme approved in SlSSC</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Gram Panchayat</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Village Code</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
@@ -74,57 +74,66 @@
   <si>
     <t>Total Households</t>
   </si>
   <si>
     <t>FHTCs approved in SLSSC</t>
   </si>
   <si>
     <t>Corrected FHTCs</t>
   </si>
   <si>
     <t>SLSSC Date</t>
   </si>
   <si>
     <t>KALIMPONG</t>
   </si>
   <si>
     <t>Kalimpong-I</t>
   </si>
   <si>
     <t>LOWER ECHHEY</t>
   </si>
   <si>
     <t>Icha Khasmahal</t>
   </si>
   <si>
+    <t>GRAVITY BASED WATER SUPPLY SCHEME FOR ICHA KHASMAHAL PWSS, BLOCK: -KALIMPONG-I, DISTRICT: KALIMPONG</t>
+  </si>
+  <si>
+    <t>SM/18322</t>
+  </si>
+  <si>
     <t>TSM/012509</t>
   </si>
   <si>
-    <t>MVS</t>
-[...2 lines deleted...]
-    <t>01/01/1970</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>SVS</t>
+  </si>
+  <si>
+    <t>20/05/2022</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -611,97 +620,103 @@
         <v>14</v>
       </c>
       <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F3" s="3">
         <v>306226</v>
       </c>
-      <c r="G3" s="3"/>
-      <c r="H3" s="2"/>
+      <c r="G3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="I3" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J3" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="K3" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L3" s="4">
         <v>2506</v>
       </c>
       <c r="M3" s="4">
         <v>1196</v>
       </c>
       <c r="N3" s="4">
         <v>1196</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="9"/>
       <c r="K4" s="9"/>
       <c r="L4" s="9">
         <v>2506</v>
       </c>
       <c r="M4" s="9">
         <v>1196</v>
       </c>
       <c r="N4" s="9">
         <v>1196</v>
       </c>
       <c r="O4" s="9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A4:K4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>