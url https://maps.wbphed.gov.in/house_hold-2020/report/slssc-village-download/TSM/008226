--- v0 (2025-12-14)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List of villages where scheme a" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>List of villages where scheme approved in SlSSC</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Gram Panchayat</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
     <t>Village Code</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
@@ -74,66 +74,57 @@
   <si>
     <t>Total Households</t>
   </si>
   <si>
     <t>FHTCs approved in SLSSC</t>
   </si>
   <si>
     <t>Corrected FHTCs</t>
   </si>
   <si>
     <t>SLSSC Date</t>
   </si>
   <si>
     <t>MALDAH</t>
   </si>
   <si>
     <t>Kaliachak-III</t>
   </si>
   <si>
     <t>BIRNAGAR-I</t>
   </si>
   <si>
     <t>Baishnabnagar</t>
   </si>
   <si>
-    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) within the command area of Dariapur Zone under Surface water based Malda Arsenic Area Water Supply Scheme (Southern Sector) in Kaliachak-III Bl</t>
-[...4 lines deleted...]
-  <si>
     <t>TSM/008226</t>
   </si>
   <si>
-    <t>Retrofitting</t>
-[...1 lines deleted...]
-  <si>
     <t>MVS</t>
   </si>
   <si>
-    <t>19/08/2021</t>
+    <t>01/01/1970</t>
   </si>
   <si>
     <t>LAXMIPUR</t>
   </si>
   <si>
     <t>Lakshmipur</t>
   </si>
   <si>
     <t>BEDRABAD</t>
   </si>
   <si>
     <t>Chak Seherdi</t>
   </si>
   <si>
     <t>Dariapur</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
@@ -542,51 +533,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -635,244 +626,220 @@
         <v>14</v>
       </c>
       <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F3" s="3">
         <v>313716</v>
       </c>
-      <c r="G3" s="3" t="s">
+      <c r="G3" s="3"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="J3" s="4"/>
+      <c r="K3" s="4" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L3" s="4">
         <v>3206</v>
       </c>
       <c r="M3" s="4">
         <v>3504</v>
       </c>
       <c r="N3" s="4">
         <v>3504</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F4" s="3">
         <v>313719</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G4" s="3"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="J4" s="4"/>
+      <c r="K4" s="4" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L4" s="4">
         <v>3709</v>
       </c>
       <c r="M4" s="4">
         <v>3201</v>
       </c>
       <c r="N4" s="4">
         <v>3201</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F5" s="3">
         <v>313720</v>
       </c>
-      <c r="G5" s="3" t="s">
+      <c r="G5" s="3"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="H5" s="2" t="s">
+      <c r="J5" s="4"/>
+      <c r="K5" s="4" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L5" s="4">
         <v>660</v>
       </c>
       <c r="M5" s="4">
         <v>1617</v>
       </c>
       <c r="N5" s="4">
         <v>1617</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3">
         <v>313721</v>
       </c>
-      <c r="G6" s="3" t="s">
+      <c r="G6" s="3"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="H6" s="2" t="s">
+      <c r="J6" s="4"/>
+      <c r="K6" s="4" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L6" s="4">
         <v>1717</v>
       </c>
       <c r="M6" s="4">
         <v>1378</v>
       </c>
       <c r="N6" s="4">
         <v>1378</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9">
         <v>9292</v>
       </c>
       <c r="M7" s="9">
         <v>9700</v>
       </c>
       <c r="N7" s="9">
         <v>9700</v>
       </c>
       <c r="O7" s="9" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A7:K7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>