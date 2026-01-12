--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -198,50 +198,68 @@
     <t>12/11/2024</t>
   </si>
   <si>
     <t>10/02/2025</t>
   </si>
   <si>
     <t>SUPERSKILL</t>
   </si>
   <si>
     <t>Acceptance cum work order for Construction of Guard Room at Jatgoria Head Works Site under Augmentation of Jatgoria Water Supply Distribution System of Jatgoria W/S Scheme under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000314/2024-2025</t>
   </si>
   <si>
     <t>2730/RCD-I</t>
   </si>
   <si>
     <t>26/11/2024</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>IMPULSE INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Formal order for the work of balance work of supplying and laying of HDPE distribution system with construction 02 Nos pump house construction of 150 M3 OHR of 20 Mtr staging height as per Deptt drawing laying aligning of rising main and providing FHTC connection of all mouzas under Command area of Augmentation Jatgoria piped W/s Scheme udner DWSD, PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000232/2023-2024</t>
+  </si>
+  <si>
+    <t>1579/DWSD</t>
+  </si>
+  <si>
+    <t>21/09/2023</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>SUPER SKILL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -630,51 +648,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1045,87 +1063,144 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P7" s="4">
         <v>5.53</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>40</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="B8" s="7"/>
-[...22 lines deleted...]
-      <c r="S8" s="8"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" s="4">
+        <v>145.14</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>32.51</v>
+      </c>
+      <c r="R8" s="4">
+        <v>22.4</v>
+      </c>
+      <c r="S8" s="4">
+        <v>100</v>
+      </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>280.49</v>
+      </c>
+      <c r="P9" s="8">
+        <v>66.05</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>23.55</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>