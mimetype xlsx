--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -868,54 +868,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>0.78</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -927,54 +927,54 @@
         <v>41</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>32.98</v>
       </c>
       <c r="Q5" s="4">
-        <v>32.76</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.34</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1106,88 +1106,88 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P8" s="4">
         <v>145.14</v>
       </c>
       <c r="Q8" s="4">
-        <v>32.51</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>22.4</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>280.49</v>
       </c>
       <c r="P9" s="8">
-        <v>66.05</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>23.55</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>