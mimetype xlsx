--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -518,68 +518,50 @@
   <si>
     <t>ORD/001233/2023-2024</t>
   </si>
   <si>
     <t>1292/DWSD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
     <t>PRAKRITI CONSTRUCTION</t>
   </si>
   <si>
     <t>Formal order for the work of implementation of ground water based mini piped water supply scheme in 7(Seven) nos villages under Durgapur-Faridpur and Kanksa blocks max 100 HH under DWSD,PHE Dte in connection with Jal Swapna</t>
   </si>
   <si>
     <t>ORD/000268/2022-2023</t>
   </si>
   <si>
     <t>1162/DWSD</t>
   </si>
   <si>
     <t>30/10/2022</t>
   </si>
   <si>
-    <t>Acceptance cum formal order for the work of Balance work of providing FHTC in connection with JJM for Kanksa (Zone-II) Part-B for Augmentation of BISTUPUR W/S Scheme (JJM) under DWSD,PHE Dte.</t>
-[...16 lines deleted...]
-  <si>
     <t>Formal work order for creating separate zone for Amlajora, supplying, laying of HDPE distribution pipeline and other allied works at Sarpi, Repairing of existing cement concrete road restoration and other allied works (Part- A &amp; B), construction of 5.40 X 3.6 meter switch room including additional concreting of exition dismantled road after extension of pipeline and retrofitting of existing distribution system under RBT Sarpi PWSS, Augmentation of Gopalpur &amp; Bistupur PWSS and Amlajora PWSS under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer 3,Assistant Engineer 4</t>
   </si>
   <si>
     <t>Junior Engineer,Junior Engineer 6</t>
   </si>
   <si>
     <t>ORD/001013/2023-2024</t>
   </si>
   <si>
     <t>548/RCD-I</t>
   </si>
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
     <t>11/10/2025</t>
   </si>
   <si>
     <t>HIRANMAY GHOSH</t>
   </si>
   <si>
     <t>Acceptance cum work order for Construction of Separate Zone at Rakshitpur with Boundary wall, Pump House, Tubewell &amp; other allied works of Augmentation of Bistupur PWSS under RCFA Division-I PHE Dte.</t>
@@ -653,108 +635,96 @@
   <si>
     <t>Supply And Installation Of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System And Internal House Wiring For Tube Well No-4, Tube Well No-5 and Tube Well No-6 At Augmentation Of Bistupur Piped Water Supply Scheme Under Asansol Mechanical Division, PHE. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
     <t>Junior Engineer-3</t>
   </si>
   <si>
     <t>ORD/000453/2024-2025</t>
   </si>
   <si>
     <t>2119/AMD</t>
   </si>
   <si>
     <t>16/12/2024</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>M/S SAJAHAN CHOWDHURY</t>
   </si>
   <si>
-    <t>SUPPLY AND INSTALLATION OF SUBMERSIBLE PUMPING MACHINERY, VOLTAGE STABILIZER, CHLORINATION SYSTEM AND INTERNAL HOUSE WIRING FOR TUBE WELL NO-7 (MALANDIGHI) &amp; TUBE WELL NO-8 (RAKSHITPUR) AT AUGMENTATION OF BISTUPUR PIPED WATER SUPPLY SCHEME UNDER ASANSOL MECHANICAL DIVISION, PHE DTE., BLOCK- KANKSA, DIST- PASCHIM BARDHAMAN.</t>
-[...13 lines deleted...]
-  <si>
     <t>Acceptance cum work order for Construction of Separate Zone at Keshabpur with Boundary wall, Pump House, Tubewell &amp; other allied works of Augmentation of Bistupur PWSS under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000632/2024-2025</t>
   </si>
   <si>
     <t>318/RCD-I</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>Acceptance cum work order for Additional work of Supplying, laying and aligning of HDPE distribution pipe line / rising main &amp; allied works at Bistupur Head Works Site and Saraswatingunj command area of Bistupr PWSS under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000246/2025-2026</t>
   </si>
   <si>
     <t>1468/RCD-I</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>
   <si>
     <t>Acceptance cum work order for Additional work of supplying laying and aligning of HDPE distribution pipe line &amp; allied works including Function House Hold Tap Connection (FHTC) and re concoction at Ghatakdanga, Akandara and Saraswatigunj under command area of Bistupur under Augmentation of Bistupur PWSS under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000266/2025-2026</t>
   </si>
   <si>
     <t>1488/RCD-I</t>
   </si>
   <si>
     <t>Acceptance cum work order for Separate distribution pipe with interconnection for Gopalpur (Right Side) including Paschimpara, Bauripara, Generalparaof Gopalpur W/S Scheme for Augmentation of ground water based water supply scheme of Bistupur under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000329/2025-2026</t>
   </si>
   <si>
     <t>1515/RCD-I</t>
   </si>
   <si>
     <t>20/05/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
   </si>
   <si>
     <t>UNITED CONSTRUCTION</t>
   </si>
   <si>
     <t>Acceptance cum work order for Additional 1 no sinking of 300 x 200 mm dia&amp; distribution pipe line with interconnection for GopalpurNamoparaAdibasipara at ChatallidangaGosaidanga, Dangapara, Dhoadanga for Augmentation of Ground Water Based Water Supply Scheme for Bistupur under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000256/2025-2026</t>
   </si>
   <si>
     <t>1478/RCD-I</t>
   </si>
   <si>
     <t>14/07/2025</t>
   </si>
   <si>
     <t>RANJIB GHATAK</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -1161,51 +1131,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W44"/>
+  <dimension ref="A1:W42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2891,866 +2861,748 @@
         <v>275.32</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
         <v>168</v>
       </c>
-      <c r="I31" s="13"/>
-      <c r="J31" s="13"/>
+      <c r="I31" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="J31" s="13" t="s">
+        <v>170</v>
+      </c>
       <c r="K31" s="4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="P31" s="4">
-        <v>30.61</v>
+        <v>200.38</v>
       </c>
       <c r="Q31" s="4">
-        <v>0</v>
+        <v>59.65</v>
       </c>
       <c r="R31" s="4">
-        <v>0</v>
+        <v>29.77</v>
       </c>
       <c r="S31" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I32" s="13" t="s">
-        <v>175</v>
+        <v>106</v>
       </c>
       <c r="J32" s="13" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K32" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="O32" s="4" t="s">
-        <v>181</v>
+        <v>30</v>
       </c>
       <c r="P32" s="4">
-        <v>200.38</v>
+        <v>70.46</v>
       </c>
       <c r="Q32" s="4">
-        <v>59.65</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>29.77</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
         <v>182</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J33" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="K33" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="K33" s="4" t="s">
+      <c r="L33" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="L33" s="4" t="s">
+      <c r="M33" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="N33" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="O33" s="4" t="s">
         <v>185</v>
       </c>
-      <c r="M33" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P33" s="4">
-        <v>70.46</v>
+        <v>20.41</v>
       </c>
       <c r="Q33" s="4">
-        <v>0</v>
+        <v>2.35</v>
       </c>
       <c r="R33" s="4">
-        <v>0</v>
+        <v>11.53</v>
       </c>
       <c r="S33" s="4">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J34" s="13" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="K34" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="L34" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="L34" s="4" t="s">
+      <c r="M34" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="M34" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N34" s="4" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P34" s="4">
-        <v>20.41</v>
+        <v>305.57</v>
       </c>
       <c r="Q34" s="4">
-        <v>2.35</v>
+        <v>124.71</v>
       </c>
       <c r="R34" s="4">
-        <v>11.53</v>
+        <v>40.81</v>
       </c>
       <c r="S34" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I35" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J35" s="13" t="s">
-        <v>193</v>
+        <v>107</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M35" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="N35" s="4" t="s">
         <v>196</v>
       </c>
-      <c r="N35" s="4" t="s">
+      <c r="O35" s="4" t="s">
         <v>197</v>
       </c>
-      <c r="O35" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="4">
-        <v>305.57</v>
+        <v>45.89</v>
       </c>
       <c r="Q35" s="4">
-        <v>124.71</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>40.81</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
-        <v>104</v>
+        <v>198</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>199</v>
       </c>
       <c r="I36" s="13" t="s">
-        <v>106</v>
+        <v>200</v>
       </c>
       <c r="J36" s="13" t="s">
-        <v>107</v>
+        <v>201</v>
       </c>
       <c r="K36" s="4" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L36" s="4" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>116</v>
+        <v>204</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="O36" s="4" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="P36" s="4">
-        <v>45.89</v>
+        <v>34.81</v>
       </c>
       <c r="Q36" s="4">
         <v>0</v>
       </c>
       <c r="R36" s="4">
         <v>0</v>
       </c>
       <c r="S36" s="4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
-        <v>204</v>
+        <v>104</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I37" s="13" t="s">
-        <v>206</v>
+        <v>106</v>
       </c>
       <c r="J37" s="13" t="s">
-        <v>207</v>
+        <v>107</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>211</v>
+        <v>181</v>
       </c>
       <c r="O37" s="4" t="s">
-        <v>212</v>
+        <v>185</v>
       </c>
       <c r="P37" s="4">
-        <v>34.81</v>
+        <v>22.9</v>
       </c>
       <c r="Q37" s="4">
         <v>0</v>
       </c>
       <c r="R37" s="4">
         <v>0</v>
       </c>
       <c r="S37" s="4">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
-        <v>204</v>
+        <v>104</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="13" t="s">
+        <v>211</v>
+      </c>
+      <c r="I38" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="J38" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K38" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="L38" s="4" t="s">
         <v>213</v>
       </c>
-      <c r="I38" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K38" s="4" t="s">
+      <c r="M38" s="4" t="s">
         <v>214</v>
       </c>
-      <c r="L38" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N38" s="4" t="s">
-        <v>217</v>
+        <v>181</v>
       </c>
       <c r="O38" s="4" t="s">
-        <v>212</v>
+        <v>185</v>
       </c>
       <c r="P38" s="4">
-        <v>23.47</v>
+        <v>79.35</v>
       </c>
       <c r="Q38" s="4">
         <v>0</v>
       </c>
       <c r="R38" s="4">
         <v>0</v>
       </c>
       <c r="S38" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="I39" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K39" s="4" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="M39" s="4" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>191</v>
+        <v>30</v>
       </c>
       <c r="P39" s="4">
-        <v>22.9</v>
+        <v>44.86</v>
       </c>
       <c r="Q39" s="4">
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <v>0</v>
       </c>
       <c r="S39" s="4">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="I40" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K40" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="N40" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="O40" s="4" t="s">
         <v>223</v>
       </c>
-      <c r="L40" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P40" s="4">
-        <v>79.35</v>
+        <v>38.56</v>
       </c>
       <c r="Q40" s="4">
         <v>0</v>
       </c>
       <c r="R40" s="4">
         <v>0</v>
       </c>
       <c r="S40" s="4">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="I41" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="J41" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="M41" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="N41" s="4" t="s">
         <v>227</v>
       </c>
-      <c r="L41" s="4" t="s">
+      <c r="O41" s="4" t="s">
         <v>228</v>
       </c>
-      <c r="M41" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P41" s="4">
-        <v>44.86</v>
+        <v>73.79</v>
       </c>
       <c r="Q41" s="4">
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <v>0</v>
       </c>
       <c r="S41" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
-      <c r="A42" s="3">
-[...18 lines deleted...]
-      <c r="H42" s="13" t="s">
+      <c r="A42" s="7" t="s">
         <v>229</v>
       </c>
-      <c r="I42" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="7"/>
+      <c r="G42" s="7"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="14"/>
+      <c r="K42" s="8"/>
+      <c r="L42" s="8"/>
+      <c r="M42" s="8"/>
+      <c r="N42" s="8"/>
+      <c r="O42" s="8">
+        <v>2643.9</v>
+      </c>
+      <c r="P42" s="8">
+        <v>515.97</v>
+      </c>
+      <c r="Q42" s="8">
+        <v>19.52</v>
+      </c>
+      <c r="R42" s="8"/>
+      <c r="S42" s="8"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
-    <row r="43" spans="1:23">
-[...90 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A44:N44"/>
+    <mergeCell ref="A42:N42"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>