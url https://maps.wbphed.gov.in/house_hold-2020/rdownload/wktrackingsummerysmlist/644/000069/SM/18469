--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -617,51 +617,51 @@
   <si>
     <t>Construction of Separate Zone at Pathardiha with Boundary wall, Pump House, Tubewell &amp; other allied works of Augmentation of Bistupur PWSS under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000369/2024-2025</t>
   </si>
   <si>
     <t>3097/RCD-I</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>T M CONCRETE CREATION PVT.LTD</t>
   </si>
   <si>
     <t>Asansol Mechanical</t>
   </si>
   <si>
     <t>Supply And Installation Of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System And Internal House Wiring For Tube Well No-4, Tube Well No-5 and Tube Well No-6 At Augmentation Of Bistupur Piped Water Supply Scheme Under Asansol Mechanical Division, PHE. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
-    <t>Junior Engineer-3</t>
+    <t>Junior Engineer-2,Junior Engineer-3</t>
   </si>
   <si>
     <t>ORD/000453/2024-2025</t>
   </si>
   <si>
     <t>2119/AMD</t>
   </si>
   <si>
     <t>16/12/2024</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>M/S SAJAHAN CHOWDHURY</t>
   </si>
   <si>
     <t>Acceptance cum work order for Construction of Separate Zone at Keshabpur with Boundary wall, Pump House, Tubewell &amp; other allied works of Augmentation of Bistupur PWSS under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000632/2024-2025</t>
   </si>
   <si>
     <t>318/RCD-I</t>
   </si>
@@ -1349,54 +1349,54 @@
         <v>31</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>92.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>18.1</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>19.47</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1406,54 +1406,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>216.66</v>
       </c>
       <c r="Q5" s="4">
-        <v>15.54</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>7.17</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>80</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1634,54 +1634,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>21.57</v>
       </c>
       <c r="Q9" s="4">
-        <v>19.05</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>88.33</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1691,54 +1691,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P10" s="4">
         <v>10.92</v>
       </c>
       <c r="Q10" s="4">
-        <v>10.92</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1748,54 +1748,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>9.08</v>
       </c>
       <c r="Q11" s="4">
-        <v>9.04</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.57</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1805,54 +1805,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P12" s="4">
         <v>10.92</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.92</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1862,54 +1862,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P13" s="4">
         <v>10.91</v>
       </c>
       <c r="Q13" s="4">
-        <v>10.91</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1919,54 +1919,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>5.35</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.35</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2033,54 +2033,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>93</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P16" s="4">
         <v>9.9</v>
       </c>
       <c r="Q16" s="4">
-        <v>9.75</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>98.51</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>99</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2090,54 +2090,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>96</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P17" s="4">
         <v>9.91</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.86</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.45</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>99</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2147,54 +2147,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P18" s="4">
         <v>18.95</v>
       </c>
       <c r="Q18" s="4">
-        <v>18.93</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2208,54 +2208,54 @@
       <c r="I19" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="4">
         <v>18.35</v>
       </c>
       <c r="Q19" s="4">
-        <v>4.71</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>25.67</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>50</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2322,54 +2322,54 @@
       </c>
       <c r="H21" s="13" t="s">
         <v>119</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P21" s="4">
         <v>377.24</v>
       </c>
       <c r="Q21" s="4">
-        <v>133.19</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>35.31</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2379,54 +2379,54 @@
       </c>
       <c r="H22" s="13" t="s">
         <v>124</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P22" s="4">
         <v>4.52</v>
       </c>
       <c r="Q22" s="4">
-        <v>4.46</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>98.76</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2436,54 +2436,54 @@
       </c>
       <c r="H23" s="13" t="s">
         <v>130</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P23" s="4">
         <v>3.99</v>
       </c>
       <c r="Q23" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2493,54 +2493,54 @@
       </c>
       <c r="H24" s="13" t="s">
         <v>130</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P24" s="4">
         <v>3.99</v>
       </c>
       <c r="Q24" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2550,54 +2550,54 @@
       </c>
       <c r="H25" s="13" t="s">
         <v>138</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P25" s="4">
         <v>5.95</v>
       </c>
       <c r="Q25" s="4">
-        <v>5.95</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2607,54 +2607,54 @@
       </c>
       <c r="H26" s="13" t="s">
         <v>143</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P26" s="4">
         <v>3.94</v>
       </c>
       <c r="Q26" s="4">
-        <v>3.94</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2664,54 +2664,54 @@
       </c>
       <c r="H27" s="13" t="s">
         <v>147</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P27" s="4">
         <v>10.8</v>
       </c>
       <c r="Q27" s="4">
-        <v>10.71</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.24</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2721,54 +2721,54 @@
       </c>
       <c r="H28" s="13" t="s">
         <v>152</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P28" s="4">
         <v>14.99</v>
       </c>
       <c r="Q28" s="4">
-        <v>13.91</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>92.77</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>80</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2782,54 +2782,54 @@
       <c r="I29" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>159</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P29" s="4">
         <v>6.02</v>
       </c>
       <c r="Q29" s="4">
-        <v>6.02</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2900,54 +2900,54 @@
       <c r="I31" s="13" t="s">
         <v>169</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P31" s="4">
         <v>200.38</v>
       </c>
       <c r="Q31" s="4">
-        <v>59.65</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>29.77</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>40</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3022,54 +3022,54 @@
       <c r="I33" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>177</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P33" s="4">
         <v>20.41</v>
       </c>
       <c r="Q33" s="4">
-        <v>2.35</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>11.53</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>50</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3083,54 +3083,54 @@
       <c r="I34" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>187</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>190</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>191</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>192</v>
       </c>
       <c r="P34" s="4">
         <v>305.57</v>
       </c>
       <c r="Q34" s="4">
-        <v>124.71</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>40.81</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3542,54 +3542,54 @@
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="7" t="s">
         <v>229</v>
       </c>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="11"/>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="14"/>
       <c r="I42" s="14"/>
       <c r="J42" s="14"/>
       <c r="K42" s="8"/>
       <c r="L42" s="8"/>
       <c r="M42" s="8"/>
       <c r="N42" s="8"/>
       <c r="O42" s="8">
         <v>2643.9</v>
       </c>
       <c r="P42" s="8">
-        <v>515.97</v>
+        <v>0</v>
       </c>
       <c r="Q42" s="8">
-        <v>19.52</v>
+        <v>0</v>
       </c>
       <c r="R42" s="8"/>
       <c r="S42" s="8"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A42:N42"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>