--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1108,54 +1108,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.96</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1407,54 +1407,54 @@
       <c r="I9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>338.11</v>
       </c>
       <c r="Q9" s="4">
-        <v>202.91</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>60.01</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>60</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1466,54 +1466,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>93.32</v>
       </c>
       <c r="Q10" s="4">
-        <v>66.94</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>71.73</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1525,54 +1525,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>18.32</v>
       </c>
       <c r="Q11" s="4">
-        <v>14.9</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>81.32</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>82</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1584,54 +1584,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>99.72</v>
       </c>
       <c r="Q12" s="4">
-        <v>65.25</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>65.43</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1643,54 +1643,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>78</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>98.78</v>
       </c>
       <c r="Q13" s="4">
-        <v>41.19</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>41.7</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>42</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1824,54 +1824,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>27.47</v>
       </c>
       <c r="Q16" s="4">
-        <v>23.76</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>86.49</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1883,54 +1883,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>99</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>32.52</v>
       </c>
       <c r="Q17" s="4">
-        <v>32.1</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>98.72</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1942,54 +1942,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>104</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>27.48</v>
       </c>
       <c r="Q18" s="4">
-        <v>27.44</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2001,54 +2001,54 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>108</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="4">
         <v>18.32</v>
       </c>
       <c r="Q19" s="4">
-        <v>10.96</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>59.8</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2237,54 +2237,54 @@
       </c>
       <c r="H23" s="13" t="s">
         <v>126</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P23" s="4">
         <v>97.54</v>
       </c>
       <c r="Q23" s="4">
-        <v>43.97</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>45.08</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>80</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2296,54 +2296,54 @@
       </c>
       <c r="H24" s="13" t="s">
         <v>131</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P24" s="4">
         <v>93.43</v>
       </c>
       <c r="Q24" s="4">
-        <v>23.12</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>24.75</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>70</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -2456,54 +2456,54 @@
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>148</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>2340.46</v>
       </c>
       <c r="P27" s="8">
-        <v>553.5</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>23.65</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>