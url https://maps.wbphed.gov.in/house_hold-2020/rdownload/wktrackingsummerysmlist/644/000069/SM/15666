--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1311,54 +1311,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>98.7</v>
       </c>
       <c r="Q9" s="4">
-        <v>49.22</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>49.87</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>65</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1370,54 +1370,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>99.25</v>
       </c>
       <c r="Q10" s="4">
-        <v>78.14</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>78.73</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1429,54 +1429,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>94.09</v>
       </c>
       <c r="Q11" s="4">
-        <v>65.76</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>69.89</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>85</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1488,54 +1488,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P12" s="4">
         <v>87.79</v>
       </c>
       <c r="Q12" s="4">
-        <v>60.58</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>75</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1547,54 +1547,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>3.9</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1665,54 +1665,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="4">
         <v>98.69</v>
       </c>
       <c r="Q15" s="4">
-        <v>33.51</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>33.95</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1724,54 +1724,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>95</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>95.42</v>
       </c>
       <c r="Q16" s="4">
-        <v>81.27</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>85.17</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>45</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1846,54 +1846,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>106</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="4">
         <v>6.88</v>
       </c>
       <c r="Q18" s="4">
-        <v>6.88</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -1939,54 +1939,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>842.13</v>
       </c>
       <c r="P20" s="8">
-        <v>379.26</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>45.04</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>