--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1137,54 +1137,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>8.78</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.69</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.04</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1194,54 +1194,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="4">
         <v>8.71</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.6</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.71</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1251,54 +1251,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>13.91</v>
       </c>
       <c r="Q5" s="4">
-        <v>13.68</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.34</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1308,54 +1308,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P6" s="4">
         <v>13.91</v>
       </c>
       <c r="Q6" s="4">
-        <v>13.68</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.34</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1365,54 +1365,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="4">
         <v>10.88</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.59</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.37</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1422,54 +1422,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P8" s="4">
         <v>13.77</v>
       </c>
       <c r="Q8" s="4">
-        <v>13.41</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>97.44</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1479,54 +1479,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P9" s="4">
         <v>13.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>13.56</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.73</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1536,54 +1536,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P10" s="4">
         <v>13.91</v>
       </c>
       <c r="Q10" s="4">
-        <v>13.72</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.62</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1593,54 +1593,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P11" s="4">
         <v>13.91</v>
       </c>
       <c r="Q11" s="4">
-        <v>12.26</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>88.11</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1650,54 +1650,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P12" s="4">
         <v>13.9</v>
       </c>
       <c r="Q12" s="4">
-        <v>13.67</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.34</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1707,54 +1707,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>68</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P13" s="4">
         <v>13.91</v>
       </c>
       <c r="Q13" s="4">
-        <v>13.54</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.27</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1764,54 +1764,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P14" s="4">
         <v>4.83</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>98.7</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1821,54 +1821,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>78</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P15" s="4">
         <v>10.89</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.6</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>97.37</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1878,54 +1878,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P16" s="4">
         <v>13.89</v>
       </c>
       <c r="Q16" s="4">
-        <v>13.46</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>96.95</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1935,54 +1935,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>86</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="4">
         <v>13.8</v>
       </c>
       <c r="Q17" s="4">
-        <v>13.37</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>96.87</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1992,54 +1992,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P18" s="4">
         <v>13.91</v>
       </c>
       <c r="Q18" s="4">
-        <v>13.68</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>98.34</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2049,54 +2049,54 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>92</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P19" s="4">
         <v>13.91</v>
       </c>
       <c r="Q19" s="4">
-        <v>13.51</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>97.12</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2106,54 +2106,54 @@
       </c>
       <c r="H20" s="13" t="s">
         <v>96</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P20" s="4">
         <v>13.9</v>
       </c>
       <c r="Q20" s="4">
-        <v>13.57</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>97.63</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2163,54 +2163,54 @@
       </c>
       <c r="H21" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P21" s="4">
         <v>13.9</v>
       </c>
       <c r="Q21" s="4">
-        <v>13.81</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>99.38</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2220,54 +2220,54 @@
       </c>
       <c r="H22" s="13" t="s">
         <v>104</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P22" s="4">
         <v>23.04</v>
       </c>
       <c r="Q22" s="4">
-        <v>22.85</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.21</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2277,54 +2277,54 @@
       </c>
       <c r="H23" s="13" t="s">
         <v>107</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P23" s="4">
         <v>8.78</v>
       </c>
       <c r="Q23" s="4">
-        <v>8.68</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>98.84</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2334,54 +2334,54 @@
       </c>
       <c r="H24" s="13" t="s">
         <v>110</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P24" s="4">
         <v>13.91</v>
       </c>
       <c r="Q24" s="4">
-        <v>13.52</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>97.16</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2391,54 +2391,54 @@
       </c>
       <c r="H25" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P25" s="4">
         <v>13.91</v>
       </c>
       <c r="Q25" s="4">
-        <v>13.5</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>96.99</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2448,54 +2448,54 @@
       </c>
       <c r="H26" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P26" s="4">
         <v>13.89</v>
       </c>
       <c r="Q26" s="4">
-        <v>11.68</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>84.04</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2505,54 +2505,54 @@
       </c>
       <c r="H27" s="13" t="s">
         <v>121</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P27" s="4">
         <v>23.02</v>
       </c>
       <c r="Q27" s="4">
-        <v>22.81</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2562,54 +2562,54 @@
       </c>
       <c r="H28" s="13" t="s">
         <v>125</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P28" s="4">
         <v>8.77</v>
       </c>
       <c r="Q28" s="4">
-        <v>8.67</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>98.81</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2619,54 +2619,54 @@
       </c>
       <c r="H29" s="13" t="s">
         <v>129</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P29" s="4">
         <v>13.91</v>
       </c>
       <c r="Q29" s="4">
-        <v>13.89</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2676,54 +2676,54 @@
       </c>
       <c r="H30" s="13" t="s">
         <v>133</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P30" s="4">
         <v>4.97</v>
       </c>
       <c r="Q30" s="4">
-        <v>5.08</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>102.21</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2733,54 +2733,54 @@
       </c>
       <c r="H31" s="13" t="s">
         <v>139</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P31" s="4">
         <v>4.13</v>
       </c>
       <c r="Q31" s="4">
-        <v>4.07</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>98.33</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2790,54 +2790,54 @@
       </c>
       <c r="H32" s="13" t="s">
         <v>143</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P32" s="4">
         <v>4.79</v>
       </c>
       <c r="Q32" s="4">
-        <v>4.8</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100.26</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3018,54 +3018,54 @@
       </c>
       <c r="H36" s="13" t="s">
         <v>158</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P36" s="4">
         <v>1.1</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>65.86</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3075,54 +3075,54 @@
       </c>
       <c r="H37" s="13" t="s">
         <v>161</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P37" s="4">
         <v>8.77</v>
       </c>
       <c r="Q37" s="4">
-        <v>8.76</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>99.84</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3227,54 +3227,54 @@
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="7" t="s">
         <v>178</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="7"/>
       <c r="E40" s="11"/>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="14"/>
       <c r="I40" s="14"/>
       <c r="J40" s="14"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8">
         <v>404.9</v>
       </c>
       <c r="P40" s="8">
-        <v>371.2</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="8">
-        <v>91.68</v>
+        <v>0</v>
       </c>
       <c r="R40" s="8"/>
       <c r="S40" s="8"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A40:N40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>