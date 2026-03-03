--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1380,54 +1380,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>27.51</v>
       </c>
       <c r="Q3" s="4">
-        <v>15.36</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>55.85</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1437,54 +1437,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>18.17</v>
       </c>
       <c r="Q4" s="4">
-        <v>18.25</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100.44</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1494,54 +1494,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>10.43</v>
       </c>
       <c r="Q5" s="4">
-        <v>10.22</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>97.99</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1551,54 +1551,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>4.99</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.89</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.04</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1608,54 +1608,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P7" s="4">
         <v>10.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.67</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1665,54 +1665,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>4.84</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.46</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>30.15</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1722,54 +1722,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P9" s="4">
         <v>3.91</v>
       </c>
       <c r="Q9" s="4">
-        <v>3.91</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1779,54 +1779,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>4.82</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.76</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.79</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2178,54 +2178,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>96.45</v>
       </c>
       <c r="Q17" s="4">
-        <v>37.88</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>39.28</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2237,54 +2237,54 @@
         <v>100</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P18" s="4">
         <v>91.75</v>
       </c>
       <c r="Q18" s="4">
-        <v>82.05</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>89.42</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2294,54 +2294,54 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>106</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="4">
         <v>4.82</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.16</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>24.06</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2351,54 +2351,54 @@
       </c>
       <c r="H20" s="13" t="s">
         <v>112</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P20" s="4">
         <v>4.82</v>
       </c>
       <c r="Q20" s="4">
-        <v>1.37</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>28.36</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2408,54 +2408,54 @@
       </c>
       <c r="H21" s="13" t="s">
         <v>116</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P21" s="4">
         <v>6.88</v>
       </c>
       <c r="Q21" s="4">
-        <v>2.84</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>41.24</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2465,54 +2465,54 @@
       </c>
       <c r="H22" s="13" t="s">
         <v>121</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P22" s="4">
         <v>96.72</v>
       </c>
       <c r="Q22" s="4">
-        <v>74.03</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>76.54</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2579,54 +2579,54 @@
       </c>
       <c r="H24" s="13" t="s">
         <v>133</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P24" s="4">
         <v>5.52</v>
       </c>
       <c r="Q24" s="4">
-        <v>5.52</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2636,54 +2636,54 @@
       </c>
       <c r="H25" s="13" t="s">
         <v>139</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P25" s="4">
         <v>9.64</v>
       </c>
       <c r="Q25" s="4">
-        <v>9.83</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>101.94</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2693,54 +2693,54 @@
       </c>
       <c r="H26" s="13" t="s">
         <v>145</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P26" s="4">
         <v>1.78</v>
       </c>
       <c r="Q26" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100.63</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2750,54 +2750,54 @@
       </c>
       <c r="H27" s="13" t="s">
         <v>150</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P27" s="4">
         <v>77.97</v>
       </c>
       <c r="Q27" s="4">
-        <v>77.17</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>98.97</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2807,54 +2807,54 @@
       </c>
       <c r="H28" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P28" s="4">
         <v>83.27</v>
       </c>
       <c r="Q28" s="4">
-        <v>74.24</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>89.15</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>85</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2864,54 +2864,54 @@
       </c>
       <c r="H29" s="13" t="s">
         <v>157</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P29" s="4">
         <v>10.89</v>
       </c>
       <c r="Q29" s="4">
-        <v>9.18</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>84.32</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2921,54 +2921,54 @@
       </c>
       <c r="H30" s="13" t="s">
         <v>162</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>165</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>166</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P30" s="4">
         <v>4.82</v>
       </c>
       <c r="Q30" s="4">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>28.19</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2978,54 +2978,54 @@
       </c>
       <c r="H31" s="13" t="s">
         <v>167</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P31" s="4">
         <v>7.26</v>
       </c>
       <c r="Q31" s="4">
-        <v>7.12</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>98.07</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3035,54 +3035,54 @@
       </c>
       <c r="H32" s="13" t="s">
         <v>172</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P32" s="4">
         <v>23.21</v>
       </c>
       <c r="Q32" s="4">
-        <v>23.2</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3092,54 +3092,54 @@
       </c>
       <c r="H33" s="13" t="s">
         <v>175</v>
       </c>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="P33" s="4">
         <v>4.96</v>
       </c>
       <c r="Q33" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>96.3</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3149,54 +3149,54 @@
       </c>
       <c r="H34" s="13" t="s">
         <v>181</v>
       </c>
       <c r="I34" s="13"/>
       <c r="J34" s="13"/>
       <c r="K34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P34" s="4">
         <v>14.8</v>
       </c>
       <c r="Q34" s="4">
-        <v>9.48</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>64.03</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3206,54 +3206,54 @@
       </c>
       <c r="H35" s="13" t="s">
         <v>186</v>
       </c>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P35" s="4">
         <v>14.79</v>
       </c>
       <c r="Q35" s="4">
-        <v>9.46</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>63.98</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3263,54 +3263,54 @@
       </c>
       <c r="H36" s="13" t="s">
         <v>191</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>194</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>196</v>
       </c>
       <c r="P36" s="4">
         <v>0.82</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3320,54 +3320,54 @@
       </c>
       <c r="H37" s="13" t="s">
         <v>197</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>196</v>
       </c>
       <c r="P37" s="4">
         <v>2.27</v>
       </c>
       <c r="Q37" s="4">
-        <v>2.27</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3377,54 +3377,54 @@
       </c>
       <c r="H38" s="13" t="s">
         <v>201</v>
       </c>
       <c r="I38" s="13"/>
       <c r="J38" s="13"/>
       <c r="K38" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>180</v>
       </c>
       <c r="P38" s="4">
         <v>4.9</v>
       </c>
       <c r="Q38" s="4">
-        <v>1.74</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>35.44</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3436,54 +3436,54 @@
         <v>205</v>
       </c>
       <c r="I39" s="13"/>
       <c r="J39" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P39" s="4">
         <v>23.98</v>
       </c>
       <c r="Q39" s="4">
-        <v>23.91</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>99.72</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3493,54 +3493,54 @@
       </c>
       <c r="H40" s="13" t="s">
         <v>210</v>
       </c>
       <c r="I40" s="13"/>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P40" s="4">
         <v>0.78</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3552,54 +3552,54 @@
         <v>213</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P41" s="4">
         <v>36.07</v>
       </c>
       <c r="Q41" s="4">
-        <v>34.74</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>96.32</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3727,54 +3727,54 @@
       <c r="I44" s="13" t="s">
         <v>228</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>229</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>233</v>
       </c>
       <c r="P44" s="4">
         <v>19.35</v>
       </c>
       <c r="Q44" s="4">
-        <v>9.41</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>48.64</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>46</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3902,54 +3902,54 @@
       </c>
       <c r="H47" s="13" t="s">
         <v>247</v>
       </c>
       <c r="I47" s="13"/>
       <c r="J47" s="13"/>
       <c r="K47" s="4" t="s">
         <v>248</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>249</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P47" s="4">
         <v>6.76</v>
       </c>
       <c r="Q47" s="4">
-        <v>6.56</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>97.06</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4050,54 +4050,54 @@
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="7" t="s">
         <v>259</v>
       </c>
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="7"/>
       <c r="E50" s="11"/>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="8"/>
       <c r="L50" s="8"/>
       <c r="M50" s="8"/>
       <c r="N50" s="8"/>
       <c r="O50" s="8">
         <v>806</v>
       </c>
       <c r="P50" s="8">
-        <v>582.2</v>
+        <v>0</v>
       </c>
       <c r="Q50" s="8">
-        <v>72.23</v>
+        <v>0</v>
       </c>
       <c r="R50" s="8"/>
       <c r="S50" s="8"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A50:N50"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>