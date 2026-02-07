--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1041,54 +1041,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>6.92</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.92</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1098,54 +1098,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>6.96</v>
       </c>
       <c r="Q6" s="4">
-        <v>6.96</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1155,54 +1155,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>6.95</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.95</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1212,54 +1212,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>12.15</v>
       </c>
       <c r="Q8" s="4">
-        <v>11.92</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>98.13</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1269,54 +1269,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>6.95</v>
       </c>
       <c r="Q9" s="4">
-        <v>6.95</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1554,54 +1554,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P14" s="4">
         <v>6.96</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.96</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1611,54 +1611,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>83</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P15" s="4">
         <v>6.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>6.87</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>98.94</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1668,54 +1668,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>87</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P16" s="4">
         <v>21.24</v>
       </c>
       <c r="Q16" s="4">
-        <v>21.24</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1725,54 +1725,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>93</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="4">
         <v>5.87</v>
       </c>
       <c r="Q17" s="4">
-        <v>5.87</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1782,54 +1782,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>99</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="4">
         <v>7.05</v>
       </c>
       <c r="Q18" s="4">
-        <v>7.05</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1839,88 +1839,88 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>103</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P19" s="4">
         <v>1.72</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.72</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>124.17</v>
       </c>
       <c r="P20" s="8">
-        <v>89.4</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>71.99</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>