--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -2547,54 +2547,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>38.92</v>
       </c>
       <c r="Q4" s="4">
-        <v>40.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>102.82</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -2661,54 +2661,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>4.91</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.83</v>
+        <v>4.91</v>
       </c>
       <c r="R6" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -3174,54 +3174,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>84</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P15" s="4">
         <v>1.22</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.27</v>
+        <v>1.14</v>
       </c>
       <c r="R15" s="4">
-        <v>186.49</v>
+        <v>93.25</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -3231,54 +3231,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>90</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P16" s="4">
         <v>4.84</v>
       </c>
       <c r="Q16" s="4">
-        <v>9.72</v>
+        <v>4.86</v>
       </c>
       <c r="R16" s="4">
-        <v>200.65</v>
+        <v>100.32</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -3288,54 +3288,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P17" s="4">
         <v>11.05</v>
       </c>
       <c r="Q17" s="4">
-        <v>11.1</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100.42</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -3402,54 +3402,54 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>103</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P19" s="4">
         <v>9.62</v>
       </c>
       <c r="Q19" s="4">
-        <v>8.76</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>91.06</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -3459,54 +3459,54 @@
       </c>
       <c r="H20" s="13" t="s">
         <v>109</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P20" s="4">
         <v>17.08</v>
       </c>
       <c r="Q20" s="4">
-        <v>17.39</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>101.83</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -3801,54 +3801,54 @@
       </c>
       <c r="H26" s="13" t="s">
         <v>138</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P26" s="4">
         <v>3.75</v>
       </c>
       <c r="Q26" s="4">
-        <v>3.75</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -3915,54 +3915,54 @@
       </c>
       <c r="H28" s="13" t="s">
         <v>146</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P28" s="4">
         <v>4.12</v>
       </c>
       <c r="Q28" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>93.62</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3972,54 +3972,54 @@
       </c>
       <c r="H29" s="13" t="s">
         <v>151</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P29" s="4">
         <v>4.96</v>
       </c>
       <c r="Q29" s="4">
-        <v>4.93</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.45</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -4029,54 +4029,54 @@
       </c>
       <c r="H30" s="13" t="s">
         <v>156</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P30" s="4">
         <v>4.56</v>
       </c>
       <c r="Q30" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>99.66</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -4086,54 +4086,54 @@
       </c>
       <c r="H31" s="13" t="s">
         <v>160</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P31" s="4">
         <v>24.05</v>
       </c>
       <c r="Q31" s="4">
-        <v>24.6</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>102.32</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -4143,54 +4143,54 @@
       </c>
       <c r="H32" s="13" t="s">
         <v>164</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
         <v>165</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P32" s="4">
         <v>4.93</v>
       </c>
       <c r="Q32" s="4">
-        <v>4.92</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -4200,54 +4200,54 @@
       </c>
       <c r="H33" s="13" t="s">
         <v>167</v>
       </c>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P33" s="4">
         <v>42.05</v>
       </c>
       <c r="Q33" s="4">
-        <v>43.15</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>102.61</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -4371,54 +4371,54 @@
       </c>
       <c r="H36" s="13" t="s">
         <v>180</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P36" s="4">
         <v>5</v>
       </c>
       <c r="Q36" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -4428,54 +4428,54 @@
       </c>
       <c r="H37" s="13" t="s">
         <v>183</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P37" s="4">
         <v>4.98</v>
       </c>
       <c r="Q37" s="4">
-        <v>5.01</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100.49</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -4656,54 +4656,54 @@
       </c>
       <c r="H41" s="13" t="s">
         <v>201</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P41" s="4">
         <v>1.91</v>
       </c>
       <c r="Q41" s="4">
-        <v>1.91</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4713,54 +4713,54 @@
       </c>
       <c r="H42" s="13" t="s">
         <v>205</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="13"/>
       <c r="K42" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P42" s="4">
         <v>3.96</v>
       </c>
       <c r="Q42" s="4">
-        <v>3.96</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4770,54 +4770,54 @@
       </c>
       <c r="H43" s="13" t="s">
         <v>210</v>
       </c>
       <c r="I43" s="13"/>
       <c r="J43" s="13"/>
       <c r="K43" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>213</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P43" s="4">
         <v>3.6</v>
       </c>
       <c r="Q43" s="4">
-        <v>3.58</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>99.22</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4827,54 +4827,54 @@
       </c>
       <c r="H44" s="13" t="s">
         <v>215</v>
       </c>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P44" s="4">
         <v>3.26</v>
       </c>
       <c r="Q44" s="4">
-        <v>3.33</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>102.03</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4884,54 +4884,54 @@
       </c>
       <c r="H45" s="13" t="s">
         <v>218</v>
       </c>
       <c r="I45" s="13"/>
       <c r="J45" s="13"/>
       <c r="K45" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>221</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>222</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P45" s="4">
         <v>3.99</v>
       </c>
       <c r="Q45" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4941,54 +4941,54 @@
       </c>
       <c r="H46" s="13" t="s">
         <v>223</v>
       </c>
       <c r="I46" s="13"/>
       <c r="J46" s="13"/>
       <c r="K46" s="4" t="s">
         <v>224</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>225</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>227</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P46" s="4">
         <v>7.7</v>
       </c>
       <c r="Q46" s="4">
-        <v>6.82</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>88.59</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -5055,54 +5055,54 @@
       </c>
       <c r="H48" s="13" t="s">
         <v>235</v>
       </c>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="4" t="s">
         <v>236</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>237</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>238</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>239</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>240</v>
       </c>
       <c r="P48" s="4">
         <v>15.79</v>
       </c>
       <c r="Q48" s="4">
-        <v>26.46</v>
+        <v>10.63</v>
       </c>
       <c r="R48" s="4">
-        <v>167.58</v>
+        <v>67.35</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -5112,54 +5112,54 @@
       </c>
       <c r="H49" s="13" t="s">
         <v>241</v>
       </c>
       <c r="I49" s="13"/>
       <c r="J49" s="13"/>
       <c r="K49" s="4" t="s">
         <v>242</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>243</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>244</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P49" s="4">
         <v>36.43</v>
       </c>
       <c r="Q49" s="4">
-        <v>32.48</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>89.15</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>0</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -5169,54 +5169,54 @@
       </c>
       <c r="H50" s="13" t="s">
         <v>245</v>
       </c>
       <c r="I50" s="13"/>
       <c r="J50" s="13"/>
       <c r="K50" s="4" t="s">
         <v>246</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>247</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P50" s="4">
         <v>42.74</v>
       </c>
       <c r="Q50" s="4">
-        <v>57.64</v>
+        <v>14.45</v>
       </c>
       <c r="R50" s="4">
-        <v>134.88</v>
+        <v>33.82</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -5226,54 +5226,54 @@
       </c>
       <c r="H51" s="13" t="s">
         <v>251</v>
       </c>
       <c r="I51" s="13"/>
       <c r="J51" s="13"/>
       <c r="K51" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P51" s="4">
         <v>8.66</v>
       </c>
       <c r="Q51" s="4">
-        <v>15.2</v>
+        <v>6.28</v>
       </c>
       <c r="R51" s="4">
-        <v>175.54</v>
+        <v>72.56</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -5283,54 +5283,54 @@
       </c>
       <c r="H52" s="13" t="s">
         <v>255</v>
       </c>
       <c r="I52" s="13"/>
       <c r="J52" s="13"/>
       <c r="K52" s="4" t="s">
         <v>256</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>257</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>258</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>240</v>
       </c>
       <c r="P52" s="4">
         <v>27.32</v>
       </c>
       <c r="Q52" s="4">
-        <v>45.74</v>
+        <v>18.41</v>
       </c>
       <c r="R52" s="4">
-        <v>167.39</v>
+        <v>67.36</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -5340,54 +5340,54 @@
       </c>
       <c r="H53" s="13" t="s">
         <v>259</v>
       </c>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>262</v>
       </c>
       <c r="P53" s="4">
         <v>17.07</v>
       </c>
       <c r="Q53" s="4">
-        <v>27.86</v>
+        <v>10.29</v>
       </c>
       <c r="R53" s="4">
-        <v>163.23</v>
+        <v>60.29</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -5397,54 +5397,54 @@
       </c>
       <c r="H54" s="13" t="s">
         <v>263</v>
       </c>
       <c r="I54" s="13"/>
       <c r="J54" s="13"/>
       <c r="K54" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>266</v>
       </c>
       <c r="P54" s="4">
         <v>42.78</v>
       </c>
       <c r="Q54" s="4">
-        <v>87.48</v>
+        <v>43.71</v>
       </c>
       <c r="R54" s="4">
-        <v>204.5</v>
+        <v>102.18</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -5454,54 +5454,54 @@
       </c>
       <c r="H55" s="13" t="s">
         <v>267</v>
       </c>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>269</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>270</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P55" s="4">
         <v>27.72</v>
       </c>
       <c r="Q55" s="4">
-        <v>56.89</v>
+        <v>28.43</v>
       </c>
       <c r="R55" s="4">
-        <v>205.19</v>
+        <v>102.53</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -5511,54 +5511,54 @@
       </c>
       <c r="H56" s="13" t="s">
         <v>271</v>
       </c>
       <c r="I56" s="13"/>
       <c r="J56" s="13"/>
       <c r="K56" s="4" t="s">
         <v>272</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>273</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>274</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>275</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P56" s="4">
         <v>37.43</v>
       </c>
       <c r="Q56" s="4">
-        <v>63.5</v>
+        <v>26.14</v>
       </c>
       <c r="R56" s="4">
-        <v>169.64</v>
+        <v>69.82</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -5568,54 +5568,54 @@
       </c>
       <c r="H57" s="13" t="s">
         <v>277</v>
       </c>
       <c r="I57" s="13"/>
       <c r="J57" s="13"/>
       <c r="K57" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>281</v>
       </c>
       <c r="P57" s="4">
         <v>17.56</v>
       </c>
       <c r="Q57" s="4">
-        <v>29.42</v>
+        <v>11.75</v>
       </c>
       <c r="R57" s="4">
-        <v>167.51</v>
+        <v>66.93</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5625,54 +5625,54 @@
       </c>
       <c r="H58" s="13" t="s">
         <v>282</v>
       </c>
       <c r="I58" s="13"/>
       <c r="J58" s="13"/>
       <c r="K58" s="4" t="s">
         <v>283</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>284</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>285</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>286</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P58" s="4">
         <v>41.61</v>
       </c>
       <c r="Q58" s="4">
-        <v>83.23</v>
+        <v>41.61</v>
       </c>
       <c r="R58" s="4">
-        <v>199.99</v>
+        <v>100</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5682,54 +5682,54 @@
       </c>
       <c r="H59" s="13" t="s">
         <v>287</v>
       </c>
       <c r="I59" s="13"/>
       <c r="J59" s="13"/>
       <c r="K59" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P59" s="4">
         <v>42.77</v>
       </c>
       <c r="Q59" s="4">
-        <v>82.12</v>
+        <v>38.33</v>
       </c>
       <c r="R59" s="4">
-        <v>191.99</v>
+        <v>89.62</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5739,54 +5739,54 @@
       </c>
       <c r="H60" s="13" t="s">
         <v>290</v>
       </c>
       <c r="I60" s="13"/>
       <c r="J60" s="13"/>
       <c r="K60" s="4" t="s">
         <v>291</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>292</v>
       </c>
       <c r="P60" s="4">
         <v>43.55</v>
       </c>
       <c r="Q60" s="4">
-        <v>87.22</v>
+        <v>42.49</v>
       </c>
       <c r="R60" s="4">
-        <v>200.3</v>
+        <v>97.58</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5796,54 +5796,54 @@
       </c>
       <c r="H61" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I61" s="13"/>
       <c r="J61" s="13"/>
       <c r="K61" s="4" t="s">
         <v>294</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>295</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P61" s="4">
         <v>43.64</v>
       </c>
       <c r="Q61" s="4">
-        <v>82.83</v>
+        <v>39.25</v>
       </c>
       <c r="R61" s="4">
-        <v>189.79</v>
+        <v>89.95</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5853,54 +5853,54 @@
       </c>
       <c r="H62" s="13" t="s">
         <v>296</v>
       </c>
       <c r="I62" s="13"/>
       <c r="J62" s="13"/>
       <c r="K62" s="4" t="s">
         <v>297</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>298</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>262</v>
       </c>
       <c r="P62" s="4">
         <v>42.61</v>
       </c>
       <c r="Q62" s="4">
-        <v>76.74</v>
+        <v>32.88</v>
       </c>
       <c r="R62" s="4">
-        <v>180.09</v>
+        <v>77.16</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5910,54 +5910,54 @@
       </c>
       <c r="H63" s="13" t="s">
         <v>299</v>
       </c>
       <c r="I63" s="13"/>
       <c r="J63" s="13"/>
       <c r="K63" s="4" t="s">
         <v>300</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>301</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>292</v>
       </c>
       <c r="P63" s="4">
         <v>7.24</v>
       </c>
       <c r="Q63" s="4">
-        <v>7.33</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>101.19</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5967,54 +5967,54 @@
       </c>
       <c r="H64" s="13" t="s">
         <v>302</v>
       </c>
       <c r="I64" s="13"/>
       <c r="J64" s="13"/>
       <c r="K64" s="4" t="s">
         <v>303</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>304</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>305</v>
       </c>
       <c r="P64" s="4">
         <v>17.42</v>
       </c>
       <c r="Q64" s="4">
-        <v>33.88</v>
+        <v>16.07</v>
       </c>
       <c r="R64" s="4">
-        <v>194.56</v>
+        <v>92.26</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -6024,54 +6024,54 @@
       </c>
       <c r="H65" s="13" t="s">
         <v>306</v>
       </c>
       <c r="I65" s="13"/>
       <c r="J65" s="13"/>
       <c r="K65" s="4" t="s">
         <v>307</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>308</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>309</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>310</v>
       </c>
       <c r="P65" s="4">
         <v>4.98</v>
       </c>
       <c r="Q65" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -6081,54 +6081,54 @@
       </c>
       <c r="H66" s="13" t="s">
         <v>311</v>
       </c>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
       <c r="K66" s="4" t="s">
         <v>312</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>313</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>314</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>315</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P66" s="4">
         <v>11.94</v>
       </c>
       <c r="Q66" s="4">
-        <v>23.82</v>
+        <v>11.91</v>
       </c>
       <c r="R66" s="4">
-        <v>199.49</v>
+        <v>99.74</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -6138,54 +6138,54 @@
       </c>
       <c r="H67" s="13" t="s">
         <v>316</v>
       </c>
       <c r="I67" s="13"/>
       <c r="J67" s="13"/>
       <c r="K67" s="4" t="s">
         <v>317</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>318</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>319</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>281</v>
       </c>
       <c r="P67" s="4">
         <v>12.82</v>
       </c>
       <c r="Q67" s="4">
-        <v>12.7</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>99.1</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>0</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -6195,54 +6195,54 @@
       </c>
       <c r="H68" s="13" t="s">
         <v>320</v>
       </c>
       <c r="I68" s="13"/>
       <c r="J68" s="13"/>
       <c r="K68" s="4" t="s">
         <v>321</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>322</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>323</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P68" s="4">
         <v>22.47</v>
       </c>
       <c r="Q68" s="4">
-        <v>22.45</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -6252,54 +6252,54 @@
       </c>
       <c r="H69" s="13" t="s">
         <v>324</v>
       </c>
       <c r="I69" s="13"/>
       <c r="J69" s="13"/>
       <c r="K69" s="4" t="s">
         <v>325</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>326</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>327</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>328</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P69" s="4">
         <v>27.33</v>
       </c>
       <c r="Q69" s="4">
-        <v>27.3</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -6309,54 +6309,54 @@
       </c>
       <c r="H70" s="13" t="s">
         <v>329</v>
       </c>
       <c r="I70" s="13"/>
       <c r="J70" s="13"/>
       <c r="K70" s="4" t="s">
         <v>330</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>331</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>327</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>328</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>332</v>
       </c>
       <c r="P70" s="4">
         <v>6.7</v>
       </c>
       <c r="Q70" s="4">
-        <v>6.66</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>99.42</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6366,54 +6366,54 @@
       </c>
       <c r="H71" s="13" t="s">
         <v>333</v>
       </c>
       <c r="I71" s="13"/>
       <c r="J71" s="13"/>
       <c r="K71" s="4" t="s">
         <v>334</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>335</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>323</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P71" s="4">
         <v>33.78</v>
       </c>
       <c r="Q71" s="4">
-        <v>34.4</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>101.84</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -6423,54 +6423,54 @@
       </c>
       <c r="H72" s="13" t="s">
         <v>336</v>
       </c>
       <c r="I72" s="13"/>
       <c r="J72" s="13"/>
       <c r="K72" s="4" t="s">
         <v>337</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>338</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>339</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>340</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>292</v>
       </c>
       <c r="P72" s="4">
         <v>4.91</v>
       </c>
       <c r="Q72" s="4">
-        <v>4.59</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>93.53</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -6480,54 +6480,54 @@
       </c>
       <c r="H73" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I73" s="13"/>
       <c r="J73" s="13"/>
       <c r="K73" s="4" t="s">
         <v>342</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>343</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>344</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>345</v>
       </c>
       <c r="P73" s="4">
         <v>15.03</v>
       </c>
       <c r="Q73" s="4">
-        <v>15.01</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>0</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -6594,54 +6594,54 @@
       </c>
       <c r="H75" s="13" t="s">
         <v>351</v>
       </c>
       <c r="I75" s="13"/>
       <c r="J75" s="13"/>
       <c r="K75" s="4" t="s">
         <v>352</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>353</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>339</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>349</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>310</v>
       </c>
       <c r="P75" s="4">
         <v>4.55</v>
       </c>
       <c r="Q75" s="4">
-        <v>1.63</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>35.92</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>0</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -6651,54 +6651,54 @@
       </c>
       <c r="H76" s="13" t="s">
         <v>354</v>
       </c>
       <c r="I76" s="13"/>
       <c r="J76" s="13"/>
       <c r="K76" s="4" t="s">
         <v>355</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>356</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>358</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P76" s="4">
         <v>4.44</v>
       </c>
       <c r="Q76" s="4">
-        <v>8.87</v>
+        <v>4.43</v>
       </c>
       <c r="R76" s="4">
-        <v>199.9</v>
+        <v>99.95</v>
       </c>
       <c r="S76" s="4">
         <v>0</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -7050,54 +7050,54 @@
       </c>
       <c r="H83" s="13" t="s">
         <v>385</v>
       </c>
       <c r="I83" s="13"/>
       <c r="J83" s="13"/>
       <c r="K83" s="4" t="s">
         <v>386</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>387</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>388</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>389</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P83" s="4">
         <v>4.96</v>
       </c>
       <c r="Q83" s="4">
-        <v>1.32</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>26.56</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>0</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -7164,54 +7164,54 @@
       </c>
       <c r="H85" s="13" t="s">
         <v>394</v>
       </c>
       <c r="I85" s="13"/>
       <c r="J85" s="13"/>
       <c r="K85" s="4" t="s">
         <v>395</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>396</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O85" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P85" s="4">
         <v>4.91</v>
       </c>
       <c r="Q85" s="4">
-        <v>9.76</v>
+        <v>4.88</v>
       </c>
       <c r="R85" s="4">
-        <v>198.82</v>
+        <v>99.41</v>
       </c>
       <c r="S85" s="4">
         <v>0</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -7221,54 +7221,54 @@
       </c>
       <c r="H86" s="13" t="s">
         <v>397</v>
       </c>
       <c r="I86" s="13"/>
       <c r="J86" s="13"/>
       <c r="K86" s="4" t="s">
         <v>398</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>399</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>401</v>
       </c>
       <c r="O86" s="4" t="s">
         <v>402</v>
       </c>
       <c r="P86" s="4">
         <v>14.6</v>
       </c>
       <c r="Q86" s="4">
-        <v>26.56</v>
+        <v>11.53</v>
       </c>
       <c r="R86" s="4">
-        <v>181.91</v>
+        <v>78.99</v>
       </c>
       <c r="S86" s="4">
         <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
@@ -7278,54 +7278,54 @@
       </c>
       <c r="H87" s="13" t="s">
         <v>403</v>
       </c>
       <c r="I87" s="13"/>
       <c r="J87" s="13"/>
       <c r="K87" s="4" t="s">
         <v>404</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>405</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N87" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O87" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P87" s="4">
         <v>4.85</v>
       </c>
       <c r="Q87" s="4">
-        <v>9.65</v>
+        <v>4.82</v>
       </c>
       <c r="R87" s="4">
-        <v>199.1</v>
+        <v>99.55</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
@@ -7392,54 +7392,54 @@
       </c>
       <c r="H89" s="13" t="s">
         <v>410</v>
       </c>
       <c r="I89" s="13"/>
       <c r="J89" s="13"/>
       <c r="K89" s="4" t="s">
         <v>411</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>412</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>413</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>414</v>
       </c>
       <c r="O89" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P89" s="4">
         <v>4.94</v>
       </c>
       <c r="Q89" s="4">
-        <v>9.84</v>
+        <v>4.92</v>
       </c>
       <c r="R89" s="4">
-        <v>199.26</v>
+        <v>99.63</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
@@ -7449,54 +7449,54 @@
       </c>
       <c r="H90" s="13" t="s">
         <v>415</v>
       </c>
       <c r="I90" s="13"/>
       <c r="J90" s="13"/>
       <c r="K90" s="4" t="s">
         <v>416</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>417</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>418</v>
       </c>
       <c r="N90" s="4" t="s">
         <v>419</v>
       </c>
       <c r="O90" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P90" s="4">
         <v>31.99</v>
       </c>
       <c r="Q90" s="4">
-        <v>15.07</v>
+        <v>7.54</v>
       </c>
       <c r="R90" s="4">
-        <v>47.12</v>
+        <v>23.56</v>
       </c>
       <c r="S90" s="4">
         <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
@@ -7506,54 +7506,54 @@
       </c>
       <c r="H91" s="13" t="s">
         <v>420</v>
       </c>
       <c r="I91" s="13"/>
       <c r="J91" s="13"/>
       <c r="K91" s="4" t="s">
         <v>421</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>422</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>238</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>423</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P91" s="4">
         <v>4.85</v>
       </c>
       <c r="Q91" s="4">
-        <v>9.86</v>
+        <v>4.93</v>
       </c>
       <c r="R91" s="4">
-        <v>203.08</v>
+        <v>101.54</v>
       </c>
       <c r="S91" s="4">
         <v>0</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -7563,54 +7563,54 @@
       </c>
       <c r="H92" s="13" t="s">
         <v>424</v>
       </c>
       <c r="I92" s="13"/>
       <c r="J92" s="13"/>
       <c r="K92" s="4" t="s">
         <v>425</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>426</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O92" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P92" s="4">
         <v>13.97</v>
       </c>
       <c r="Q92" s="4">
-        <v>28.47</v>
+        <v>14.24</v>
       </c>
       <c r="R92" s="4">
-        <v>203.84</v>
+        <v>101.92</v>
       </c>
       <c r="S92" s="4">
         <v>0</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="3"/>
       <c r="D93" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
@@ -7620,54 +7620,54 @@
       </c>
       <c r="H93" s="13" t="s">
         <v>427</v>
       </c>
       <c r="I93" s="13"/>
       <c r="J93" s="13"/>
       <c r="K93" s="4" t="s">
         <v>428</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>429</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>238</v>
       </c>
       <c r="N93" s="4" t="s">
         <v>239</v>
       </c>
       <c r="O93" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P93" s="4">
         <v>19.09</v>
       </c>
       <c r="Q93" s="4">
-        <v>37.94</v>
+        <v>18.97</v>
       </c>
       <c r="R93" s="4">
-        <v>198.72</v>
+        <v>99.36</v>
       </c>
       <c r="S93" s="4">
         <v>0</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="3"/>
       <c r="D94" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
@@ -7677,54 +7677,54 @@
       </c>
       <c r="H94" s="13" t="s">
         <v>430</v>
       </c>
       <c r="I94" s="13"/>
       <c r="J94" s="13"/>
       <c r="K94" s="4" t="s">
         <v>431</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>432</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>238</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>239</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>433</v>
       </c>
       <c r="P94" s="4">
         <v>16.5</v>
       </c>
       <c r="Q94" s="4">
-        <v>32.83</v>
+        <v>16.41</v>
       </c>
       <c r="R94" s="4">
-        <v>199</v>
+        <v>99.5</v>
       </c>
       <c r="S94" s="4">
         <v>0</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
@@ -7734,54 +7734,54 @@
       </c>
       <c r="H95" s="13" t="s">
         <v>434</v>
       </c>
       <c r="I95" s="13"/>
       <c r="J95" s="13"/>
       <c r="K95" s="4" t="s">
         <v>435</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>436</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>437</v>
       </c>
       <c r="N95" s="4" t="s">
         <v>438</v>
       </c>
       <c r="O95" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P95" s="4">
         <v>43.86</v>
       </c>
       <c r="Q95" s="4">
-        <v>90.26</v>
+        <v>45.13</v>
       </c>
       <c r="R95" s="4">
-        <v>205.77</v>
+        <v>102.89</v>
       </c>
       <c r="S95" s="4">
         <v>0</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
@@ -7791,54 +7791,54 @@
       </c>
       <c r="H96" s="13" t="s">
         <v>439</v>
       </c>
       <c r="I96" s="13"/>
       <c r="J96" s="13"/>
       <c r="K96" s="4" t="s">
         <v>440</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>441</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N96" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P96" s="4">
         <v>29.98</v>
       </c>
       <c r="Q96" s="4">
-        <v>59.92</v>
+        <v>29.96</v>
       </c>
       <c r="R96" s="4">
-        <v>199.85</v>
+        <v>99.92</v>
       </c>
       <c r="S96" s="4">
         <v>0</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
@@ -7848,54 +7848,54 @@
       </c>
       <c r="H97" s="13" t="s">
         <v>442</v>
       </c>
       <c r="I97" s="13"/>
       <c r="J97" s="13"/>
       <c r="K97" s="4" t="s">
         <v>443</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>405</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P97" s="4">
         <v>33.89</v>
       </c>
       <c r="Q97" s="4">
-        <v>67.46</v>
+        <v>33.73</v>
       </c>
       <c r="R97" s="4">
-        <v>199.06</v>
+        <v>99.53</v>
       </c>
       <c r="S97" s="4">
         <v>0</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
@@ -7905,54 +7905,54 @@
       </c>
       <c r="H98" s="13" t="s">
         <v>444</v>
       </c>
       <c r="I98" s="13"/>
       <c r="J98" s="13"/>
       <c r="K98" s="4" t="s">
         <v>445</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>446</v>
       </c>
       <c r="M98" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O98" s="4" t="s">
         <v>402</v>
       </c>
       <c r="P98" s="4">
         <v>26.15</v>
       </c>
       <c r="Q98" s="4">
-        <v>52.59</v>
+        <v>26.29</v>
       </c>
       <c r="R98" s="4">
-        <v>201.14</v>
+        <v>100.57</v>
       </c>
       <c r="S98" s="4">
         <v>0</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
@@ -7962,54 +7962,54 @@
       </c>
       <c r="H99" s="13" t="s">
         <v>447</v>
       </c>
       <c r="I99" s="13"/>
       <c r="J99" s="13"/>
       <c r="K99" s="4" t="s">
         <v>448</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>449</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P99" s="4">
         <v>18.89</v>
       </c>
       <c r="Q99" s="4">
-        <v>37.73</v>
+        <v>18.87</v>
       </c>
       <c r="R99" s="4">
-        <v>199.8</v>
+        <v>99.9</v>
       </c>
       <c r="S99" s="4">
         <v>0</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="3"/>
       <c r="D100" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
@@ -8019,54 +8019,54 @@
       </c>
       <c r="H100" s="13" t="s">
         <v>450</v>
       </c>
       <c r="I100" s="13"/>
       <c r="J100" s="13"/>
       <c r="K100" s="4" t="s">
         <v>451</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>452</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O100" s="4" t="s">
         <v>453</v>
       </c>
       <c r="P100" s="4">
         <v>11.53</v>
       </c>
       <c r="Q100" s="4">
-        <v>19.43</v>
+        <v>9.71</v>
       </c>
       <c r="R100" s="4">
-        <v>168.45</v>
+        <v>84.22</v>
       </c>
       <c r="S100" s="4">
         <v>0</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
@@ -8076,54 +8076,54 @@
       </c>
       <c r="H101" s="13" t="s">
         <v>454</v>
       </c>
       <c r="I101" s="13"/>
       <c r="J101" s="13"/>
       <c r="K101" s="4" t="s">
         <v>455</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>456</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>457</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P101" s="4">
         <v>3.09</v>
       </c>
       <c r="Q101" s="4">
-        <v>6.16</v>
+        <v>3.08</v>
       </c>
       <c r="R101" s="4">
-        <v>199.48</v>
+        <v>99.74</v>
       </c>
       <c r="S101" s="4">
         <v>0</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
@@ -8133,54 +8133,54 @@
       </c>
       <c r="H102" s="13" t="s">
         <v>458</v>
       </c>
       <c r="I102" s="13"/>
       <c r="J102" s="13"/>
       <c r="K102" s="4" t="s">
         <v>459</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>460</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P102" s="4">
         <v>24.63</v>
       </c>
       <c r="Q102" s="4">
-        <v>49.21</v>
+        <v>24.61</v>
       </c>
       <c r="R102" s="4">
-        <v>199.82</v>
+        <v>99.91</v>
       </c>
       <c r="S102" s="4">
         <v>0</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
@@ -8190,54 +8190,54 @@
       </c>
       <c r="H103" s="13" t="s">
         <v>461</v>
       </c>
       <c r="I103" s="13"/>
       <c r="J103" s="13"/>
       <c r="K103" s="4" t="s">
         <v>462</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>463</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N103" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O103" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P103" s="4">
         <v>13.53</v>
       </c>
       <c r="Q103" s="4">
-        <v>27.39</v>
+        <v>13.7</v>
       </c>
       <c r="R103" s="4">
-        <v>202.42</v>
+        <v>101.21</v>
       </c>
       <c r="S103" s="4">
         <v>0</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
@@ -8247,54 +8247,54 @@
       </c>
       <c r="H104" s="13" t="s">
         <v>464</v>
       </c>
       <c r="I104" s="13"/>
       <c r="J104" s="13"/>
       <c r="K104" s="4" t="s">
         <v>465</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>466</v>
       </c>
       <c r="M104" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N104" s="4" t="s">
         <v>467</v>
       </c>
       <c r="O104" s="4" t="s">
         <v>468</v>
       </c>
       <c r="P104" s="4">
         <v>24.19</v>
       </c>
       <c r="Q104" s="4">
-        <v>48.27</v>
+        <v>24.13</v>
       </c>
       <c r="R104" s="4">
-        <v>199.52</v>
+        <v>99.76</v>
       </c>
       <c r="S104" s="4">
         <v>0</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
@@ -8304,54 +8304,54 @@
       </c>
       <c r="H105" s="13" t="s">
         <v>469</v>
       </c>
       <c r="I105" s="13"/>
       <c r="J105" s="13"/>
       <c r="K105" s="4" t="s">
         <v>470</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>471</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>467</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P105" s="4">
         <v>21.66</v>
       </c>
       <c r="Q105" s="4">
-        <v>43.26</v>
+        <v>21.63</v>
       </c>
       <c r="R105" s="4">
-        <v>199.75</v>
+        <v>99.87</v>
       </c>
       <c r="S105" s="4">
         <v>0</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -8361,54 +8361,54 @@
       </c>
       <c r="H106" s="13" t="s">
         <v>472</v>
       </c>
       <c r="I106" s="13"/>
       <c r="J106" s="13"/>
       <c r="K106" s="4" t="s">
         <v>473</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>474</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>371</v>
       </c>
       <c r="P106" s="4">
         <v>19.08</v>
       </c>
       <c r="Q106" s="4">
-        <v>30.69</v>
+        <v>15.35</v>
       </c>
       <c r="R106" s="4">
-        <v>160.88</v>
+        <v>80.44</v>
       </c>
       <c r="S106" s="4">
         <v>50</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
@@ -8418,54 +8418,54 @@
       </c>
       <c r="H107" s="13" t="s">
         <v>475</v>
       </c>
       <c r="I107" s="13"/>
       <c r="J107" s="13"/>
       <c r="K107" s="4" t="s">
         <v>476</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>477</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P107" s="4">
         <v>5.93</v>
       </c>
       <c r="Q107" s="4">
-        <v>11.78</v>
+        <v>5.89</v>
       </c>
       <c r="R107" s="4">
-        <v>198.75</v>
+        <v>99.37</v>
       </c>
       <c r="S107" s="4">
         <v>0</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
@@ -8475,54 +8475,54 @@
       </c>
       <c r="H108" s="13" t="s">
         <v>478</v>
       </c>
       <c r="I108" s="13"/>
       <c r="J108" s="13"/>
       <c r="K108" s="4" t="s">
         <v>479</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>480</v>
       </c>
       <c r="M108" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N108" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O108" s="4" t="s">
         <v>481</v>
       </c>
       <c r="P108" s="4">
         <v>43.6</v>
       </c>
       <c r="Q108" s="4">
-        <v>89.47</v>
+        <v>44.74</v>
       </c>
       <c r="R108" s="4">
-        <v>205.2</v>
+        <v>102.6</v>
       </c>
       <c r="S108" s="4">
         <v>0</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
@@ -8532,54 +8532,54 @@
       </c>
       <c r="H109" s="13" t="s">
         <v>482</v>
       </c>
       <c r="I109" s="13"/>
       <c r="J109" s="13"/>
       <c r="K109" s="4" t="s">
         <v>483</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>484</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>485</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P109" s="4">
         <v>4.98</v>
       </c>
       <c r="Q109" s="4">
-        <v>10.04</v>
+        <v>5.02</v>
       </c>
       <c r="R109" s="4">
-        <v>201.53</v>
+        <v>100.76</v>
       </c>
       <c r="S109" s="4">
         <v>0</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
@@ -8589,54 +8589,54 @@
       </c>
       <c r="H110" s="13" t="s">
         <v>486</v>
       </c>
       <c r="I110" s="13"/>
       <c r="J110" s="13"/>
       <c r="K110" s="4" t="s">
         <v>487</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>488</v>
       </c>
       <c r="M110" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N110" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O110" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P110" s="4">
         <v>21.43</v>
       </c>
       <c r="Q110" s="4">
-        <v>41.64</v>
+        <v>20.82</v>
       </c>
       <c r="R110" s="4">
-        <v>194.34</v>
+        <v>97.17</v>
       </c>
       <c r="S110" s="4">
         <v>0</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
@@ -8646,54 +8646,54 @@
       </c>
       <c r="H111" s="13" t="s">
         <v>489</v>
       </c>
       <c r="I111" s="13"/>
       <c r="J111" s="13"/>
       <c r="K111" s="4" t="s">
         <v>490</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>491</v>
       </c>
       <c r="M111" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N111" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O111" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P111" s="4">
         <v>25.99</v>
       </c>
       <c r="Q111" s="4">
-        <v>44.23</v>
+        <v>22.12</v>
       </c>
       <c r="R111" s="4">
-        <v>170.23</v>
+        <v>85.11</v>
       </c>
       <c r="S111" s="4">
         <v>0</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
@@ -8703,54 +8703,54 @@
       </c>
       <c r="H112" s="13" t="s">
         <v>492</v>
       </c>
       <c r="I112" s="13"/>
       <c r="J112" s="13"/>
       <c r="K112" s="4" t="s">
         <v>493</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M112" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N112" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O112" s="4" t="s">
         <v>494</v>
       </c>
       <c r="P112" s="4">
         <v>12.83</v>
       </c>
       <c r="Q112" s="4">
-        <v>25.55</v>
+        <v>12.78</v>
       </c>
       <c r="R112" s="4">
-        <v>199.08</v>
+        <v>99.54</v>
       </c>
       <c r="S112" s="4">
         <v>0</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
@@ -8760,54 +8760,54 @@
       </c>
       <c r="H113" s="13" t="s">
         <v>495</v>
       </c>
       <c r="I113" s="13"/>
       <c r="J113" s="13"/>
       <c r="K113" s="4" t="s">
         <v>496</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>396</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O113" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P113" s="4">
         <v>29.51</v>
       </c>
       <c r="Q113" s="4">
-        <v>58.92</v>
+        <v>29.46</v>
       </c>
       <c r="R113" s="4">
-        <v>199.62</v>
+        <v>99.81</v>
       </c>
       <c r="S113" s="4">
         <v>0</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
@@ -8817,54 +8817,54 @@
       </c>
       <c r="H114" s="13" t="s">
         <v>497</v>
       </c>
       <c r="I114" s="13"/>
       <c r="J114" s="13"/>
       <c r="K114" s="4" t="s">
         <v>498</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>499</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O114" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P114" s="4">
         <v>12.32</v>
       </c>
       <c r="Q114" s="4">
-        <v>24.45</v>
+        <v>12.22</v>
       </c>
       <c r="R114" s="4">
-        <v>198.48</v>
+        <v>99.24</v>
       </c>
       <c r="S114" s="4">
         <v>0</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
@@ -8874,54 +8874,54 @@
       </c>
       <c r="H115" s="13" t="s">
         <v>500</v>
       </c>
       <c r="I115" s="13"/>
       <c r="J115" s="13"/>
       <c r="K115" s="4" t="s">
         <v>501</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>502</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N115" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O115" s="4" t="s">
         <v>193</v>
       </c>
       <c r="P115" s="4">
         <v>11.37</v>
       </c>
       <c r="Q115" s="4">
-        <v>22.72</v>
+        <v>11.36</v>
       </c>
       <c r="R115" s="4">
-        <v>199.83</v>
+        <v>99.91</v>
       </c>
       <c r="S115" s="4">
         <v>0</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
@@ -8931,54 +8931,54 @@
       </c>
       <c r="H116" s="13" t="s">
         <v>503</v>
       </c>
       <c r="I116" s="13"/>
       <c r="J116" s="13"/>
       <c r="K116" s="4" t="s">
         <v>504</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>505</v>
       </c>
       <c r="M116" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N116" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O116" s="4" t="s">
         <v>345</v>
       </c>
       <c r="P116" s="4">
         <v>14.52</v>
       </c>
       <c r="Q116" s="4">
-        <v>28.98</v>
+        <v>14.49</v>
       </c>
       <c r="R116" s="4">
-        <v>199.62</v>
+        <v>99.81</v>
       </c>
       <c r="S116" s="4">
         <v>0</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
@@ -8988,54 +8988,54 @@
       </c>
       <c r="H117" s="13" t="s">
         <v>506</v>
       </c>
       <c r="I117" s="13"/>
       <c r="J117" s="13"/>
       <c r="K117" s="4" t="s">
         <v>507</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>508</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>371</v>
       </c>
       <c r="P117" s="4">
         <v>25.79</v>
       </c>
       <c r="Q117" s="4">
-        <v>45.26</v>
+        <v>22.63</v>
       </c>
       <c r="R117" s="4">
-        <v>175.51</v>
+        <v>87.75</v>
       </c>
       <c r="S117" s="4">
         <v>0</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
@@ -9045,54 +9045,54 @@
       </c>
       <c r="H118" s="13" t="s">
         <v>509</v>
       </c>
       <c r="I118" s="13"/>
       <c r="J118" s="13"/>
       <c r="K118" s="4" t="s">
         <v>510</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M118" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N118" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O118" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P118" s="4">
         <v>42.68</v>
       </c>
       <c r="Q118" s="4">
-        <v>85.03</v>
+        <v>42.52</v>
       </c>
       <c r="R118" s="4">
-        <v>199.21</v>
+        <v>99.61</v>
       </c>
       <c r="S118" s="4">
         <v>0</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
@@ -9102,54 +9102,54 @@
       </c>
       <c r="H119" s="13" t="s">
         <v>511</v>
       </c>
       <c r="I119" s="13"/>
       <c r="J119" s="13"/>
       <c r="K119" s="4" t="s">
         <v>512</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>513</v>
       </c>
       <c r="M119" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N119" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O119" s="4" t="s">
         <v>514</v>
       </c>
       <c r="P119" s="4">
         <v>17.74</v>
       </c>
       <c r="Q119" s="4">
-        <v>36.51</v>
+        <v>18.25</v>
       </c>
       <c r="R119" s="4">
-        <v>205.78</v>
+        <v>102.89</v>
       </c>
       <c r="S119" s="4">
         <v>0</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
@@ -9159,54 +9159,54 @@
       </c>
       <c r="H120" s="13" t="s">
         <v>515</v>
       </c>
       <c r="I120" s="13"/>
       <c r="J120" s="13"/>
       <c r="K120" s="4" t="s">
         <v>516</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>517</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N120" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O120" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P120" s="4">
         <v>6.63</v>
       </c>
       <c r="Q120" s="4">
-        <v>11.82</v>
+        <v>5.91</v>
       </c>
       <c r="R120" s="4">
-        <v>178.36</v>
+        <v>89.18</v>
       </c>
       <c r="S120" s="4">
         <v>0</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
@@ -9216,54 +9216,54 @@
       </c>
       <c r="H121" s="13" t="s">
         <v>518</v>
       </c>
       <c r="I121" s="13"/>
       <c r="J121" s="13"/>
       <c r="K121" s="4" t="s">
         <v>519</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>520</v>
       </c>
       <c r="M121" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N121" s="4" t="s">
         <v>521</v>
       </c>
       <c r="O121" s="4" t="s">
         <v>433</v>
       </c>
       <c r="P121" s="4">
         <v>5.63</v>
       </c>
       <c r="Q121" s="4">
-        <v>11.17</v>
+        <v>5.59</v>
       </c>
       <c r="R121" s="4">
-        <v>198.56</v>
+        <v>99.28</v>
       </c>
       <c r="S121" s="4">
         <v>0</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
@@ -9273,54 +9273,54 @@
       </c>
       <c r="H122" s="13" t="s">
         <v>522</v>
       </c>
       <c r="I122" s="13"/>
       <c r="J122" s="13"/>
       <c r="K122" s="4" t="s">
         <v>523</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>524</v>
       </c>
       <c r="M122" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N122" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O122" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P122" s="4">
         <v>14.76</v>
       </c>
       <c r="Q122" s="4">
-        <v>26.44</v>
+        <v>13.22</v>
       </c>
       <c r="R122" s="4">
-        <v>179.09</v>
+        <v>89.54</v>
       </c>
       <c r="S122" s="4">
         <v>0</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
@@ -9330,54 +9330,54 @@
       </c>
       <c r="H123" s="13" t="s">
         <v>525</v>
       </c>
       <c r="I123" s="13"/>
       <c r="J123" s="13"/>
       <c r="K123" s="4" t="s">
         <v>526</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>527</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>227</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P123" s="4">
         <v>13.2</v>
       </c>
       <c r="Q123" s="4">
-        <v>12.03</v>
+        <v>6.02</v>
       </c>
       <c r="R123" s="4">
-        <v>91.17</v>
+        <v>45.59</v>
       </c>
       <c r="S123" s="4">
         <v>0</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
@@ -9387,54 +9387,54 @@
       </c>
       <c r="H124" s="13" t="s">
         <v>528</v>
       </c>
       <c r="I124" s="13"/>
       <c r="J124" s="13"/>
       <c r="K124" s="4" t="s">
         <v>529</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>530</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N124" s="4" t="s">
         <v>401</v>
       </c>
       <c r="O124" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P124" s="4">
         <v>10.15</v>
       </c>
       <c r="Q124" s="4">
-        <v>18.01</v>
+        <v>9</v>
       </c>
       <c r="R124" s="4">
-        <v>177.51</v>
+        <v>88.75</v>
       </c>
       <c r="S124" s="4">
         <v>0</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
@@ -9444,54 +9444,54 @@
       </c>
       <c r="H125" s="13" t="s">
         <v>531</v>
       </c>
       <c r="I125" s="13"/>
       <c r="J125" s="13"/>
       <c r="K125" s="4" t="s">
         <v>532</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>533</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>401</v>
       </c>
       <c r="O125" s="4" t="s">
         <v>345</v>
       </c>
       <c r="P125" s="4">
         <v>22.47</v>
       </c>
       <c r="Q125" s="4">
-        <v>44.88</v>
+        <v>22.44</v>
       </c>
       <c r="R125" s="4">
-        <v>199.77</v>
+        <v>99.88</v>
       </c>
       <c r="S125" s="4">
         <v>0</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
@@ -9501,54 +9501,54 @@
       </c>
       <c r="H126" s="13" t="s">
         <v>534</v>
       </c>
       <c r="I126" s="13"/>
       <c r="J126" s="13"/>
       <c r="K126" s="4" t="s">
         <v>535</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>536</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N126" s="4" t="s">
         <v>401</v>
       </c>
       <c r="O126" s="4" t="s">
         <v>433</v>
       </c>
       <c r="P126" s="4">
         <v>5.59</v>
       </c>
       <c r="Q126" s="4">
-        <v>11.08</v>
+        <v>5.54</v>
       </c>
       <c r="R126" s="4">
-        <v>198.2</v>
+        <v>99.1</v>
       </c>
       <c r="S126" s="4">
         <v>0</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
@@ -9558,54 +9558,54 @@
       </c>
       <c r="H127" s="13" t="s">
         <v>537</v>
       </c>
       <c r="I127" s="13"/>
       <c r="J127" s="13"/>
       <c r="K127" s="4" t="s">
         <v>538</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>539</v>
       </c>
       <c r="M127" s="4" t="s">
         <v>274</v>
       </c>
       <c r="N127" s="4" t="s">
         <v>540</v>
       </c>
       <c r="O127" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P127" s="4">
         <v>26.91</v>
       </c>
       <c r="Q127" s="4">
-        <v>48.03</v>
+        <v>24.02</v>
       </c>
       <c r="R127" s="4">
-        <v>178.52</v>
+        <v>89.26</v>
       </c>
       <c r="S127" s="4">
         <v>0</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
@@ -9615,54 +9615,54 @@
       </c>
       <c r="H128" s="13" t="s">
         <v>541</v>
       </c>
       <c r="I128" s="13"/>
       <c r="J128" s="13"/>
       <c r="K128" s="4" t="s">
         <v>542</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>543</v>
       </c>
       <c r="M128" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N128" s="4" t="s">
         <v>309</v>
       </c>
       <c r="O128" s="4" t="s">
         <v>544</v>
       </c>
       <c r="P128" s="4">
         <v>4.31</v>
       </c>
       <c r="Q128" s="4">
-        <v>8.62</v>
+        <v>4.31</v>
       </c>
       <c r="R128" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S128" s="4">
         <v>0</v>
       </c>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
@@ -9672,54 +9672,54 @@
       </c>
       <c r="H129" s="13" t="s">
         <v>545</v>
       </c>
       <c r="I129" s="13"/>
       <c r="J129" s="13"/>
       <c r="K129" s="4" t="s">
         <v>546</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>547</v>
       </c>
       <c r="M129" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N129" s="4" t="s">
         <v>309</v>
       </c>
       <c r="O129" s="4" t="s">
         <v>544</v>
       </c>
       <c r="P129" s="4">
         <v>4.98</v>
       </c>
       <c r="Q129" s="4">
-        <v>9.96</v>
+        <v>4.98</v>
       </c>
       <c r="R129" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S129" s="4">
         <v>0</v>
       </c>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
@@ -9729,54 +9729,54 @@
       </c>
       <c r="H130" s="13" t="s">
         <v>548</v>
       </c>
       <c r="I130" s="13"/>
       <c r="J130" s="13"/>
       <c r="K130" s="4" t="s">
         <v>549</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>550</v>
       </c>
       <c r="M130" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N130" s="4" t="s">
         <v>551</v>
       </c>
       <c r="O130" s="4" t="s">
         <v>453</v>
       </c>
       <c r="P130" s="4">
         <v>2.89</v>
       </c>
       <c r="Q130" s="4">
-        <v>5.08</v>
+        <v>2.54</v>
       </c>
       <c r="R130" s="4">
-        <v>175.82</v>
+        <v>87.91</v>
       </c>
       <c r="S130" s="4">
         <v>0</v>
       </c>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
@@ -9786,54 +9786,54 @@
       </c>
       <c r="H131" s="13" t="s">
         <v>552</v>
       </c>
       <c r="I131" s="13"/>
       <c r="J131" s="13"/>
       <c r="K131" s="4" t="s">
         <v>553</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>554</v>
       </c>
       <c r="M131" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N131" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O131" s="4" t="s">
         <v>557</v>
       </c>
       <c r="P131" s="4">
         <v>4.98</v>
       </c>
       <c r="Q131" s="4">
-        <v>9.97</v>
+        <v>4.99</v>
       </c>
       <c r="R131" s="4">
-        <v>200.13</v>
+        <v>100.06</v>
       </c>
       <c r="S131" s="4">
         <v>0</v>
       </c>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C132" s="3"/>
       <c r="D132" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
@@ -9843,54 +9843,54 @@
       </c>
       <c r="H132" s="13" t="s">
         <v>558</v>
       </c>
       <c r="I132" s="13"/>
       <c r="J132" s="13"/>
       <c r="K132" s="4" t="s">
         <v>559</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>560</v>
       </c>
       <c r="M132" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N132" s="4" t="s">
         <v>561</v>
       </c>
       <c r="O132" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P132" s="4">
         <v>4.96</v>
       </c>
       <c r="Q132" s="4">
-        <v>9.91</v>
+        <v>4.96</v>
       </c>
       <c r="R132" s="4">
-        <v>199.99</v>
+        <v>99.99</v>
       </c>
       <c r="S132" s="4">
         <v>0</v>
       </c>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
@@ -9900,54 +9900,54 @@
       </c>
       <c r="H133" s="13" t="s">
         <v>562</v>
       </c>
       <c r="I133" s="13"/>
       <c r="J133" s="13"/>
       <c r="K133" s="4" t="s">
         <v>563</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>564</v>
       </c>
       <c r="M133" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N133" s="4" t="s">
         <v>561</v>
       </c>
       <c r="O133" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P133" s="4">
         <v>4.85</v>
       </c>
       <c r="Q133" s="4">
-        <v>9.72</v>
+        <v>4.86</v>
       </c>
       <c r="R133" s="4">
-        <v>200.21</v>
+        <v>100.11</v>
       </c>
       <c r="S133" s="4">
         <v>0</v>
       </c>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C134" s="3"/>
       <c r="D134" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
@@ -9957,54 +9957,54 @@
       </c>
       <c r="H134" s="13" t="s">
         <v>565</v>
       </c>
       <c r="I134" s="13"/>
       <c r="J134" s="13"/>
       <c r="K134" s="4" t="s">
         <v>566</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>567</v>
       </c>
       <c r="M134" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N134" s="4" t="s">
         <v>568</v>
       </c>
       <c r="O134" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P134" s="4">
         <v>2.07</v>
       </c>
       <c r="Q134" s="4">
-        <v>4.13</v>
+        <v>2.07</v>
       </c>
       <c r="R134" s="4">
-        <v>199.94</v>
+        <v>99.97</v>
       </c>
       <c r="S134" s="4">
         <v>0</v>
       </c>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="3"/>
       <c r="D135" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
@@ -10014,54 +10014,54 @@
       </c>
       <c r="H135" s="13" t="s">
         <v>569</v>
       </c>
       <c r="I135" s="13"/>
       <c r="J135" s="13"/>
       <c r="K135" s="4" t="s">
         <v>570</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>571</v>
       </c>
       <c r="M135" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N135" s="4" t="s">
         <v>568</v>
       </c>
       <c r="O135" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P135" s="4">
         <v>2.23</v>
       </c>
       <c r="Q135" s="4">
-        <v>4.47</v>
+        <v>2.23</v>
       </c>
       <c r="R135" s="4">
-        <v>199.99</v>
+        <v>99.99</v>
       </c>
       <c r="S135" s="4">
         <v>0</v>
       </c>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C136" s="3"/>
       <c r="D136" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
@@ -10071,54 +10071,54 @@
       </c>
       <c r="H136" s="13" t="s">
         <v>572</v>
       </c>
       <c r="I136" s="13"/>
       <c r="J136" s="13"/>
       <c r="K136" s="4" t="s">
         <v>573</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>574</v>
       </c>
       <c r="M136" s="4" t="s">
         <v>575</v>
       </c>
       <c r="N136" s="4" t="s">
         <v>576</v>
       </c>
       <c r="O136" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P136" s="4">
         <v>12.9</v>
       </c>
       <c r="Q136" s="4">
-        <v>25.24</v>
+        <v>12.62</v>
       </c>
       <c r="R136" s="4">
-        <v>195.64</v>
+        <v>97.82</v>
       </c>
       <c r="S136" s="4">
         <v>0</v>
       </c>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C137" s="3"/>
       <c r="D137" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
@@ -10128,54 +10128,54 @@
       </c>
       <c r="H137" s="13" t="s">
         <v>577</v>
       </c>
       <c r="I137" s="13"/>
       <c r="J137" s="13"/>
       <c r="K137" s="4" t="s">
         <v>578</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>579</v>
       </c>
       <c r="M137" s="4" t="s">
         <v>575</v>
       </c>
       <c r="N137" s="4" t="s">
         <v>576</v>
       </c>
       <c r="O137" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P137" s="4">
         <v>11.05</v>
       </c>
       <c r="Q137" s="4">
-        <v>22.53</v>
+        <v>11.27</v>
       </c>
       <c r="R137" s="4">
-        <v>203.92</v>
+        <v>101.96</v>
       </c>
       <c r="S137" s="4">
         <v>0</v>
       </c>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C138" s="3"/>
       <c r="D138" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
@@ -10185,54 +10185,54 @@
       </c>
       <c r="H138" s="13" t="s">
         <v>580</v>
       </c>
       <c r="I138" s="13"/>
       <c r="J138" s="13"/>
       <c r="K138" s="4" t="s">
         <v>581</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>582</v>
       </c>
       <c r="M138" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N138" s="4" t="s">
         <v>561</v>
       </c>
       <c r="O138" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P138" s="4">
         <v>4.99</v>
       </c>
       <c r="Q138" s="4">
-        <v>9.94</v>
+        <v>4.97</v>
       </c>
       <c r="R138" s="4">
-        <v>199.06</v>
+        <v>99.53</v>
       </c>
       <c r="S138" s="4">
         <v>0</v>
       </c>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C139" s="3"/>
       <c r="D139" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
@@ -10242,54 +10242,54 @@
       </c>
       <c r="H139" s="13" t="s">
         <v>583</v>
       </c>
       <c r="I139" s="13"/>
       <c r="J139" s="13"/>
       <c r="K139" s="4" t="s">
         <v>584</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>585</v>
       </c>
       <c r="M139" s="4" t="s">
         <v>586</v>
       </c>
       <c r="N139" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O139" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P139" s="4">
         <v>8.27</v>
       </c>
       <c r="Q139" s="4">
-        <v>16.49</v>
+        <v>8.24</v>
       </c>
       <c r="R139" s="4">
-        <v>199.35</v>
+        <v>99.67</v>
       </c>
       <c r="S139" s="4">
         <v>0</v>
       </c>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C140" s="3"/>
       <c r="D140" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
@@ -10299,54 +10299,54 @@
       </c>
       <c r="H140" s="13" t="s">
         <v>587</v>
       </c>
       <c r="I140" s="13"/>
       <c r="J140" s="13"/>
       <c r="K140" s="4" t="s">
         <v>588</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>589</v>
       </c>
       <c r="M140" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N140" s="4" t="s">
         <v>590</v>
       </c>
       <c r="O140" s="4" t="s">
         <v>193</v>
       </c>
       <c r="P140" s="4">
         <v>0.63</v>
       </c>
       <c r="Q140" s="4">
-        <v>1.26</v>
+        <v>0.63</v>
       </c>
       <c r="R140" s="4">
-        <v>198.9</v>
+        <v>99.45</v>
       </c>
       <c r="S140" s="4">
         <v>0</v>
       </c>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C141" s="3"/>
       <c r="D141" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
@@ -10356,54 +10356,54 @@
       </c>
       <c r="H141" s="13" t="s">
         <v>591</v>
       </c>
       <c r="I141" s="13"/>
       <c r="J141" s="13"/>
       <c r="K141" s="4" t="s">
         <v>592</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>593</v>
       </c>
       <c r="M141" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N141" s="4" t="s">
         <v>358</v>
       </c>
       <c r="O141" s="4" t="s">
         <v>544</v>
       </c>
       <c r="P141" s="4">
         <v>3.97</v>
       </c>
       <c r="Q141" s="4">
-        <v>7.83</v>
+        <v>3.92</v>
       </c>
       <c r="R141" s="4">
-        <v>197.21</v>
+        <v>98.6</v>
       </c>
       <c r="S141" s="4">
         <v>0</v>
       </c>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C142" s="3"/>
       <c r="D142" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
@@ -10413,54 +10413,54 @@
       </c>
       <c r="H142" s="13" t="s">
         <v>594</v>
       </c>
       <c r="I142" s="13"/>
       <c r="J142" s="13"/>
       <c r="K142" s="4" t="s">
         <v>595</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>596</v>
       </c>
       <c r="M142" s="4" t="s">
         <v>597</v>
       </c>
       <c r="N142" s="4" t="s">
         <v>598</v>
       </c>
       <c r="O142" s="4" t="s">
         <v>371</v>
       </c>
       <c r="P142" s="4">
         <v>22.71</v>
       </c>
       <c r="Q142" s="4">
-        <v>22.74</v>
+        <v>0</v>
       </c>
       <c r="R142" s="4">
-        <v>100.1</v>
+        <v>0</v>
       </c>
       <c r="S142" s="4">
         <v>0</v>
       </c>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C143" s="3"/>
       <c r="D143" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
@@ -10470,54 +10470,54 @@
       </c>
       <c r="H143" s="13" t="s">
         <v>599</v>
       </c>
       <c r="I143" s="13"/>
       <c r="J143" s="13"/>
       <c r="K143" s="4" t="s">
         <v>600</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>601</v>
       </c>
       <c r="M143" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N143" s="4" t="s">
         <v>358</v>
       </c>
       <c r="O143" s="4" t="s">
         <v>544</v>
       </c>
       <c r="P143" s="4">
         <v>4.85</v>
       </c>
       <c r="Q143" s="4">
-        <v>9.7</v>
+        <v>4.85</v>
       </c>
       <c r="R143" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S143" s="4">
         <v>0</v>
       </c>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C144" s="3"/>
       <c r="D144" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
@@ -10527,54 +10527,54 @@
       </c>
       <c r="H144" s="13" t="s">
         <v>602</v>
       </c>
       <c r="I144" s="13"/>
       <c r="J144" s="13"/>
       <c r="K144" s="4" t="s">
         <v>603</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>604</v>
       </c>
       <c r="M144" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N144" s="4" t="s">
         <v>358</v>
       </c>
       <c r="O144" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P144" s="4">
         <v>4.2</v>
       </c>
       <c r="Q144" s="4">
-        <v>8.07</v>
+        <v>4.03</v>
       </c>
       <c r="R144" s="4">
-        <v>191.9</v>
+        <v>95.95</v>
       </c>
       <c r="S144" s="4">
         <v>0</v>
       </c>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C145" s="3"/>
       <c r="D145" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
@@ -10584,54 +10584,54 @@
       </c>
       <c r="H145" s="13" t="s">
         <v>605</v>
       </c>
       <c r="I145" s="13"/>
       <c r="J145" s="13"/>
       <c r="K145" s="4" t="s">
         <v>606</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>607</v>
       </c>
       <c r="M145" s="4" t="s">
         <v>608</v>
       </c>
       <c r="N145" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O145" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P145" s="4">
         <v>6.59</v>
       </c>
       <c r="Q145" s="4">
-        <v>13.15</v>
+        <v>6.57</v>
       </c>
       <c r="R145" s="4">
-        <v>199.54</v>
+        <v>99.77</v>
       </c>
       <c r="S145" s="4">
         <v>0</v>
       </c>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C146" s="3"/>
       <c r="D146" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
@@ -10641,54 +10641,54 @@
       </c>
       <c r="H146" s="13" t="s">
         <v>609</v>
       </c>
       <c r="I146" s="13"/>
       <c r="J146" s="13"/>
       <c r="K146" s="4" t="s">
         <v>610</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>611</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N146" s="4" t="s">
         <v>358</v>
       </c>
       <c r="O146" s="4" t="s">
         <v>266</v>
       </c>
       <c r="P146" s="4">
         <v>4.95</v>
       </c>
       <c r="Q146" s="4">
-        <v>10.06</v>
+        <v>5.03</v>
       </c>
       <c r="R146" s="4">
-        <v>203.1</v>
+        <v>101.55</v>
       </c>
       <c r="S146" s="4">
         <v>0</v>
       </c>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
@@ -10698,54 +10698,54 @@
       </c>
       <c r="H147" s="13" t="s">
         <v>612</v>
       </c>
       <c r="I147" s="13"/>
       <c r="J147" s="13"/>
       <c r="K147" s="4" t="s">
         <v>613</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>614</v>
       </c>
       <c r="M147" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N147" s="4" t="s">
         <v>358</v>
       </c>
       <c r="O147" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P147" s="4">
         <v>4.59</v>
       </c>
       <c r="Q147" s="4">
-        <v>9.39</v>
+        <v>4.7</v>
       </c>
       <c r="R147" s="4">
-        <v>204.72</v>
+        <v>102.36</v>
       </c>
       <c r="S147" s="4">
         <v>0</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
@@ -10755,54 +10755,54 @@
       </c>
       <c r="H148" s="13" t="s">
         <v>615</v>
       </c>
       <c r="I148" s="13"/>
       <c r="J148" s="13"/>
       <c r="K148" s="4" t="s">
         <v>616</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>617</v>
       </c>
       <c r="M148" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N148" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O148" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P148" s="4">
         <v>11.59</v>
       </c>
       <c r="Q148" s="4">
-        <v>23.85</v>
+        <v>11.93</v>
       </c>
       <c r="R148" s="4">
-        <v>205.72</v>
+        <v>102.86</v>
       </c>
       <c r="S148" s="4">
         <v>0</v>
       </c>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
@@ -10812,54 +10812,54 @@
       </c>
       <c r="H149" s="13" t="s">
         <v>618</v>
       </c>
       <c r="I149" s="13"/>
       <c r="J149" s="13"/>
       <c r="K149" s="4" t="s">
         <v>619</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>620</v>
       </c>
       <c r="M149" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N149" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O149" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P149" s="4">
         <v>13.52</v>
       </c>
       <c r="Q149" s="4">
-        <v>26.96</v>
+        <v>13.48</v>
       </c>
       <c r="R149" s="4">
-        <v>199.36</v>
+        <v>99.68</v>
       </c>
       <c r="S149" s="4">
         <v>0</v>
       </c>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C150" s="3"/>
       <c r="D150" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
@@ -10869,54 +10869,54 @@
       </c>
       <c r="H150" s="13" t="s">
         <v>621</v>
       </c>
       <c r="I150" s="13"/>
       <c r="J150" s="13"/>
       <c r="K150" s="4" t="s">
         <v>622</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>623</v>
       </c>
       <c r="M150" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O150" s="4" t="s">
         <v>266</v>
       </c>
       <c r="P150" s="4">
         <v>9.71</v>
       </c>
       <c r="Q150" s="4">
-        <v>19.78</v>
+        <v>9.89</v>
       </c>
       <c r="R150" s="4">
-        <v>203.75</v>
+        <v>101.87</v>
       </c>
       <c r="S150" s="4">
         <v>0</v>
       </c>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C151" s="3"/>
       <c r="D151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
@@ -10926,54 +10926,54 @@
       </c>
       <c r="H151" s="13" t="s">
         <v>624</v>
       </c>
       <c r="I151" s="13"/>
       <c r="J151" s="13"/>
       <c r="K151" s="4" t="s">
         <v>625</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>626</v>
       </c>
       <c r="M151" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N151" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O151" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P151" s="4">
         <v>5.52</v>
       </c>
       <c r="Q151" s="4">
-        <v>10.49</v>
+        <v>5.25</v>
       </c>
       <c r="R151" s="4">
-        <v>190.04</v>
+        <v>95.02</v>
       </c>
       <c r="S151" s="4">
         <v>0</v>
       </c>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C152" s="3"/>
       <c r="D152" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
@@ -10983,88 +10983,88 @@
       </c>
       <c r="H152" s="13" t="s">
         <v>627</v>
       </c>
       <c r="I152" s="13"/>
       <c r="J152" s="13"/>
       <c r="K152" s="4" t="s">
         <v>628</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M152" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N152" s="4" t="s">
         <v>521</v>
       </c>
       <c r="O152" s="4" t="s">
         <v>433</v>
       </c>
       <c r="P152" s="4">
         <v>5.48</v>
       </c>
       <c r="Q152" s="4">
-        <v>10.92</v>
+        <v>5.46</v>
       </c>
       <c r="R152" s="4">
-        <v>199.19</v>
+        <v>99.6</v>
       </c>
       <c r="S152" s="4">
         <v>0</v>
       </c>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="7" t="s">
         <v>629</v>
       </c>
       <c r="B153" s="7"/>
       <c r="C153" s="7"/>
       <c r="D153" s="7"/>
       <c r="E153" s="11"/>
       <c r="F153" s="7"/>
       <c r="G153" s="7"/>
       <c r="H153" s="14"/>
       <c r="I153" s="14"/>
       <c r="J153" s="14"/>
       <c r="K153" s="8"/>
       <c r="L153" s="8"/>
       <c r="M153" s="8"/>
       <c r="N153" s="8"/>
       <c r="O153" s="8">
         <v>1988.62</v>
       </c>
       <c r="P153" s="8">
-        <v>3012.86</v>
+        <v>1260.2</v>
       </c>
       <c r="Q153" s="8">
-        <v>151.51</v>
+        <v>63.37</v>
       </c>
       <c r="R153" s="8"/>
       <c r="S153" s="8"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A153:N153"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>